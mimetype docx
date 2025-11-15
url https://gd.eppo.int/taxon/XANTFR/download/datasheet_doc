--- v0 (2025-10-08)
+++ v1 (2025-11-15)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Gammaproteobacteria: Lysobacterales: Lysobacteraceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> angular leaf spot of strawberry, leaf blight of strawberry, vascular collapse of strawberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId204468e60ee826025" w:history="1">
+            <w:hyperlink r:id="rId133869186674e4659" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId927168e60ee82608c" w:history="1">
+            <w:hyperlink r:id="rId973369186674e46c4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTFR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="79291997" name="name430668e60ee8267b0" descr="2974.jpg"/>
+                  <wp:docPr id="90177722" name="name890269186674e50ac" descr="2974.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2974.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId820868e60ee8267af" cstate="print"/>
+                          <a:blip r:embed="rId108769186674e50aa" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId417368e60ee826883" w:history="1">
+            <w:hyperlink r:id="rId704069186674e51f2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1717,63 +1717,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1988). The disease is widespread in North America and the EPPO region, less so in other continents such as South America, Asia and Africa, probably related to the spread and intensity of strawberry cultivation.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="73659218" name="name835168e60ee827fc5" descr="XANTFR_distribution_map.jpg"/>
+            <wp:docPr id="17125084" name="name585569186674e69ee" descr="XANTFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId788368e60ee827fc3" cstate="print"/>
+                    <a:blip r:embed="rId151869186674e69e9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6123,81 +6123,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">239</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 249-258. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId489968e60ee829d60" w:history="1">
+      <w:hyperlink r:id="rId971269186674e90cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2818.2010.03373.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anco DJ &amp; Ellis MA (2011) Angular leaf spot of strawberry (bacterial blight). Ohio State University Leaflet HYG -3212, 2pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId270768e60ee829d98" w:history="1">
+      <w:hyperlink r:id="rId328369186674e9108" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ohioline.osu.edu/factsheet/HYG-3212-11</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6272,51 +6272,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 71-80. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId557468e60ee829e51" w:history="1">
+      <w:hyperlink r:id="rId781869186674e91c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/64. 10.1111/ppa.12232</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6460,51 +6460,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 20-26. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId593368e60ee829f79" w:history="1">
+      <w:hyperlink r:id="rId929469186674e92f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060661.2012.751937</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6744,51 +6744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cooper, GT (2007) Angular leaf spot of strawberry: disease control strategies and association of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pseudomonas syringae </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">with lesions. 62pp. Thesis, University of Florida, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId797068e60ee82a15c" w:history="1">
+      <w:hyperlink r:id="rId664169186674e94cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ufdcimages.uflib.ufl.edu/UF/E0/02/14/57/00001/cooper_g.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6959,101 +6959,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1156</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 757-764. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId568668e60ee82a2bb" w:history="1">
+      <w:hyperlink r:id="rId887669186674e9633" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2017.1156.111</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dye DW &amp; Wilkie JP (1973) Angular leafspot of strawberry in New Zealand. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Journal of Agricultural Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 16, 311-314. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId202668e60ee82a30f" w:history="1">
+      <w:hyperlink r:id="rId252269186674e968b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1973.10421109</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7079,51 +7079,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId828068e60ee82a37f" w:history="1">
+      <w:hyperlink r:id="rId953169186674e96fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XANTAF/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7345,51 +7345,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Regulated non-quarantine pest Project. An EU funded project for the benefit of the whole EPPO region</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId533868e60ee82a528" w:history="1">
+      <w:hyperlink r:id="rId768569186674e98b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=XANTFR</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7560,51 +7560,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L 319, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">62</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10 December 2019, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId537068e60ee82a67a" w:history="1">
+      <w:hyperlink r:id="rId415069186674e9a11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/HTML/?uri=OJ:L:2019:319:FULL&amp;from=NL</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7748,51 +7748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4651–4668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId239168e60ee82a7c0" w:history="1">
+      <w:hyperlink r:id="rId633969186674e9b3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00050-15</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7838,51 +7838,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">66</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1094-1102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId747568e60ee82a854" w:history="1">
+      <w:hyperlink r:id="rId624569186674e9bd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12665</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7928,51 +7928,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e00632-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId985068e60ee82a8e3" w:history="1">
+      <w:hyperlink r:id="rId396869186674e9c67" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/genomeA.00642-17</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8018,51 +8018,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e000189. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId481568e60ee82a972" w:history="1">
+      <w:hyperlink r:id="rId653369186674e9cfb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/mgen.0.000189</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8148,51 +8148,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId426668e60ee82aa3d" w:history="1">
+      <w:hyperlink r:id="rId596869186674e9dd4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s42483-020-00061-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8269,51 +8269,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microorganisms </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1253. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId825168e60ee82aafb" w:history="1">
+      <w:hyperlink r:id="rId610469186674ea055" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms8081253</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8339,51 +8339,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1243-1255. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId765668e60ee82ab69" w:history="1">
+      <w:hyperlink r:id="rId427769186674ea0d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-07-16-0275-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8429,51 +8429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 97–103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId796268e60ee82abf7" w:history="1">
+      <w:hyperlink r:id="rId332769186674ea168" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1071/AP98012</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8539,51 +8539,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 400. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId624368e60ee82aca3" w:history="1">
+      <w:hyperlink r:id="rId142769186674ea21a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1999.83.4.400A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8629,51 +8629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1256-1263. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId418468e60ee82ad2f" w:history="1">
+      <w:hyperlink r:id="rId680669186674ea2aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-08-18-1395-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8699,51 +8699,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">626</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 155-159. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId698968e60ee82ad9d" w:history="1">
+      <w:hyperlink r:id="rId242669186674ea31d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2003.626.20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8945,51 +8945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1589, 11 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId885468e60ee82af29" w:history="1">
+      <w:hyperlink r:id="rId292769186674ea4a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2016.01589</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9035,51 +9035,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e01271-01216. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId916868e60ee82afce" w:history="1">
+      <w:hyperlink r:id="rId970569186674ea533" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/genomeA.01271-16</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9194,51 +9194,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 16-24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId655468e60ee82b0cd" w:history="1">
+      <w:hyperlink r:id="rId557269186674ea650" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060660509507189</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9284,101 +9284,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">168</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 363–373. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId753068e60ee82b15a" w:history="1">
+      <w:hyperlink r:id="rId380369186674ea728" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jph.12900</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2016) International standards for phytosanitary measures (ISPM) 27 - Diagnostic protocols for regulated pests DP 14: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId411268e60ee82b1ab" w:history="1">
+      <w:hyperlink r:id="rId375169186674ea77f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/coreactivities/standards-setting/ispms</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9404,51 +9404,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28–35. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId681468e60ee82b21a" w:history="1">
+      <w:hyperlink r:id="rId106669186674ea812" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/15538362.2012.696959</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9585,51 +9585,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 653-665. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId829868e60ee82b33a" w:history="1">
+      <w:hyperlink r:id="rId943369186674ea933" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1365-3059.2001.00644.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9753,51 +9753,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">63</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 255-263. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId559668e60ee82b444" w:history="1">
+      <w:hyperlink r:id="rId566569186674eaa42" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12090</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9843,51 +9843,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 569– 577. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId118368e60ee82b4d0" w:history="1">
+      <w:hyperlink r:id="rId636369186674eaad2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12497</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10100,51 +10100,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kennedy-Fisher SD (1997) The effect of copper sulphate and host variety on angular leaf spot (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) of strawberry. Thesis submitted in partial fulfilment of the requirements for the degree of Master of Agriculture. Dalhousie University Halifax, Nova Scotia, Canada, 83pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId366568e60ee82b66b" w:history="1">
+      <w:hyperlink r:id="rId985569186674eac74" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.collectionscanada.gc.ca/obj/s4/f2/dsk3/ftp04/mq24862.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10199,51 +10199,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,290–299. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId729868e60ee82b707" w:history="1">
+      <w:hyperlink r:id="rId601069186674ead12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5423/PPJ.OA.01.2016.0007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10358,51 +10358,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 97-100. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId234668e60ee82b801" w:history="1">
+      <w:hyperlink r:id="rId352469186674eae10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/rpd.2010.16.1.097</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10457,51 +10457,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2237. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId933568e60ee82b8a3" w:history="1">
+      <w:hyperlink r:id="rId915869186674eaeb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-12-20-2560-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10596,51 +10596,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maas JL (1998) Compendium of Strawberry Diseases. Second Edition, 98p. APS Press, St Paul (MN), USA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId549168e60ee82b97f" w:history="1">
+      <w:hyperlink r:id="rId559869186674eaf95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/9780890546178</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10978,51 +10978,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171-174. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId183968e60ee82bbe2" w:history="1">
+      <w:hyperlink r:id="rId204769186674eb1f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02284.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11429,51 +11429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2881–2887. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId745468e60ee82bea2" w:history="1">
+      <w:hyperlink r:id="rId718669186674eb4cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.65220-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11499,51 +11499,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 502-512. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId366768e60ee82bf28" w:history="1">
+      <w:hyperlink r:id="rId475169186674eb541" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5424/sjar/2012102-345-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11698,51 +11698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientific Reports </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 20582. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId121868e60ee82c070" w:history="1">
+      <w:hyperlink r:id="rId234369186674eb6b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-77612-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11933,51 +11933,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in strawberry planting stock. Chapter 34. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Detection of Plant-Pathogenic Bacteria in Seed and Other Planting Material, 2nd Edition. January 2017, 249-254. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId225968e60ee82c1e6" w:history="1">
+      <w:hyperlink r:id="rId897869186674eb84d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/9780890545416.034</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12023,51 +12023,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">129</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1191-1201. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId884168e60ee82c273" w:history="1">
+      <w:hyperlink r:id="rId655469186674eb8dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00122-016-2695-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12485,51 +12485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">151</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 113-119. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId929068e60ee82c543" w:history="1">
+      <w:hyperlink r:id="rId565069186674ebbe7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1439-0434.2003.00591.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12653,51 +12653,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 281-4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId264668e60ee82c657" w:history="1">
+      <w:hyperlink r:id="rId523469186674ebcf8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.mimet.2004.04.002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12821,51 +12821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 299-308. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId397268e60ee82c761" w:history="1">
+      <w:hyperlink r:id="rId909769186674ebe06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-93-3-0299</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12902,51 +12902,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 359-368. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId634468e60ee82c7e2" w:history="1">
+      <w:hyperlink r:id="rId672869186674ebe8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-98-3-0359</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12972,51 +12972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1-2), 234-245. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId531268e60ee82c852" w:history="1">
+      <w:hyperlink r:id="rId346769186674ebefb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/15538362.2012.698181</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13073,51 +13073,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 116-124 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId194168e60ee82c8ee" w:history="1">
+      <w:hyperlink r:id="rId579069186674ebfab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-22-0719-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13319,51 +13319,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van der Gaag DJ, Bergsma-Vlami M, Van Vaerenbergh J, Vandroemme J &amp; Maes M (2013) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Netherlands Food and Consumer Product Safety Authority, Utrecht, the Netherlands - Institute for Agricultural and Fisheries Research, Merelbeke, Belgium - available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId592868e60ee82ca71" w:history="1">
+      <w:hyperlink r:id="rId782669186674ec13d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.nvwa.nl/txmpub/files/?p_file_id=2203331</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13456,51 +13456,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">152</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 711–722. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId976368e60ee82cb48" w:history="1">
+      <w:hyperlink r:id="rId398269186674ec224" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-018-1513-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13537,51 +13537,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 438-444. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId527968e60ee82cbc8" w:history="1">
+      <w:hyperlink r:id="rId902369186674ec2af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2007.01813.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13647,51 +13647,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">62</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1123-1131. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId409868e60ee82cc72" w:history="1">
+      <w:hyperlink r:id="rId690869186674ec36c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13949,51 +13949,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in de aardbeiteelt en de ontwikkeling van een </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">hygiëne protocol</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId197768e60ee82ce47" w:history="1">
+      <w:hyperlink r:id="rId572069186674ec562" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/290364</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed January 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14028,51 +14028,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in strawberry tissues </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">108, 681-690. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId158568e60ee82ced5" w:history="1">
+      <w:hyperlink r:id="rId329869186674ec5e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-10-17-0356-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14118,51 +14118,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0147122. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId715068e60ee82cf67" w:history="1">
+      <w:hyperlink r:id="rId846169186674ec671" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0147122</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14208,51 +14208,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1105–1112. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId583368e60ee82cff7" w:history="1">
+      <w:hyperlink r:id="rId464069186674ec70e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-10-19-2248-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14338,51 +14338,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,379–83. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId119768e60ee82d0c1" w:history="1">
+      <w:hyperlink r:id="rId348669186674ec7dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.mimet.2007.05.018</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14439,51 +14439,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 17-22.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId907668e60ee82d160" w:history="1">
+      <w:hyperlink r:id="rId984469186674ec87e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3233/JBR-140086</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14607,51 +14607,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId569368e60ee82d271" w:history="1">
+      <w:hyperlink r:id="rId839869186674ec987" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/RPD.2016.22.1.9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14697,51 +14697,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 286-292. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId589068e60ee82d302" w:history="1">
+      <w:hyperlink r:id="rId909969186674eca18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-011-0045-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14876,51 +14876,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId246868e60ee82d427" w:history="1">
+      <w:hyperlink r:id="rId272869186674ecb50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -15111,81 +15111,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 17-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId826068e60ee82d5ab" w:history="1">
+      <w:hyperlink r:id="rId449869186674eccf0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1986.tb01128.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="96606754" name="name149968e60ee82d60e" descr="eu_funding_250.png"/>
+            <wp:docPr id="38170346" name="name252969186674ecd6e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId345768e60ee82d60d" cstate="print"/>
+                    <a:blip r:embed="rId977869186674ecd6d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -15283,137 +15283,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="49480409">
+  <w:abstractNum w:abstractNumId="81783190">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68017288">
+    <w:lvl w:ilvl="0" w:tplc="69420481">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68017288" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="69420481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68017288" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="69420481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68017288" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="69420481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68017288" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="69420481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68017288" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="69420481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68017288" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="69420481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68017288" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="69420481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68017288" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="69420481" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49480408">
+  <w:abstractNum w:abstractNumId="81783189">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41171234">
+    <w:lvl w:ilvl="0" w:tplc="97980837">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -16165,55 +16165,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="49480408">
-    <w:abstractNumId w:val="49480408"/>
+  <w:num w:numId="81783189">
+    <w:abstractNumId w:val="81783189"/>
   </w:num>
-  <w:num w:numId="49480409">
-    <w:abstractNumId w:val="49480409"/>
+  <w:num w:numId="81783190">
+    <w:abstractNumId w:val="81783190"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -27763,51 +27763,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId983621129" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId690691132" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId204468e60ee826025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/" TargetMode="External"/><Relationship Id="rId927168e60ee82608c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/categorization" TargetMode="External"/><Relationship Id="rId417368e60ee826883" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/photos" TargetMode="External"/><Relationship Id="rId489968e60ee829d60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2818.2010.03373.x" TargetMode="External"/><Relationship Id="rId270768e60ee829d98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohioline.osu.edu/factsheet/HYG-3212-11" TargetMode="External"/><Relationship Id="rId557468e60ee829e51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/64.%2010.1111/ppa.12232" TargetMode="External"/><Relationship Id="rId593368e60ee829f79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060661.2012.751937" TargetMode="External"/><Relationship Id="rId797068e60ee82a15c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ufdcimages.uflib.ufl.edu/UF/E0/02/14/57/00001/cooper_g.pdf" TargetMode="External"/><Relationship Id="rId568668e60ee82a2bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2017.1156.111" TargetMode="External"/><Relationship Id="rId202668e60ee82a30f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1973.10421109" TargetMode="External"/><Relationship Id="rId828068e60ee82a37f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAF/documents" TargetMode="External"/><Relationship Id="rId533868e60ee82a528" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=XANTFR" TargetMode="External"/><Relationship Id="rId537068e60ee82a67a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/HTML/?uri=OJ:L:2019:319:FULL&amp;from=NL" TargetMode="External"/><Relationship Id="rId239168e60ee82a7c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00050-15" TargetMode="External"/><Relationship Id="rId747568e60ee82a854" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12665" TargetMode="External"/><Relationship Id="rId985068e60ee82a8e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00642-17" TargetMode="External"/><Relationship Id="rId481568e60ee82a972" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/mgen.0.000189" TargetMode="External"/><Relationship Id="rId426668e60ee82aa3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s42483-020-00061-y" TargetMode="External"/><Relationship Id="rId825168e60ee82aafb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms8081253" TargetMode="External"/><Relationship Id="rId765668e60ee82ab69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-16-0275-R" TargetMode="External"/><Relationship Id="rId796268e60ee82abf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AP98012" TargetMode="External"/><Relationship Id="rId624368e60ee82aca3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1999.83.4.400A" TargetMode="External"/><Relationship Id="rId418468e60ee82ad2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-08-18-1395-RE" TargetMode="External"/><Relationship Id="rId698968e60ee82ad9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2003.626.20" TargetMode="External"/><Relationship Id="rId885468e60ee82af29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2016.01589" TargetMode="External"/><Relationship Id="rId916868e60ee82afce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.01271-16" TargetMode="External"/><Relationship Id="rId655468e60ee82b0cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060660509507189" TargetMode="External"/><Relationship Id="rId753068e60ee82b15a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jph.12900" TargetMode="External"/><Relationship Id="rId411268e60ee82b1ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId681468e60ee82b21a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/15538362.2012.696959" TargetMode="External"/><Relationship Id="rId829868e60ee82b33a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-3059.2001.00644.x" TargetMode="External"/><Relationship Id="rId559668e60ee82b444" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12090" TargetMode="External"/><Relationship Id="rId118368e60ee82b4d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12497" TargetMode="External"/><Relationship Id="rId366568e60ee82b66b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.collectionscanada.gc.ca/obj/s4/f2/dsk3/ftp04/mq24862.pdf" TargetMode="External"/><Relationship Id="rId729868e60ee82b707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5423/PPJ.OA.01.2016.0007" TargetMode="External"/><Relationship Id="rId234668e60ee82b801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2010.16.1.097" TargetMode="External"/><Relationship Id="rId933568e60ee82b8a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-20-2560-PDN" TargetMode="External"/><Relationship Id="rId549168e60ee82b97f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890546178" TargetMode="External"/><Relationship Id="rId183968e60ee82bbe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02284.x" TargetMode="External"/><Relationship Id="rId745468e60ee82bea2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65220-0" TargetMode="External"/><Relationship Id="rId366768e60ee82bf28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5424/sjar/2012102-345-11" TargetMode="External"/><Relationship Id="rId121868e60ee82c070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-77612-y" TargetMode="External"/><Relationship Id="rId225968e60ee82c1e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545416.034" TargetMode="External"/><Relationship Id="rId884168e60ee82c273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00122-016-2695-1" TargetMode="External"/><Relationship Id="rId929068e60ee82c543" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1439-0434.2003.00591.x" TargetMode="External"/><Relationship Id="rId264668e60ee82c657" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mimet.2004.04.002" TargetMode="External"/><Relationship Id="rId397268e60ee82c761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-3-0299" TargetMode="External"/><Relationship Id="rId634468e60ee82c7e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-98-3-0359" TargetMode="External"/><Relationship Id="rId531268e60ee82c852" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/15538362.2012.698181" TargetMode="External"/><Relationship Id="rId194168e60ee82c8ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-22-0719-RE" TargetMode="External"/><Relationship Id="rId592868e60ee82ca71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvwa.nl/txmpub/files/?p_file_id=2203331" TargetMode="External"/><Relationship Id="rId976368e60ee82cb48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-018-1513-9" TargetMode="External"/><Relationship Id="rId527968e60ee82cbc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2007.01813.x" TargetMode="External"/><Relationship Id="rId409868e60ee82cc72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12028" TargetMode="External"/><Relationship Id="rId197768e60ee82ce47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/290364" TargetMode="External"/><Relationship Id="rId158568e60ee82ced5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-17-0356-R" TargetMode="External"/><Relationship Id="rId715068e60ee82cf67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147122" TargetMode="External"/><Relationship Id="rId583368e60ee82cff7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-19-2248-RE" TargetMode="External"/><Relationship Id="rId119768e60ee82d0c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mimet.2007.05.018" TargetMode="External"/><Relationship Id="rId907668e60ee82d160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3233/JBR-140086" TargetMode="External"/><Relationship Id="rId569368e60ee82d271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/RPD.2016.22.1.9" TargetMode="External"/><Relationship Id="rId589068e60ee82d302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-011-0045-y" TargetMode="External"/><Relationship Id="rId246868e60ee82d427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId826068e60ee82d5ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01128.x" TargetMode="External"/><Relationship Id="rId820868e60ee8267af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId820868e60ee8267af.jpg"/><Relationship Id="rId788368e60ee827fc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId788368e60ee827fc3.jpg"/><Relationship Id="rId345768e60ee82d60d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId345768e60ee82d60d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId846240348" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId511048628" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId133869186674e4659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/" TargetMode="External"/><Relationship Id="rId973369186674e46c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/categorization" TargetMode="External"/><Relationship Id="rId704069186674e51f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/photos" TargetMode="External"/><Relationship Id="rId971269186674e90cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2818.2010.03373.x" TargetMode="External"/><Relationship Id="rId328369186674e9108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohioline.osu.edu/factsheet/HYG-3212-11" TargetMode="External"/><Relationship Id="rId781869186674e91c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/64.%2010.1111/ppa.12232" TargetMode="External"/><Relationship Id="rId929469186674e92f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060661.2012.751937" TargetMode="External"/><Relationship Id="rId664169186674e94cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ufdcimages.uflib.ufl.edu/UF/E0/02/14/57/00001/cooper_g.pdf" TargetMode="External"/><Relationship Id="rId887669186674e9633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2017.1156.111" TargetMode="External"/><Relationship Id="rId252269186674e968b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1973.10421109" TargetMode="External"/><Relationship Id="rId953169186674e96fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAF/documents" TargetMode="External"/><Relationship Id="rId768569186674e98b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=XANTFR" TargetMode="External"/><Relationship Id="rId415069186674e9a11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/HTML/?uri=OJ:L:2019:319:FULL&amp;from=NL" TargetMode="External"/><Relationship Id="rId633969186674e9b3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00050-15" TargetMode="External"/><Relationship Id="rId624569186674e9bd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12665" TargetMode="External"/><Relationship Id="rId396869186674e9c67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00642-17" TargetMode="External"/><Relationship Id="rId653369186674e9cfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/mgen.0.000189" TargetMode="External"/><Relationship Id="rId596869186674e9dd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s42483-020-00061-y" TargetMode="External"/><Relationship Id="rId610469186674ea055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms8081253" TargetMode="External"/><Relationship Id="rId427769186674ea0d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-16-0275-R" TargetMode="External"/><Relationship Id="rId332769186674ea168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AP98012" TargetMode="External"/><Relationship Id="rId142769186674ea21a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1999.83.4.400A" TargetMode="External"/><Relationship Id="rId680669186674ea2aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-08-18-1395-RE" TargetMode="External"/><Relationship Id="rId242669186674ea31d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2003.626.20" TargetMode="External"/><Relationship Id="rId292769186674ea4a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2016.01589" TargetMode="External"/><Relationship Id="rId970569186674ea533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.01271-16" TargetMode="External"/><Relationship Id="rId557269186674ea650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060660509507189" TargetMode="External"/><Relationship Id="rId380369186674ea728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jph.12900" TargetMode="External"/><Relationship Id="rId375169186674ea77f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId106669186674ea812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/15538362.2012.696959" TargetMode="External"/><Relationship Id="rId943369186674ea933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-3059.2001.00644.x" TargetMode="External"/><Relationship Id="rId566569186674eaa42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12090" TargetMode="External"/><Relationship Id="rId636369186674eaad2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12497" TargetMode="External"/><Relationship Id="rId985569186674eac74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.collectionscanada.gc.ca/obj/s4/f2/dsk3/ftp04/mq24862.pdf" TargetMode="External"/><Relationship Id="rId601069186674ead12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5423/PPJ.OA.01.2016.0007" TargetMode="External"/><Relationship Id="rId352469186674eae10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2010.16.1.097" TargetMode="External"/><Relationship Id="rId915869186674eaeb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-20-2560-PDN" TargetMode="External"/><Relationship Id="rId559869186674eaf95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890546178" TargetMode="External"/><Relationship Id="rId204769186674eb1f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02284.x" TargetMode="External"/><Relationship Id="rId718669186674eb4cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65220-0" TargetMode="External"/><Relationship Id="rId475169186674eb541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5424/sjar/2012102-345-11" TargetMode="External"/><Relationship Id="rId234369186674eb6b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-77612-y" TargetMode="External"/><Relationship Id="rId897869186674eb84d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545416.034" TargetMode="External"/><Relationship Id="rId655469186674eb8dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00122-016-2695-1" TargetMode="External"/><Relationship Id="rId565069186674ebbe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1439-0434.2003.00591.x" TargetMode="External"/><Relationship Id="rId523469186674ebcf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mimet.2004.04.002" TargetMode="External"/><Relationship Id="rId909769186674ebe06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-3-0299" TargetMode="External"/><Relationship Id="rId672869186674ebe8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-98-3-0359" TargetMode="External"/><Relationship Id="rId346769186674ebefb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/15538362.2012.698181" TargetMode="External"/><Relationship Id="rId579069186674ebfab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-22-0719-RE" TargetMode="External"/><Relationship Id="rId782669186674ec13d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvwa.nl/txmpub/files/?p_file_id=2203331" TargetMode="External"/><Relationship Id="rId398269186674ec224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-018-1513-9" TargetMode="External"/><Relationship Id="rId902369186674ec2af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2007.01813.x" TargetMode="External"/><Relationship Id="rId690869186674ec36c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12028" TargetMode="External"/><Relationship Id="rId572069186674ec562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/290364" TargetMode="External"/><Relationship Id="rId329869186674ec5e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-17-0356-R" TargetMode="External"/><Relationship Id="rId846169186674ec671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147122" TargetMode="External"/><Relationship Id="rId464069186674ec70e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-19-2248-RE" TargetMode="External"/><Relationship Id="rId348669186674ec7dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mimet.2007.05.018" TargetMode="External"/><Relationship Id="rId984469186674ec87e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3233/JBR-140086" TargetMode="External"/><Relationship Id="rId839869186674ec987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/RPD.2016.22.1.9" TargetMode="External"/><Relationship Id="rId909969186674eca18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-011-0045-y" TargetMode="External"/><Relationship Id="rId272869186674ecb50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId449869186674eccf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01128.x" TargetMode="External"/><Relationship Id="rId108769186674e50aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId108769186674e50aa.jpg"/><Relationship Id="rId151869186674e69e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId151869186674e69e9.jpg"/><Relationship Id="rId977869186674ecd6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId977869186674ecd6d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>