--- v1 (2025-11-15)
+++ v2 (2025-12-12)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Gammaproteobacteria: Lysobacterales: Lysobacteraceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> angular leaf spot of strawberry, leaf blight of strawberry, vascular collapse of strawberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId133869186674e4659" w:history="1">
+            <w:hyperlink r:id="rId3506693c0f3d0a784" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId973369186674e46c4" w:history="1">
+            <w:hyperlink r:id="rId9130693c0f3d0a7ef" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTFR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="90177722" name="name890269186674e50ac" descr="2974.jpg"/>
+                  <wp:docPr id="36003333" name="name6365693c0f3d0ac92" descr="2974.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2974.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId108769186674e50aa" cstate="print"/>
+                          <a:blip r:embed="rId3232693c0f3d0ac90" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId704069186674e51f2" w:history="1">
+            <w:hyperlink r:id="rId2564693c0f3d0adcf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1717,63 +1717,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1988). The disease is widespread in North America and the EPPO region, less so in other continents such as South America, Asia and Africa, probably related to the spread and intensity of strawberry cultivation.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="17125084" name="name585569186674e69ee" descr="XANTFR_distribution_map.jpg"/>
+            <wp:docPr id="19746547" name="name2074693c0f3d0c898" descr="XANTFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId151869186674e69e9" cstate="print"/>
+                    <a:blip r:embed="rId8773693c0f3d0c895" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1855,51 +1855,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Canada (Alberta, Manitoba, New Brunswick, Newfoundland, Nova Scotia, Ontario, Québec, Saskatchewan), Mexico, United States of America (Alabama, California, Connecticut, Florida, Indiana, Kentucky, Louisiana, Maryland, Massachusetts, Michigan, Minnesota, Montana, New York, North Carolina, North Dakota, Ohio, Oklahoma, Oregon, Pennsylvania, Texas, Virginia, Wisconsin)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">South America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Argentina, Brazil (Distrito Federal, Espirito Santo, Minas Gerais, Rio Grande do Sul, Sao Paulo), Paraguay, Uruguay, Venezuela</w:t>
+        <w:t xml:space="preserve"> Argentina, Brazil (Distrito Federal, Espirito Santo, Minas Gerais, Rio Grande do Sul, Sao Paulo), Paraguay, Peru, Uruguay, Venezuela</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">BIOLOGY</w:t>
       </w:r>
     </w:p>
     <w:p>
@@ -6123,81 +6123,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">239</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 249-258. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId971269186674e90cd" w:history="1">
+      <w:hyperlink r:id="rId8729693c0f3d0e7de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2818.2010.03373.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anco DJ &amp; Ellis MA (2011) Angular leaf spot of strawberry (bacterial blight). Ohio State University Leaflet HYG -3212, 2pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId328369186674e9108" w:history="1">
+      <w:hyperlink r:id="rId3101693c0f3d0e817" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ohioline.osu.edu/factsheet/HYG-3212-11</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6272,51 +6272,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 71-80. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId781869186674e91c6" w:history="1">
+      <w:hyperlink r:id="rId4377693c0f3d0e8d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/64. 10.1111/ppa.12232</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6460,51 +6460,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 20-26. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId929469186674e92f5" w:history="1">
+      <w:hyperlink r:id="rId8257693c0f3d0ea0c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060661.2012.751937</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6744,51 +6744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cooper, GT (2007) Angular leaf spot of strawberry: disease control strategies and association of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pseudomonas syringae </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">with lesions. 62pp. Thesis, University of Florida, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId664169186674e94cb" w:history="1">
+      <w:hyperlink r:id="rId9268693c0f3d0ec12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ufdcimages.uflib.ufl.edu/UF/E0/02/14/57/00001/cooper_g.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6959,101 +6959,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1156</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 757-764. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId887669186674e9633" w:history="1">
+      <w:hyperlink r:id="rId8139693c0f3d0ed73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2017.1156.111</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dye DW &amp; Wilkie JP (1973) Angular leafspot of strawberry in New Zealand. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Journal of Agricultural Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 16, 311-314. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId252269186674e968b" w:history="1">
+      <w:hyperlink r:id="rId2879693c0f3d0edc7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1973.10421109</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7079,51 +7079,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId953169186674e96fc" w:history="1">
+      <w:hyperlink r:id="rId3812693c0f3d0ee38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XANTAF/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7345,51 +7345,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Regulated non-quarantine pest Project. An EU funded project for the benefit of the whole EPPO region</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId768569186674e98b9" w:history="1">
+      <w:hyperlink r:id="rId5487693c0f3d0efef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=XANTFR</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7560,51 +7560,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L 319, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">62</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10 December 2019, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId415069186674e9a11" w:history="1">
+      <w:hyperlink r:id="rId9453693c0f3d0f14b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/HTML/?uri=OJ:L:2019:319:FULL&amp;from=NL</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7748,51 +7748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4651–4668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId633969186674e9b3f" w:history="1">
+      <w:hyperlink r:id="rId2403693c0f3d0f279" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00050-15</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7838,51 +7838,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">66</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1094-1102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId624569186674e9bd0" w:history="1">
+      <w:hyperlink r:id="rId9220693c0f3d0f30a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12665</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7928,51 +7928,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e00632-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId396869186674e9c67" w:history="1">
+      <w:hyperlink r:id="rId1941693c0f3d0f39b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/genomeA.00642-17</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8018,51 +8018,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e000189. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId653369186674e9cfb" w:history="1">
+      <w:hyperlink r:id="rId4453693c0f3d0f42b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/mgen.0.000189</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8148,51 +8148,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId596869186674e9dd4" w:history="1">
+      <w:hyperlink r:id="rId5651693c0f3d0f4fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s42483-020-00061-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8269,51 +8269,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microorganisms </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1253. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId610469186674ea055" w:history="1">
+      <w:hyperlink r:id="rId9906693c0f3d0f5ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms8081253</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8339,51 +8339,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1243-1255. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId427769186674ea0d4" w:history="1">
+      <w:hyperlink r:id="rId1618693c0f3d0f63f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-07-16-0275-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8429,51 +8429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 97–103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId332769186674ea168" w:history="1">
+      <w:hyperlink r:id="rId6572693c0f3d0f6d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1071/AP98012</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8539,51 +8539,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 400. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId142769186674ea21a" w:history="1">
+      <w:hyperlink r:id="rId2766693c0f3d0f781" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1999.83.4.400A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8629,51 +8629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1256-1263. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId680669186674ea2aa" w:history="1">
+      <w:hyperlink r:id="rId2091693c0f3d0f811" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-08-18-1395-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8699,51 +8699,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">626</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 155-159. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId242669186674ea31d" w:history="1">
+      <w:hyperlink r:id="rId1109693c0f3d0f882" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2003.626.20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8945,51 +8945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1589, 11 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId292769186674ea4a5" w:history="1">
+      <w:hyperlink r:id="rId8011693c0f3d0fa25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2016.01589</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9035,51 +9035,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e01271-01216. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId970569186674ea533" w:history="1">
+      <w:hyperlink r:id="rId8880693c0f3d0faba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/genomeA.01271-16</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9194,51 +9194,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 16-24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId557269186674ea650" w:history="1">
+      <w:hyperlink r:id="rId2883693c0f3d0fbbf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060660509507189</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9284,101 +9284,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">168</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 363–373. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId380369186674ea728" w:history="1">
+      <w:hyperlink r:id="rId7430693c0f3d0fc51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jph.12900</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2016) International standards for phytosanitary measures (ISPM) 27 - Diagnostic protocols for regulated pests DP 14: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId375169186674ea77f" w:history="1">
+      <w:hyperlink r:id="rId6830693c0f3d0fca6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/coreactivities/standards-setting/ispms</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9404,51 +9404,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28–35. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId106669186674ea812" w:history="1">
+      <w:hyperlink r:id="rId1386693c0f3d0fd16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/15538362.2012.696959</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9585,51 +9585,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 653-665. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId943369186674ea933" w:history="1">
+      <w:hyperlink r:id="rId8363693c0f3d0fe36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1365-3059.2001.00644.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9753,51 +9753,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">63</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 255-263. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId566569186674eaa42" w:history="1">
+      <w:hyperlink r:id="rId8507693c0f3d0ff47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12090</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9843,51 +9843,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 569– 577. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId636369186674eaad2" w:history="1">
+      <w:hyperlink r:id="rId1583693c0f3d0ffd7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12497</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10100,51 +10100,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kennedy-Fisher SD (1997) The effect of copper sulphate and host variety on angular leaf spot (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) of strawberry. Thesis submitted in partial fulfilment of the requirements for the degree of Master of Agriculture. Dalhousie University Halifax, Nova Scotia, Canada, 83pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId985569186674eac74" w:history="1">
+      <w:hyperlink r:id="rId4866693c0f3d10188" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.collectionscanada.gc.ca/obj/s4/f2/dsk3/ftp04/mq24862.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10199,51 +10199,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,290–299. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId601069186674ead12" w:history="1">
+      <w:hyperlink r:id="rId3523693c0f3d10233" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5423/PPJ.OA.01.2016.0007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10358,51 +10358,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 97-100. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId352469186674eae10" w:history="1">
+      <w:hyperlink r:id="rId1489693c0f3d10335" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/rpd.2010.16.1.097</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10457,51 +10457,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2237. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId915869186674eaeb4" w:history="1">
+      <w:hyperlink r:id="rId6158693c0f3d103dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-12-20-2560-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10596,51 +10596,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maas JL (1998) Compendium of Strawberry Diseases. Second Edition, 98p. APS Press, St Paul (MN), USA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId559869186674eaf95" w:history="1">
+      <w:hyperlink r:id="rId5810693c0f3d104bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/9780890546178</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10978,51 +10978,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171-174. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId204769186674eb1f0" w:history="1">
+      <w:hyperlink r:id="rId3233693c0f3d1071f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02284.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11429,51 +11429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2881–2887. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId718669186674eb4cf" w:history="1">
+      <w:hyperlink r:id="rId2806693c0f3d10a06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.65220-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11499,51 +11499,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 502-512. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId475169186674eb541" w:history="1">
+      <w:hyperlink r:id="rId1915693c0f3d10a7a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5424/sjar/2012102-345-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11698,51 +11698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientific Reports </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 20582. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId234369186674eb6b1" w:history="1">
+      <w:hyperlink r:id="rId9597693c0f3d10bc3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-77612-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11933,51 +11933,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in strawberry planting stock. Chapter 34. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Detection of Plant-Pathogenic Bacteria in Seed and Other Planting Material, 2nd Edition. January 2017, 249-254. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId897869186674eb84d" w:history="1">
+      <w:hyperlink r:id="rId8064693c0f3d10d4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/9780890545416.034</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12023,51 +12023,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">129</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1191-1201. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId655469186674eb8dd" w:history="1">
+      <w:hyperlink r:id="rId4751693c0f3d10de2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00122-016-2695-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12485,51 +12485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">151</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 113-119. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId565069186674ebbe7" w:history="1">
+      <w:hyperlink r:id="rId5969693c0f3d110c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1439-0434.2003.00591.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12653,51 +12653,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 281-4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId523469186674ebcf8" w:history="1">
+      <w:hyperlink r:id="rId6182693c0f3d111cf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.mimet.2004.04.002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12821,51 +12821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 299-308. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId909769186674ebe06" w:history="1">
+      <w:hyperlink r:id="rId2457693c0f3d112da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-93-3-0299</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12902,51 +12902,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 359-368. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId672869186674ebe8b" w:history="1">
+      <w:hyperlink r:id="rId6363693c0f3d1135c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-98-3-0359</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12972,51 +12972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1-2), 234-245. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId346769186674ebefb" w:history="1">
+      <w:hyperlink r:id="rId4576693c0f3d113cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/15538362.2012.698181</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13073,51 +13073,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 116-124 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId579069186674ebfab" w:history="1">
+      <w:hyperlink r:id="rId9897693c0f3d1146d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-22-0719-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13319,51 +13319,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van der Gaag DJ, Bergsma-Vlami M, Van Vaerenbergh J, Vandroemme J &amp; Maes M (2013) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Netherlands Food and Consumer Product Safety Authority, Utrecht, the Netherlands - Institute for Agricultural and Fisheries Research, Merelbeke, Belgium - available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId782669186674ec13d" w:history="1">
+      <w:hyperlink r:id="rId7468693c0f3d115f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.nvwa.nl/txmpub/files/?p_file_id=2203331</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13456,51 +13456,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">152</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 711–722. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId398269186674ec224" w:history="1">
+      <w:hyperlink r:id="rId2059693c0f3d116d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-018-1513-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13537,51 +13537,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 438-444. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId902369186674ec2af" w:history="1">
+      <w:hyperlink r:id="rId1913693c0f3d1175d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2007.01813.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13647,51 +13647,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">62</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1123-1131. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId690869186674ec36c" w:history="1">
+      <w:hyperlink r:id="rId5460693c0f3d1180c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13949,51 +13949,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in de aardbeiteelt en de ontwikkeling van een </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">hygiëne protocol</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId572069186674ec562" w:history="1">
+      <w:hyperlink r:id="rId8758693c0f3d11a12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/290364</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed January 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14028,51 +14028,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in strawberry tissues </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">108, 681-690. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId329869186674ec5e1" w:history="1">
+      <w:hyperlink r:id="rId8103693c0f3d11a93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-10-17-0356-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14118,51 +14118,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0147122. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId846169186674ec671" w:history="1">
+      <w:hyperlink r:id="rId7558693c0f3d11b25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0147122</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14208,51 +14208,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1105–1112. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId464069186674ec70e" w:history="1">
+      <w:hyperlink r:id="rId4479693c0f3d11bb5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-10-19-2248-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14338,51 +14338,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,379–83. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId348669186674ec7dc" w:history="1">
+      <w:hyperlink r:id="rId2125693c0f3d11c81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.mimet.2007.05.018</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14439,51 +14439,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 17-22.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId984469186674ec87e" w:history="1">
+      <w:hyperlink r:id="rId8394693c0f3d11d22" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3233/JBR-140086</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14607,51 +14607,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId839869186674ec987" w:history="1">
+      <w:hyperlink r:id="rId1990693c0f3d11e2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/RPD.2016.22.1.9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14697,51 +14697,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 286-292. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId909969186674eca18" w:history="1">
+      <w:hyperlink r:id="rId6506693c0f3d11eba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-011-0045-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14876,51 +14876,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId272869186674ecb50" w:history="1">
+      <w:hyperlink r:id="rId5877693c0f3d11fe4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -15111,81 +15111,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 17-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId449869186674eccf0" w:history="1">
+      <w:hyperlink r:id="rId4019693c0f3d12174" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1986.tb01128.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="38170346" name="name252969186674ecd6e" descr="eu_funding_250.png"/>
+            <wp:docPr id="13008544" name="name5946693c0f3d12425" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId977869186674ecd6d" cstate="print"/>
+                    <a:blip r:embed="rId6327693c0f3d12424" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -15283,137 +15283,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="81783190">
+  <w:abstractNum w:abstractNumId="53959039">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69420481">
+    <w:lvl w:ilvl="0" w:tplc="16331164">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="69420481" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="16331164" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="69420481" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="16331164" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="69420481" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="16331164" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="69420481" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="16331164" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="69420481" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="16331164" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="69420481" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="16331164" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="69420481" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="16331164" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="69420481" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="16331164" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="81783189">
+  <w:abstractNum w:abstractNumId="53959038">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97980837">
+    <w:lvl w:ilvl="0" w:tplc="76295711">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -16165,55 +16165,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="81783189">
-    <w:abstractNumId w:val="81783189"/>
+  <w:num w:numId="53959038">
+    <w:abstractNumId w:val="53959038"/>
   </w:num>
-  <w:num w:numId="81783190">
-    <w:abstractNumId w:val="81783190"/>
+  <w:num w:numId="53959039">
+    <w:abstractNumId w:val="53959039"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -27763,51 +27763,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId846240348" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId511048628" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId133869186674e4659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/" TargetMode="External"/><Relationship Id="rId973369186674e46c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/categorization" TargetMode="External"/><Relationship Id="rId704069186674e51f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/photos" TargetMode="External"/><Relationship Id="rId971269186674e90cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2818.2010.03373.x" TargetMode="External"/><Relationship Id="rId328369186674e9108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohioline.osu.edu/factsheet/HYG-3212-11" TargetMode="External"/><Relationship Id="rId781869186674e91c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/64.%2010.1111/ppa.12232" TargetMode="External"/><Relationship Id="rId929469186674e92f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060661.2012.751937" TargetMode="External"/><Relationship Id="rId664169186674e94cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ufdcimages.uflib.ufl.edu/UF/E0/02/14/57/00001/cooper_g.pdf" TargetMode="External"/><Relationship Id="rId887669186674e9633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2017.1156.111" TargetMode="External"/><Relationship Id="rId252269186674e968b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1973.10421109" TargetMode="External"/><Relationship Id="rId953169186674e96fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAF/documents" TargetMode="External"/><Relationship Id="rId768569186674e98b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=XANTFR" TargetMode="External"/><Relationship Id="rId415069186674e9a11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/HTML/?uri=OJ:L:2019:319:FULL&amp;from=NL" TargetMode="External"/><Relationship Id="rId633969186674e9b3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00050-15" TargetMode="External"/><Relationship Id="rId624569186674e9bd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12665" TargetMode="External"/><Relationship Id="rId396869186674e9c67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00642-17" TargetMode="External"/><Relationship Id="rId653369186674e9cfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/mgen.0.000189" TargetMode="External"/><Relationship Id="rId596869186674e9dd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s42483-020-00061-y" TargetMode="External"/><Relationship Id="rId610469186674ea055" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms8081253" TargetMode="External"/><Relationship Id="rId427769186674ea0d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-16-0275-R" TargetMode="External"/><Relationship Id="rId332769186674ea168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AP98012" TargetMode="External"/><Relationship Id="rId142769186674ea21a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1999.83.4.400A" TargetMode="External"/><Relationship Id="rId680669186674ea2aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-08-18-1395-RE" TargetMode="External"/><Relationship Id="rId242669186674ea31d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2003.626.20" TargetMode="External"/><Relationship Id="rId292769186674ea4a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2016.01589" TargetMode="External"/><Relationship Id="rId970569186674ea533" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.01271-16" TargetMode="External"/><Relationship Id="rId557269186674ea650" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060660509507189" TargetMode="External"/><Relationship Id="rId380369186674ea728" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jph.12900" TargetMode="External"/><Relationship Id="rId375169186674ea77f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId106669186674ea812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/15538362.2012.696959" TargetMode="External"/><Relationship Id="rId943369186674ea933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-3059.2001.00644.x" TargetMode="External"/><Relationship Id="rId566569186674eaa42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12090" TargetMode="External"/><Relationship Id="rId636369186674eaad2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12497" TargetMode="External"/><Relationship Id="rId985569186674eac74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.collectionscanada.gc.ca/obj/s4/f2/dsk3/ftp04/mq24862.pdf" TargetMode="External"/><Relationship Id="rId601069186674ead12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5423/PPJ.OA.01.2016.0007" TargetMode="External"/><Relationship Id="rId352469186674eae10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2010.16.1.097" TargetMode="External"/><Relationship Id="rId915869186674eaeb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-20-2560-PDN" TargetMode="External"/><Relationship Id="rId559869186674eaf95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890546178" TargetMode="External"/><Relationship Id="rId204769186674eb1f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02284.x" TargetMode="External"/><Relationship Id="rId718669186674eb4cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65220-0" TargetMode="External"/><Relationship Id="rId475169186674eb541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5424/sjar/2012102-345-11" TargetMode="External"/><Relationship Id="rId234369186674eb6b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-77612-y" TargetMode="External"/><Relationship Id="rId897869186674eb84d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545416.034" TargetMode="External"/><Relationship Id="rId655469186674eb8dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00122-016-2695-1" TargetMode="External"/><Relationship Id="rId565069186674ebbe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1439-0434.2003.00591.x" TargetMode="External"/><Relationship Id="rId523469186674ebcf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mimet.2004.04.002" TargetMode="External"/><Relationship Id="rId909769186674ebe06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-3-0299" TargetMode="External"/><Relationship Id="rId672869186674ebe8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-98-3-0359" TargetMode="External"/><Relationship Id="rId346769186674ebefb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/15538362.2012.698181" TargetMode="External"/><Relationship Id="rId579069186674ebfab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-22-0719-RE" TargetMode="External"/><Relationship Id="rId782669186674ec13d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvwa.nl/txmpub/files/?p_file_id=2203331" TargetMode="External"/><Relationship Id="rId398269186674ec224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-018-1513-9" TargetMode="External"/><Relationship Id="rId902369186674ec2af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2007.01813.x" TargetMode="External"/><Relationship Id="rId690869186674ec36c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12028" TargetMode="External"/><Relationship Id="rId572069186674ec562" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/290364" TargetMode="External"/><Relationship Id="rId329869186674ec5e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-17-0356-R" TargetMode="External"/><Relationship Id="rId846169186674ec671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147122" TargetMode="External"/><Relationship Id="rId464069186674ec70e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-19-2248-RE" TargetMode="External"/><Relationship Id="rId348669186674ec7dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mimet.2007.05.018" TargetMode="External"/><Relationship Id="rId984469186674ec87e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3233/JBR-140086" TargetMode="External"/><Relationship Id="rId839869186674ec987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/RPD.2016.22.1.9" TargetMode="External"/><Relationship Id="rId909969186674eca18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-011-0045-y" TargetMode="External"/><Relationship Id="rId272869186674ecb50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId449869186674eccf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01128.x" TargetMode="External"/><Relationship Id="rId108769186674e50aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId108769186674e50aa.jpg"/><Relationship Id="rId151869186674e69e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId151869186674e69e9.jpg"/><Relationship Id="rId977869186674ecd6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId977869186674ecd6d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId195740312" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId109205527" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3506693c0f3d0a784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/" TargetMode="External"/><Relationship Id="rId9130693c0f3d0a7ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/categorization" TargetMode="External"/><Relationship Id="rId2564693c0f3d0adcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/photos" TargetMode="External"/><Relationship Id="rId8729693c0f3d0e7de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2818.2010.03373.x" TargetMode="External"/><Relationship Id="rId3101693c0f3d0e817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohioline.osu.edu/factsheet/HYG-3212-11" TargetMode="External"/><Relationship Id="rId4377693c0f3d0e8d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/64.%2010.1111/ppa.12232" TargetMode="External"/><Relationship Id="rId8257693c0f3d0ea0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060661.2012.751937" TargetMode="External"/><Relationship Id="rId9268693c0f3d0ec12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ufdcimages.uflib.ufl.edu/UF/E0/02/14/57/00001/cooper_g.pdf" TargetMode="External"/><Relationship Id="rId8139693c0f3d0ed73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2017.1156.111" TargetMode="External"/><Relationship Id="rId2879693c0f3d0edc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1973.10421109" TargetMode="External"/><Relationship Id="rId3812693c0f3d0ee38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAF/documents" TargetMode="External"/><Relationship Id="rId5487693c0f3d0efef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=XANTFR" TargetMode="External"/><Relationship Id="rId9453693c0f3d0f14b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/HTML/?uri=OJ:L:2019:319:FULL&amp;from=NL" TargetMode="External"/><Relationship Id="rId2403693c0f3d0f279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00050-15" TargetMode="External"/><Relationship Id="rId9220693c0f3d0f30a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12665" TargetMode="External"/><Relationship Id="rId1941693c0f3d0f39b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00642-17" TargetMode="External"/><Relationship Id="rId4453693c0f3d0f42b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/mgen.0.000189" TargetMode="External"/><Relationship Id="rId5651693c0f3d0f4fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s42483-020-00061-y" TargetMode="External"/><Relationship Id="rId9906693c0f3d0f5ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms8081253" TargetMode="External"/><Relationship Id="rId1618693c0f3d0f63f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-16-0275-R" TargetMode="External"/><Relationship Id="rId6572693c0f3d0f6d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AP98012" TargetMode="External"/><Relationship Id="rId2766693c0f3d0f781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1999.83.4.400A" TargetMode="External"/><Relationship Id="rId2091693c0f3d0f811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-08-18-1395-RE" TargetMode="External"/><Relationship Id="rId1109693c0f3d0f882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2003.626.20" TargetMode="External"/><Relationship Id="rId8011693c0f3d0fa25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2016.01589" TargetMode="External"/><Relationship Id="rId8880693c0f3d0faba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.01271-16" TargetMode="External"/><Relationship Id="rId2883693c0f3d0fbbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060660509507189" TargetMode="External"/><Relationship Id="rId7430693c0f3d0fc51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jph.12900" TargetMode="External"/><Relationship Id="rId6830693c0f3d0fca6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId1386693c0f3d0fd16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/15538362.2012.696959" TargetMode="External"/><Relationship Id="rId8363693c0f3d0fe36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-3059.2001.00644.x" TargetMode="External"/><Relationship Id="rId8507693c0f3d0ff47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12090" TargetMode="External"/><Relationship Id="rId1583693c0f3d0ffd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12497" TargetMode="External"/><Relationship Id="rId4866693c0f3d10188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.collectionscanada.gc.ca/obj/s4/f2/dsk3/ftp04/mq24862.pdf" TargetMode="External"/><Relationship Id="rId3523693c0f3d10233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5423/PPJ.OA.01.2016.0007" TargetMode="External"/><Relationship Id="rId1489693c0f3d10335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2010.16.1.097" TargetMode="External"/><Relationship Id="rId6158693c0f3d103dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-20-2560-PDN" TargetMode="External"/><Relationship Id="rId5810693c0f3d104bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890546178" TargetMode="External"/><Relationship Id="rId3233693c0f3d1071f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02284.x" TargetMode="External"/><Relationship Id="rId2806693c0f3d10a06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65220-0" TargetMode="External"/><Relationship Id="rId1915693c0f3d10a7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5424/sjar/2012102-345-11" TargetMode="External"/><Relationship Id="rId9597693c0f3d10bc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-77612-y" TargetMode="External"/><Relationship Id="rId8064693c0f3d10d4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545416.034" TargetMode="External"/><Relationship Id="rId4751693c0f3d10de2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00122-016-2695-1" TargetMode="External"/><Relationship Id="rId5969693c0f3d110c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1439-0434.2003.00591.x" TargetMode="External"/><Relationship Id="rId6182693c0f3d111cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mimet.2004.04.002" TargetMode="External"/><Relationship Id="rId2457693c0f3d112da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-3-0299" TargetMode="External"/><Relationship Id="rId6363693c0f3d1135c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-98-3-0359" TargetMode="External"/><Relationship Id="rId4576693c0f3d113cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/15538362.2012.698181" TargetMode="External"/><Relationship Id="rId9897693c0f3d1146d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-22-0719-RE" TargetMode="External"/><Relationship Id="rId7468693c0f3d115f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvwa.nl/txmpub/files/?p_file_id=2203331" TargetMode="External"/><Relationship Id="rId2059693c0f3d116d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-018-1513-9" TargetMode="External"/><Relationship Id="rId1913693c0f3d1175d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2007.01813.x" TargetMode="External"/><Relationship Id="rId5460693c0f3d1180c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12028" TargetMode="External"/><Relationship Id="rId8758693c0f3d11a12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/290364" TargetMode="External"/><Relationship Id="rId8103693c0f3d11a93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-17-0356-R" TargetMode="External"/><Relationship Id="rId7558693c0f3d11b25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147122" TargetMode="External"/><Relationship Id="rId4479693c0f3d11bb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-19-2248-RE" TargetMode="External"/><Relationship Id="rId2125693c0f3d11c81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mimet.2007.05.018" TargetMode="External"/><Relationship Id="rId8394693c0f3d11d22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3233/JBR-140086" TargetMode="External"/><Relationship Id="rId1990693c0f3d11e2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/RPD.2016.22.1.9" TargetMode="External"/><Relationship Id="rId6506693c0f3d11eba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-011-0045-y" TargetMode="External"/><Relationship Id="rId5877693c0f3d11fe4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4019693c0f3d12174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01128.x" TargetMode="External"/><Relationship Id="rId3232693c0f3d0ac90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3232693c0f3d0ac90.jpg"/><Relationship Id="rId8773693c0f3d0c895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8773693c0f3d0c895.jpg"/><Relationship Id="rId6327693c0f3d12424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6327693c0f3d12424.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>