--- v2 (2025-12-12)
+++ v3 (2026-01-02)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Gammaproteobacteria: Lysobacterales: Lysobacteraceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> angular leaf spot of strawberry, leaf blight of strawberry, vascular collapse of strawberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3506693c0f3d0a784" w:history="1">
+            <w:hyperlink r:id="rId36526957787072fe2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9130693c0f3d0a7ef" w:history="1">
+            <w:hyperlink r:id="rId22256957787073051" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTFR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="36003333" name="name6365693c0f3d0ac92" descr="2974.jpg"/>
+                  <wp:docPr id="85536573" name="name7122695778707384d" descr="2974.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2974.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3232693c0f3d0ac90" cstate="print"/>
+                          <a:blip r:embed="rId2050695778707384c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2564693c0f3d0adcf" w:history="1">
+            <w:hyperlink r:id="rId11836957787073963" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1717,63 +1717,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1988). The disease is widespread in North America and the EPPO region, less so in other continents such as South America, Asia and Africa, probably related to the spread and intensity of strawberry cultivation.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="19746547" name="name2074693c0f3d0c898" descr="XANTFR_distribution_map.jpg"/>
+            <wp:docPr id="31241399" name="name8820695778707530f" descr="XANTFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8773693c0f3d0c895" cstate="print"/>
+                    <a:blip r:embed="rId8002695778707530c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6123,81 +6123,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">239</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 249-258. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8729693c0f3d0e7de" w:history="1">
+      <w:hyperlink r:id="rId3461695778707736b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2818.2010.03373.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anco DJ &amp; Ellis MA (2011) Angular leaf spot of strawberry (bacterial blight). Ohio State University Leaflet HYG -3212, 2pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3101693c0f3d0e817" w:history="1">
+      <w:hyperlink r:id="rId274169577870773aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ohioline.osu.edu/factsheet/HYG-3212-11</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6272,51 +6272,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 71-80. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4377693c0f3d0e8d4" w:history="1">
+      <w:hyperlink r:id="rId6027695778707746b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/64. 10.1111/ppa.12232</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6460,51 +6460,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 20-26. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8257693c0f3d0ea0c" w:history="1">
+      <w:hyperlink r:id="rId2023695778707759e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060661.2012.751937</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6744,51 +6744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cooper, GT (2007) Angular leaf spot of strawberry: disease control strategies and association of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pseudomonas syringae </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">with lesions. 62pp. Thesis, University of Florida, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9268693c0f3d0ec12" w:history="1">
+      <w:hyperlink r:id="rId8624695778707776e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ufdcimages.uflib.ufl.edu/UF/E0/02/14/57/00001/cooper_g.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6959,101 +6959,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1156</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 757-764. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8139693c0f3d0ed73" w:history="1">
+      <w:hyperlink r:id="rId505269577870778cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2017.1156.111</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dye DW &amp; Wilkie JP (1973) Angular leafspot of strawberry in New Zealand. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Journal of Agricultural Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 16, 311-314. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2879693c0f3d0edc7" w:history="1">
+      <w:hyperlink r:id="rId55156957787077922" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1973.10421109</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7079,51 +7079,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3812693c0f3d0ee38" w:history="1">
+      <w:hyperlink r:id="rId56436957787077992" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XANTAF/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7345,51 +7345,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Regulated non-quarantine pest Project. An EU funded project for the benefit of the whole EPPO region</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5487693c0f3d0efef" w:history="1">
+      <w:hyperlink r:id="rId92706957787077b45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=XANTFR</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7560,51 +7560,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L 319, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">62</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10 December 2019, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9453693c0f3d0f14b" w:history="1">
+      <w:hyperlink r:id="rId52696957787077cb2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/HTML/?uri=OJ:L:2019:319:FULL&amp;from=NL</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7748,51 +7748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4651–4668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2403693c0f3d0f279" w:history="1">
+      <w:hyperlink r:id="rId44816957787077de6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00050-15</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7838,51 +7838,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">66</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1094-1102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9220693c0f3d0f30a" w:history="1">
+      <w:hyperlink r:id="rId17916957787077fbd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12665</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7928,51 +7928,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e00632-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1941693c0f3d0f39b" w:history="1">
+      <w:hyperlink r:id="rId85346957787078052" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/genomeA.00642-17</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8018,51 +8018,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e000189. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4453693c0f3d0f42b" w:history="1">
+      <w:hyperlink r:id="rId375769577870780e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/mgen.0.000189</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8148,51 +8148,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5651693c0f3d0f4fa" w:history="1">
+      <w:hyperlink r:id="rId816869577870781cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s42483-020-00061-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8269,51 +8269,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microorganisms </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1253. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9906693c0f3d0f5ca" w:history="1">
+      <w:hyperlink r:id="rId84556957787078293" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms8081253</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8339,51 +8339,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1243-1255. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1618693c0f3d0f63f" w:history="1">
+      <w:hyperlink r:id="rId87906957787078308" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-07-16-0275-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8429,51 +8429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 97–103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6572693c0f3d0f6d1" w:history="1">
+      <w:hyperlink r:id="rId3486695778707839c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1071/AP98012</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8539,51 +8539,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 400. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2766693c0f3d0f781" w:history="1">
+      <w:hyperlink r:id="rId8653695778707844d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1999.83.4.400A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8629,51 +8629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1256-1263. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2091693c0f3d0f811" w:history="1">
+      <w:hyperlink r:id="rId728369577870784de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-08-18-1395-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8699,51 +8699,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">626</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 155-159. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1109693c0f3d0f882" w:history="1">
+      <w:hyperlink r:id="rId92816957787078552" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2003.626.20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8945,51 +8945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1589, 11 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8011693c0f3d0fa25" w:history="1">
+      <w:hyperlink r:id="rId344969577870786e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2016.01589</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9035,51 +9035,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e01271-01216. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8880693c0f3d0faba" w:history="1">
+      <w:hyperlink r:id="rId24676957787078773" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/genomeA.01271-16</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9194,51 +9194,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 16-24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2883693c0f3d0fbbf" w:history="1">
+      <w:hyperlink r:id="rId42576957787078884" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060660509507189</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9284,101 +9284,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">168</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 363–373. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7430693c0f3d0fc51" w:history="1">
+      <w:hyperlink r:id="rId80596957787078915" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jph.12900</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2016) International standards for phytosanitary measures (ISPM) 27 - Diagnostic protocols for regulated pests DP 14: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6830693c0f3d0fca6" w:history="1">
+      <w:hyperlink r:id="rId9509695778707896c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/coreactivities/standards-setting/ispms</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9404,51 +9404,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28–35. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1386693c0f3d0fd16" w:history="1">
+      <w:hyperlink r:id="rId585569577870789de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/15538362.2012.696959</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9585,51 +9585,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 653-665. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8363693c0f3d0fe36" w:history="1">
+      <w:hyperlink r:id="rId53546957787078b00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1365-3059.2001.00644.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9753,51 +9753,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">63</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 255-263. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8507693c0f3d0ff47" w:history="1">
+      <w:hyperlink r:id="rId19466957787078c15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12090</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9843,51 +9843,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 569– 577. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1583693c0f3d0ffd7" w:history="1">
+      <w:hyperlink r:id="rId66876957787078ca6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12497</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10100,51 +10100,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kennedy-Fisher SD (1997) The effect of copper sulphate and host variety on angular leaf spot (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) of strawberry. Thesis submitted in partial fulfilment of the requirements for the degree of Master of Agriculture. Dalhousie University Halifax, Nova Scotia, Canada, 83pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4866693c0f3d10188" w:history="1">
+      <w:hyperlink r:id="rId15976957787078e4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.collectionscanada.gc.ca/obj/s4/f2/dsk3/ftp04/mq24862.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10199,51 +10199,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,290–299. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3523693c0f3d10233" w:history="1">
+      <w:hyperlink r:id="rId33786957787078ef8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5423/PPJ.OA.01.2016.0007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10358,51 +10358,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 97-100. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1489693c0f3d10335" w:history="1">
+      <w:hyperlink r:id="rId34716957787079001" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/rpd.2010.16.1.097</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10457,51 +10457,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2237. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6158693c0f3d103dc" w:history="1">
+      <w:hyperlink r:id="rId219269577870790aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-12-20-2560-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10596,51 +10596,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maas JL (1998) Compendium of Strawberry Diseases. Second Edition, 98p. APS Press, St Paul (MN), USA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5810693c0f3d104bd" w:history="1">
+      <w:hyperlink r:id="rId533969577870791b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/9780890546178</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10978,51 +10978,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171-174. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3233693c0f3d1071f" w:history="1">
+      <w:hyperlink r:id="rId49836957787079441" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02284.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11429,51 +11429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2881–2887. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2806693c0f3d10a06" w:history="1">
+      <w:hyperlink r:id="rId27156957787079722" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.65220-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11499,51 +11499,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 502-512. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1915693c0f3d10a7a" w:history="1">
+      <w:hyperlink r:id="rId69636957787079795" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5424/sjar/2012102-345-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11698,51 +11698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientific Reports </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 20582. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9597693c0f3d10bc3" w:history="1">
+      <w:hyperlink r:id="rId243169577870798e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-77612-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11933,51 +11933,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in strawberry planting stock. Chapter 34. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Detection of Plant-Pathogenic Bacteria in Seed and Other Planting Material, 2nd Edition. January 2017, 249-254. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8064693c0f3d10d4f" w:history="1">
+      <w:hyperlink r:id="rId23946957787079a61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/9780890545416.034</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12023,51 +12023,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">129</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1191-1201. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4751693c0f3d10de2" w:history="1">
+      <w:hyperlink r:id="rId35246957787079af1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00122-016-2695-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12485,51 +12485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">151</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 113-119. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5969693c0f3d110c1" w:history="1">
+      <w:hyperlink r:id="rId81346957787079dd4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1439-0434.2003.00591.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12653,51 +12653,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 281-4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6182693c0f3d111cf" w:history="1">
+      <w:hyperlink r:id="rId38756957787079eed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.mimet.2004.04.002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12821,51 +12821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 299-308. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2457693c0f3d112da" w:history="1">
+      <w:hyperlink r:id="rId5380695778707a009" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-93-3-0299</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12902,51 +12902,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 359-368. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6363693c0f3d1135c" w:history="1">
+      <w:hyperlink r:id="rId7224695778707a08f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-98-3-0359</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12972,51 +12972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1-2), 234-245. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4576693c0f3d113cd" w:history="1">
+      <w:hyperlink r:id="rId4043695778707a115" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/15538362.2012.698181</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13073,51 +13073,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 116-124 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9897693c0f3d1146d" w:history="1">
+      <w:hyperlink r:id="rId6070695778707a1be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-22-0719-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13319,51 +13319,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van der Gaag DJ, Bergsma-Vlami M, Van Vaerenbergh J, Vandroemme J &amp; Maes M (2013) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Netherlands Food and Consumer Product Safety Authority, Utrecht, the Netherlands - Institute for Agricultural and Fisheries Research, Merelbeke, Belgium - available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7468693c0f3d115f4" w:history="1">
+      <w:hyperlink r:id="rId1880695778707a351" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.nvwa.nl/txmpub/files/?p_file_id=2203331</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13456,51 +13456,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">152</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 711–722. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2059693c0f3d116d7" w:history="1">
+      <w:hyperlink r:id="rId6745695778707a431" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-018-1513-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13537,51 +13537,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 438-444. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1913693c0f3d1175d" w:history="1">
+      <w:hyperlink r:id="rId7116695778707a4b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2007.01813.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13647,51 +13647,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">62</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1123-1131. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5460693c0f3d1180c" w:history="1">
+      <w:hyperlink r:id="rId4702695778707a566" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13949,51 +13949,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in de aardbeiteelt en de ontwikkeling van een </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">hygiëne protocol</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8758693c0f3d11a12" w:history="1">
+      <w:hyperlink r:id="rId3270695778707a74d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/290364</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed January 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14028,51 +14028,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in strawberry tissues </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">108, 681-690. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8103693c0f3d11a93" w:history="1">
+      <w:hyperlink r:id="rId3754695778707a7cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-10-17-0356-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14118,51 +14118,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0147122. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7558693c0f3d11b25" w:history="1">
+      <w:hyperlink r:id="rId5856695778707a85b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0147122</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14208,51 +14208,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1105–1112. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4479693c0f3d11bb5" w:history="1">
+      <w:hyperlink r:id="rId4134695778707a8ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-10-19-2248-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14338,51 +14338,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,379–83. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2125693c0f3d11c81" w:history="1">
+      <w:hyperlink r:id="rId5157695778707a9bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.mimet.2007.05.018</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14439,51 +14439,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 17-22.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8394693c0f3d11d22" w:history="1">
+      <w:hyperlink r:id="rId9183695778707aa60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3233/JBR-140086</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14607,51 +14607,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1990693c0f3d11e2a" w:history="1">
+      <w:hyperlink r:id="rId3654695778707ab7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/RPD.2016.22.1.9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14697,51 +14697,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 286-292. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6506693c0f3d11eba" w:history="1">
+      <w:hyperlink r:id="rId7790695778707ac10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-011-0045-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14854,73 +14854,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5877693c0f3d11fe4" w:history="1">
+      <w:hyperlink r:id="rId2333695778707ad3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -15111,81 +15111,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 17-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4019693c0f3d12174" w:history="1">
+      <w:hyperlink r:id="rId5586695778707aece" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1986.tb01128.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="13008544" name="name5946693c0f3d12425" descr="eu_funding_250.png"/>
+            <wp:docPr id="55910926" name="name5403695778707b37d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6327693c0f3d12424" cstate="print"/>
+                    <a:blip r:embed="rId9017695778707b37b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -15283,137 +15283,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="53959039">
+  <w:abstractNum w:abstractNumId="93115468">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16331164">
+    <w:lvl w:ilvl="0" w:tplc="79549522">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="16331164" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79549522" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="16331164" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="79549522" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="16331164" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79549522" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="16331164" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79549522" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="16331164" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79549522" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="16331164" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="79549522" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="16331164" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79549522" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="16331164" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79549522" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53959038">
+  <w:abstractNum w:abstractNumId="93115467">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76295711">
+    <w:lvl w:ilvl="0" w:tplc="52829519">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -16165,55 +16165,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="53959038">
-    <w:abstractNumId w:val="53959038"/>
+  <w:num w:numId="93115467">
+    <w:abstractNumId w:val="93115467"/>
   </w:num>
-  <w:num w:numId="53959039">
-    <w:abstractNumId w:val="53959039"/>
+  <w:num w:numId="93115468">
+    <w:abstractNumId w:val="93115468"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -27763,51 +27763,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId195740312" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId109205527" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3506693c0f3d0a784" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/" TargetMode="External"/><Relationship Id="rId9130693c0f3d0a7ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/categorization" TargetMode="External"/><Relationship Id="rId2564693c0f3d0adcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/photos" TargetMode="External"/><Relationship Id="rId8729693c0f3d0e7de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2818.2010.03373.x" TargetMode="External"/><Relationship Id="rId3101693c0f3d0e817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohioline.osu.edu/factsheet/HYG-3212-11" TargetMode="External"/><Relationship Id="rId4377693c0f3d0e8d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/64.%2010.1111/ppa.12232" TargetMode="External"/><Relationship Id="rId8257693c0f3d0ea0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060661.2012.751937" TargetMode="External"/><Relationship Id="rId9268693c0f3d0ec12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ufdcimages.uflib.ufl.edu/UF/E0/02/14/57/00001/cooper_g.pdf" TargetMode="External"/><Relationship Id="rId8139693c0f3d0ed73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2017.1156.111" TargetMode="External"/><Relationship Id="rId2879693c0f3d0edc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1973.10421109" TargetMode="External"/><Relationship Id="rId3812693c0f3d0ee38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAF/documents" TargetMode="External"/><Relationship Id="rId5487693c0f3d0efef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=XANTFR" TargetMode="External"/><Relationship Id="rId9453693c0f3d0f14b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/HTML/?uri=OJ:L:2019:319:FULL&amp;from=NL" TargetMode="External"/><Relationship Id="rId2403693c0f3d0f279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00050-15" TargetMode="External"/><Relationship Id="rId9220693c0f3d0f30a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12665" TargetMode="External"/><Relationship Id="rId1941693c0f3d0f39b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00642-17" TargetMode="External"/><Relationship Id="rId4453693c0f3d0f42b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/mgen.0.000189" TargetMode="External"/><Relationship Id="rId5651693c0f3d0f4fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s42483-020-00061-y" TargetMode="External"/><Relationship Id="rId9906693c0f3d0f5ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms8081253" TargetMode="External"/><Relationship Id="rId1618693c0f3d0f63f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-16-0275-R" TargetMode="External"/><Relationship Id="rId6572693c0f3d0f6d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AP98012" TargetMode="External"/><Relationship Id="rId2766693c0f3d0f781" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1999.83.4.400A" TargetMode="External"/><Relationship Id="rId2091693c0f3d0f811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-08-18-1395-RE" TargetMode="External"/><Relationship Id="rId1109693c0f3d0f882" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2003.626.20" TargetMode="External"/><Relationship Id="rId8011693c0f3d0fa25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2016.01589" TargetMode="External"/><Relationship Id="rId8880693c0f3d0faba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.01271-16" TargetMode="External"/><Relationship Id="rId2883693c0f3d0fbbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060660509507189" TargetMode="External"/><Relationship Id="rId7430693c0f3d0fc51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jph.12900" TargetMode="External"/><Relationship Id="rId6830693c0f3d0fca6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId1386693c0f3d0fd16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/15538362.2012.696959" TargetMode="External"/><Relationship Id="rId8363693c0f3d0fe36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-3059.2001.00644.x" TargetMode="External"/><Relationship Id="rId8507693c0f3d0ff47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12090" TargetMode="External"/><Relationship Id="rId1583693c0f3d0ffd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12497" TargetMode="External"/><Relationship Id="rId4866693c0f3d10188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.collectionscanada.gc.ca/obj/s4/f2/dsk3/ftp04/mq24862.pdf" TargetMode="External"/><Relationship Id="rId3523693c0f3d10233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5423/PPJ.OA.01.2016.0007" TargetMode="External"/><Relationship Id="rId1489693c0f3d10335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2010.16.1.097" TargetMode="External"/><Relationship Id="rId6158693c0f3d103dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-20-2560-PDN" TargetMode="External"/><Relationship Id="rId5810693c0f3d104bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890546178" TargetMode="External"/><Relationship Id="rId3233693c0f3d1071f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02284.x" TargetMode="External"/><Relationship Id="rId2806693c0f3d10a06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65220-0" TargetMode="External"/><Relationship Id="rId1915693c0f3d10a7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5424/sjar/2012102-345-11" TargetMode="External"/><Relationship Id="rId9597693c0f3d10bc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-77612-y" TargetMode="External"/><Relationship Id="rId8064693c0f3d10d4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545416.034" TargetMode="External"/><Relationship Id="rId4751693c0f3d10de2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00122-016-2695-1" TargetMode="External"/><Relationship Id="rId5969693c0f3d110c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1439-0434.2003.00591.x" TargetMode="External"/><Relationship Id="rId6182693c0f3d111cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mimet.2004.04.002" TargetMode="External"/><Relationship Id="rId2457693c0f3d112da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-3-0299" TargetMode="External"/><Relationship Id="rId6363693c0f3d1135c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-98-3-0359" TargetMode="External"/><Relationship Id="rId4576693c0f3d113cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/15538362.2012.698181" TargetMode="External"/><Relationship Id="rId9897693c0f3d1146d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-22-0719-RE" TargetMode="External"/><Relationship Id="rId7468693c0f3d115f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvwa.nl/txmpub/files/?p_file_id=2203331" TargetMode="External"/><Relationship Id="rId2059693c0f3d116d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-018-1513-9" TargetMode="External"/><Relationship Id="rId1913693c0f3d1175d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2007.01813.x" TargetMode="External"/><Relationship Id="rId5460693c0f3d1180c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12028" TargetMode="External"/><Relationship Id="rId8758693c0f3d11a12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/290364" TargetMode="External"/><Relationship Id="rId8103693c0f3d11a93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-17-0356-R" TargetMode="External"/><Relationship Id="rId7558693c0f3d11b25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147122" TargetMode="External"/><Relationship Id="rId4479693c0f3d11bb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-19-2248-RE" TargetMode="External"/><Relationship Id="rId2125693c0f3d11c81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mimet.2007.05.018" TargetMode="External"/><Relationship Id="rId8394693c0f3d11d22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3233/JBR-140086" TargetMode="External"/><Relationship Id="rId1990693c0f3d11e2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/RPD.2016.22.1.9" TargetMode="External"/><Relationship Id="rId6506693c0f3d11eba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-011-0045-y" TargetMode="External"/><Relationship Id="rId5877693c0f3d11fe4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId4019693c0f3d12174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01128.x" TargetMode="External"/><Relationship Id="rId3232693c0f3d0ac90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3232693c0f3d0ac90.jpg"/><Relationship Id="rId8773693c0f3d0c895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8773693c0f3d0c895.jpg"/><Relationship Id="rId6327693c0f3d12424" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6327693c0f3d12424.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId669261079" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId867401739" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId36526957787072fe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/" TargetMode="External"/><Relationship Id="rId22256957787073051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/categorization" TargetMode="External"/><Relationship Id="rId11836957787073963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/photos" TargetMode="External"/><Relationship Id="rId3461695778707736b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2818.2010.03373.x" TargetMode="External"/><Relationship Id="rId274169577870773aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohioline.osu.edu/factsheet/HYG-3212-11" TargetMode="External"/><Relationship Id="rId6027695778707746b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/64.%2010.1111/ppa.12232" TargetMode="External"/><Relationship Id="rId2023695778707759e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060661.2012.751937" TargetMode="External"/><Relationship Id="rId8624695778707776e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ufdcimages.uflib.ufl.edu/UF/E0/02/14/57/00001/cooper_g.pdf" TargetMode="External"/><Relationship Id="rId505269577870778cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2017.1156.111" TargetMode="External"/><Relationship Id="rId55156957787077922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1973.10421109" TargetMode="External"/><Relationship Id="rId56436957787077992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAF/documents" TargetMode="External"/><Relationship Id="rId92706957787077b45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=XANTFR" TargetMode="External"/><Relationship Id="rId52696957787077cb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/HTML/?uri=OJ:L:2019:319:FULL&amp;from=NL" TargetMode="External"/><Relationship Id="rId44816957787077de6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00050-15" TargetMode="External"/><Relationship Id="rId17916957787077fbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12665" TargetMode="External"/><Relationship Id="rId85346957787078052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00642-17" TargetMode="External"/><Relationship Id="rId375769577870780e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/mgen.0.000189" TargetMode="External"/><Relationship Id="rId816869577870781cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s42483-020-00061-y" TargetMode="External"/><Relationship Id="rId84556957787078293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms8081253" TargetMode="External"/><Relationship Id="rId87906957787078308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-16-0275-R" TargetMode="External"/><Relationship Id="rId3486695778707839c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AP98012" TargetMode="External"/><Relationship Id="rId8653695778707844d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1999.83.4.400A" TargetMode="External"/><Relationship Id="rId728369577870784de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-08-18-1395-RE" TargetMode="External"/><Relationship Id="rId92816957787078552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2003.626.20" TargetMode="External"/><Relationship Id="rId344969577870786e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2016.01589" TargetMode="External"/><Relationship Id="rId24676957787078773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.01271-16" TargetMode="External"/><Relationship Id="rId42576957787078884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060660509507189" TargetMode="External"/><Relationship Id="rId80596957787078915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jph.12900" TargetMode="External"/><Relationship Id="rId9509695778707896c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId585569577870789de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/15538362.2012.696959" TargetMode="External"/><Relationship Id="rId53546957787078b00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-3059.2001.00644.x" TargetMode="External"/><Relationship Id="rId19466957787078c15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12090" TargetMode="External"/><Relationship Id="rId66876957787078ca6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12497" TargetMode="External"/><Relationship Id="rId15976957787078e4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.collectionscanada.gc.ca/obj/s4/f2/dsk3/ftp04/mq24862.pdf" TargetMode="External"/><Relationship Id="rId33786957787078ef8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5423/PPJ.OA.01.2016.0007" TargetMode="External"/><Relationship Id="rId34716957787079001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2010.16.1.097" TargetMode="External"/><Relationship Id="rId219269577870790aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-20-2560-PDN" TargetMode="External"/><Relationship Id="rId533969577870791b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890546178" TargetMode="External"/><Relationship Id="rId49836957787079441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02284.x" TargetMode="External"/><Relationship Id="rId27156957787079722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65220-0" TargetMode="External"/><Relationship Id="rId69636957787079795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5424/sjar/2012102-345-11" TargetMode="External"/><Relationship Id="rId243169577870798e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-77612-y" TargetMode="External"/><Relationship Id="rId23946957787079a61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545416.034" TargetMode="External"/><Relationship Id="rId35246957787079af1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00122-016-2695-1" TargetMode="External"/><Relationship Id="rId81346957787079dd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1439-0434.2003.00591.x" TargetMode="External"/><Relationship Id="rId38756957787079eed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mimet.2004.04.002" TargetMode="External"/><Relationship Id="rId5380695778707a009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-3-0299" TargetMode="External"/><Relationship Id="rId7224695778707a08f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-98-3-0359" TargetMode="External"/><Relationship Id="rId4043695778707a115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/15538362.2012.698181" TargetMode="External"/><Relationship Id="rId6070695778707a1be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-22-0719-RE" TargetMode="External"/><Relationship Id="rId1880695778707a351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvwa.nl/txmpub/files/?p_file_id=2203331" TargetMode="External"/><Relationship Id="rId6745695778707a431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-018-1513-9" TargetMode="External"/><Relationship Id="rId7116695778707a4b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2007.01813.x" TargetMode="External"/><Relationship Id="rId4702695778707a566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12028" TargetMode="External"/><Relationship Id="rId3270695778707a74d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/290364" TargetMode="External"/><Relationship Id="rId3754695778707a7cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-17-0356-R" TargetMode="External"/><Relationship Id="rId5856695778707a85b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147122" TargetMode="External"/><Relationship Id="rId4134695778707a8ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-19-2248-RE" TargetMode="External"/><Relationship Id="rId5157695778707a9bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mimet.2007.05.018" TargetMode="External"/><Relationship Id="rId9183695778707aa60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3233/JBR-140086" TargetMode="External"/><Relationship Id="rId3654695778707ab7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/RPD.2016.22.1.9" TargetMode="External"/><Relationship Id="rId7790695778707ac10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-011-0045-y" TargetMode="External"/><Relationship Id="rId2333695778707ad3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5586695778707aece" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01128.x" TargetMode="External"/><Relationship Id="rId2050695778707384c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2050695778707384c.jpg"/><Relationship Id="rId8002695778707530c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8002695778707530c.jpg"/><Relationship Id="rId9017695778707b37b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9017695778707b37b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>