--- v3 (2026-01-02)
+++ v4 (2026-02-09)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Gammaproteobacteria: Lysobacterales: Lysobacteraceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> angular leaf spot of strawberry, leaf blight of strawberry, vascular collapse of strawberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36526957787072fe2" w:history="1">
+            <w:hyperlink r:id="rId81076989d91de2e79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -283,53 +283,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId22256957787073051" w:history="1">
+            <w:hyperlink r:id="rId23966989d91de2ee3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTFR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="85536573" name="name7122695778707384d" descr="2974.jpg"/>
+                  <wp:docPr id="95765268" name="name62156989d91de341c" descr="2974.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2974.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2050695778707384c" cstate="print"/>
+                          <a:blip r:embed="rId31996989d91de341a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId11836957787073963" w:history="1">
+            <w:hyperlink r:id="rId18256989d91de352e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1717,63 +1717,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1988). The disease is widespread in North America and the EPPO region, less so in other continents such as South America, Asia and Africa, probably related to the spread and intensity of strawberry cultivation.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="31241399" name="name8820695778707530f" descr="XANTFR_distribution_map.jpg"/>
+            <wp:docPr id="31842965" name="name13016989d91de4a6f" descr="XANTFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8002695778707530c" cstate="print"/>
+                    <a:blip r:embed="rId39206989d91de4a6c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6123,81 +6123,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">239</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 249-258. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3461695778707736b" w:history="1">
+      <w:hyperlink r:id="rId65166989d91de688b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2818.2010.03373.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anco DJ &amp; Ellis MA (2011) Angular leaf spot of strawberry (bacterial blight). Ohio State University Leaflet HYG -3212, 2pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId274169577870773aa" w:history="1">
+      <w:hyperlink r:id="rId78166989d91de68c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ohioline.osu.edu/factsheet/HYG-3212-11</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6272,51 +6272,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 71-80. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6027695778707746b" w:history="1">
+      <w:hyperlink r:id="rId91746989d91de6987" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/64. 10.1111/ppa.12232</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6460,51 +6460,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 20-26. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2023695778707759e" w:history="1">
+      <w:hyperlink r:id="rId60436989d91de6ab9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060661.2012.751937</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6744,51 +6744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cooper, GT (2007) Angular leaf spot of strawberry: disease control strategies and association of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pseudomonas syringae </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">with lesions. 62pp. Thesis, University of Florida, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8624695778707776e" w:history="1">
+      <w:hyperlink r:id="rId45236989d91de6c94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ufdcimages.uflib.ufl.edu/UF/E0/02/14/57/00001/cooper_g.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6959,101 +6959,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1156</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 757-764. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId505269577870778cd" w:history="1">
+      <w:hyperlink r:id="rId85006989d91de6df2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2017.1156.111</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dye DW &amp; Wilkie JP (1973) Angular leafspot of strawberry in New Zealand. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Journal of Agricultural Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 16, 311-314. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55156957787077922" w:history="1">
+      <w:hyperlink r:id="rId15796989d91de6e47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1973.10421109</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7079,51 +7079,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56436957787077992" w:history="1">
+      <w:hyperlink r:id="rId91256989d91de6eb8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XANTAF/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7345,51 +7345,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Regulated non-quarantine pest Project. An EU funded project for the benefit of the whole EPPO region</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92706957787077b45" w:history="1">
+      <w:hyperlink r:id="rId72466989d91de7077" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=XANTFR</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7560,51 +7560,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L 319, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">62</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10 December 2019, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52696957787077cb2" w:history="1">
+      <w:hyperlink r:id="rId90846989d91de71d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/HTML/?uri=OJ:L:2019:319:FULL&amp;from=NL</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7748,51 +7748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4651–4668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44816957787077de6" w:history="1">
+      <w:hyperlink r:id="rId42876989d91de7305" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00050-15</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7838,51 +7838,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">66</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1094-1102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17916957787077fbd" w:history="1">
+      <w:hyperlink r:id="rId19266989d91de7397" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12665</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7928,51 +7928,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e00632-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85346957787078052" w:history="1">
+      <w:hyperlink r:id="rId78046989d91de7428" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/genomeA.00642-17</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8018,51 +8018,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e000189. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId375769577870780e9" w:history="1">
+      <w:hyperlink r:id="rId61326989d91de74ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/mgen.0.000189</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8148,51 +8148,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId816869577870781cd" w:history="1">
+      <w:hyperlink r:id="rId28076989d91de75bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s42483-020-00061-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8269,51 +8269,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microorganisms </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1253. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84556957787078293" w:history="1">
+      <w:hyperlink r:id="rId35886989d91de7690" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms8081253</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8339,51 +8339,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1243-1255. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87906957787078308" w:history="1">
+      <w:hyperlink r:id="rId76306989d91de771a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-07-16-0275-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8429,51 +8429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 97–103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3486695778707839c" w:history="1">
+      <w:hyperlink r:id="rId42076989d91de77b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1071/AP98012</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8539,51 +8539,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 400. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8653695778707844d" w:history="1">
+      <w:hyperlink r:id="rId52106989d91de7864" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1999.83.4.400A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8629,51 +8629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1256-1263. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId728369577870784de" w:history="1">
+      <w:hyperlink r:id="rId79106989d91de78f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-08-18-1395-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8699,51 +8699,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">626</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 155-159. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92816957787078552" w:history="1">
+      <w:hyperlink r:id="rId56666989d91de7968" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2003.626.20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8945,51 +8945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1589, 11 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId344969577870786e0" w:history="1">
+      <w:hyperlink r:id="rId21246989d91de7af4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2016.01589</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9035,51 +9035,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e01271-01216. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24676957787078773" w:history="1">
+      <w:hyperlink r:id="rId77696989d91de7b85" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/genomeA.01271-16</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9194,51 +9194,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 16-24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42576957787078884" w:history="1">
+      <w:hyperlink r:id="rId68426989d91de7c86" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060660509507189</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9284,101 +9284,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">168</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 363–373. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80596957787078915" w:history="1">
+      <w:hyperlink r:id="rId96576989d91de7d15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jph.12900</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2016) International standards for phytosanitary measures (ISPM) 27 - Diagnostic protocols for regulated pests DP 14: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9509695778707896c" w:history="1">
+      <w:hyperlink r:id="rId93296989d91de7df6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/coreactivities/standards-setting/ispms</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9404,51 +9404,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28–35. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId585569577870789de" w:history="1">
+      <w:hyperlink r:id="rId31916989d91de7e74" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/15538362.2012.696959</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9585,51 +9585,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 653-665. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53546957787078b00" w:history="1">
+      <w:hyperlink r:id="rId21946989d91de7fce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1365-3059.2001.00644.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9753,51 +9753,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">63</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 255-263. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19466957787078c15" w:history="1">
+      <w:hyperlink r:id="rId18866989d91de80eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12090</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9843,51 +9843,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 569– 577. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66876957787078ca6" w:history="1">
+      <w:hyperlink r:id="rId12216989d91de817f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12497</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10100,51 +10100,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kennedy-Fisher SD (1997) The effect of copper sulphate and host variety on angular leaf spot (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) of strawberry. Thesis submitted in partial fulfilment of the requirements for the degree of Master of Agriculture. Dalhousie University Halifax, Nova Scotia, Canada, 83pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15976957787078e4d" w:history="1">
+      <w:hyperlink r:id="rId70786989d91de8351" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.collectionscanada.gc.ca/obj/s4/f2/dsk3/ftp04/mq24862.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10199,51 +10199,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,290–299. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33786957787078ef8" w:history="1">
+      <w:hyperlink r:id="rId21436989d91de83f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5423/PPJ.OA.01.2016.0007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10358,51 +10358,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 97-100. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34716957787079001" w:history="1">
+      <w:hyperlink r:id="rId18666989d91de84fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/rpd.2010.16.1.097</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10457,51 +10457,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2237. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId219269577870790aa" w:history="1">
+      <w:hyperlink r:id="rId35106989d91de85a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-12-20-2560-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10596,51 +10596,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maas JL (1998) Compendium of Strawberry Diseases. Second Edition, 98p. APS Press, St Paul (MN), USA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId533969577870791b4" w:history="1">
+      <w:hyperlink r:id="rId63226989d91de86af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/9780890546178</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10978,51 +10978,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171-174. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49836957787079441" w:history="1">
+      <w:hyperlink r:id="rId41996989d91de8928" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02284.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11429,51 +11429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2881–2887. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27156957787079722" w:history="1">
+      <w:hyperlink r:id="rId81586989d91de8c08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.65220-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11499,51 +11499,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 502-512. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69636957787079795" w:history="1">
+      <w:hyperlink r:id="rId18326989d91de8c7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5424/sjar/2012102-345-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11698,51 +11698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientific Reports </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 20582. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId243169577870798e0" w:history="1">
+      <w:hyperlink r:id="rId23336989d91de8dc1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-77612-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11933,51 +11933,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in strawberry planting stock. Chapter 34. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Detection of Plant-Pathogenic Bacteria in Seed and Other Planting Material, 2nd Edition. January 2017, 249-254. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23946957787079a61" w:history="1">
+      <w:hyperlink r:id="rId67646989d91de8f4e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/9780890545416.034</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12023,51 +12023,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">129</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1191-1201. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35246957787079af1" w:history="1">
+      <w:hyperlink r:id="rId95996989d91de8fe1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00122-016-2695-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12485,51 +12485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">151</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 113-119. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81346957787079dd4" w:history="1">
+      <w:hyperlink r:id="rId72286989d91de92c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1439-0434.2003.00591.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12653,51 +12653,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 281-4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38756957787079eed" w:history="1">
+      <w:hyperlink r:id="rId32246989d91de93d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.mimet.2004.04.002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12821,51 +12821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 299-308. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5380695778707a009" w:history="1">
+      <w:hyperlink r:id="rId55206989d91de94e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-93-3-0299</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12902,51 +12902,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 359-368. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7224695778707a08f" w:history="1">
+      <w:hyperlink r:id="rId28476989d91de9566" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-98-3-0359</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12972,51 +12972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1-2), 234-245. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4043695778707a115" w:history="1">
+      <w:hyperlink r:id="rId44776989d91de95d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/15538362.2012.698181</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13073,51 +13073,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 116-124 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6070695778707a1be" w:history="1">
+      <w:hyperlink r:id="rId92686989d91de968c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-22-0719-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13319,51 +13319,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van der Gaag DJ, Bergsma-Vlami M, Van Vaerenbergh J, Vandroemme J &amp; Maes M (2013) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Netherlands Food and Consumer Product Safety Authority, Utrecht, the Netherlands - Institute for Agricultural and Fisheries Research, Merelbeke, Belgium - available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1880695778707a351" w:history="1">
+      <w:hyperlink r:id="rId64806989d91de9821" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.nvwa.nl/txmpub/files/?p_file_id=2203331</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13456,51 +13456,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">152</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 711–722. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6745695778707a431" w:history="1">
+      <w:hyperlink r:id="rId79696989d91de98ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-018-1513-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13537,51 +13537,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 438-444. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7116695778707a4b6" w:history="1">
+      <w:hyperlink r:id="rId61876989d91de9986" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2007.01813.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13647,51 +13647,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">62</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1123-1131. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4702695778707a566" w:history="1">
+      <w:hyperlink r:id="rId72896989d91de9a41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13949,51 +13949,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in de aardbeiteelt en de ontwikkeling van een </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">hygiëne protocol</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3270695778707a74d" w:history="1">
+      <w:hyperlink r:id="rId41236989d91de9c2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/290364</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed January 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14028,51 +14028,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in strawberry tissues </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">108, 681-690. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3754695778707a7cc" w:history="1">
+      <w:hyperlink r:id="rId91846989d91de9ca8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-10-17-0356-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14118,51 +14118,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0147122. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5856695778707a85b" w:history="1">
+      <w:hyperlink r:id="rId50176989d91de9d39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0147122</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14208,51 +14208,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1105–1112. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4134695778707a8ef" w:history="1">
+      <w:hyperlink r:id="rId50896989d91de9dca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-10-19-2248-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14338,51 +14338,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,379–83. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5157695778707a9bc" w:history="1">
+      <w:hyperlink r:id="rId68056989d91de9e99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.mimet.2007.05.018</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14439,51 +14439,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 17-22.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9183695778707aa60" w:history="1">
+      <w:hyperlink r:id="rId54376989d91de9f3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3233/JBR-140086</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14607,51 +14607,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3654695778707ab7b" w:history="1">
+      <w:hyperlink r:id="rId65096989d91dea047" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/RPD.2016.22.1.9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14697,51 +14697,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 286-292. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7790695778707ac10" w:history="1">
+      <w:hyperlink r:id="rId49726989d91dea0d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-011-0045-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14876,51 +14876,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2333695778707ad3c" w:history="1">
+      <w:hyperlink r:id="rId88606989d91dea206" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -15111,81 +15111,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 17-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5586695778707aece" w:history="1">
+      <w:hyperlink r:id="rId60316989d91dea396" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1986.tb01128.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="55910926" name="name5403695778707b37d" descr="eu_funding_250.png"/>
+            <wp:docPr id="31250956" name="name87706989d91dea3fb" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9017695778707b37b" cstate="print"/>
+                    <a:blip r:embed="rId77016989d91dea3fa" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -15283,137 +15283,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="93115468">
+  <w:abstractNum w:abstractNumId="47824401">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79549522">
+    <w:lvl w:ilvl="0" w:tplc="84688547">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="79549522" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="84688547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79549522" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="84688547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79549522" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="84688547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79549522" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="84688547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79549522" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="84688547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79549522" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="84688547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="79549522" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="84688547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="79549522" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="84688547" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="93115467">
+  <w:abstractNum w:abstractNumId="47824400">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52829519">
+    <w:lvl w:ilvl="0" w:tplc="70828134">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -16165,55 +16165,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="93115467">
-    <w:abstractNumId w:val="93115467"/>
+  <w:num w:numId="47824400">
+    <w:abstractNumId w:val="47824400"/>
   </w:num>
-  <w:num w:numId="93115468">
-    <w:abstractNumId w:val="93115468"/>
+  <w:num w:numId="47824401">
+    <w:abstractNumId w:val="47824401"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -27763,51 +27763,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId669261079" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId867401739" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId36526957787072fe2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/" TargetMode="External"/><Relationship Id="rId22256957787073051" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/categorization" TargetMode="External"/><Relationship Id="rId11836957787073963" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/photos" TargetMode="External"/><Relationship Id="rId3461695778707736b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2818.2010.03373.x" TargetMode="External"/><Relationship Id="rId274169577870773aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohioline.osu.edu/factsheet/HYG-3212-11" TargetMode="External"/><Relationship Id="rId6027695778707746b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/64.%2010.1111/ppa.12232" TargetMode="External"/><Relationship Id="rId2023695778707759e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060661.2012.751937" TargetMode="External"/><Relationship Id="rId8624695778707776e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ufdcimages.uflib.ufl.edu/UF/E0/02/14/57/00001/cooper_g.pdf" TargetMode="External"/><Relationship Id="rId505269577870778cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2017.1156.111" TargetMode="External"/><Relationship Id="rId55156957787077922" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1973.10421109" TargetMode="External"/><Relationship Id="rId56436957787077992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAF/documents" TargetMode="External"/><Relationship Id="rId92706957787077b45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=XANTFR" TargetMode="External"/><Relationship Id="rId52696957787077cb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/HTML/?uri=OJ:L:2019:319:FULL&amp;from=NL" TargetMode="External"/><Relationship Id="rId44816957787077de6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00050-15" TargetMode="External"/><Relationship Id="rId17916957787077fbd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12665" TargetMode="External"/><Relationship Id="rId85346957787078052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00642-17" TargetMode="External"/><Relationship Id="rId375769577870780e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/mgen.0.000189" TargetMode="External"/><Relationship Id="rId816869577870781cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s42483-020-00061-y" TargetMode="External"/><Relationship Id="rId84556957787078293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms8081253" TargetMode="External"/><Relationship Id="rId87906957787078308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-16-0275-R" TargetMode="External"/><Relationship Id="rId3486695778707839c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AP98012" TargetMode="External"/><Relationship Id="rId8653695778707844d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1999.83.4.400A" TargetMode="External"/><Relationship Id="rId728369577870784de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-08-18-1395-RE" TargetMode="External"/><Relationship Id="rId92816957787078552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2003.626.20" TargetMode="External"/><Relationship Id="rId344969577870786e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2016.01589" TargetMode="External"/><Relationship Id="rId24676957787078773" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.01271-16" TargetMode="External"/><Relationship Id="rId42576957787078884" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060660509507189" TargetMode="External"/><Relationship Id="rId80596957787078915" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jph.12900" TargetMode="External"/><Relationship Id="rId9509695778707896c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId585569577870789de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/15538362.2012.696959" TargetMode="External"/><Relationship Id="rId53546957787078b00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-3059.2001.00644.x" TargetMode="External"/><Relationship Id="rId19466957787078c15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12090" TargetMode="External"/><Relationship Id="rId66876957787078ca6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12497" TargetMode="External"/><Relationship Id="rId15976957787078e4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.collectionscanada.gc.ca/obj/s4/f2/dsk3/ftp04/mq24862.pdf" TargetMode="External"/><Relationship Id="rId33786957787078ef8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5423/PPJ.OA.01.2016.0007" TargetMode="External"/><Relationship Id="rId34716957787079001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2010.16.1.097" TargetMode="External"/><Relationship Id="rId219269577870790aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-20-2560-PDN" TargetMode="External"/><Relationship Id="rId533969577870791b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890546178" TargetMode="External"/><Relationship Id="rId49836957787079441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02284.x" TargetMode="External"/><Relationship Id="rId27156957787079722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65220-0" TargetMode="External"/><Relationship Id="rId69636957787079795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5424/sjar/2012102-345-11" TargetMode="External"/><Relationship Id="rId243169577870798e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-77612-y" TargetMode="External"/><Relationship Id="rId23946957787079a61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545416.034" TargetMode="External"/><Relationship Id="rId35246957787079af1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00122-016-2695-1" TargetMode="External"/><Relationship Id="rId81346957787079dd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1439-0434.2003.00591.x" TargetMode="External"/><Relationship Id="rId38756957787079eed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mimet.2004.04.002" TargetMode="External"/><Relationship Id="rId5380695778707a009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-3-0299" TargetMode="External"/><Relationship Id="rId7224695778707a08f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-98-3-0359" TargetMode="External"/><Relationship Id="rId4043695778707a115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/15538362.2012.698181" TargetMode="External"/><Relationship Id="rId6070695778707a1be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-22-0719-RE" TargetMode="External"/><Relationship Id="rId1880695778707a351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvwa.nl/txmpub/files/?p_file_id=2203331" TargetMode="External"/><Relationship Id="rId6745695778707a431" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-018-1513-9" TargetMode="External"/><Relationship Id="rId7116695778707a4b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2007.01813.x" TargetMode="External"/><Relationship Id="rId4702695778707a566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12028" TargetMode="External"/><Relationship Id="rId3270695778707a74d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/290364" TargetMode="External"/><Relationship Id="rId3754695778707a7cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-17-0356-R" TargetMode="External"/><Relationship Id="rId5856695778707a85b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147122" TargetMode="External"/><Relationship Id="rId4134695778707a8ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-19-2248-RE" TargetMode="External"/><Relationship Id="rId5157695778707a9bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mimet.2007.05.018" TargetMode="External"/><Relationship Id="rId9183695778707aa60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3233/JBR-140086" TargetMode="External"/><Relationship Id="rId3654695778707ab7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/RPD.2016.22.1.9" TargetMode="External"/><Relationship Id="rId7790695778707ac10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-011-0045-y" TargetMode="External"/><Relationship Id="rId2333695778707ad3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5586695778707aece" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01128.x" TargetMode="External"/><Relationship Id="rId2050695778707384c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2050695778707384c.jpg"/><Relationship Id="rId8002695778707530c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8002695778707530c.jpg"/><Relationship Id="rId9017695778707b37b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9017695778707b37b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId413379805" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId991657018" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId81076989d91de2e79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/" TargetMode="External"/><Relationship Id="rId23966989d91de2ee3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/categorization" TargetMode="External"/><Relationship Id="rId18256989d91de352e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/photos" TargetMode="External"/><Relationship Id="rId65166989d91de688b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2818.2010.03373.x" TargetMode="External"/><Relationship Id="rId78166989d91de68c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohioline.osu.edu/factsheet/HYG-3212-11" TargetMode="External"/><Relationship Id="rId91746989d91de6987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/64.%2010.1111/ppa.12232" TargetMode="External"/><Relationship Id="rId60436989d91de6ab9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060661.2012.751937" TargetMode="External"/><Relationship Id="rId45236989d91de6c94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ufdcimages.uflib.ufl.edu/UF/E0/02/14/57/00001/cooper_g.pdf" TargetMode="External"/><Relationship Id="rId85006989d91de6df2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2017.1156.111" TargetMode="External"/><Relationship Id="rId15796989d91de6e47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1973.10421109" TargetMode="External"/><Relationship Id="rId91256989d91de6eb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAF/documents" TargetMode="External"/><Relationship Id="rId72466989d91de7077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=XANTFR" TargetMode="External"/><Relationship Id="rId90846989d91de71d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/HTML/?uri=OJ:L:2019:319:FULL&amp;from=NL" TargetMode="External"/><Relationship Id="rId42876989d91de7305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00050-15" TargetMode="External"/><Relationship Id="rId19266989d91de7397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12665" TargetMode="External"/><Relationship Id="rId78046989d91de7428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00642-17" TargetMode="External"/><Relationship Id="rId61326989d91de74ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/mgen.0.000189" TargetMode="External"/><Relationship Id="rId28076989d91de75bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s42483-020-00061-y" TargetMode="External"/><Relationship Id="rId35886989d91de7690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms8081253" TargetMode="External"/><Relationship Id="rId76306989d91de771a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-16-0275-R" TargetMode="External"/><Relationship Id="rId42076989d91de77b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AP98012" TargetMode="External"/><Relationship Id="rId52106989d91de7864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1999.83.4.400A" TargetMode="External"/><Relationship Id="rId79106989d91de78f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-08-18-1395-RE" TargetMode="External"/><Relationship Id="rId56666989d91de7968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2003.626.20" TargetMode="External"/><Relationship Id="rId21246989d91de7af4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2016.01589" TargetMode="External"/><Relationship Id="rId77696989d91de7b85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.01271-16" TargetMode="External"/><Relationship Id="rId68426989d91de7c86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060660509507189" TargetMode="External"/><Relationship Id="rId96576989d91de7d15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jph.12900" TargetMode="External"/><Relationship Id="rId93296989d91de7df6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId31916989d91de7e74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/15538362.2012.696959" TargetMode="External"/><Relationship Id="rId21946989d91de7fce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-3059.2001.00644.x" TargetMode="External"/><Relationship Id="rId18866989d91de80eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12090" TargetMode="External"/><Relationship Id="rId12216989d91de817f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12497" TargetMode="External"/><Relationship Id="rId70786989d91de8351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.collectionscanada.gc.ca/obj/s4/f2/dsk3/ftp04/mq24862.pdf" TargetMode="External"/><Relationship Id="rId21436989d91de83f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5423/PPJ.OA.01.2016.0007" TargetMode="External"/><Relationship Id="rId18666989d91de84fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2010.16.1.097" TargetMode="External"/><Relationship Id="rId35106989d91de85a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-20-2560-PDN" TargetMode="External"/><Relationship Id="rId63226989d91de86af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890546178" TargetMode="External"/><Relationship Id="rId41996989d91de8928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02284.x" TargetMode="External"/><Relationship Id="rId81586989d91de8c08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65220-0" TargetMode="External"/><Relationship Id="rId18326989d91de8c7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5424/sjar/2012102-345-11" TargetMode="External"/><Relationship Id="rId23336989d91de8dc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-77612-y" TargetMode="External"/><Relationship Id="rId67646989d91de8f4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545416.034" TargetMode="External"/><Relationship Id="rId95996989d91de8fe1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00122-016-2695-1" TargetMode="External"/><Relationship Id="rId72286989d91de92c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1439-0434.2003.00591.x" TargetMode="External"/><Relationship Id="rId32246989d91de93d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mimet.2004.04.002" TargetMode="External"/><Relationship Id="rId55206989d91de94e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-3-0299" TargetMode="External"/><Relationship Id="rId28476989d91de9566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-98-3-0359" TargetMode="External"/><Relationship Id="rId44776989d91de95d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/15538362.2012.698181" TargetMode="External"/><Relationship Id="rId92686989d91de968c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-22-0719-RE" TargetMode="External"/><Relationship Id="rId64806989d91de9821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvwa.nl/txmpub/files/?p_file_id=2203331" TargetMode="External"/><Relationship Id="rId79696989d91de98ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-018-1513-9" TargetMode="External"/><Relationship Id="rId61876989d91de9986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2007.01813.x" TargetMode="External"/><Relationship Id="rId72896989d91de9a41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12028" TargetMode="External"/><Relationship Id="rId41236989d91de9c2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/290364" TargetMode="External"/><Relationship Id="rId91846989d91de9ca8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-17-0356-R" TargetMode="External"/><Relationship Id="rId50176989d91de9d39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147122" TargetMode="External"/><Relationship Id="rId50896989d91de9dca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-19-2248-RE" TargetMode="External"/><Relationship Id="rId68056989d91de9e99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mimet.2007.05.018" TargetMode="External"/><Relationship Id="rId54376989d91de9f3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3233/JBR-140086" TargetMode="External"/><Relationship Id="rId65096989d91dea047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/RPD.2016.22.1.9" TargetMode="External"/><Relationship Id="rId49726989d91dea0d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-011-0045-y" TargetMode="External"/><Relationship Id="rId88606989d91dea206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId60316989d91dea396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01128.x" TargetMode="External"/><Relationship Id="rId31996989d91de341a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId31996989d91de341a.jpg"/><Relationship Id="rId39206989d91de4a6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId39206989d91de4a6c.jpg"/><Relationship Id="rId77016989d91dea3fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77016989d91dea3fa.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>