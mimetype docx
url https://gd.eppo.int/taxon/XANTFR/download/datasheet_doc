--- v4 (2026-02-09)
+++ v5 (2026-03-03)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Gammaproteobacteria: Lysobacterales: Lysobacteraceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> angular leaf spot of strawberry, leaf blight of strawberry, vascular collapse of strawberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId81076989d91de2e79" w:history="1">
+            <w:hyperlink r:id="rId811369a6b7b2cb886" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23966989d91de2ee3" w:history="1">
+            <w:hyperlink r:id="rId310569a6b7b2cb912" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTFR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="95765268" name="name62156989d91de341c" descr="2974.jpg"/>
+                  <wp:docPr id="65621351" name="name795369a6b7b2cc091" descr="2974.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2974.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId31996989d91de341a" cstate="print"/>
+                          <a:blip r:embed="rId727169a6b7b2cc08f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId18256989d91de352e" w:history="1">
+            <w:hyperlink r:id="rId111369a6b7b2cc1f8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1717,63 +1717,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1988). The disease is widespread in North America and the EPPO region, less so in other continents such as South America, Asia and Africa, probably related to the spread and intensity of strawberry cultivation.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="31842965" name="name13016989d91de4a6f" descr="XANTFR_distribution_map.jpg"/>
+            <wp:docPr id="68951997" name="name146069a6b7b2cd9e1" descr="XANTFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId39206989d91de4a6c" cstate="print"/>
+                    <a:blip r:embed="rId569969a6b7b2cd9dd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6123,81 +6123,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">239</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 249-258. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65166989d91de688b" w:history="1">
+      <w:hyperlink r:id="rId210769a6b7b2cf841" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2818.2010.03373.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anco DJ &amp; Ellis MA (2011) Angular leaf spot of strawberry (bacterial blight). Ohio State University Leaflet HYG -3212, 2pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78166989d91de68c6" w:history="1">
+      <w:hyperlink r:id="rId510569a6b7b2cf87e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ohioline.osu.edu/factsheet/HYG-3212-11</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6272,51 +6272,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 71-80. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91746989d91de6987" w:history="1">
+      <w:hyperlink r:id="rId377469a6b7b2cf93d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/64. 10.1111/ppa.12232</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6460,51 +6460,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 20-26. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60436989d91de6ab9" w:history="1">
+      <w:hyperlink r:id="rId812869a6b7b2cfa6e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060661.2012.751937</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6744,51 +6744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cooper, GT (2007) Angular leaf spot of strawberry: disease control strategies and association of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pseudomonas syringae </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">with lesions. 62pp. Thesis, University of Florida, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45236989d91de6c94" w:history="1">
+      <w:hyperlink r:id="rId191369a6b7b2cfc38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ufdcimages.uflib.ufl.edu/UF/E0/02/14/57/00001/cooper_g.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6959,101 +6959,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1156</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 757-764. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85006989d91de6df2" w:history="1">
+      <w:hyperlink r:id="rId917769a6b7b2cfda0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2017.1156.111</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dye DW &amp; Wilkie JP (1973) Angular leafspot of strawberry in New Zealand. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Journal of Agricultural Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 16, 311-314. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15796989d91de6e47" w:history="1">
+      <w:hyperlink r:id="rId306669a6b7b2cfdf6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1973.10421109</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7079,51 +7079,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91256989d91de6eb8" w:history="1">
+      <w:hyperlink r:id="rId981969a6b7b2cfe68" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XANTAF/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7345,51 +7345,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Regulated non-quarantine pest Project. An EU funded project for the benefit of the whole EPPO region</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72466989d91de7077" w:history="1">
+      <w:hyperlink r:id="rId897469a6b7b2d0035" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=XANTFR</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7560,51 +7560,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L 319, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">62</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10 December 2019, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90846989d91de71d5" w:history="1">
+      <w:hyperlink r:id="rId755669a6b7b2d0289" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/HTML/?uri=OJ:L:2019:319:FULL&amp;from=NL</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7748,51 +7748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4651–4668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42876989d91de7305" w:history="1">
+      <w:hyperlink r:id="rId647969a6b7b2d03bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00050-15</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7838,51 +7838,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">66</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1094-1102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19266989d91de7397" w:history="1">
+      <w:hyperlink r:id="rId253469a6b7b2d0450" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12665</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7928,51 +7928,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e00632-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78046989d91de7428" w:history="1">
+      <w:hyperlink r:id="rId880169a6b7b2d04e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/genomeA.00642-17</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8018,51 +8018,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e000189. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61326989d91de74ba" w:history="1">
+      <w:hyperlink r:id="rId577769a6b7b2d0572" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/mgen.0.000189</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8148,51 +8148,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28076989d91de75bd" w:history="1">
+      <w:hyperlink r:id="rId975169a6b7b2d0642" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s42483-020-00061-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8269,51 +8269,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microorganisms </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1253. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35886989d91de7690" w:history="1">
+      <w:hyperlink r:id="rId714469a6b7b2d070e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms8081253</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8339,51 +8339,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1243-1255. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76306989d91de771a" w:history="1">
+      <w:hyperlink r:id="rId467569a6b7b2d0783" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-07-16-0275-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8429,51 +8429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 97–103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42076989d91de77b0" w:history="1">
+      <w:hyperlink r:id="rId201669a6b7b2d0815" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1071/AP98012</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8539,51 +8539,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 400. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52106989d91de7864" w:history="1">
+      <w:hyperlink r:id="rId192269a6b7b2d08c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1999.83.4.400A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8629,51 +8629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1256-1263. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79106989d91de78f7" w:history="1">
+      <w:hyperlink r:id="rId247469a6b7b2d0962" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-08-18-1395-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8699,51 +8699,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">626</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 155-159. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56666989d91de7968" w:history="1">
+      <w:hyperlink r:id="rId734869a6b7b2d09d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2003.626.20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8945,51 +8945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1589, 11 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21246989d91de7af4" w:history="1">
+      <w:hyperlink r:id="rId529369a6b7b2d0b61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2016.01589</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9035,51 +9035,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e01271-01216. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77696989d91de7b85" w:history="1">
+      <w:hyperlink r:id="rId384269a6b7b2d0bf0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/genomeA.01271-16</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9194,51 +9194,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 16-24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68426989d91de7c86" w:history="1">
+      <w:hyperlink r:id="rId595169a6b7b2d0cf2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060660509507189</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9284,101 +9284,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">168</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 363–373. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96576989d91de7d15" w:history="1">
+      <w:hyperlink r:id="rId195569a6b7b2d0d81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jph.12900</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2016) International standards for phytosanitary measures (ISPM) 27 - Diagnostic protocols for regulated pests DP 14: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93296989d91de7df6" w:history="1">
+      <w:hyperlink r:id="rId382569a6b7b2d0dd4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/coreactivities/standards-setting/ispms</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9404,51 +9404,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28–35. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31916989d91de7e74" w:history="1">
+      <w:hyperlink r:id="rId639169a6b7b2d0e45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/15538362.2012.696959</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9585,51 +9585,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 653-665. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21946989d91de7fce" w:history="1">
+      <w:hyperlink r:id="rId993069a6b7b2d0f66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1365-3059.2001.00644.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9753,51 +9753,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">63</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 255-263. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18866989d91de80eb" w:history="1">
+      <w:hyperlink r:id="rId273169a6b7b2d1090" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12090</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9843,51 +9843,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 569– 577. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12216989d91de817f" w:history="1">
+      <w:hyperlink r:id="rId428369a6b7b2d1122" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12497</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10100,51 +10100,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kennedy-Fisher SD (1997) The effect of copper sulphate and host variety on angular leaf spot (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) of strawberry. Thesis submitted in partial fulfilment of the requirements for the degree of Master of Agriculture. Dalhousie University Halifax, Nova Scotia, Canada, 83pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70786989d91de8351" w:history="1">
+      <w:hyperlink r:id="rId981069a6b7b2d12c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.collectionscanada.gc.ca/obj/s4/f2/dsk3/ftp04/mq24862.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10199,51 +10199,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,290–299. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21436989d91de83f6" w:history="1">
+      <w:hyperlink r:id="rId182469a6b7b2d1366" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5423/PPJ.OA.01.2016.0007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10358,51 +10358,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 97-100. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18666989d91de84fb" w:history="1">
+      <w:hyperlink r:id="rId877869a6b7b2d1469" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/rpd.2010.16.1.097</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10457,51 +10457,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2237. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35106989d91de85a6" w:history="1">
+      <w:hyperlink r:id="rId745269a6b7b2d1520" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-12-20-2560-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10596,51 +10596,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maas JL (1998) Compendium of Strawberry Diseases. Second Edition, 98p. APS Press, St Paul (MN), USA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63226989d91de86af" w:history="1">
+      <w:hyperlink r:id="rId251069a6b7b2d1607" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/9780890546178</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10978,51 +10978,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171-174. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41996989d91de8928" w:history="1">
+      <w:hyperlink r:id="rId790269a6b7b2d1865" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02284.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11429,51 +11429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2881–2887. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81586989d91de8c08" w:history="1">
+      <w:hyperlink r:id="rId140469a6b7b2d1b31" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.65220-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11499,51 +11499,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 502-512. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18326989d91de8c7b" w:history="1">
+      <w:hyperlink r:id="rId345669a6b7b2d1ba3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5424/sjar/2012102-345-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11698,51 +11698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientific Reports </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 20582. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23336989d91de8dc1" w:history="1">
+      <w:hyperlink r:id="rId339669a6b7b2d1ce7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-77612-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11933,51 +11933,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in strawberry planting stock. Chapter 34. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Detection of Plant-Pathogenic Bacteria in Seed and Other Planting Material, 2nd Edition. January 2017, 249-254. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67646989d91de8f4e" w:history="1">
+      <w:hyperlink r:id="rId149769a6b7b2d1e5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/9780890545416.034</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12023,51 +12023,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">129</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1191-1201. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95996989d91de8fe1" w:history="1">
+      <w:hyperlink r:id="rId184769a6b7b2d1eef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00122-016-2695-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12485,51 +12485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">151</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 113-119. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72286989d91de92c4" w:history="1">
+      <w:hyperlink r:id="rId968269a6b7b2d220f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1439-0434.2003.00591.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12653,51 +12653,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 281-4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32246989d91de93d2" w:history="1">
+      <w:hyperlink r:id="rId261069a6b7b2d231e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.mimet.2004.04.002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12821,51 +12821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 299-308. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55206989d91de94e2" w:history="1">
+      <w:hyperlink r:id="rId535669a6b7b2d242b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-93-3-0299</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12902,51 +12902,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 359-368. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28476989d91de9566" w:history="1">
+      <w:hyperlink r:id="rId763569a6b7b2d24af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-98-3-0359</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12972,51 +12972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1-2), 234-245. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44776989d91de95d9" w:history="1">
+      <w:hyperlink r:id="rId298969a6b7b2d2520" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/15538362.2012.698181</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13073,51 +13073,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 116-124 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92686989d91de968c" w:history="1">
+      <w:hyperlink r:id="rId314469a6b7b2d25c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-22-0719-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13319,51 +13319,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van der Gaag DJ, Bergsma-Vlami M, Van Vaerenbergh J, Vandroemme J &amp; Maes M (2013) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Netherlands Food and Consumer Product Safety Authority, Utrecht, the Netherlands - Institute for Agricultural and Fisheries Research, Merelbeke, Belgium - available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64806989d91de9821" w:history="1">
+      <w:hyperlink r:id="rId410869a6b7b2d2747" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.nvwa.nl/txmpub/files/?p_file_id=2203331</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13456,51 +13456,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">152</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 711–722. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79696989d91de98ff" w:history="1">
+      <w:hyperlink r:id="rId393769a6b7b2d2822" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-018-1513-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13537,51 +13537,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 438-444. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61876989d91de9986" w:history="1">
+      <w:hyperlink r:id="rId317069a6b7b2d28a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2007.01813.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13647,51 +13647,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">62</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1123-1131. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72896989d91de9a41" w:history="1">
+      <w:hyperlink r:id="rId946869a6b7b2d2952" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13949,51 +13949,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in de aardbeiteelt en de ontwikkeling van een </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">hygiëne protocol</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41236989d91de9c2a" w:history="1">
+      <w:hyperlink r:id="rId652269a6b7b2d2b30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/290364</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed January 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14028,51 +14028,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in strawberry tissues </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">108, 681-690. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91846989d91de9ca8" w:history="1">
+      <w:hyperlink r:id="rId749569a6b7b2d2bac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-10-17-0356-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14118,51 +14118,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0147122. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50176989d91de9d39" w:history="1">
+      <w:hyperlink r:id="rId745369a6b7b2d2c46" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0147122</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14208,51 +14208,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1105–1112. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50896989d91de9dca" w:history="1">
+      <w:hyperlink r:id="rId525269a6b7b2d2cd8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-10-19-2248-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14338,51 +14338,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,379–83. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68056989d91de9e99" w:history="1">
+      <w:hyperlink r:id="rId734869a6b7b2d2da4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.mimet.2007.05.018</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14439,51 +14439,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 17-22.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54376989d91de9f3b" w:history="1">
+      <w:hyperlink r:id="rId924569a6b7b2d2e4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3233/JBR-140086</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14607,51 +14607,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65096989d91dea047" w:history="1">
+      <w:hyperlink r:id="rId560069a6b7b2d2f6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/RPD.2016.22.1.9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14697,51 +14697,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 286-292. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49726989d91dea0d9" w:history="1">
+      <w:hyperlink r:id="rId786869a6b7b2d2ffc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-011-0045-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14876,51 +14876,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88606989d91dea206" w:history="1">
+      <w:hyperlink r:id="rId179969a6b7b2d3129" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -15111,81 +15111,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 17-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60316989d91dea396" w:history="1">
+      <w:hyperlink r:id="rId821569a6b7b2d32bb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1986.tb01128.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="31250956" name="name87706989d91dea3fb" descr="eu_funding_250.png"/>
+            <wp:docPr id="16433314" name="name639869a6b7b2d335a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId77016989d91dea3fa" cstate="print"/>
+                    <a:blip r:embed="rId902569a6b7b2d3358" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -15283,137 +15283,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="47824401">
+  <w:abstractNum w:abstractNumId="22239324">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="84688547">
+    <w:lvl w:ilvl="0" w:tplc="74544169">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="84688547" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="74544169" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="84688547" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="74544169" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="84688547" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="74544169" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="84688547" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="74544169" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="84688547" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="74544169" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="84688547" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="74544169" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="84688547" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="74544169" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="84688547" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="74544169" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47824400">
+  <w:abstractNum w:abstractNumId="22239323">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70828134">
+    <w:lvl w:ilvl="0" w:tplc="75453501">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -16165,55 +16165,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="47824400">
-    <w:abstractNumId w:val="47824400"/>
+  <w:num w:numId="22239323">
+    <w:abstractNumId w:val="22239323"/>
   </w:num>
-  <w:num w:numId="47824401">
-    <w:abstractNumId w:val="47824401"/>
+  <w:num w:numId="22239324">
+    <w:abstractNumId w:val="22239324"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -27763,51 +27763,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId413379805" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId991657018" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId81076989d91de2e79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/" TargetMode="External"/><Relationship Id="rId23966989d91de2ee3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/categorization" TargetMode="External"/><Relationship Id="rId18256989d91de352e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/photos" TargetMode="External"/><Relationship Id="rId65166989d91de688b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2818.2010.03373.x" TargetMode="External"/><Relationship Id="rId78166989d91de68c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohioline.osu.edu/factsheet/HYG-3212-11" TargetMode="External"/><Relationship Id="rId91746989d91de6987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/64.%2010.1111/ppa.12232" TargetMode="External"/><Relationship Id="rId60436989d91de6ab9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060661.2012.751937" TargetMode="External"/><Relationship Id="rId45236989d91de6c94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ufdcimages.uflib.ufl.edu/UF/E0/02/14/57/00001/cooper_g.pdf" TargetMode="External"/><Relationship Id="rId85006989d91de6df2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2017.1156.111" TargetMode="External"/><Relationship Id="rId15796989d91de6e47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1973.10421109" TargetMode="External"/><Relationship Id="rId91256989d91de6eb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAF/documents" TargetMode="External"/><Relationship Id="rId72466989d91de7077" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=XANTFR" TargetMode="External"/><Relationship Id="rId90846989d91de71d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/HTML/?uri=OJ:L:2019:319:FULL&amp;from=NL" TargetMode="External"/><Relationship Id="rId42876989d91de7305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00050-15" TargetMode="External"/><Relationship Id="rId19266989d91de7397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12665" TargetMode="External"/><Relationship Id="rId78046989d91de7428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00642-17" TargetMode="External"/><Relationship Id="rId61326989d91de74ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/mgen.0.000189" TargetMode="External"/><Relationship Id="rId28076989d91de75bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s42483-020-00061-y" TargetMode="External"/><Relationship Id="rId35886989d91de7690" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms8081253" TargetMode="External"/><Relationship Id="rId76306989d91de771a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-16-0275-R" TargetMode="External"/><Relationship Id="rId42076989d91de77b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AP98012" TargetMode="External"/><Relationship Id="rId52106989d91de7864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1999.83.4.400A" TargetMode="External"/><Relationship Id="rId79106989d91de78f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-08-18-1395-RE" TargetMode="External"/><Relationship Id="rId56666989d91de7968" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2003.626.20" TargetMode="External"/><Relationship Id="rId21246989d91de7af4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2016.01589" TargetMode="External"/><Relationship Id="rId77696989d91de7b85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.01271-16" TargetMode="External"/><Relationship Id="rId68426989d91de7c86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060660509507189" TargetMode="External"/><Relationship Id="rId96576989d91de7d15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jph.12900" TargetMode="External"/><Relationship Id="rId93296989d91de7df6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId31916989d91de7e74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/15538362.2012.696959" TargetMode="External"/><Relationship Id="rId21946989d91de7fce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-3059.2001.00644.x" TargetMode="External"/><Relationship Id="rId18866989d91de80eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12090" TargetMode="External"/><Relationship Id="rId12216989d91de817f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12497" TargetMode="External"/><Relationship Id="rId70786989d91de8351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.collectionscanada.gc.ca/obj/s4/f2/dsk3/ftp04/mq24862.pdf" TargetMode="External"/><Relationship Id="rId21436989d91de83f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5423/PPJ.OA.01.2016.0007" TargetMode="External"/><Relationship Id="rId18666989d91de84fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2010.16.1.097" TargetMode="External"/><Relationship Id="rId35106989d91de85a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-20-2560-PDN" TargetMode="External"/><Relationship Id="rId63226989d91de86af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890546178" TargetMode="External"/><Relationship Id="rId41996989d91de8928" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02284.x" TargetMode="External"/><Relationship Id="rId81586989d91de8c08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65220-0" TargetMode="External"/><Relationship Id="rId18326989d91de8c7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5424/sjar/2012102-345-11" TargetMode="External"/><Relationship Id="rId23336989d91de8dc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-77612-y" TargetMode="External"/><Relationship Id="rId67646989d91de8f4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545416.034" TargetMode="External"/><Relationship Id="rId95996989d91de8fe1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00122-016-2695-1" TargetMode="External"/><Relationship Id="rId72286989d91de92c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1439-0434.2003.00591.x" TargetMode="External"/><Relationship Id="rId32246989d91de93d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mimet.2004.04.002" TargetMode="External"/><Relationship Id="rId55206989d91de94e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-3-0299" TargetMode="External"/><Relationship Id="rId28476989d91de9566" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-98-3-0359" TargetMode="External"/><Relationship Id="rId44776989d91de95d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/15538362.2012.698181" TargetMode="External"/><Relationship Id="rId92686989d91de968c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-22-0719-RE" TargetMode="External"/><Relationship Id="rId64806989d91de9821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvwa.nl/txmpub/files/?p_file_id=2203331" TargetMode="External"/><Relationship Id="rId79696989d91de98ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-018-1513-9" TargetMode="External"/><Relationship Id="rId61876989d91de9986" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2007.01813.x" TargetMode="External"/><Relationship Id="rId72896989d91de9a41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12028" TargetMode="External"/><Relationship Id="rId41236989d91de9c2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/290364" TargetMode="External"/><Relationship Id="rId91846989d91de9ca8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-17-0356-R" TargetMode="External"/><Relationship Id="rId50176989d91de9d39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147122" TargetMode="External"/><Relationship Id="rId50896989d91de9dca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-19-2248-RE" TargetMode="External"/><Relationship Id="rId68056989d91de9e99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mimet.2007.05.018" TargetMode="External"/><Relationship Id="rId54376989d91de9f3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3233/JBR-140086" TargetMode="External"/><Relationship Id="rId65096989d91dea047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/RPD.2016.22.1.9" TargetMode="External"/><Relationship Id="rId49726989d91dea0d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-011-0045-y" TargetMode="External"/><Relationship Id="rId88606989d91dea206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId60316989d91dea396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01128.x" TargetMode="External"/><Relationship Id="rId31996989d91de341a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId31996989d91de341a.jpg"/><Relationship Id="rId39206989d91de4a6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId39206989d91de4a6c.jpg"/><Relationship Id="rId77016989d91dea3fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77016989d91dea3fa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId868837409" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId935577871" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId811369a6b7b2cb886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/" TargetMode="External"/><Relationship Id="rId310569a6b7b2cb912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/categorization" TargetMode="External"/><Relationship Id="rId111369a6b7b2cc1f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/photos" TargetMode="External"/><Relationship Id="rId210769a6b7b2cf841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2818.2010.03373.x" TargetMode="External"/><Relationship Id="rId510569a6b7b2cf87e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohioline.osu.edu/factsheet/HYG-3212-11" TargetMode="External"/><Relationship Id="rId377469a6b7b2cf93d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/64.%2010.1111/ppa.12232" TargetMode="External"/><Relationship Id="rId812869a6b7b2cfa6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060661.2012.751937" TargetMode="External"/><Relationship Id="rId191369a6b7b2cfc38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ufdcimages.uflib.ufl.edu/UF/E0/02/14/57/00001/cooper_g.pdf" TargetMode="External"/><Relationship Id="rId917769a6b7b2cfda0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2017.1156.111" TargetMode="External"/><Relationship Id="rId306669a6b7b2cfdf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1973.10421109" TargetMode="External"/><Relationship Id="rId981969a6b7b2cfe68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAF/documents" TargetMode="External"/><Relationship Id="rId897469a6b7b2d0035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=XANTFR" TargetMode="External"/><Relationship Id="rId755669a6b7b2d0289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/HTML/?uri=OJ:L:2019:319:FULL&amp;from=NL" TargetMode="External"/><Relationship Id="rId647969a6b7b2d03bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00050-15" TargetMode="External"/><Relationship Id="rId253469a6b7b2d0450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12665" TargetMode="External"/><Relationship Id="rId880169a6b7b2d04e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00642-17" TargetMode="External"/><Relationship Id="rId577769a6b7b2d0572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/mgen.0.000189" TargetMode="External"/><Relationship Id="rId975169a6b7b2d0642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s42483-020-00061-y" TargetMode="External"/><Relationship Id="rId714469a6b7b2d070e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms8081253" TargetMode="External"/><Relationship Id="rId467569a6b7b2d0783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-16-0275-R" TargetMode="External"/><Relationship Id="rId201669a6b7b2d0815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AP98012" TargetMode="External"/><Relationship Id="rId192269a6b7b2d08c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1999.83.4.400A" TargetMode="External"/><Relationship Id="rId247469a6b7b2d0962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-08-18-1395-RE" TargetMode="External"/><Relationship Id="rId734869a6b7b2d09d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2003.626.20" TargetMode="External"/><Relationship Id="rId529369a6b7b2d0b61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2016.01589" TargetMode="External"/><Relationship Id="rId384269a6b7b2d0bf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.01271-16" TargetMode="External"/><Relationship Id="rId595169a6b7b2d0cf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060660509507189" TargetMode="External"/><Relationship Id="rId195569a6b7b2d0d81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jph.12900" TargetMode="External"/><Relationship Id="rId382569a6b7b2d0dd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId639169a6b7b2d0e45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/15538362.2012.696959" TargetMode="External"/><Relationship Id="rId993069a6b7b2d0f66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-3059.2001.00644.x" TargetMode="External"/><Relationship Id="rId273169a6b7b2d1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12090" TargetMode="External"/><Relationship Id="rId428369a6b7b2d1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12497" TargetMode="External"/><Relationship Id="rId981069a6b7b2d12c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.collectionscanada.gc.ca/obj/s4/f2/dsk3/ftp04/mq24862.pdf" TargetMode="External"/><Relationship Id="rId182469a6b7b2d1366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5423/PPJ.OA.01.2016.0007" TargetMode="External"/><Relationship Id="rId877869a6b7b2d1469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2010.16.1.097" TargetMode="External"/><Relationship Id="rId745269a6b7b2d1520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-20-2560-PDN" TargetMode="External"/><Relationship Id="rId251069a6b7b2d1607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890546178" TargetMode="External"/><Relationship Id="rId790269a6b7b2d1865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02284.x" TargetMode="External"/><Relationship Id="rId140469a6b7b2d1b31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65220-0" TargetMode="External"/><Relationship Id="rId345669a6b7b2d1ba3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5424/sjar/2012102-345-11" TargetMode="External"/><Relationship Id="rId339669a6b7b2d1ce7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-77612-y" TargetMode="External"/><Relationship Id="rId149769a6b7b2d1e5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545416.034" TargetMode="External"/><Relationship Id="rId184769a6b7b2d1eef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00122-016-2695-1" TargetMode="External"/><Relationship Id="rId968269a6b7b2d220f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1439-0434.2003.00591.x" TargetMode="External"/><Relationship Id="rId261069a6b7b2d231e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mimet.2004.04.002" TargetMode="External"/><Relationship Id="rId535669a6b7b2d242b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-3-0299" TargetMode="External"/><Relationship Id="rId763569a6b7b2d24af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-98-3-0359" TargetMode="External"/><Relationship Id="rId298969a6b7b2d2520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/15538362.2012.698181" TargetMode="External"/><Relationship Id="rId314469a6b7b2d25c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-22-0719-RE" TargetMode="External"/><Relationship Id="rId410869a6b7b2d2747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvwa.nl/txmpub/files/?p_file_id=2203331" TargetMode="External"/><Relationship Id="rId393769a6b7b2d2822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-018-1513-9" TargetMode="External"/><Relationship Id="rId317069a6b7b2d28a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2007.01813.x" TargetMode="External"/><Relationship Id="rId946869a6b7b2d2952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12028" TargetMode="External"/><Relationship Id="rId652269a6b7b2d2b30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/290364" TargetMode="External"/><Relationship Id="rId749569a6b7b2d2bac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-17-0356-R" TargetMode="External"/><Relationship Id="rId745369a6b7b2d2c46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147122" TargetMode="External"/><Relationship Id="rId525269a6b7b2d2cd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-19-2248-RE" TargetMode="External"/><Relationship Id="rId734869a6b7b2d2da4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mimet.2007.05.018" TargetMode="External"/><Relationship Id="rId924569a6b7b2d2e4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3233/JBR-140086" TargetMode="External"/><Relationship Id="rId560069a6b7b2d2f6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/RPD.2016.22.1.9" TargetMode="External"/><Relationship Id="rId786869a6b7b2d2ffc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-011-0045-y" TargetMode="External"/><Relationship Id="rId179969a6b7b2d3129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId821569a6b7b2d32bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01128.x" TargetMode="External"/><Relationship Id="rId727169a6b7b2cc08f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId727169a6b7b2cc08f.jpg"/><Relationship Id="rId569969a6b7b2cd9dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId569969a6b7b2cd9dd.jpg"/><Relationship Id="rId902569a6b7b2d3358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId902569a6b7b2d3358.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>