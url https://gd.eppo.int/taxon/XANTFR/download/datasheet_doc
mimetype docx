--- v5 (2026-03-03)
+++ v6 (2026-03-23)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Gammaproteobacteria: Lysobacterales: Lysobacteraceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> angular leaf spot of strawberry, leaf blight of strawberry, vascular collapse of strawberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId811369a6b7b2cb886" w:history="1">
+            <w:hyperlink r:id="rId509769c15ae308287" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId310569a6b7b2cb912" w:history="1">
+            <w:hyperlink r:id="rId452069c15ae3082f1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTFR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="65621351" name="name795369a6b7b2cc091" descr="2974.jpg"/>
+                  <wp:docPr id="48444311" name="name253969c15ae308947" descr="2974.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2974.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId727169a6b7b2cc08f" cstate="print"/>
+                          <a:blip r:embed="rId848569c15ae308945" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId111369a6b7b2cc1f8" w:history="1">
+            <w:hyperlink r:id="rId591369c15ae308a82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1717,63 +1717,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1988). The disease is widespread in North America and the EPPO region, less so in other continents such as South America, Asia and Africa, probably related to the spread and intensity of strawberry cultivation.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="68951997" name="name146069a6b7b2cd9e1" descr="XANTFR_distribution_map.jpg"/>
+            <wp:docPr id="35848404" name="name957469c15ae309eea" descr="XANTFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId569969a6b7b2cd9dd" cstate="print"/>
+                    <a:blip r:embed="rId428969c15ae309ee7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1813,51 +1813,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Ethiopia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> China (Beijing, Hebei, Liaoning, Shanghai, Tianjin, Yunnan, Zhejiang), Iran, Islamic Republic of, Jordan, Korea, Republic of, Taiwan</w:t>
+        <w:t xml:space="preserve"> China (Beijing, Hebei, Henan, Jiangxi, Liaoning, Ningxia, Shaanxi, Shandong, Shanghai, Shanxi, Tianjin, Yunnan, Zhejiang), Iran, Islamic Republic of, Jordan, Korea, Republic of, Taiwan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Canada (Alberta, Manitoba, New Brunswick, Newfoundland, Nova Scotia, Ontario, Québec, Saskatchewan), Mexico, United States of America (Alabama, California, Connecticut, Florida, Indiana, Kentucky, Louisiana, Maryland, Massachusetts, Michigan, Minnesota, Montana, New York, North Carolina, North Dakota, Ohio, Oklahoma, Oregon, Pennsylvania, Texas, Virginia, Wisconsin)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6123,81 +6123,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">239</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 249-258. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId210769a6b7b2cf841" w:history="1">
+      <w:hyperlink r:id="rId769569c15ae30bd91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2818.2010.03373.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anco DJ &amp; Ellis MA (2011) Angular leaf spot of strawberry (bacterial blight). Ohio State University Leaflet HYG -3212, 2pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId510569a6b7b2cf87e" w:history="1">
+      <w:hyperlink r:id="rId582369c15ae30bdcd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ohioline.osu.edu/factsheet/HYG-3212-11</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6272,51 +6272,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 71-80. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId377469a6b7b2cf93d" w:history="1">
+      <w:hyperlink r:id="rId613969c15ae30be8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/64. 10.1111/ppa.12232</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6460,51 +6460,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 20-26. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId812869a6b7b2cfa6e" w:history="1">
+      <w:hyperlink r:id="rId877769c15ae30c001" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060661.2012.751937</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6744,51 +6744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cooper, GT (2007) Angular leaf spot of strawberry: disease control strategies and association of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pseudomonas syringae </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">with lesions. 62pp. Thesis, University of Florida, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId191369a6b7b2cfc38" w:history="1">
+      <w:hyperlink r:id="rId771269c15ae30c1de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ufdcimages.uflib.ufl.edu/UF/E0/02/14/57/00001/cooper_g.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6959,101 +6959,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1156</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 757-764. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId917769a6b7b2cfda0" w:history="1">
+      <w:hyperlink r:id="rId692069c15ae30c372" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2017.1156.111</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dye DW &amp; Wilkie JP (1973) Angular leafspot of strawberry in New Zealand. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Journal of Agricultural Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 16, 311-314. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId306669a6b7b2cfdf6" w:history="1">
+      <w:hyperlink r:id="rId958969c15ae30c3f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1973.10421109</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7079,51 +7079,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId981969a6b7b2cfe68" w:history="1">
+      <w:hyperlink r:id="rId401169c15ae30c46d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XANTAF/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7345,51 +7345,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Regulated non-quarantine pest Project. An EU funded project for the benefit of the whole EPPO region</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId897469a6b7b2d0035" w:history="1">
+      <w:hyperlink r:id="rId135469c15ae30c628" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=XANTFR</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7560,51 +7560,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L 319, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">62</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10 December 2019, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId755669a6b7b2d0289" w:history="1">
+      <w:hyperlink r:id="rId295169c15ae30c792" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/HTML/?uri=OJ:L:2019:319:FULL&amp;from=NL</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7748,51 +7748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4651–4668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId647969a6b7b2d03bd" w:history="1">
+      <w:hyperlink r:id="rId927569c15ae30c8c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00050-15</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7838,51 +7838,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">66</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1094-1102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId253469a6b7b2d0450" w:history="1">
+      <w:hyperlink r:id="rId361669c15ae30c958" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12665</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7928,51 +7928,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e00632-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId880169a6b7b2d04e0" w:history="1">
+      <w:hyperlink r:id="rId695169c15ae30c9ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/genomeA.00642-17</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8018,51 +8018,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e000189. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId577769a6b7b2d0572" w:history="1">
+      <w:hyperlink r:id="rId711469c15ae30ca7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/mgen.0.000189</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8148,51 +8148,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId975169a6b7b2d0642" w:history="1">
+      <w:hyperlink r:id="rId541369c15ae30cb6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s42483-020-00061-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8269,51 +8269,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microorganisms </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1253. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId714469a6b7b2d070e" w:history="1">
+      <w:hyperlink r:id="rId499769c15ae30cc3e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms8081253</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8339,51 +8339,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1243-1255. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId467569a6b7b2d0783" w:history="1">
+      <w:hyperlink r:id="rId988169c15ae30ccb3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-07-16-0275-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8429,51 +8429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 97–103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId201669a6b7b2d0815" w:history="1">
+      <w:hyperlink r:id="rId715069c15ae30cd47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1071/AP98012</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8539,51 +8539,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 400. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId192269a6b7b2d08c4" w:history="1">
+      <w:hyperlink r:id="rId440769c15ae30cdfa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1999.83.4.400A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8629,51 +8629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1256-1263. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId247469a6b7b2d0962" w:history="1">
+      <w:hyperlink r:id="rId624769c15ae30ce92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-08-18-1395-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8699,51 +8699,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">626</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 155-159. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId734869a6b7b2d09d5" w:history="1">
+      <w:hyperlink r:id="rId265069c15ae30cf09" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2003.626.20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8945,51 +8945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1589, 11 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId529369a6b7b2d0b61" w:history="1">
+      <w:hyperlink r:id="rId422869c15ae30d098" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2016.01589</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9035,51 +9035,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e01271-01216. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId384269a6b7b2d0bf0" w:history="1">
+      <w:hyperlink r:id="rId375969c15ae30d12b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/genomeA.01271-16</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9194,51 +9194,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 16-24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId595169a6b7b2d0cf2" w:history="1">
+      <w:hyperlink r:id="rId221669c15ae30d249" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060660509507189</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9284,101 +9284,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">168</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 363–373. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId195569a6b7b2d0d81" w:history="1">
+      <w:hyperlink r:id="rId283369c15ae30d2e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jph.12900</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2016) International standards for phytosanitary measures (ISPM) 27 - Diagnostic protocols for regulated pests DP 14: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId382569a6b7b2d0dd4" w:history="1">
+      <w:hyperlink r:id="rId312869c15ae30d33e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/coreactivities/standards-setting/ispms</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9404,51 +9404,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28–35. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId639169a6b7b2d0e45" w:history="1">
+      <w:hyperlink r:id="rId654269c15ae30d3b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/15538362.2012.696959</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9585,51 +9585,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 653-665. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId993069a6b7b2d0f66" w:history="1">
+      <w:hyperlink r:id="rId339269c15ae30d4de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1365-3059.2001.00644.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9753,51 +9753,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">63</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 255-263. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId273169a6b7b2d1090" w:history="1">
+      <w:hyperlink r:id="rId715169c15ae30d5f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12090</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9843,51 +9843,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 569– 577. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId428369a6b7b2d1122" w:history="1">
+      <w:hyperlink r:id="rId350169c15ae30d692" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12497</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10100,51 +10100,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kennedy-Fisher SD (1997) The effect of copper sulphate and host variety on angular leaf spot (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) of strawberry. Thesis submitted in partial fulfilment of the requirements for the degree of Master of Agriculture. Dalhousie University Halifax, Nova Scotia, Canada, 83pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId981069a6b7b2d12c6" w:history="1">
+      <w:hyperlink r:id="rId354969c15ae30d84f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.collectionscanada.gc.ca/obj/s4/f2/dsk3/ftp04/mq24862.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10199,51 +10199,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,290–299. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId182469a6b7b2d1366" w:history="1">
+      <w:hyperlink r:id="rId606869c15ae30d8f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5423/PPJ.OA.01.2016.0007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10358,51 +10358,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 97-100. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId877869a6b7b2d1469" w:history="1">
+      <w:hyperlink r:id="rId254769c15ae30d9f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/rpd.2010.16.1.097</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10457,51 +10457,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2237. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId745269a6b7b2d1520" w:history="1">
+      <w:hyperlink r:id="rId641869c15ae30dad9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-12-20-2560-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10596,51 +10596,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maas JL (1998) Compendium of Strawberry Diseases. Second Edition, 98p. APS Press, St Paul (MN), USA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId251069a6b7b2d1607" w:history="1">
+      <w:hyperlink r:id="rId157469c15ae30dbc2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/9780890546178</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10978,51 +10978,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171-174. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId790269a6b7b2d1865" w:history="1">
+      <w:hyperlink r:id="rId709369c15ae30de2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02284.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11429,51 +11429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2881–2887. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId140469a6b7b2d1b31" w:history="1">
+      <w:hyperlink r:id="rId455769c15ae30e0fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.65220-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11499,51 +11499,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 502-512. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId345669a6b7b2d1ba3" w:history="1">
+      <w:hyperlink r:id="rId348969c15ae30e16f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5424/sjar/2012102-345-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11698,51 +11698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientific Reports </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 20582. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId339669a6b7b2d1ce7" w:history="1">
+      <w:hyperlink r:id="rId756669c15ae30e2b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-77612-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11933,51 +11933,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in strawberry planting stock. Chapter 34. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Detection of Plant-Pathogenic Bacteria in Seed and Other Planting Material, 2nd Edition. January 2017, 249-254. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId149769a6b7b2d1e5f" w:history="1">
+      <w:hyperlink r:id="rId350069c15ae30e43c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/9780890545416.034</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12023,51 +12023,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">129</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1191-1201. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId184769a6b7b2d1eef" w:history="1">
+      <w:hyperlink r:id="rId416169c15ae30e4ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00122-016-2695-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12485,51 +12485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">151</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 113-119. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId968269a6b7b2d220f" w:history="1">
+      <w:hyperlink r:id="rId363669c15ae30e7a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1439-0434.2003.00591.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12653,51 +12653,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 281-4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId261069a6b7b2d231e" w:history="1">
+      <w:hyperlink r:id="rId146369c15ae30e8b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.mimet.2004.04.002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12821,51 +12821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 299-308. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId535669a6b7b2d242b" w:history="1">
+      <w:hyperlink r:id="rId292269c15ae30e9bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-93-3-0299</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12902,51 +12902,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 359-368. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId763569a6b7b2d24af" w:history="1">
+      <w:hyperlink r:id="rId540869c15ae30ea50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-98-3-0359</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12972,51 +12972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1-2), 234-245. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId298969a6b7b2d2520" w:history="1">
+      <w:hyperlink r:id="rId851369c15ae30eac5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/15538362.2012.698181</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13073,51 +13073,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 116-124 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId314469a6b7b2d25c0" w:history="1">
+      <w:hyperlink r:id="rId704469c15ae30eb67" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-22-0719-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13319,51 +13319,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van der Gaag DJ, Bergsma-Vlami M, Van Vaerenbergh J, Vandroemme J &amp; Maes M (2013) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Netherlands Food and Consumer Product Safety Authority, Utrecht, the Netherlands - Institute for Agricultural and Fisheries Research, Merelbeke, Belgium - available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId410869a6b7b2d2747" w:history="1">
+      <w:hyperlink r:id="rId114769c15ae30ef34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.nvwa.nl/txmpub/files/?p_file_id=2203331</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13456,51 +13456,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">152</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 711–722. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId393769a6b7b2d2822" w:history="1">
+      <w:hyperlink r:id="rId497669c15ae30f017" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-018-1513-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13537,51 +13537,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 438-444. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId317069a6b7b2d28a5" w:history="1">
+      <w:hyperlink r:id="rId401969c15ae30f09e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2007.01813.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13647,51 +13647,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">62</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1123-1131. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId946869a6b7b2d2952" w:history="1">
+      <w:hyperlink r:id="rId591269c15ae30f14d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13949,51 +13949,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in de aardbeiteelt en de ontwikkeling van een </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">hygiëne protocol</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId652269a6b7b2d2b30" w:history="1">
+      <w:hyperlink r:id="rId280069c15ae30f32e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/290364</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed January 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14028,51 +14028,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in strawberry tissues </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">108, 681-690. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId749569a6b7b2d2bac" w:history="1">
+      <w:hyperlink r:id="rId543369c15ae30f3ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-10-17-0356-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14118,51 +14118,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0147122. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId745369a6b7b2d2c46" w:history="1">
+      <w:hyperlink r:id="rId516469c15ae30f43a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0147122</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14208,51 +14208,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1105–1112. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId525269a6b7b2d2cd8" w:history="1">
+      <w:hyperlink r:id="rId712969c15ae30f4ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-10-19-2248-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14338,51 +14338,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,379–83. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId734869a6b7b2d2da4" w:history="1">
+      <w:hyperlink r:id="rId814469c15ae30f597" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.mimet.2007.05.018</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14439,51 +14439,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 17-22.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId924569a6b7b2d2e4d" w:history="1">
+      <w:hyperlink r:id="rId608169c15ae30f638" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3233/JBR-140086</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14607,51 +14607,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId560069a6b7b2d2f6a" w:history="1">
+      <w:hyperlink r:id="rId784969c15ae30f741" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/RPD.2016.22.1.9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14697,51 +14697,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 286-292. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId786869a6b7b2d2ffc" w:history="1">
+      <w:hyperlink r:id="rId498769c15ae30f7d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-011-0045-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14876,51 +14876,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId179969a6b7b2d3129" w:history="1">
+      <w:hyperlink r:id="rId604669c15ae30f90a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -15111,81 +15111,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 17-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId821569a6b7b2d32bb" w:history="1">
+      <w:hyperlink r:id="rId182369c15ae30face" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1986.tb01128.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="16433314" name="name639869a6b7b2d335a" descr="eu_funding_250.png"/>
+            <wp:docPr id="9261964" name="name909669c15ae30fd27" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId902569a6b7b2d3358" cstate="print"/>
+                    <a:blip r:embed="rId673869c15ae30fd26" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -15283,137 +15283,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="22239324">
+  <w:abstractNum w:abstractNumId="11019078">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74544169">
+    <w:lvl w:ilvl="0" w:tplc="50138383">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="74544169" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50138383" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="74544169" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50138383" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="74544169" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50138383" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="74544169" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50138383" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="74544169" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50138383" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="74544169" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50138383" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="74544169" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50138383" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="74544169" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50138383" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22239323">
+  <w:abstractNum w:abstractNumId="11019077">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="75453501">
+    <w:lvl w:ilvl="0" w:tplc="51615796">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -16165,55 +16165,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="22239323">
-    <w:abstractNumId w:val="22239323"/>
+  <w:num w:numId="11019077">
+    <w:abstractNumId w:val="11019077"/>
   </w:num>
-  <w:num w:numId="22239324">
-    <w:abstractNumId w:val="22239324"/>
+  <w:num w:numId="11019078">
+    <w:abstractNumId w:val="11019078"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -27763,51 +27763,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId868837409" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId935577871" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId811369a6b7b2cb886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/" TargetMode="External"/><Relationship Id="rId310569a6b7b2cb912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/categorization" TargetMode="External"/><Relationship Id="rId111369a6b7b2cc1f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/photos" TargetMode="External"/><Relationship Id="rId210769a6b7b2cf841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2818.2010.03373.x" TargetMode="External"/><Relationship Id="rId510569a6b7b2cf87e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohioline.osu.edu/factsheet/HYG-3212-11" TargetMode="External"/><Relationship Id="rId377469a6b7b2cf93d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/64.%2010.1111/ppa.12232" TargetMode="External"/><Relationship Id="rId812869a6b7b2cfa6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060661.2012.751937" TargetMode="External"/><Relationship Id="rId191369a6b7b2cfc38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ufdcimages.uflib.ufl.edu/UF/E0/02/14/57/00001/cooper_g.pdf" TargetMode="External"/><Relationship Id="rId917769a6b7b2cfda0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2017.1156.111" TargetMode="External"/><Relationship Id="rId306669a6b7b2cfdf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1973.10421109" TargetMode="External"/><Relationship Id="rId981969a6b7b2cfe68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAF/documents" TargetMode="External"/><Relationship Id="rId897469a6b7b2d0035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=XANTFR" TargetMode="External"/><Relationship Id="rId755669a6b7b2d0289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/HTML/?uri=OJ:L:2019:319:FULL&amp;from=NL" TargetMode="External"/><Relationship Id="rId647969a6b7b2d03bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00050-15" TargetMode="External"/><Relationship Id="rId253469a6b7b2d0450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12665" TargetMode="External"/><Relationship Id="rId880169a6b7b2d04e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00642-17" TargetMode="External"/><Relationship Id="rId577769a6b7b2d0572" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/mgen.0.000189" TargetMode="External"/><Relationship Id="rId975169a6b7b2d0642" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s42483-020-00061-y" TargetMode="External"/><Relationship Id="rId714469a6b7b2d070e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms8081253" TargetMode="External"/><Relationship Id="rId467569a6b7b2d0783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-16-0275-R" TargetMode="External"/><Relationship Id="rId201669a6b7b2d0815" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AP98012" TargetMode="External"/><Relationship Id="rId192269a6b7b2d08c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1999.83.4.400A" TargetMode="External"/><Relationship Id="rId247469a6b7b2d0962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-08-18-1395-RE" TargetMode="External"/><Relationship Id="rId734869a6b7b2d09d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2003.626.20" TargetMode="External"/><Relationship Id="rId529369a6b7b2d0b61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2016.01589" TargetMode="External"/><Relationship Id="rId384269a6b7b2d0bf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.01271-16" TargetMode="External"/><Relationship Id="rId595169a6b7b2d0cf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060660509507189" TargetMode="External"/><Relationship Id="rId195569a6b7b2d0d81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jph.12900" TargetMode="External"/><Relationship Id="rId382569a6b7b2d0dd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId639169a6b7b2d0e45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/15538362.2012.696959" TargetMode="External"/><Relationship Id="rId993069a6b7b2d0f66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-3059.2001.00644.x" TargetMode="External"/><Relationship Id="rId273169a6b7b2d1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12090" TargetMode="External"/><Relationship Id="rId428369a6b7b2d1122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12497" TargetMode="External"/><Relationship Id="rId981069a6b7b2d12c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.collectionscanada.gc.ca/obj/s4/f2/dsk3/ftp04/mq24862.pdf" TargetMode="External"/><Relationship Id="rId182469a6b7b2d1366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5423/PPJ.OA.01.2016.0007" TargetMode="External"/><Relationship Id="rId877869a6b7b2d1469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2010.16.1.097" TargetMode="External"/><Relationship Id="rId745269a6b7b2d1520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-20-2560-PDN" TargetMode="External"/><Relationship Id="rId251069a6b7b2d1607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890546178" TargetMode="External"/><Relationship Id="rId790269a6b7b2d1865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02284.x" TargetMode="External"/><Relationship Id="rId140469a6b7b2d1b31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65220-0" TargetMode="External"/><Relationship Id="rId345669a6b7b2d1ba3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5424/sjar/2012102-345-11" TargetMode="External"/><Relationship Id="rId339669a6b7b2d1ce7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-77612-y" TargetMode="External"/><Relationship Id="rId149769a6b7b2d1e5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545416.034" TargetMode="External"/><Relationship Id="rId184769a6b7b2d1eef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00122-016-2695-1" TargetMode="External"/><Relationship Id="rId968269a6b7b2d220f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1439-0434.2003.00591.x" TargetMode="External"/><Relationship Id="rId261069a6b7b2d231e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mimet.2004.04.002" TargetMode="External"/><Relationship Id="rId535669a6b7b2d242b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-3-0299" TargetMode="External"/><Relationship Id="rId763569a6b7b2d24af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-98-3-0359" TargetMode="External"/><Relationship Id="rId298969a6b7b2d2520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/15538362.2012.698181" TargetMode="External"/><Relationship Id="rId314469a6b7b2d25c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-22-0719-RE" TargetMode="External"/><Relationship Id="rId410869a6b7b2d2747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvwa.nl/txmpub/files/?p_file_id=2203331" TargetMode="External"/><Relationship Id="rId393769a6b7b2d2822" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-018-1513-9" TargetMode="External"/><Relationship Id="rId317069a6b7b2d28a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2007.01813.x" TargetMode="External"/><Relationship Id="rId946869a6b7b2d2952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12028" TargetMode="External"/><Relationship Id="rId652269a6b7b2d2b30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/290364" TargetMode="External"/><Relationship Id="rId749569a6b7b2d2bac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-17-0356-R" TargetMode="External"/><Relationship Id="rId745369a6b7b2d2c46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147122" TargetMode="External"/><Relationship Id="rId525269a6b7b2d2cd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-19-2248-RE" TargetMode="External"/><Relationship Id="rId734869a6b7b2d2da4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mimet.2007.05.018" TargetMode="External"/><Relationship Id="rId924569a6b7b2d2e4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3233/JBR-140086" TargetMode="External"/><Relationship Id="rId560069a6b7b2d2f6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/RPD.2016.22.1.9" TargetMode="External"/><Relationship Id="rId786869a6b7b2d2ffc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-011-0045-y" TargetMode="External"/><Relationship Id="rId179969a6b7b2d3129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId821569a6b7b2d32bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01128.x" TargetMode="External"/><Relationship Id="rId727169a6b7b2cc08f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId727169a6b7b2cc08f.jpg"/><Relationship Id="rId569969a6b7b2cd9dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId569969a6b7b2cd9dd.jpg"/><Relationship Id="rId902569a6b7b2d3358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId902569a6b7b2d3358.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId804637649" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId745016760" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId509769c15ae308287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/" TargetMode="External"/><Relationship Id="rId452069c15ae3082f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/categorization" TargetMode="External"/><Relationship Id="rId591369c15ae308a82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/photos" TargetMode="External"/><Relationship Id="rId769569c15ae30bd91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2818.2010.03373.x" TargetMode="External"/><Relationship Id="rId582369c15ae30bdcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohioline.osu.edu/factsheet/HYG-3212-11" TargetMode="External"/><Relationship Id="rId613969c15ae30be8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/64.%2010.1111/ppa.12232" TargetMode="External"/><Relationship Id="rId877769c15ae30c001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060661.2012.751937" TargetMode="External"/><Relationship Id="rId771269c15ae30c1de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ufdcimages.uflib.ufl.edu/UF/E0/02/14/57/00001/cooper_g.pdf" TargetMode="External"/><Relationship Id="rId692069c15ae30c372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2017.1156.111" TargetMode="External"/><Relationship Id="rId958969c15ae30c3f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1973.10421109" TargetMode="External"/><Relationship Id="rId401169c15ae30c46d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAF/documents" TargetMode="External"/><Relationship Id="rId135469c15ae30c628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=XANTFR" TargetMode="External"/><Relationship Id="rId295169c15ae30c792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/HTML/?uri=OJ:L:2019:319:FULL&amp;from=NL" TargetMode="External"/><Relationship Id="rId927569c15ae30c8c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00050-15" TargetMode="External"/><Relationship Id="rId361669c15ae30c958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12665" TargetMode="External"/><Relationship Id="rId695169c15ae30c9ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00642-17" TargetMode="External"/><Relationship Id="rId711469c15ae30ca7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/mgen.0.000189" TargetMode="External"/><Relationship Id="rId541369c15ae30cb6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s42483-020-00061-y" TargetMode="External"/><Relationship Id="rId499769c15ae30cc3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms8081253" TargetMode="External"/><Relationship Id="rId988169c15ae30ccb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-16-0275-R" TargetMode="External"/><Relationship Id="rId715069c15ae30cd47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AP98012" TargetMode="External"/><Relationship Id="rId440769c15ae30cdfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1999.83.4.400A" TargetMode="External"/><Relationship Id="rId624769c15ae30ce92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-08-18-1395-RE" TargetMode="External"/><Relationship Id="rId265069c15ae30cf09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2003.626.20" TargetMode="External"/><Relationship Id="rId422869c15ae30d098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2016.01589" TargetMode="External"/><Relationship Id="rId375969c15ae30d12b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.01271-16" TargetMode="External"/><Relationship Id="rId221669c15ae30d249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060660509507189" TargetMode="External"/><Relationship Id="rId283369c15ae30d2e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jph.12900" TargetMode="External"/><Relationship Id="rId312869c15ae30d33e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId654269c15ae30d3b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/15538362.2012.696959" TargetMode="External"/><Relationship Id="rId339269c15ae30d4de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-3059.2001.00644.x" TargetMode="External"/><Relationship Id="rId715169c15ae30d5f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12090" TargetMode="External"/><Relationship Id="rId350169c15ae30d692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12497" TargetMode="External"/><Relationship Id="rId354969c15ae30d84f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.collectionscanada.gc.ca/obj/s4/f2/dsk3/ftp04/mq24862.pdf" TargetMode="External"/><Relationship Id="rId606869c15ae30d8f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5423/PPJ.OA.01.2016.0007" TargetMode="External"/><Relationship Id="rId254769c15ae30d9f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2010.16.1.097" TargetMode="External"/><Relationship Id="rId641869c15ae30dad9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-20-2560-PDN" TargetMode="External"/><Relationship Id="rId157469c15ae30dbc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890546178" TargetMode="External"/><Relationship Id="rId709369c15ae30de2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02284.x" TargetMode="External"/><Relationship Id="rId455769c15ae30e0fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65220-0" TargetMode="External"/><Relationship Id="rId348969c15ae30e16f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5424/sjar/2012102-345-11" TargetMode="External"/><Relationship Id="rId756669c15ae30e2b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-77612-y" TargetMode="External"/><Relationship Id="rId350069c15ae30e43c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545416.034" TargetMode="External"/><Relationship Id="rId416169c15ae30e4ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00122-016-2695-1" TargetMode="External"/><Relationship Id="rId363669c15ae30e7a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1439-0434.2003.00591.x" TargetMode="External"/><Relationship Id="rId146369c15ae30e8b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mimet.2004.04.002" TargetMode="External"/><Relationship Id="rId292269c15ae30e9bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-3-0299" TargetMode="External"/><Relationship Id="rId540869c15ae30ea50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-98-3-0359" TargetMode="External"/><Relationship Id="rId851369c15ae30eac5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/15538362.2012.698181" TargetMode="External"/><Relationship Id="rId704469c15ae30eb67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-22-0719-RE" TargetMode="External"/><Relationship Id="rId114769c15ae30ef34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvwa.nl/txmpub/files/?p_file_id=2203331" TargetMode="External"/><Relationship Id="rId497669c15ae30f017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-018-1513-9" TargetMode="External"/><Relationship Id="rId401969c15ae30f09e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2007.01813.x" TargetMode="External"/><Relationship Id="rId591269c15ae30f14d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12028" TargetMode="External"/><Relationship Id="rId280069c15ae30f32e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/290364" TargetMode="External"/><Relationship Id="rId543369c15ae30f3ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-17-0356-R" TargetMode="External"/><Relationship Id="rId516469c15ae30f43a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147122" TargetMode="External"/><Relationship Id="rId712969c15ae30f4ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-19-2248-RE" TargetMode="External"/><Relationship Id="rId814469c15ae30f597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mimet.2007.05.018" TargetMode="External"/><Relationship Id="rId608169c15ae30f638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3233/JBR-140086" TargetMode="External"/><Relationship Id="rId784969c15ae30f741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/RPD.2016.22.1.9" TargetMode="External"/><Relationship Id="rId498769c15ae30f7d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-011-0045-y" TargetMode="External"/><Relationship Id="rId604669c15ae30f90a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId182369c15ae30face" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01128.x" TargetMode="External"/><Relationship Id="rId848569c15ae308945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId848569c15ae308945.jpg"/><Relationship Id="rId428969c15ae309ee7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId428969c15ae309ee7.jpg"/><Relationship Id="rId673869c15ae30fd26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId673869c15ae30fd26.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>