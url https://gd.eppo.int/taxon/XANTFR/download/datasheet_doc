--- v6 (2026-03-23)
+++ v7 (2026-03-23)
@@ -225,51 +225,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Gammaproteobacteria: Lysobacterales: Lysobacteraceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> angular leaf spot of strawberry, leaf blight of strawberry, vascular collapse of strawberry</w:t>
             </w:r>
-            <w:hyperlink r:id="rId509769c15ae308287" w:history="1">
+            <w:hyperlink r:id="rId876969c16b65dc7ca" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -285,51 +285,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId452069c15ae3082f1" w:history="1">
+            <w:hyperlink r:id="rId789469c16b65dc835" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -343,86 +343,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTFR</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="48444311" name="name253969c15ae308947" descr="2974.jpg"/>
+                  <wp:docPr id="29804368" name="name221269c16b65dcd98" descr="2974.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="2974.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId848569c15ae308945" cstate="print"/>
+                          <a:blip r:embed="rId328769c16b65dcd96" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId591369c15ae308a82" w:history="1">
+            <w:hyperlink r:id="rId121269c16b65dcea1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1717,63 +1717,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 1988). The disease is widespread in North America and the EPPO region, less so in other continents such as South America, Asia and Africa, probably related to the spread and intensity of strawberry cultivation.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="35848404" name="name957469c15ae309eea" descr="XANTFR_distribution_map.jpg"/>
+            <wp:docPr id="49498797" name="name197969c16b65de34d" descr="XANTFR_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTFR_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId428969c15ae309ee7" cstate="print"/>
+                    <a:blip r:embed="rId604469c16b65de34a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -6123,81 +6123,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">239</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 249-258. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId769569c15ae30bd91" w:history="1">
+      <w:hyperlink r:id="rId927669c16b65e015b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2818.2010.03373.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anco DJ &amp; Ellis MA (2011) Angular leaf spot of strawberry (bacterial blight). Ohio State University Leaflet HYG -3212, 2pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId582369c15ae30bdcd" w:history="1">
+      <w:hyperlink r:id="rId900569c16b65e0197" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ohioline.osu.edu/factsheet/HYG-3212-11</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6272,51 +6272,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 71-80. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId613969c15ae30be8c" w:history="1">
+      <w:hyperlink r:id="rId628169c16b65e0254" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/64. 10.1111/ppa.12232</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6460,51 +6460,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">35</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 20-26. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId877769c15ae30c001" w:history="1">
+      <w:hyperlink r:id="rId809269c16b65e0381" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060661.2012.751937</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6744,51 +6744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cooper, GT (2007) Angular leaf spot of strawberry: disease control strategies and association of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pseudomonas syringae </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">with lesions. 62pp. Thesis, University of Florida, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId771269c15ae30c1de" w:history="1">
+      <w:hyperlink r:id="rId965969c16b65e0549" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://ufdcimages.uflib.ufl.edu/UF/E0/02/14/57/00001/cooper_g.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6959,101 +6959,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1156</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 757-764. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId692069c15ae30c372" w:history="1">
+      <w:hyperlink r:id="rId944569c16b65e06a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2017.1156.111</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dye DW &amp; Wilkie JP (1973) Angular leafspot of strawberry in New Zealand. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">New Zealand Journal of Agricultural Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 16, 311-314. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId958969c15ae30c3f8" w:history="1">
+      <w:hyperlink r:id="rId501069c16b65e06fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1973.10421109</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7079,51 +7079,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId401169c15ae30c46d" w:history="1">
+      <w:hyperlink r:id="rId991069c16b65e076f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XANTAF/documents</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7345,51 +7345,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Regulated non-quarantine pest Project. An EU funded project for the benefit of the whole EPPO region</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId135469c15ae30c628" w:history="1">
+      <w:hyperlink r:id="rId638569c16b65e091d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=XANTFR</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7560,51 +7560,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> L 319, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">62</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10 December 2019, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId295169c15ae30c792" w:history="1">
+      <w:hyperlink r:id="rId752369c16b65e0a8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/HTML/?uri=OJ:L:2019:319:FULL&amp;from=NL</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7748,51 +7748,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4651–4668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId927569c15ae30c8c6" w:history="1">
+      <w:hyperlink r:id="rId926569c16b65e0bb8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00050-15</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7838,51 +7838,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">66</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1094-1102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId361669c15ae30c958" w:history="1">
+      <w:hyperlink r:id="rId106369c16b65e0c48" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12665</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7928,51 +7928,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e00632-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId695169c15ae30c9ea" w:history="1">
+      <w:hyperlink r:id="rId215869c16b65e0cd7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/genomeA.00642-17</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8018,51 +8018,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e000189. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId711469c15ae30ca7c" w:history="1">
+      <w:hyperlink r:id="rId756869c16b65e0d65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/mgen.0.000189</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8148,51 +8148,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId541369c15ae30cb6a" w:history="1">
+      <w:hyperlink r:id="rId172369c16b65e0e30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s42483-020-00061-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8269,51 +8269,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microorganisms </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1253. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId499769c15ae30cc3e" w:history="1">
+      <w:hyperlink r:id="rId869569c16b65e0ef1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms8081253</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8339,51 +8339,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1243-1255. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId988169c15ae30ccb3" w:history="1">
+      <w:hyperlink r:id="rId393469c16b65e0f61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-07-16-0275-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8429,51 +8429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 97–103. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId715069c15ae30cd47" w:history="1">
+      <w:hyperlink r:id="rId983569c16b65e0ff1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1071/AP98012</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8539,51 +8539,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 400. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId440769c15ae30cdfa" w:history="1">
+      <w:hyperlink r:id="rId880369c16b65e109c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.1999.83.4.400A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8629,51 +8629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1256-1263. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId624769c15ae30ce92" w:history="1">
+      <w:hyperlink r:id="rId526569c16b65e113a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-08-18-1395-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8699,51 +8699,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">626</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 155-159. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId265069c15ae30cf09" w:history="1">
+      <w:hyperlink r:id="rId782069c16b65e11ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2003.626.20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8945,51 +8945,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1589, 11 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId422869c15ae30d098" w:history="1">
+      <w:hyperlink r:id="rId791669c16b65e133c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2016.01589</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9035,51 +9035,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e01271-01216. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId375969c15ae30d12b" w:history="1">
+      <w:hyperlink r:id="rId336469c16b65e13cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/genomeA.01271-16</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9194,51 +9194,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 16-24. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId221669c15ae30d249" w:history="1">
+      <w:hyperlink r:id="rId725669c16b65e14ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/07060660509507189</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9284,101 +9284,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">168</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 363–373. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId283369c15ae30d2e9" w:history="1">
+      <w:hyperlink r:id="rId598569c16b65e1557" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/jph.12900</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IPPC (2016) International standards for phytosanitary measures (ISPM) 27 - Diagnostic protocols for regulated pests DP 14: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId312869c15ae30d33e" w:history="1">
+      <w:hyperlink r:id="rId845169c16b65e15a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/coreactivities/standards-setting/ispms</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9404,51 +9404,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28–35. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId654269c15ae30d3b1" w:history="1">
+      <w:hyperlink r:id="rId545569c16b65e1618" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/15538362.2012.696959</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9585,51 +9585,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 653-665. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId339269c15ae30d4de" w:history="1">
+      <w:hyperlink r:id="rId337269c16b65e1732" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1365-3059.2001.00644.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9753,51 +9753,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">63</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 255-263. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId715169c15ae30d5f6" w:history="1">
+      <w:hyperlink r:id="rId464669c16b65e1840" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12090</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9843,51 +9843,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 569– 577. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId350169c15ae30d692" w:history="1">
+      <w:hyperlink r:id="rId672369c16b65e18cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12497</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10100,51 +10100,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kennedy-Fisher SD (1997) The effect of copper sulphate and host variety on angular leaf spot (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) of strawberry. Thesis submitted in partial fulfilment of the requirements for the degree of Master of Agriculture. Dalhousie University Halifax, Nova Scotia, Canada, 83pp. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId354969c15ae30d84f" w:history="1">
+      <w:hyperlink r:id="rId643269c16b65e1a88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://www.collectionscanada.gc.ca/obj/s4/f2/dsk3/ftp04/mq24862.pdf</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -10199,51 +10199,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,290–299. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId606869c15ae30d8f2" w:history="1">
+      <w:hyperlink r:id="rId671769c16b65e1b26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://dx.doi.org/10.5423/PPJ.OA.01.2016.0007</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10358,51 +10358,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 97-100. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId254769c15ae30d9f6" w:history="1">
+      <w:hyperlink r:id="rId975169c16b65e1c25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/rpd.2010.16.1.097</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10457,51 +10457,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2237. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId641869c15ae30dad9" w:history="1">
+      <w:hyperlink r:id="rId413069c16b65e1ccb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-12-20-2560-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10596,51 +10596,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Maas JL (1998) Compendium of Strawberry Diseases. Second Edition, 98p. APS Press, St Paul (MN), USA</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId157469c15ae30dbc2" w:history="1">
+      <w:hyperlink r:id="rId145769c16b65e1dac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/9780890546178</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10978,51 +10978,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171-174. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId709369c15ae30de2a" w:history="1">
+      <w:hyperlink r:id="rId925469c16b65e2026" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02284.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11429,51 +11429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2881–2887. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId455769c15ae30e0fd" w:history="1">
+      <w:hyperlink r:id="rId961069c16b65e231a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.65220-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11499,51 +11499,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 502-512. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId348969c15ae30e16f" w:history="1">
+      <w:hyperlink r:id="rId645169c16b65e238d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5424/sjar/2012102-345-11</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11698,51 +11698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientific Reports </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 20582. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId756669c15ae30e2b4" w:history="1">
+      <w:hyperlink r:id="rId115369c16b65e24d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-77612-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -11933,51 +11933,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in strawberry planting stock. Chapter 34. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Detection of Plant-Pathogenic Bacteria in Seed and Other Planting Material, 2nd Edition. January 2017, 249-254. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId350069c15ae30e43c" w:history="1">
+      <w:hyperlink r:id="rId370669c16b65e264f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/9780890545416.034</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12023,51 +12023,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">129</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1191-1201. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId416169c15ae30e4ce" w:history="1">
+      <w:hyperlink r:id="rId553069c16b65e26df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00122-016-2695-1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12485,51 +12485,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">151</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 113-119. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId363669c15ae30e7a8" w:history="1">
+      <w:hyperlink r:id="rId917169c16b65e29e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1439-0434.2003.00591.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12653,51 +12653,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">58</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 281-4. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId146369c15ae30e8b3" w:history="1">
+      <w:hyperlink r:id="rId183569c16b65e2b02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.mimet.2004.04.002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12821,51 +12821,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 299-308. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId292269c15ae30e9bf" w:history="1">
+      <w:hyperlink r:id="rId428669c16b65e2c11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-93-3-0299</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12902,51 +12902,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">98</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 359-368. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId540869c15ae30ea50" w:history="1">
+      <w:hyperlink r:id="rId112169c16b65e2c94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-98-3-0359</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -12972,51 +12972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1-2), 234-245. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId851369c15ae30eac5" w:history="1">
+      <w:hyperlink r:id="rId894869c16b65e2d05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/15538362.2012.698181</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13073,51 +13073,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 116-124 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId704469c15ae30eb67" w:history="1">
+      <w:hyperlink r:id="rId538269c16b65e2da4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-03-22-0719-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13319,51 +13319,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Van der Gaag DJ, Bergsma-Vlami M, Van Vaerenbergh J, Vandroemme J &amp; Maes M (2013) Pest risk analysis for </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Netherlands Food and Consumer Product Safety Authority, Utrecht, the Netherlands - Institute for Agricultural and Fisheries Research, Merelbeke, Belgium - available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId114769c15ae30ef34" w:history="1">
+      <w:hyperlink r:id="rId934369c16b65e2f29" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.nvwa.nl/txmpub/files/?p_file_id=2203331</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed February 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -13456,51 +13456,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">152</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 711–722. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId497669c15ae30f017" w:history="1">
+      <w:hyperlink r:id="rId782769c16b65e303c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-018-1513-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13537,51 +13537,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 438-444. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId401969c15ae30f09e" w:history="1">
+      <w:hyperlink r:id="rId399669c16b65e30ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2007.01813.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13647,51 +13647,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">62</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1123-1131. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId591269c15ae30f14d" w:history="1">
+      <w:hyperlink r:id="rId705369c16b65e319d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12028</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -13949,51 +13949,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">in de aardbeiteelt en de ontwikkeling van een </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">hygiëne protocol</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId280069c15ae30f32e" w:history="1">
+      <w:hyperlink r:id="rId511669c16b65e3380" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edepot.wur.nl/290364</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed January 2023).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -14028,51 +14028,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in strawberry tissues </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">108, 681-690. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId543369c15ae30f3ab" w:history="1">
+      <w:hyperlink r:id="rId175769c16b65e33fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-10-17-0356-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14118,51 +14118,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0147122. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId516469c15ae30f43a" w:history="1">
+      <w:hyperlink r:id="rId472869c16b65e348e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0147122</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14208,51 +14208,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1105–1112. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId712969c15ae30f4ca" w:history="1">
+      <w:hyperlink r:id="rId387569c16b65e351e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-10-19-2248-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14338,51 +14338,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,379–83. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId814469c15ae30f597" w:history="1">
+      <w:hyperlink r:id="rId610769c16b65e3601" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.mimet.2007.05.018</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14439,51 +14439,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 17-22.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId608169c15ae30f638" w:history="1">
+      <w:hyperlink r:id="rId333669c16b65e36a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3233/JBR-140086</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14607,51 +14607,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 9-17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId784969c15ae30f741" w:history="1">
+      <w:hyperlink r:id="rId313369c16b65e37b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/RPD.2016.22.1.9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14697,51 +14697,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">40</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 286-292. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId498769c15ae30f7d2" w:history="1">
+      <w:hyperlink r:id="rId959969c16b65e3843" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13313-011-0045-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -14876,51 +14876,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas fragariae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId604669c15ae30f90a" w:history="1">
+      <w:hyperlink r:id="rId997269c16b65e3984" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -15111,81 +15111,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 17-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId182369c15ae30face" w:history="1">
+      <w:hyperlink r:id="rId731569c16b65e3b13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1986.tb01128.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="9261964" name="name909669c15ae30fd27" descr="eu_funding_250.png"/>
+            <wp:docPr id="8650562" name="name155469c16b65e3b85" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId673869c15ae30fd26" cstate="print"/>
+                    <a:blip r:embed="rId963669c16b65e3b84" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -15283,137 +15283,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="11019078">
+  <w:abstractNum w:abstractNumId="41811917">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="50138383">
+    <w:lvl w:ilvl="0" w:tplc="97590520">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="50138383" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="97590520" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="50138383" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="97590520" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="50138383" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97590520" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="50138383" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="97590520" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="50138383" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="97590520" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="50138383" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="97590520" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="50138383" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="97590520" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="50138383" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="97590520" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11019077">
+  <w:abstractNum w:abstractNumId="41811916">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="51615796">
+    <w:lvl w:ilvl="0" w:tplc="31419644">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -16165,55 +16165,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="11019077">
-    <w:abstractNumId w:val="11019077"/>
+  <w:num w:numId="41811916">
+    <w:abstractNumId w:val="41811916"/>
   </w:num>
-  <w:num w:numId="11019078">
-    <w:abstractNumId w:val="11019078"/>
+  <w:num w:numId="41811917">
+    <w:abstractNumId w:val="41811917"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -27763,51 +27763,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId804637649" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId745016760" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId509769c15ae308287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/" TargetMode="External"/><Relationship Id="rId452069c15ae3082f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/categorization" TargetMode="External"/><Relationship Id="rId591369c15ae308a82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/photos" TargetMode="External"/><Relationship Id="rId769569c15ae30bd91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2818.2010.03373.x" TargetMode="External"/><Relationship Id="rId582369c15ae30bdcd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohioline.osu.edu/factsheet/HYG-3212-11" TargetMode="External"/><Relationship Id="rId613969c15ae30be8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/64.%2010.1111/ppa.12232" TargetMode="External"/><Relationship Id="rId877769c15ae30c001" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060661.2012.751937" TargetMode="External"/><Relationship Id="rId771269c15ae30c1de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ufdcimages.uflib.ufl.edu/UF/E0/02/14/57/00001/cooper_g.pdf" TargetMode="External"/><Relationship Id="rId692069c15ae30c372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2017.1156.111" TargetMode="External"/><Relationship Id="rId958969c15ae30c3f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1973.10421109" TargetMode="External"/><Relationship Id="rId401169c15ae30c46d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAF/documents" TargetMode="External"/><Relationship Id="rId135469c15ae30c628" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=XANTFR" TargetMode="External"/><Relationship Id="rId295169c15ae30c792" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/HTML/?uri=OJ:L:2019:319:FULL&amp;from=NL" TargetMode="External"/><Relationship Id="rId927569c15ae30c8c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00050-15" TargetMode="External"/><Relationship Id="rId361669c15ae30c958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12665" TargetMode="External"/><Relationship Id="rId695169c15ae30c9ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00642-17" TargetMode="External"/><Relationship Id="rId711469c15ae30ca7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/mgen.0.000189" TargetMode="External"/><Relationship Id="rId541369c15ae30cb6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s42483-020-00061-y" TargetMode="External"/><Relationship Id="rId499769c15ae30cc3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms8081253" TargetMode="External"/><Relationship Id="rId988169c15ae30ccb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-16-0275-R" TargetMode="External"/><Relationship Id="rId715069c15ae30cd47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AP98012" TargetMode="External"/><Relationship Id="rId440769c15ae30cdfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1999.83.4.400A" TargetMode="External"/><Relationship Id="rId624769c15ae30ce92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-08-18-1395-RE" TargetMode="External"/><Relationship Id="rId265069c15ae30cf09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2003.626.20" TargetMode="External"/><Relationship Id="rId422869c15ae30d098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2016.01589" TargetMode="External"/><Relationship Id="rId375969c15ae30d12b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.01271-16" TargetMode="External"/><Relationship Id="rId221669c15ae30d249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060660509507189" TargetMode="External"/><Relationship Id="rId283369c15ae30d2e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jph.12900" TargetMode="External"/><Relationship Id="rId312869c15ae30d33e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId654269c15ae30d3b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/15538362.2012.696959" TargetMode="External"/><Relationship Id="rId339269c15ae30d4de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-3059.2001.00644.x" TargetMode="External"/><Relationship Id="rId715169c15ae30d5f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12090" TargetMode="External"/><Relationship Id="rId350169c15ae30d692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12497" TargetMode="External"/><Relationship Id="rId354969c15ae30d84f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.collectionscanada.gc.ca/obj/s4/f2/dsk3/ftp04/mq24862.pdf" TargetMode="External"/><Relationship Id="rId606869c15ae30d8f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5423/PPJ.OA.01.2016.0007" TargetMode="External"/><Relationship Id="rId254769c15ae30d9f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2010.16.1.097" TargetMode="External"/><Relationship Id="rId641869c15ae30dad9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-20-2560-PDN" TargetMode="External"/><Relationship Id="rId157469c15ae30dbc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890546178" TargetMode="External"/><Relationship Id="rId709369c15ae30de2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02284.x" TargetMode="External"/><Relationship Id="rId455769c15ae30e0fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65220-0" TargetMode="External"/><Relationship Id="rId348969c15ae30e16f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5424/sjar/2012102-345-11" TargetMode="External"/><Relationship Id="rId756669c15ae30e2b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-77612-y" TargetMode="External"/><Relationship Id="rId350069c15ae30e43c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545416.034" TargetMode="External"/><Relationship Id="rId416169c15ae30e4ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00122-016-2695-1" TargetMode="External"/><Relationship Id="rId363669c15ae30e7a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1439-0434.2003.00591.x" TargetMode="External"/><Relationship Id="rId146369c15ae30e8b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mimet.2004.04.002" TargetMode="External"/><Relationship Id="rId292269c15ae30e9bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-3-0299" TargetMode="External"/><Relationship Id="rId540869c15ae30ea50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-98-3-0359" TargetMode="External"/><Relationship Id="rId851369c15ae30eac5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/15538362.2012.698181" TargetMode="External"/><Relationship Id="rId704469c15ae30eb67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-22-0719-RE" TargetMode="External"/><Relationship Id="rId114769c15ae30ef34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvwa.nl/txmpub/files/?p_file_id=2203331" TargetMode="External"/><Relationship Id="rId497669c15ae30f017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-018-1513-9" TargetMode="External"/><Relationship Id="rId401969c15ae30f09e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2007.01813.x" TargetMode="External"/><Relationship Id="rId591269c15ae30f14d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12028" TargetMode="External"/><Relationship Id="rId280069c15ae30f32e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/290364" TargetMode="External"/><Relationship Id="rId543369c15ae30f3ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-17-0356-R" TargetMode="External"/><Relationship Id="rId516469c15ae30f43a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147122" TargetMode="External"/><Relationship Id="rId712969c15ae30f4ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-19-2248-RE" TargetMode="External"/><Relationship Id="rId814469c15ae30f597" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mimet.2007.05.018" TargetMode="External"/><Relationship Id="rId608169c15ae30f638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3233/JBR-140086" TargetMode="External"/><Relationship Id="rId784969c15ae30f741" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/RPD.2016.22.1.9" TargetMode="External"/><Relationship Id="rId498769c15ae30f7d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-011-0045-y" TargetMode="External"/><Relationship Id="rId604669c15ae30f90a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId182369c15ae30face" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01128.x" TargetMode="External"/><Relationship Id="rId848569c15ae308945" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId848569c15ae308945.jpg"/><Relationship Id="rId428969c15ae309ee7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId428969c15ae309ee7.jpg"/><Relationship Id="rId673869c15ae30fd26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId673869c15ae30fd26.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId726625179" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId657884152" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId876969c16b65dc7ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/" TargetMode="External"/><Relationship Id="rId789469c16b65dc835" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/categorization" TargetMode="External"/><Relationship Id="rId121269c16b65dcea1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFR/photos" TargetMode="External"/><Relationship Id="rId927669c16b65e015b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2818.2010.03373.x" TargetMode="External"/><Relationship Id="rId900569c16b65e0197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ohioline.osu.edu/factsheet/HYG-3212-11" TargetMode="External"/><Relationship Id="rId628169c16b65e0254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/64.%2010.1111/ppa.12232" TargetMode="External"/><Relationship Id="rId809269c16b65e0381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060661.2012.751937" TargetMode="External"/><Relationship Id="rId965969c16b65e0549" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://ufdcimages.uflib.ufl.edu/UF/E0/02/14/57/00001/cooper_g.pdf" TargetMode="External"/><Relationship Id="rId944569c16b65e06a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2017.1156.111" TargetMode="External"/><Relationship Id="rId501069c16b65e06fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1973.10421109" TargetMode="External"/><Relationship Id="rId991069c16b65e076f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAF/documents" TargetMode="External"/><Relationship Id="rId638569c16b65e091d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=XANTFR" TargetMode="External"/><Relationship Id="rId752369c16b65e0a8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/HTML/?uri=OJ:L:2019:319:FULL&amp;from=NL" TargetMode="External"/><Relationship Id="rId926569c16b65e0bb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00050-15" TargetMode="External"/><Relationship Id="rId106369c16b65e0c48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12665" TargetMode="External"/><Relationship Id="rId215869c16b65e0cd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.00642-17" TargetMode="External"/><Relationship Id="rId756869c16b65e0d65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/mgen.0.000189" TargetMode="External"/><Relationship Id="rId172369c16b65e0e30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s42483-020-00061-y" TargetMode="External"/><Relationship Id="rId869569c16b65e0ef1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms8081253" TargetMode="External"/><Relationship Id="rId393469c16b65e0f61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-07-16-0275-R" TargetMode="External"/><Relationship Id="rId983569c16b65e0ff1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1071/AP98012" TargetMode="External"/><Relationship Id="rId880369c16b65e109c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.1999.83.4.400A" TargetMode="External"/><Relationship Id="rId526569c16b65e113a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-08-18-1395-RE" TargetMode="External"/><Relationship Id="rId782069c16b65e11ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2003.626.20" TargetMode="External"/><Relationship Id="rId791669c16b65e133c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2016.01589" TargetMode="External"/><Relationship Id="rId336469c16b65e13cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/genomeA.01271-16" TargetMode="External"/><Relationship Id="rId725669c16b65e14ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/07060660509507189" TargetMode="External"/><Relationship Id="rId598569c16b65e1557" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/jph.12900" TargetMode="External"/><Relationship Id="rId845169c16b65e15a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/coreactivities/standards-setting/ispms" TargetMode="External"/><Relationship Id="rId545569c16b65e1618" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/15538362.2012.696959" TargetMode="External"/><Relationship Id="rId337269c16b65e1732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1365-3059.2001.00644.x" TargetMode="External"/><Relationship Id="rId464669c16b65e1840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12090" TargetMode="External"/><Relationship Id="rId672369c16b65e18cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12497" TargetMode="External"/><Relationship Id="rId643269c16b65e1a88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.collectionscanada.gc.ca/obj/s4/f2/dsk3/ftp04/mq24862.pdf" TargetMode="External"/><Relationship Id="rId671769c16b65e1b26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://dx.doi.org/10.5423/PPJ.OA.01.2016.0007" TargetMode="External"/><Relationship Id="rId975169c16b65e1c25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2010.16.1.097" TargetMode="External"/><Relationship Id="rId413069c16b65e1ccb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-12-20-2560-PDN" TargetMode="External"/><Relationship Id="rId145769c16b65e1dac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890546178" TargetMode="External"/><Relationship Id="rId925469c16b65e2026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02284.x" TargetMode="External"/><Relationship Id="rId961069c16b65e231a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65220-0" TargetMode="External"/><Relationship Id="rId645169c16b65e238d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5424/sjar/2012102-345-11" TargetMode="External"/><Relationship Id="rId115369c16b65e24d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-77612-y" TargetMode="External"/><Relationship Id="rId370669c16b65e264f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/9780890545416.034" TargetMode="External"/><Relationship Id="rId553069c16b65e26df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00122-016-2695-1" TargetMode="External"/><Relationship Id="rId917169c16b65e29e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1439-0434.2003.00591.x" TargetMode="External"/><Relationship Id="rId183569c16b65e2b02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mimet.2004.04.002" TargetMode="External"/><Relationship Id="rId428669c16b65e2c11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-3-0299" TargetMode="External"/><Relationship Id="rId112169c16b65e2c94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-98-3-0359" TargetMode="External"/><Relationship Id="rId894869c16b65e2d05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/15538362.2012.698181" TargetMode="External"/><Relationship Id="rId538269c16b65e2da4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-03-22-0719-RE" TargetMode="External"/><Relationship Id="rId934369c16b65e2f29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.nvwa.nl/txmpub/files/?p_file_id=2203331" TargetMode="External"/><Relationship Id="rId782769c16b65e303c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-018-1513-9" TargetMode="External"/><Relationship Id="rId399669c16b65e30ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2007.01813.x" TargetMode="External"/><Relationship Id="rId705369c16b65e319d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12028" TargetMode="External"/><Relationship Id="rId511669c16b65e3380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edepot.wur.nl/290364" TargetMode="External"/><Relationship Id="rId175769c16b65e33fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-10-17-0356-R" TargetMode="External"/><Relationship Id="rId472869c16b65e348e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147122" TargetMode="External"/><Relationship Id="rId387569c16b65e351e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-10-19-2248-RE" TargetMode="External"/><Relationship Id="rId610769c16b65e3601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.mimet.2007.05.018" TargetMode="External"/><Relationship Id="rId333669c16b65e36a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3233/JBR-140086" TargetMode="External"/><Relationship Id="rId313369c16b65e37b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/RPD.2016.22.1.9" TargetMode="External"/><Relationship Id="rId959969c16b65e3843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13313-011-0045-y" TargetMode="External"/><Relationship Id="rId997269c16b65e3984" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId731569c16b65e3b13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1986.tb01128.x" TargetMode="External"/><Relationship Id="rId328769c16b65dcd96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId328769c16b65dcd96.jpg"/><Relationship Id="rId604469c16b65de34a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId604469c16b65de34a.jpg"/><Relationship Id="rId963669c16b65e3b84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId963669c16b65e3b84.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>