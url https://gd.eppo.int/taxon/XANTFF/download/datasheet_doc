--- v0 (2025-10-04)
+++ v1 (2025-10-27)
@@ -80,51 +80,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Last updated: 2023-02-08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">This datasheet covers the two bacterial species and pathovars that are associated with the common bacterial blight of bean: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId721268e14e823afe1" w:history="1">
+      <w:hyperlink r:id="rId947068fee91c0120e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Xanthomonas phaseoli</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> pv. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> (Burkholder) Starr &amp; Burkholder</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial blight of bean, bacterial leaf pustule of bean, common blight of bean, fuscous blight of bean</w:t>
             </w:r>
-            <w:hyperlink r:id="rId297468e14e823b28b" w:history="1">
+            <w:hyperlink r:id="rId895368fee91c014ab" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -478,51 +478,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId843868e14e823b2f0" w:history="1">
+            <w:hyperlink r:id="rId578068fee91c0150f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1594,63 +1594,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">or both.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="64152245" name="name368668e14e823ca90" descr="XANTFF_distribution_map.jpg"/>
+            <wp:docPr id="85894629" name="name512668fee91c02690" descr="XANTFF_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTFF_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId439768e14e823ca8e" cstate="print"/>
+                    <a:blip r:embed="rId424768fee91c0268e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3429,51 +3429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1–2), 143–152. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId898668e14e823d940" w:history="1">
+      <w:hyperlink r:id="rId668468fee91c0342e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF00037907</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3499,51 +3499,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1–9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId700868e14e823d9ba" w:history="1">
+      <w:hyperlink r:id="rId451368fee91c03502" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/2193-1801-2-41</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3649,51 +3649,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3295–3301. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId913468e14e823daab" w:history="1">
+      <w:hyperlink r:id="rId306268fee91c0378b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.02507-07</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3897,51 +3897,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1185–1192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId530568e14e823dc36" w:history="1">
+      <w:hyperlink r:id="rId947368fee91c039a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-1185</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3998,51 +3998,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology &amp; Microbiology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId889868e14e823dcd9" w:history="1">
+      <w:hyperlink r:id="rId237968fee91c03b1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4172/2157-7471.1000403</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4144,51 +4144,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 675–679. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId303668e14e823ddc6" w:history="1">
+      <w:hyperlink r:id="rId978468fee91c03c4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-70-675</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4488,51 +4488,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 137–140. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId122468e14e823dff1" w:history="1">
+      <w:hyperlink r:id="rId630468fee91c03f1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/jb.74.2.137-140.1957</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4600,51 +4600,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">422</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1–2), 115–128. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId892768e14e823e0a7" w:history="1">
+      <w:hyperlink r:id="rId296568fee91c03feb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11104-017-3329-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4710,51 +4710,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">119</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 203–215. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId516268e14e823e157" w:history="1">
+      <w:hyperlink r:id="rId168568fee91c040e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9164-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4780,51 +4780,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), 6787–6796. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId457968e14e823e1c7" w:history="1">
+      <w:hyperlink r:id="rId345468fee91c041c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.01098-10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4988,51 +4988,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 198–203. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId767368e14e823e31e" w:history="1">
+      <w:hyperlink r:id="rId235468fee91c0433d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-19-0325-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5058,51 +5058,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 425–435. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId580468e14e823e393" w:history="1">
+      <w:hyperlink r:id="rId126768fee91c043b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-03-10-0095</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5324,51 +5324,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 221–225. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId900568e14e823e53c" w:history="1">
+      <w:hyperlink r:id="rId500668fee91c04591" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/09670870110044030</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5572,51 +5572,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 558–564. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId286168e14e823e6c3" w:history="1">
+      <w:hyperlink r:id="rId423068fee91c047ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0558</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5956,51 +5956,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 2008–2015. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId314868e14e823e93c" w:history="1">
+      <w:hyperlink r:id="rId311568fee91c04a77" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.71.4.2008-2015.2005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6026,51 +6026,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1057–1063. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId468968e14e823e9ae" w:history="1">
+      <w:hyperlink r:id="rId338168fee91c04b00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6096,51 +6096,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1459–1474. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId433968e14e823ea21" w:history="1">
+      <w:hyperlink r:id="rId413668fee91c04b77" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6362,51 +6362,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">147</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1–2), 105–131. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId536968e14e823ebc8" w:history="1">
+      <w:hyperlink r:id="rId338268fee91c04d24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10681-006-4600-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6978,51 +6978,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 285. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId237368e14e823f0a7" w:history="1">
+      <w:hyperlink r:id="rId242668fee91c0527e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-70-285</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7108,51 +7108,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 952. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId213568e14e823f177" w:history="1">
+      <w:hyperlink r:id="rId162168fee91c053b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-75-0952</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7298,51 +7298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 494–518. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId912168e14e823f2a4" w:history="1">
+      <w:hyperlink r:id="rId757868fee91c05520" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2005.03.017</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7406,51 +7406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 2199–2223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId190968e14e823f354" w:history="1">
+      <w:hyperlink r:id="rId429668fee91c05611" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2135/cropsci2009.03.0163</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7730,51 +7730,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472–489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId673768e14e823f55b" w:history="1">
+      <w:hyperlink r:id="rId603468fee91c0591c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8297,51 +8297,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas citri pv. fuscans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId233368e14e823f90a" w:history="1">
+      <w:hyperlink r:id="rId571068fee91c05d0e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8543,90 +8543,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 58-61. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId809068e14e823fa9e" w:history="1">
+      <w:hyperlink r:id="rId544868fee91c05eaa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02771.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="18364089" name="name602368e14e823feae" descr="eu_funding_250.png"/>
+            <wp:docPr id="12307884" name="name248468fee91c06068" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId126868e14e823feac" cstate="print"/>
+                    <a:blip r:embed="rId502168fee91c06067" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8724,137 +8724,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="35988294">
+  <w:abstractNum w:abstractNumId="60957316">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19551437">
+    <w:lvl w:ilvl="0" w:tplc="93896201">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="19551437" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="93896201" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="19551437" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="93896201" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="19551437" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="93896201" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="19551437" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="93896201" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="19551437" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="93896201" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="19551437" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="93896201" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="19551437" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="93896201" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="19551437" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="93896201" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35988293">
+  <w:abstractNum w:abstractNumId="60957315">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="91751460">
+    <w:lvl w:ilvl="0" w:tplc="13746695">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9606,55 +9606,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="35988293">
-    <w:abstractNumId w:val="35988293"/>
+  <w:num w:numId="60957315">
+    <w:abstractNumId w:val="60957315"/>
   </w:num>
-  <w:num w:numId="35988294">
-    <w:abstractNumId w:val="35988294"/>
+  <w:num w:numId="60957316">
+    <w:abstractNumId w:val="60957316"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21204,51 +21204,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId645556846" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId512212559" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId721268e14e823afe1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/datasheet" TargetMode="External"/><Relationship Id="rId297468e14e823b28b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/" TargetMode="External"/><Relationship Id="rId843868e14e823b2f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/categorization" TargetMode="External"/><Relationship Id="rId898668e14e823d940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF00037907" TargetMode="External"/><Relationship Id="rId700868e14e823d9ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-41" TargetMode="External"/><Relationship Id="rId913468e14e823daab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02507-07" TargetMode="External"/><Relationship Id="rId530568e14e823dc36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-1185" TargetMode="External"/><Relationship Id="rId889868e14e823dcd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000403" TargetMode="External"/><Relationship Id="rId303668e14e823ddc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-70-675" TargetMode="External"/><Relationship Id="rId122468e14e823dff1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/jb.74.2.137-140.1957" TargetMode="External"/><Relationship Id="rId892768e14e823e0a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-017-3329-3" TargetMode="External"/><Relationship Id="rId516268e14e823e157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9164-2" TargetMode="External"/><Relationship Id="rId457968e14e823e1c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01098-10" TargetMode="External"/><Relationship Id="rId767368e14e823e31e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0325-RE" TargetMode="External"/><Relationship Id="rId580468e14e823e393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-10-0095" TargetMode="External"/><Relationship Id="rId900568e14e823e53c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870110044030" TargetMode="External"/><Relationship Id="rId286168e14e823e6c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0558" TargetMode="External"/><Relationship Id="rId314868e14e823e93c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.4.2008-2015.2005" TargetMode="External"/><Relationship Id="rId468968e14e823e9ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF" TargetMode="External"/><Relationship Id="rId433968e14e823ea21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf" TargetMode="External"/><Relationship Id="rId536968e14e823ebc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-006-4600-5" TargetMode="External"/><Relationship Id="rId237368e14e823f0a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-70-285" TargetMode="External"/><Relationship Id="rId213568e14e823f177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0952" TargetMode="External"/><Relationship Id="rId912168e14e823f2a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId190968e14e823f354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2135/cropsci2009.03.0163" TargetMode="External"/><Relationship Id="rId673768e14e823f55b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId233368e14e823f90a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId809068e14e823fa9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02771.x" TargetMode="External"/><Relationship Id="rId439768e14e823ca8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId439768e14e823ca8e.jpg"/><Relationship Id="rId126868e14e823feac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId126868e14e823feac.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId969311799" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId333053245" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId947068fee91c0120e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/datasheet" TargetMode="External"/><Relationship Id="rId895368fee91c014ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/" TargetMode="External"/><Relationship Id="rId578068fee91c0150f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/categorization" TargetMode="External"/><Relationship Id="rId668468fee91c0342e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF00037907" TargetMode="External"/><Relationship Id="rId451368fee91c03502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-41" TargetMode="External"/><Relationship Id="rId306268fee91c0378b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02507-07" TargetMode="External"/><Relationship Id="rId947368fee91c039a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-1185" TargetMode="External"/><Relationship Id="rId237968fee91c03b1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000403" TargetMode="External"/><Relationship Id="rId978468fee91c03c4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-70-675" TargetMode="External"/><Relationship Id="rId630468fee91c03f1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/jb.74.2.137-140.1957" TargetMode="External"/><Relationship Id="rId296568fee91c03feb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-017-3329-3" TargetMode="External"/><Relationship Id="rId168568fee91c040e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9164-2" TargetMode="External"/><Relationship Id="rId345468fee91c041c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01098-10" TargetMode="External"/><Relationship Id="rId235468fee91c0433d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0325-RE" TargetMode="External"/><Relationship Id="rId126768fee91c043b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-10-0095" TargetMode="External"/><Relationship Id="rId500668fee91c04591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870110044030" TargetMode="External"/><Relationship Id="rId423068fee91c047ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0558" TargetMode="External"/><Relationship Id="rId311568fee91c04a77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.4.2008-2015.2005" TargetMode="External"/><Relationship Id="rId338168fee91c04b00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF" TargetMode="External"/><Relationship Id="rId413668fee91c04b77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf" TargetMode="External"/><Relationship Id="rId338268fee91c04d24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-006-4600-5" TargetMode="External"/><Relationship Id="rId242668fee91c0527e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-70-285" TargetMode="External"/><Relationship Id="rId162168fee91c053b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0952" TargetMode="External"/><Relationship Id="rId757868fee91c05520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId429668fee91c05611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2135/cropsci2009.03.0163" TargetMode="External"/><Relationship Id="rId603468fee91c0591c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId571068fee91c05d0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId544868fee91c05eaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02771.x" TargetMode="External"/><Relationship Id="rId424768fee91c0268e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId424768fee91c0268e.jpg"/><Relationship Id="rId502168fee91c06067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId502168fee91c06067.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>