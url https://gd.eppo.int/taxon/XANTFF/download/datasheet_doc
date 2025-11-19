--- v1 (2025-10-27)
+++ v2 (2025-11-19)
@@ -80,51 +80,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Last updated: 2023-02-08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">This datasheet covers the two bacterial species and pathovars that are associated with the common bacterial blight of bean: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId947068fee91c0120e" w:history="1">
+      <w:hyperlink r:id="rId9966691d4f113a39c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Xanthomonas phaseoli</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> pv. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> (Burkholder) Starr &amp; Burkholder</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial blight of bean, bacterial leaf pustule of bean, common blight of bean, fuscous blight of bean</w:t>
             </w:r>
-            <w:hyperlink r:id="rId895368fee91c014ab" w:history="1">
+            <w:hyperlink r:id="rId4009691d4f113a609" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -478,51 +478,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId578068fee91c0150f" w:history="1">
+            <w:hyperlink r:id="rId2834691d4f113a66b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1594,63 +1594,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">or both.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="85894629" name="name512668fee91c02690" descr="XANTFF_distribution_map.jpg"/>
+            <wp:docPr id="67575880" name="name9829691d4f113bb6c" descr="XANTFF_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTFF_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId424768fee91c0268e" cstate="print"/>
+                    <a:blip r:embed="rId5575691d4f113bb6a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3429,51 +3429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1–2), 143–152. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId668468fee91c0342e" w:history="1">
+      <w:hyperlink r:id="rId1919691d4f113c8de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF00037907</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3499,51 +3499,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1–9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId451368fee91c03502" w:history="1">
+      <w:hyperlink r:id="rId6044691d4f113c95e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/2193-1801-2-41</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3649,51 +3649,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3295–3301. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId306268fee91c0378b" w:history="1">
+      <w:hyperlink r:id="rId7691691d4f113ca4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.02507-07</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3897,51 +3897,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1185–1192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId947368fee91c039a4" w:history="1">
+      <w:hyperlink r:id="rId1381691d4f113cbd4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-1185</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3998,51 +3998,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology &amp; Microbiology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId237968fee91c03b1b" w:history="1">
+      <w:hyperlink r:id="rId6647691d4f113cc75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4172/2157-7471.1000403</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4144,51 +4144,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 675–679. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId978468fee91c03c4a" w:history="1">
+      <w:hyperlink r:id="rId4910691d4f113cd61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-70-675</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4488,51 +4488,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 137–140. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId630468fee91c03f1d" w:history="1">
+      <w:hyperlink r:id="rId4718691d4f113cf89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/jb.74.2.137-140.1957</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4600,51 +4600,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">422</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1–2), 115–128. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId296568fee91c03feb" w:history="1">
+      <w:hyperlink r:id="rId1110691d4f113d040" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11104-017-3329-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4710,51 +4710,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">119</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 203–215. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId168568fee91c040e8" w:history="1">
+      <w:hyperlink r:id="rId5326691d4f113d0ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9164-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4780,51 +4780,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), 6787–6796. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId345468fee91c041c7" w:history="1">
+      <w:hyperlink r:id="rId3899691d4f113d160" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.01098-10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4988,51 +4988,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 198–203. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId235468fee91c0433d" w:history="1">
+      <w:hyperlink r:id="rId4498691d4f113d2a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-19-0325-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5058,51 +5058,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 425–435. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId126768fee91c043b5" w:history="1">
+      <w:hyperlink r:id="rId3169691d4f113d314" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-03-10-0095</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5324,51 +5324,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 221–225. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId500668fee91c04591" w:history="1">
+      <w:hyperlink r:id="rId7084691d4f113d4b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/09670870110044030</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5572,51 +5572,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 558–564. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId423068fee91c047ba" w:history="1">
+      <w:hyperlink r:id="rId8661691d4f113d639" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0558</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5956,51 +5956,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 2008–2015. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId311568fee91c04a77" w:history="1">
+      <w:hyperlink r:id="rId9459691d4f113d8a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.71.4.2008-2015.2005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6026,51 +6026,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1057–1063. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId338168fee91c04b00" w:history="1">
+      <w:hyperlink r:id="rId8096691d4f113d91a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6096,51 +6096,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1459–1474. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId413668fee91c04b77" w:history="1">
+      <w:hyperlink r:id="rId9118691d4f113d98d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6362,51 +6362,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">147</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1–2), 105–131. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId338268fee91c04d24" w:history="1">
+      <w:hyperlink r:id="rId1645691d4f113db40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10681-006-4600-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6978,51 +6978,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 285. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId242668fee91c0527e" w:history="1">
+      <w:hyperlink r:id="rId9896691d4f113df20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-70-285</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7108,51 +7108,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 952. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId162168fee91c053b1" w:history="1">
+      <w:hyperlink r:id="rId8278691d4f113dfec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-75-0952</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7298,51 +7298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 494–518. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId757868fee91c05520" w:history="1">
+      <w:hyperlink r:id="rId3599691d4f113e116" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2005.03.017</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7406,51 +7406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 2199–2223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId429668fee91c05611" w:history="1">
+      <w:hyperlink r:id="rId3690691d4f113e1f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2135/cropsci2009.03.0163</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7730,51 +7730,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472–489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId603468fee91c0591c" w:history="1">
+      <w:hyperlink r:id="rId8856691d4f113e402" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8297,51 +8297,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas citri pv. fuscans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId571068fee91c05d0e" w:history="1">
+      <w:hyperlink r:id="rId5661691d4f113e7a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8543,90 +8543,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 58-61. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId544868fee91c05eaa" w:history="1">
+      <w:hyperlink r:id="rId5804691d4f113e93b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02771.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="12307884" name="name248468fee91c06068" descr="eu_funding_250.png"/>
+            <wp:docPr id="94609325" name="name6797691d4f113e99c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId502168fee91c06067" cstate="print"/>
+                    <a:blip r:embed="rId5191691d4f113e99b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8724,137 +8724,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="60957316">
+  <w:abstractNum w:abstractNumId="52752991">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93896201">
+    <w:lvl w:ilvl="0" w:tplc="41954891">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="93896201" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="41954891" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="93896201" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="41954891" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="93896201" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="41954891" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="93896201" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="41954891" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="93896201" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="41954891" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="93896201" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="41954891" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="93896201" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="41954891" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="93896201" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="41954891" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60957315">
+  <w:abstractNum w:abstractNumId="52752990">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13746695">
+    <w:lvl w:ilvl="0" w:tplc="54227823">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9606,55 +9606,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="60957315">
-    <w:abstractNumId w:val="60957315"/>
+  <w:num w:numId="52752990">
+    <w:abstractNumId w:val="52752990"/>
   </w:num>
-  <w:num w:numId="60957316">
-    <w:abstractNumId w:val="60957316"/>
+  <w:num w:numId="52752991">
+    <w:abstractNumId w:val="52752991"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21204,51 +21204,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId969311799" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId333053245" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId947068fee91c0120e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/datasheet" TargetMode="External"/><Relationship Id="rId895368fee91c014ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/" TargetMode="External"/><Relationship Id="rId578068fee91c0150f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/categorization" TargetMode="External"/><Relationship Id="rId668468fee91c0342e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF00037907" TargetMode="External"/><Relationship Id="rId451368fee91c03502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-41" TargetMode="External"/><Relationship Id="rId306268fee91c0378b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02507-07" TargetMode="External"/><Relationship Id="rId947368fee91c039a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-1185" TargetMode="External"/><Relationship Id="rId237968fee91c03b1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000403" TargetMode="External"/><Relationship Id="rId978468fee91c03c4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-70-675" TargetMode="External"/><Relationship Id="rId630468fee91c03f1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/jb.74.2.137-140.1957" TargetMode="External"/><Relationship Id="rId296568fee91c03feb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-017-3329-3" TargetMode="External"/><Relationship Id="rId168568fee91c040e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9164-2" TargetMode="External"/><Relationship Id="rId345468fee91c041c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01098-10" TargetMode="External"/><Relationship Id="rId235468fee91c0433d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0325-RE" TargetMode="External"/><Relationship Id="rId126768fee91c043b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-10-0095" TargetMode="External"/><Relationship Id="rId500668fee91c04591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870110044030" TargetMode="External"/><Relationship Id="rId423068fee91c047ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0558" TargetMode="External"/><Relationship Id="rId311568fee91c04a77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.4.2008-2015.2005" TargetMode="External"/><Relationship Id="rId338168fee91c04b00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF" TargetMode="External"/><Relationship Id="rId413668fee91c04b77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf" TargetMode="External"/><Relationship Id="rId338268fee91c04d24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-006-4600-5" TargetMode="External"/><Relationship Id="rId242668fee91c0527e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-70-285" TargetMode="External"/><Relationship Id="rId162168fee91c053b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0952" TargetMode="External"/><Relationship Id="rId757868fee91c05520" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId429668fee91c05611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2135/cropsci2009.03.0163" TargetMode="External"/><Relationship Id="rId603468fee91c0591c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId571068fee91c05d0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId544868fee91c05eaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02771.x" TargetMode="External"/><Relationship Id="rId424768fee91c0268e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId424768fee91c0268e.jpg"/><Relationship Id="rId502168fee91c06067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId502168fee91c06067.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId933763283" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId364008857" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9966691d4f113a39c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/datasheet" TargetMode="External"/><Relationship Id="rId4009691d4f113a609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/" TargetMode="External"/><Relationship Id="rId2834691d4f113a66b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/categorization" TargetMode="External"/><Relationship Id="rId1919691d4f113c8de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF00037907" TargetMode="External"/><Relationship Id="rId6044691d4f113c95e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-41" TargetMode="External"/><Relationship Id="rId7691691d4f113ca4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02507-07" TargetMode="External"/><Relationship Id="rId1381691d4f113cbd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-1185" TargetMode="External"/><Relationship Id="rId6647691d4f113cc75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000403" TargetMode="External"/><Relationship Id="rId4910691d4f113cd61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-70-675" TargetMode="External"/><Relationship Id="rId4718691d4f113cf89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/jb.74.2.137-140.1957" TargetMode="External"/><Relationship Id="rId1110691d4f113d040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-017-3329-3" TargetMode="External"/><Relationship Id="rId5326691d4f113d0ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9164-2" TargetMode="External"/><Relationship Id="rId3899691d4f113d160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01098-10" TargetMode="External"/><Relationship Id="rId4498691d4f113d2a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0325-RE" TargetMode="External"/><Relationship Id="rId3169691d4f113d314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-10-0095" TargetMode="External"/><Relationship Id="rId7084691d4f113d4b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870110044030" TargetMode="External"/><Relationship Id="rId8661691d4f113d639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0558" TargetMode="External"/><Relationship Id="rId9459691d4f113d8a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.4.2008-2015.2005" TargetMode="External"/><Relationship Id="rId8096691d4f113d91a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF" TargetMode="External"/><Relationship Id="rId9118691d4f113d98d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf" TargetMode="External"/><Relationship Id="rId1645691d4f113db40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-006-4600-5" TargetMode="External"/><Relationship Id="rId9896691d4f113df20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-70-285" TargetMode="External"/><Relationship Id="rId8278691d4f113dfec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0952" TargetMode="External"/><Relationship Id="rId3599691d4f113e116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId3690691d4f113e1f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2135/cropsci2009.03.0163" TargetMode="External"/><Relationship Id="rId8856691d4f113e402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId5661691d4f113e7a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5804691d4f113e93b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02771.x" TargetMode="External"/><Relationship Id="rId5575691d4f113bb6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5575691d4f113bb6a.jpg"/><Relationship Id="rId5191691d4f113e99b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5191691d4f113e99b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>