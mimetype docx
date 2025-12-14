--- v2 (2025-11-19)
+++ v3 (2025-12-14)
@@ -80,51 +80,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Last updated: 2023-02-08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">This datasheet covers the two bacterial species and pathovars that are associated with the common bacterial blight of bean: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9966691d4f113a39c" w:history="1">
+      <w:hyperlink r:id="rId6327693edc66c5d2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Xanthomonas phaseoli</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> pv. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> (Burkholder) Starr &amp; Burkholder</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial blight of bean, bacterial leaf pustule of bean, common blight of bean, fuscous blight of bean</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4009691d4f113a609" w:history="1">
+            <w:hyperlink r:id="rId3510693edc66c5faa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -478,51 +478,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2834691d4f113a66b" w:history="1">
+            <w:hyperlink r:id="rId5388693edc66c600d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1594,63 +1594,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">or both.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="67575880" name="name9829691d4f113bb6c" descr="XANTFF_distribution_map.jpg"/>
+            <wp:docPr id="64659405" name="name6882693edc66c7900" descr="XANTFF_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTFF_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5575691d4f113bb6a" cstate="print"/>
+                    <a:blip r:embed="rId1460693edc66c78fe" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3429,51 +3429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1–2), 143–152. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1919691d4f113c8de" w:history="1">
+      <w:hyperlink r:id="rId4303693edc66c86e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF00037907</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3499,51 +3499,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1–9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6044691d4f113c95e" w:history="1">
+      <w:hyperlink r:id="rId3956693edc66c875c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/2193-1801-2-41</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3649,51 +3649,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3295–3301. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7691691d4f113ca4f" w:history="1">
+      <w:hyperlink r:id="rId5940693edc66c884b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.02507-07</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3897,51 +3897,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1185–1192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1381691d4f113cbd4" w:history="1">
+      <w:hyperlink r:id="rId9118693edc66c89d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-1185</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3998,51 +3998,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology &amp; Microbiology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6647691d4f113cc75" w:history="1">
+      <w:hyperlink r:id="rId6173693edc66c8a75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4172/2157-7471.1000403</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4144,51 +4144,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 675–679. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4910691d4f113cd61" w:history="1">
+      <w:hyperlink r:id="rId7094693edc66c8b60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-70-675</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4488,51 +4488,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 137–140. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4718691d4f113cf89" w:history="1">
+      <w:hyperlink r:id="rId5124693edc66c8d82" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/jb.74.2.137-140.1957</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4600,51 +4600,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">422</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1–2), 115–128. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1110691d4f113d040" w:history="1">
+      <w:hyperlink r:id="rId5673693edc66c8e37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11104-017-3329-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4710,51 +4710,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">119</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 203–215. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5326691d4f113d0ee" w:history="1">
+      <w:hyperlink r:id="rId4729693edc66c8ee6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9164-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4780,51 +4780,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), 6787–6796. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3899691d4f113d160" w:history="1">
+      <w:hyperlink r:id="rId3043693edc66c8f62" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.01098-10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4988,51 +4988,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 198–203. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4498691d4f113d2a5" w:history="1">
+      <w:hyperlink r:id="rId9160693edc66c90af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-19-0325-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5058,51 +5058,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 425–435. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3169691d4f113d314" w:history="1">
+      <w:hyperlink r:id="rId3489693edc66c9122" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-03-10-0095</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5324,51 +5324,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 221–225. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7084691d4f113d4b6" w:history="1">
+      <w:hyperlink r:id="rId4505693edc66c92dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/09670870110044030</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5572,51 +5572,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 558–564. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8661691d4f113d639" w:history="1">
+      <w:hyperlink r:id="rId8486693edc66c9468" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0558</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5956,51 +5956,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 2008–2015. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9459691d4f113d8a6" w:history="1">
+      <w:hyperlink r:id="rId7092693edc66c96cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.71.4.2008-2015.2005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6026,51 +6026,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1057–1063. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8096691d4f113d91a" w:history="1">
+      <w:hyperlink r:id="rId8629693edc66c973e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6096,51 +6096,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1459–1474. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9118691d4f113d98d" w:history="1">
+      <w:hyperlink r:id="rId6534693edc66c97b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6362,51 +6362,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">147</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1–2), 105–131. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1645691d4f113db40" w:history="1">
+      <w:hyperlink r:id="rId4817693edc66c995d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10681-006-4600-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6978,51 +6978,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 285. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9896691d4f113df20" w:history="1">
+      <w:hyperlink r:id="rId9650693edc66c9d53" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-70-285</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7108,51 +7108,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 952. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8278691d4f113dfec" w:history="1">
+      <w:hyperlink r:id="rId3463693edc66c9e20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-75-0952</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7298,51 +7298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 494–518. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3599691d4f113e116" w:history="1">
+      <w:hyperlink r:id="rId2464693edc66c9f4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2005.03.017</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7406,51 +7406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 2199–2223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3690691d4f113e1f8" w:history="1">
+      <w:hyperlink r:id="rId6831693edc66c9ffd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2135/cropsci2009.03.0163</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7730,51 +7730,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472–489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8856691d4f113e402" w:history="1">
+      <w:hyperlink r:id="rId8639693edc66ca1fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8297,51 +8297,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas citri pv. fuscans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5661691d4f113e7a5" w:history="1">
+      <w:hyperlink r:id="rId3661693edc66ca5d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8543,90 +8543,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 58-61. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5804691d4f113e93b" w:history="1">
+      <w:hyperlink r:id="rId7684693edc66ca757" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02771.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="94609325" name="name6797691d4f113e99c" descr="eu_funding_250.png"/>
+            <wp:docPr id="73943786" name="name8927693edc66ca7f7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5191691d4f113e99b" cstate="print"/>
+                    <a:blip r:embed="rId6438693edc66ca7f6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8724,137 +8724,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="52752991">
+  <w:abstractNum w:abstractNumId="20924123">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41954891">
+    <w:lvl w:ilvl="0" w:tplc="90794797">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="41954891" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="90794797" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="41954891" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="90794797" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="41954891" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="90794797" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="41954891" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="90794797" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="41954891" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="90794797" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="41954891" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="90794797" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="41954891" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="90794797" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="41954891" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="90794797" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="52752990">
+  <w:abstractNum w:abstractNumId="20924122">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54227823">
+    <w:lvl w:ilvl="0" w:tplc="62232990">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9606,55 +9606,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="52752990">
-    <w:abstractNumId w:val="52752990"/>
+  <w:num w:numId="20924122">
+    <w:abstractNumId w:val="20924122"/>
   </w:num>
-  <w:num w:numId="52752991">
-    <w:abstractNumId w:val="52752991"/>
+  <w:num w:numId="20924123">
+    <w:abstractNumId w:val="20924123"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21204,51 +21204,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId933763283" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId364008857" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9966691d4f113a39c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/datasheet" TargetMode="External"/><Relationship Id="rId4009691d4f113a609" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/" TargetMode="External"/><Relationship Id="rId2834691d4f113a66b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/categorization" TargetMode="External"/><Relationship Id="rId1919691d4f113c8de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF00037907" TargetMode="External"/><Relationship Id="rId6044691d4f113c95e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-41" TargetMode="External"/><Relationship Id="rId7691691d4f113ca4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02507-07" TargetMode="External"/><Relationship Id="rId1381691d4f113cbd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-1185" TargetMode="External"/><Relationship Id="rId6647691d4f113cc75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000403" TargetMode="External"/><Relationship Id="rId4910691d4f113cd61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-70-675" TargetMode="External"/><Relationship Id="rId4718691d4f113cf89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/jb.74.2.137-140.1957" TargetMode="External"/><Relationship Id="rId1110691d4f113d040" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-017-3329-3" TargetMode="External"/><Relationship Id="rId5326691d4f113d0ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9164-2" TargetMode="External"/><Relationship Id="rId3899691d4f113d160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01098-10" TargetMode="External"/><Relationship Id="rId4498691d4f113d2a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0325-RE" TargetMode="External"/><Relationship Id="rId3169691d4f113d314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-10-0095" TargetMode="External"/><Relationship Id="rId7084691d4f113d4b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870110044030" TargetMode="External"/><Relationship Id="rId8661691d4f113d639" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0558" TargetMode="External"/><Relationship Id="rId9459691d4f113d8a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.4.2008-2015.2005" TargetMode="External"/><Relationship Id="rId8096691d4f113d91a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF" TargetMode="External"/><Relationship Id="rId9118691d4f113d98d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf" TargetMode="External"/><Relationship Id="rId1645691d4f113db40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-006-4600-5" TargetMode="External"/><Relationship Id="rId9896691d4f113df20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-70-285" TargetMode="External"/><Relationship Id="rId8278691d4f113dfec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0952" TargetMode="External"/><Relationship Id="rId3599691d4f113e116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId3690691d4f113e1f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2135/cropsci2009.03.0163" TargetMode="External"/><Relationship Id="rId8856691d4f113e402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId5661691d4f113e7a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5804691d4f113e93b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02771.x" TargetMode="External"/><Relationship Id="rId5575691d4f113bb6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5575691d4f113bb6a.jpg"/><Relationship Id="rId5191691d4f113e99b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5191691d4f113e99b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId537816536" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId151983247" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6327693edc66c5d2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/datasheet" TargetMode="External"/><Relationship Id="rId3510693edc66c5faa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/" TargetMode="External"/><Relationship Id="rId5388693edc66c600d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/categorization" TargetMode="External"/><Relationship Id="rId4303693edc66c86e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF00037907" TargetMode="External"/><Relationship Id="rId3956693edc66c875c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-41" TargetMode="External"/><Relationship Id="rId5940693edc66c884b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02507-07" TargetMode="External"/><Relationship Id="rId9118693edc66c89d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-1185" TargetMode="External"/><Relationship Id="rId6173693edc66c8a75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000403" TargetMode="External"/><Relationship Id="rId7094693edc66c8b60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-70-675" TargetMode="External"/><Relationship Id="rId5124693edc66c8d82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/jb.74.2.137-140.1957" TargetMode="External"/><Relationship Id="rId5673693edc66c8e37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-017-3329-3" TargetMode="External"/><Relationship Id="rId4729693edc66c8ee6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9164-2" TargetMode="External"/><Relationship Id="rId3043693edc66c8f62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01098-10" TargetMode="External"/><Relationship Id="rId9160693edc66c90af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0325-RE" TargetMode="External"/><Relationship Id="rId3489693edc66c9122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-10-0095" TargetMode="External"/><Relationship Id="rId4505693edc66c92dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870110044030" TargetMode="External"/><Relationship Id="rId8486693edc66c9468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0558" TargetMode="External"/><Relationship Id="rId7092693edc66c96cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.4.2008-2015.2005" TargetMode="External"/><Relationship Id="rId8629693edc66c973e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF" TargetMode="External"/><Relationship Id="rId6534693edc66c97b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf" TargetMode="External"/><Relationship Id="rId4817693edc66c995d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-006-4600-5" TargetMode="External"/><Relationship Id="rId9650693edc66c9d53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-70-285" TargetMode="External"/><Relationship Id="rId3463693edc66c9e20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0952" TargetMode="External"/><Relationship Id="rId2464693edc66c9f4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId6831693edc66c9ffd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2135/cropsci2009.03.0163" TargetMode="External"/><Relationship Id="rId8639693edc66ca1fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId3661693edc66ca5d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7684693edc66ca757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02771.x" TargetMode="External"/><Relationship Id="rId1460693edc66c78fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1460693edc66c78fe.jpg"/><Relationship Id="rId6438693edc66ca7f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6438693edc66ca7f6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>