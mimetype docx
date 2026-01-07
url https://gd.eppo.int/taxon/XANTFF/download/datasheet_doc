--- v3 (2025-12-14)
+++ v4 (2026-01-07)
@@ -80,51 +80,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Last updated: 2023-02-08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">This datasheet covers the two bacterial species and pathovars that are associated with the common bacterial blight of bean: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6327693edc66c5d2c" w:history="1">
+      <w:hyperlink r:id="rId8504695df1b6e678c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Xanthomonas phaseoli</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> pv. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> (Burkholder) Starr &amp; Burkholder</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial blight of bean, bacterial leaf pustule of bean, common blight of bean, fuscous blight of bean</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3510693edc66c5faa" w:history="1">
+            <w:hyperlink r:id="rId7874695df1b6e6a23" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -478,51 +478,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5388693edc66c600d" w:history="1">
+            <w:hyperlink r:id="rId3982695df1b6e6a87" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -1594,63 +1594,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">or both.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="64659405" name="name6882693edc66c7900" descr="XANTFF_distribution_map.jpg"/>
+            <wp:docPr id="49787353" name="name4189695df1b6e81c9" descr="XANTFF_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTFF_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1460693edc66c78fe" cstate="print"/>
+                    <a:blip r:embed="rId8468695df1b6e81c6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3429,51 +3429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1–2), 143–152. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4303693edc66c86e5" w:history="1">
+      <w:hyperlink r:id="rId9011695df1b6e8fea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF00037907</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3499,51 +3499,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1–9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3956693edc66c875c" w:history="1">
+      <w:hyperlink r:id="rId6199695df1b6e9061" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/2193-1801-2-41</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3649,51 +3649,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3295–3301. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5940693edc66c884b" w:history="1">
+      <w:hyperlink r:id="rId7424695df1b6e914e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.02507-07</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3897,51 +3897,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1185–1192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9118693edc66c89d3" w:history="1">
+      <w:hyperlink r:id="rId9558695df1b6e92da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-1185</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3998,51 +3998,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology &amp; Microbiology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6173693edc66c8a75" w:history="1">
+      <w:hyperlink r:id="rId1200695df1b6e937f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4172/2157-7471.1000403</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4144,51 +4144,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 675–679. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7094693edc66c8b60" w:history="1">
+      <w:hyperlink r:id="rId9971695df1b6e946c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-70-675</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4488,51 +4488,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 137–140. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5124693edc66c8d82" w:history="1">
+      <w:hyperlink r:id="rId8363695df1b6e969e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/jb.74.2.137-140.1957</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4600,51 +4600,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">422</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1–2), 115–128. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5673693edc66c8e37" w:history="1">
+      <w:hyperlink r:id="rId6121695df1b6e975d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11104-017-3329-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4710,51 +4710,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">119</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 203–215. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4729693edc66c8ee6" w:history="1">
+      <w:hyperlink r:id="rId4489695df1b6e9819" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9164-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4780,51 +4780,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), 6787–6796. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3043693edc66c8f62" w:history="1">
+      <w:hyperlink r:id="rId7918695df1b6e988d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.01098-10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4988,51 +4988,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 198–203. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9160693edc66c90af" w:history="1">
+      <w:hyperlink r:id="rId7697695df1b6e99d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-19-0325-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5058,51 +5058,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 425–435. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3489693edc66c9122" w:history="1">
+      <w:hyperlink r:id="rId2083695df1b6e9a47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-03-10-0095</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5324,51 +5324,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 221–225. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4505693edc66c92dd" w:history="1">
+      <w:hyperlink r:id="rId4135695df1b6e9be8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/09670870110044030</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5572,51 +5572,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 558–564. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8486693edc66c9468" w:history="1">
+      <w:hyperlink r:id="rId3233695df1b6e9d6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0558</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5956,51 +5956,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 2008–2015. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7092693edc66c96cd" w:history="1">
+      <w:hyperlink r:id="rId2287695df1b6e9fc6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.71.4.2008-2015.2005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6026,51 +6026,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1057–1063. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8629693edc66c973e" w:history="1">
+      <w:hyperlink r:id="rId4987695df1b6ea036" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6096,51 +6096,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1459–1474. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6534693edc66c97b2" w:history="1">
+      <w:hyperlink r:id="rId6654695df1b6ea0a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6362,51 +6362,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">147</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1–2), 105–131. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4817693edc66c995d" w:history="1">
+      <w:hyperlink r:id="rId8107695df1b6ea24a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10681-006-4600-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6978,51 +6978,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 285. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9650693edc66c9d53" w:history="1">
+      <w:hyperlink r:id="rId1926695df1b6ea64f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-70-285</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7108,51 +7108,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 952. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3463693edc66c9e20" w:history="1">
+      <w:hyperlink r:id="rId7234695df1b6ea71b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-75-0952</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7298,51 +7298,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 494–518. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2464693edc66c9f4d" w:history="1">
+      <w:hyperlink r:id="rId1137695df1b6ea845" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2005.03.017</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7406,51 +7406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 2199–2223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6831693edc66c9ffd" w:history="1">
+      <w:hyperlink r:id="rId4696695df1b6ea8f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2135/cropsci2009.03.0163</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7730,51 +7730,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472–489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8639693edc66ca1fe" w:history="1">
+      <w:hyperlink r:id="rId5924695df1b6eab4c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8275,73 +8275,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas citri pv. fuscans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3661693edc66ca5d1" w:history="1">
+      <w:hyperlink r:id="rId8753695df1b6eaedc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8543,90 +8543,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 58-61. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7684693edc66ca757" w:history="1">
+      <w:hyperlink r:id="rId2442695df1b6eb06c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02771.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="73943786" name="name8927693edc66ca7f7" descr="eu_funding_250.png"/>
+            <wp:docPr id="14112934" name="name1515695df1b6eb412" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6438693edc66ca7f6" cstate="print"/>
+                    <a:blip r:embed="rId9854695df1b6eb410" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8724,137 +8724,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="20924123">
+  <w:abstractNum w:abstractNumId="16376904">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90794797">
+    <w:lvl w:ilvl="0" w:tplc="79682436">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="90794797" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79682436" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="90794797" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="79682436" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="90794797" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79682436" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="90794797" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79682436" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="90794797" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79682436" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="90794797" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="79682436" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="90794797" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79682436" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="90794797" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79682436" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20924122">
+  <w:abstractNum w:abstractNumId="16376903">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62232990">
+    <w:lvl w:ilvl="0" w:tplc="64991411">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9606,55 +9606,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="20924122">
-    <w:abstractNumId w:val="20924122"/>
+  <w:num w:numId="16376903">
+    <w:abstractNumId w:val="16376903"/>
   </w:num>
-  <w:num w:numId="20924123">
-    <w:abstractNumId w:val="20924123"/>
+  <w:num w:numId="16376904">
+    <w:abstractNumId w:val="16376904"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21204,51 +21204,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId537816536" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId151983247" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6327693edc66c5d2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/datasheet" TargetMode="External"/><Relationship Id="rId3510693edc66c5faa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/" TargetMode="External"/><Relationship Id="rId5388693edc66c600d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/categorization" TargetMode="External"/><Relationship Id="rId4303693edc66c86e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF00037907" TargetMode="External"/><Relationship Id="rId3956693edc66c875c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-41" TargetMode="External"/><Relationship Id="rId5940693edc66c884b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02507-07" TargetMode="External"/><Relationship Id="rId9118693edc66c89d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-1185" TargetMode="External"/><Relationship Id="rId6173693edc66c8a75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000403" TargetMode="External"/><Relationship Id="rId7094693edc66c8b60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-70-675" TargetMode="External"/><Relationship Id="rId5124693edc66c8d82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/jb.74.2.137-140.1957" TargetMode="External"/><Relationship Id="rId5673693edc66c8e37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-017-3329-3" TargetMode="External"/><Relationship Id="rId4729693edc66c8ee6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9164-2" TargetMode="External"/><Relationship Id="rId3043693edc66c8f62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01098-10" TargetMode="External"/><Relationship Id="rId9160693edc66c90af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0325-RE" TargetMode="External"/><Relationship Id="rId3489693edc66c9122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-10-0095" TargetMode="External"/><Relationship Id="rId4505693edc66c92dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870110044030" TargetMode="External"/><Relationship Id="rId8486693edc66c9468" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0558" TargetMode="External"/><Relationship Id="rId7092693edc66c96cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.4.2008-2015.2005" TargetMode="External"/><Relationship Id="rId8629693edc66c973e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF" TargetMode="External"/><Relationship Id="rId6534693edc66c97b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf" TargetMode="External"/><Relationship Id="rId4817693edc66c995d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-006-4600-5" TargetMode="External"/><Relationship Id="rId9650693edc66c9d53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-70-285" TargetMode="External"/><Relationship Id="rId3463693edc66c9e20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0952" TargetMode="External"/><Relationship Id="rId2464693edc66c9f4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId6831693edc66c9ffd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2135/cropsci2009.03.0163" TargetMode="External"/><Relationship Id="rId8639693edc66ca1fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId3661693edc66ca5d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7684693edc66ca757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02771.x" TargetMode="External"/><Relationship Id="rId1460693edc66c78fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1460693edc66c78fe.jpg"/><Relationship Id="rId6438693edc66ca7f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6438693edc66ca7f6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId395066822" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId666875838" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8504695df1b6e678c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/datasheet" TargetMode="External"/><Relationship Id="rId7874695df1b6e6a23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/" TargetMode="External"/><Relationship Id="rId3982695df1b6e6a87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/categorization" TargetMode="External"/><Relationship Id="rId9011695df1b6e8fea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF00037907" TargetMode="External"/><Relationship Id="rId6199695df1b6e9061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-41" TargetMode="External"/><Relationship Id="rId7424695df1b6e914e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02507-07" TargetMode="External"/><Relationship Id="rId9558695df1b6e92da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-1185" TargetMode="External"/><Relationship Id="rId1200695df1b6e937f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000403" TargetMode="External"/><Relationship Id="rId9971695df1b6e946c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-70-675" TargetMode="External"/><Relationship Id="rId8363695df1b6e969e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/jb.74.2.137-140.1957" TargetMode="External"/><Relationship Id="rId6121695df1b6e975d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-017-3329-3" TargetMode="External"/><Relationship Id="rId4489695df1b6e9819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9164-2" TargetMode="External"/><Relationship Id="rId7918695df1b6e988d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01098-10" TargetMode="External"/><Relationship Id="rId7697695df1b6e99d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0325-RE" TargetMode="External"/><Relationship Id="rId2083695df1b6e9a47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-10-0095" TargetMode="External"/><Relationship Id="rId4135695df1b6e9be8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870110044030" TargetMode="External"/><Relationship Id="rId3233695df1b6e9d6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0558" TargetMode="External"/><Relationship Id="rId2287695df1b6e9fc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.4.2008-2015.2005" TargetMode="External"/><Relationship Id="rId4987695df1b6ea036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF" TargetMode="External"/><Relationship Id="rId6654695df1b6ea0a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf" TargetMode="External"/><Relationship Id="rId8107695df1b6ea24a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-006-4600-5" TargetMode="External"/><Relationship Id="rId1926695df1b6ea64f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-70-285" TargetMode="External"/><Relationship Id="rId7234695df1b6ea71b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0952" TargetMode="External"/><Relationship Id="rId1137695df1b6ea845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId4696695df1b6ea8f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2135/cropsci2009.03.0163" TargetMode="External"/><Relationship Id="rId5924695df1b6eab4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId8753695df1b6eaedc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2442695df1b6eb06c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02771.x" TargetMode="External"/><Relationship Id="rId8468695df1b6e81c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8468695df1b6e81c6.jpg"/><Relationship Id="rId9854695df1b6eb410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9854695df1b6eb410.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>