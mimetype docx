--- v4 (2026-01-07)
+++ v5 (2026-02-15)
@@ -80,51 +80,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Last updated: 2023-02-08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">This datasheet covers the two bacterial species and pathovars that are associated with the common bacterial blight of bean: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8504695df1b6e678c" w:history="1">
+      <w:hyperlink r:id="rId465069918994d1252" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Xanthomonas phaseoli</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> pv. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> (Burkholder) Starr &amp; Burkholder</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial blight of bean, bacterial leaf pustule of bean, common blight of bean, fuscous blight of bean</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7874695df1b6e6a23" w:history="1">
+            <w:hyperlink r:id="rId440469918994d1506" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -476,102 +476,160 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3982695df1b6e6a87" w:history="1">
+            <w:hyperlink r:id="rId537169918994d156a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTFF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
+          <w:p>
+            <w:r>
+              <w:rPr>
+                <w:position w:val="-96"/>
+              </w:rPr>
+              <w:drawing>
+                <wp:inline distT="0" distB="0" distL="0" distR="0">
+                  <wp:extent cx="2160000" cy="1281600"/>
+                  <wp:docPr id="63906236" name="name335869918994d1d0e" descr="19726.jpg"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="0" name="19726.jpg"/>
+                          <pic:cNvPicPr/>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId244969918994d1d0c" cstate="print"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="2160000" cy="1281600"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln w="0">
+                            <a:noFill/>
+                          </a:ln>
+                        </pic:spPr>
+                      </pic:pic>
+                    </a:graphicData>
+                  </a:graphic>
+                </wp:inline>
+              </w:drawing>
+            </w:r>
+            <w:hyperlink r:id="rId193169918994d1e53" w:history="1">
+              <w:r>
+                <w:rPr>
+                  <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+                  <w:color w:val="0000CC"/>
+                  <w:position w:val="-3"/>
+                  <w:sz w:val="22"/>
+                  <w:szCs w:val="22"/>
+                  <w:u w:val="single"/>
+                </w:rPr>
+                <w:br/>
+                <w:t xml:space="preserve">more photos...</w:t>
+              </w:r>
+            </w:hyperlink>
+          </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Notes on taxonomy and nomenclature</w:t>
       </w:r>
     </w:p>
@@ -1594,63 +1652,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">or both.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="49787353" name="name4189695df1b6e81c9" descr="XANTFF_distribution_map.jpg"/>
+            <wp:docPr id="565276" name="name711969918994d3537" descr="XANTFF_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTFF_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8468695df1b6e81c6" cstate="print"/>
+                    <a:blip r:embed="rId446569918994d3534" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3429,51 +3487,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1–2), 143–152. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9011695df1b6e8fea" w:history="1">
+      <w:hyperlink r:id="rId328869918994d42cd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF00037907</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3499,51 +3557,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1–9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6199695df1b6e9061" w:history="1">
+      <w:hyperlink r:id="rId630369918994d4344" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/2193-1801-2-41</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3649,51 +3707,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3295–3301. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7424695df1b6e914e" w:history="1">
+      <w:hyperlink r:id="rId772969918994d4433" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.02507-07</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3897,51 +3955,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1185–1192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9558695df1b6e92da" w:history="1">
+      <w:hyperlink r:id="rId418869918994d45ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-1185</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3998,51 +4056,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology &amp; Microbiology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1200695df1b6e937f" w:history="1">
+      <w:hyperlink r:id="rId447269918994d465c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4172/2157-7471.1000403</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4144,51 +4202,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 675–679. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9971695df1b6e946c" w:history="1">
+      <w:hyperlink r:id="rId413569918994d4747" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-70-675</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4488,51 +4546,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 137–140. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8363695df1b6e969e" w:history="1">
+      <w:hyperlink r:id="rId960169918994d4962" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/jb.74.2.137-140.1957</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4600,51 +4658,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">422</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1–2), 115–128. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6121695df1b6e975d" w:history="1">
+      <w:hyperlink r:id="rId239369918994d4a15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11104-017-3329-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4710,51 +4768,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">119</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 203–215. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4489695df1b6e9819" w:history="1">
+      <w:hyperlink r:id="rId761669918994d4ac3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9164-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4780,51 +4838,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), 6787–6796. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7918695df1b6e988d" w:history="1">
+      <w:hyperlink r:id="rId244369918994d4b34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.01098-10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4988,51 +5046,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 198–203. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7697695df1b6e99d6" w:history="1">
+      <w:hyperlink r:id="rId631869918994d4c8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-19-0325-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5058,51 +5116,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 425–435. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2083695df1b6e9a47" w:history="1">
+      <w:hyperlink r:id="rId231869918994d4cfe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-03-10-0095</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5324,51 +5382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 221–225. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4135695df1b6e9be8" w:history="1">
+      <w:hyperlink r:id="rId941069918994d4ebc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/09670870110044030</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5572,51 +5630,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 558–564. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3233695df1b6e9d6a" w:history="1">
+      <w:hyperlink r:id="rId108369918994d5043" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0558</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5956,51 +6014,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 2008–2015. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2287695df1b6e9fc6" w:history="1">
+      <w:hyperlink r:id="rId439769918994d52a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.71.4.2008-2015.2005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6026,51 +6084,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1057–1063. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4987695df1b6ea036" w:history="1">
+      <w:hyperlink r:id="rId972969918994d5313" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6096,51 +6154,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1459–1474. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6654695df1b6ea0a6" w:history="1">
+      <w:hyperlink r:id="rId327969918994d5385" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6362,51 +6420,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">147</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1–2), 105–131. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8107695df1b6ea24a" w:history="1">
+      <w:hyperlink r:id="rId120369918994d5529" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10681-006-4600-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6978,51 +7036,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 285. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1926695df1b6ea64f" w:history="1">
+      <w:hyperlink r:id="rId333269918994d590b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-70-285</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7108,51 +7166,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 952. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7234695df1b6ea71b" w:history="1">
+      <w:hyperlink r:id="rId210169918994d59d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-75-0952</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7298,51 +7356,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 494–518. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1137695df1b6ea845" w:history="1">
+      <w:hyperlink r:id="rId987969918994d5b01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2005.03.017</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7406,51 +7464,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 2199–2223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4696695df1b6ea8f5" w:history="1">
+      <w:hyperlink r:id="rId656469918994d5baf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2135/cropsci2009.03.0163</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7730,51 +7788,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472–489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5924695df1b6eab4c" w:history="1">
+      <w:hyperlink r:id="rId695669918994d5dc4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8297,51 +8355,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas citri pv. fuscans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8753695df1b6eaedc" w:history="1">
+      <w:hyperlink r:id="rId114769918994d6158" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8543,90 +8601,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 58-61. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2442695df1b6eb06c" w:history="1">
+      <w:hyperlink r:id="rId417369918994d62e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02771.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="14112934" name="name1515695df1b6eb412" descr="eu_funding_250.png"/>
+            <wp:docPr id="4825256" name="name985969918994d6682" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9854695df1b6eb410" cstate="print"/>
+                    <a:blip r:embed="rId636869918994d6680" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8724,137 +8782,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="16376904">
+  <w:abstractNum w:abstractNumId="69435211">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79682436">
+    <w:lvl w:ilvl="0" w:tplc="73711583">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="79682436" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="73711583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79682436" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="73711583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79682436" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="73711583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79682436" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="73711583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79682436" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="73711583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79682436" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="73711583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="79682436" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="73711583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="79682436" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="73711583" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16376903">
+  <w:abstractNum w:abstractNumId="69435210">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64991411">
+    <w:lvl w:ilvl="0" w:tplc="78691896">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9606,55 +9664,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16376903">
-    <w:abstractNumId w:val="16376903"/>
+  <w:num w:numId="69435210">
+    <w:abstractNumId w:val="69435210"/>
   </w:num>
-  <w:num w:numId="16376904">
-    <w:abstractNumId w:val="16376904"/>
+  <w:num w:numId="69435211">
+    <w:abstractNumId w:val="69435211"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21204,51 +21262,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId395066822" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId666875838" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8504695df1b6e678c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/datasheet" TargetMode="External"/><Relationship Id="rId7874695df1b6e6a23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/" TargetMode="External"/><Relationship Id="rId3982695df1b6e6a87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/categorization" TargetMode="External"/><Relationship Id="rId9011695df1b6e8fea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF00037907" TargetMode="External"/><Relationship Id="rId6199695df1b6e9061" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-41" TargetMode="External"/><Relationship Id="rId7424695df1b6e914e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02507-07" TargetMode="External"/><Relationship Id="rId9558695df1b6e92da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-1185" TargetMode="External"/><Relationship Id="rId1200695df1b6e937f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000403" TargetMode="External"/><Relationship Id="rId9971695df1b6e946c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-70-675" TargetMode="External"/><Relationship Id="rId8363695df1b6e969e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/jb.74.2.137-140.1957" TargetMode="External"/><Relationship Id="rId6121695df1b6e975d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-017-3329-3" TargetMode="External"/><Relationship Id="rId4489695df1b6e9819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9164-2" TargetMode="External"/><Relationship Id="rId7918695df1b6e988d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01098-10" TargetMode="External"/><Relationship Id="rId7697695df1b6e99d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0325-RE" TargetMode="External"/><Relationship Id="rId2083695df1b6e9a47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-10-0095" TargetMode="External"/><Relationship Id="rId4135695df1b6e9be8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870110044030" TargetMode="External"/><Relationship Id="rId3233695df1b6e9d6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0558" TargetMode="External"/><Relationship Id="rId2287695df1b6e9fc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.4.2008-2015.2005" TargetMode="External"/><Relationship Id="rId4987695df1b6ea036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF" TargetMode="External"/><Relationship Id="rId6654695df1b6ea0a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf" TargetMode="External"/><Relationship Id="rId8107695df1b6ea24a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-006-4600-5" TargetMode="External"/><Relationship Id="rId1926695df1b6ea64f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-70-285" TargetMode="External"/><Relationship Id="rId7234695df1b6ea71b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0952" TargetMode="External"/><Relationship Id="rId1137695df1b6ea845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId4696695df1b6ea8f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2135/cropsci2009.03.0163" TargetMode="External"/><Relationship Id="rId5924695df1b6eab4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId8753695df1b6eaedc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2442695df1b6eb06c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02771.x" TargetMode="External"/><Relationship Id="rId8468695df1b6e81c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8468695df1b6e81c6.jpg"/><Relationship Id="rId9854695df1b6eb410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9854695df1b6eb410.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId984637328" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId693190645" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId465069918994d1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/datasheet" TargetMode="External"/><Relationship Id="rId440469918994d1506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/" TargetMode="External"/><Relationship Id="rId537169918994d156a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/categorization" TargetMode="External"/><Relationship Id="rId193169918994d1e53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/photos" TargetMode="External"/><Relationship Id="rId328869918994d42cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF00037907" TargetMode="External"/><Relationship Id="rId630369918994d4344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-41" TargetMode="External"/><Relationship Id="rId772969918994d4433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02507-07" TargetMode="External"/><Relationship Id="rId418869918994d45ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-1185" TargetMode="External"/><Relationship Id="rId447269918994d465c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000403" TargetMode="External"/><Relationship Id="rId413569918994d4747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-70-675" TargetMode="External"/><Relationship Id="rId960169918994d4962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/jb.74.2.137-140.1957" TargetMode="External"/><Relationship Id="rId239369918994d4a15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-017-3329-3" TargetMode="External"/><Relationship Id="rId761669918994d4ac3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9164-2" TargetMode="External"/><Relationship Id="rId244369918994d4b34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01098-10" TargetMode="External"/><Relationship Id="rId631869918994d4c8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0325-RE" TargetMode="External"/><Relationship Id="rId231869918994d4cfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-10-0095" TargetMode="External"/><Relationship Id="rId941069918994d4ebc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870110044030" TargetMode="External"/><Relationship Id="rId108369918994d5043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0558" TargetMode="External"/><Relationship Id="rId439769918994d52a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.4.2008-2015.2005" TargetMode="External"/><Relationship Id="rId972969918994d5313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF" TargetMode="External"/><Relationship Id="rId327969918994d5385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf" TargetMode="External"/><Relationship Id="rId120369918994d5529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-006-4600-5" TargetMode="External"/><Relationship Id="rId333269918994d590b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-70-285" TargetMode="External"/><Relationship Id="rId210169918994d59d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0952" TargetMode="External"/><Relationship Id="rId987969918994d5b01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId656469918994d5baf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2135/cropsci2009.03.0163" TargetMode="External"/><Relationship Id="rId695669918994d5dc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId114769918994d6158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId417369918994d62e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02771.x" TargetMode="External"/><Relationship Id="rId244969918994d1d0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId244969918994d1d0c.jpg"/><Relationship Id="rId446569918994d3534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId446569918994d3534.jpg"/><Relationship Id="rId636869918994d6680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId636869918994d6680.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>