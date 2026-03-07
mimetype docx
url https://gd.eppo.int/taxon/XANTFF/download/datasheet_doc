--- v5 (2026-02-15)
+++ v6 (2026-03-07)
@@ -80,51 +80,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Last updated: 2023-02-08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">This datasheet covers the two bacterial species and pathovars that are associated with the common bacterial blight of bean: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId465069918994d1252" w:history="1">
+      <w:hyperlink r:id="rId640869ac122ec43a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Xanthomonas phaseoli</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> pv. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> (Burkholder) Starr &amp; Burkholder</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial blight of bean, bacterial leaf pustule of bean, common blight of bean, fuscous blight of bean</w:t>
             </w:r>
-            <w:hyperlink r:id="rId440469918994d1506" w:history="1">
+            <w:hyperlink r:id="rId944169ac122ec462e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -478,51 +478,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId537169918994d156a" w:history="1">
+            <w:hyperlink r:id="rId508069ac122ec4692" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -536,86 +536,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTFF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="63906236" name="name335869918994d1d0e" descr="19726.jpg"/>
+                  <wp:docPr id="13628253" name="name388669ac122ec4e59" descr="19726.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="19726.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId244969918994d1d0c" cstate="print"/>
+                          <a:blip r:embed="rId598169ac122ec4e56" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId193169918994d1e53" w:history="1">
+            <w:hyperlink r:id="rId778169ac122ec4f8c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1652,63 +1652,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">or both.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="565276" name="name711969918994d3537" descr="XANTFF_distribution_map.jpg"/>
+            <wp:docPr id="89098490" name="name406069ac122ec6719" descr="XANTFF_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTFF_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId446569918994d3534" cstate="print"/>
+                    <a:blip r:embed="rId653369ac122ec6715" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3487,51 +3487,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1–2), 143–152. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId328869918994d42cd" w:history="1">
+      <w:hyperlink r:id="rId187869ac122ec7821" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF00037907</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3557,51 +3557,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1–9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId630369918994d4344" w:history="1">
+      <w:hyperlink r:id="rId875369ac122ec789c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/2193-1801-2-41</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3707,51 +3707,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3295–3301. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId772969918994d4433" w:history="1">
+      <w:hyperlink r:id="rId320169ac122ec79ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.02507-07</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3955,51 +3955,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1185–1192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId418869918994d45ba" w:history="1">
+      <w:hyperlink r:id="rId607269ac122ec7b3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-1185</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4056,51 +4056,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology &amp; Microbiology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId447269918994d465c" w:history="1">
+      <w:hyperlink r:id="rId338869ac122ec7beb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4172/2157-7471.1000403</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4202,51 +4202,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 675–679. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId413569918994d4747" w:history="1">
+      <w:hyperlink r:id="rId268369ac122ec7cd9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-70-675</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4546,51 +4546,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 137–140. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId960169918994d4962" w:history="1">
+      <w:hyperlink r:id="rId674569ac122ec7f1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/jb.74.2.137-140.1957</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4658,51 +4658,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">422</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1–2), 115–128. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId239369918994d4a15" w:history="1">
+      <w:hyperlink r:id="rId217569ac122ec8002" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11104-017-3329-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4768,51 +4768,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">119</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 203–215. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId761669918994d4ac3" w:history="1">
+      <w:hyperlink r:id="rId453269ac122ec80b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9164-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4838,51 +4838,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), 6787–6796. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId244369918994d4b34" w:history="1">
+      <w:hyperlink r:id="rId869569ac122ec8127" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.01098-10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5046,51 +5046,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 198–203. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId631869918994d4c8b" w:history="1">
+      <w:hyperlink r:id="rId843469ac122ec82ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-19-0325-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5116,51 +5116,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 425–435. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId231869918994d4cfe" w:history="1">
+      <w:hyperlink r:id="rId880069ac122ec8337" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-03-10-0095</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5382,51 +5382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 221–225. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId941069918994d4ebc" w:history="1">
+      <w:hyperlink r:id="rId668069ac122ec8534" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/09670870110044030</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5630,51 +5630,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 558–564. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId108369918994d5043" w:history="1">
+      <w:hyperlink r:id="rId102269ac122ec86c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0558</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6014,51 +6014,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 2008–2015. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId439769918994d52a3" w:history="1">
+      <w:hyperlink r:id="rId559969ac122ec894f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.71.4.2008-2015.2005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6084,51 +6084,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1057–1063. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId972969918994d5313" w:history="1">
+      <w:hyperlink r:id="rId913069ac122ec89da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6154,51 +6154,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1459–1474. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId327969918994d5385" w:history="1">
+      <w:hyperlink r:id="rId466169ac122ec8a54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6420,51 +6420,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">147</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1–2), 105–131. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId120369918994d5529" w:history="1">
+      <w:hyperlink r:id="rId368269ac122ec8d52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10681-006-4600-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7036,51 +7036,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 285. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId333269918994d590b" w:history="1">
+      <w:hyperlink r:id="rId293169ac122ec91cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-70-285</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7166,51 +7166,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 952. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId210169918994d59d7" w:history="1">
+      <w:hyperlink r:id="rId657069ac122ec92b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-75-0952</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7356,51 +7356,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 494–518. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId987969918994d5b01" w:history="1">
+      <w:hyperlink r:id="rId423969ac122ec93e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2005.03.017</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7464,51 +7464,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 2199–2223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId656469918994d5baf" w:history="1">
+      <w:hyperlink r:id="rId516269ac122ec94a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2135/cropsci2009.03.0163</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7788,51 +7788,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472–489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId695669918994d5dc4" w:history="1">
+      <w:hyperlink r:id="rId590169ac122ec96ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8355,51 +8355,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas citri pv. fuscans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId114769918994d6158" w:history="1">
+      <w:hyperlink r:id="rId967969ac122ec9d57" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8601,90 +8601,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 58-61. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId417369918994d62e1" w:history="1">
+      <w:hyperlink r:id="rId328269ac122ec9ee6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02771.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="4825256" name="name985969918994d6682" descr="eu_funding_250.png"/>
+            <wp:docPr id="74128301" name="name571769ac122eca16f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId636869918994d6680" cstate="print"/>
+                    <a:blip r:embed="rId239269ac122eca16d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8782,137 +8782,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="69435211">
+  <w:abstractNum w:abstractNumId="99243285">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73711583">
+    <w:lvl w:ilvl="0" w:tplc="34461084">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="73711583" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="34461084" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="73711583" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="34461084" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="73711583" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="34461084" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="73711583" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="34461084" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="73711583" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="34461084" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="73711583" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="34461084" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="73711583" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="34461084" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="73711583" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="34461084" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="69435210">
+  <w:abstractNum w:abstractNumId="99243284">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78691896">
+    <w:lvl w:ilvl="0" w:tplc="14893166">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9664,55 +9664,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="69435210">
-    <w:abstractNumId w:val="69435210"/>
+  <w:num w:numId="99243284">
+    <w:abstractNumId w:val="99243284"/>
   </w:num>
-  <w:num w:numId="69435211">
-    <w:abstractNumId w:val="69435211"/>
+  <w:num w:numId="99243285">
+    <w:abstractNumId w:val="99243285"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21262,51 +21262,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId984637328" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId693190645" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId465069918994d1252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/datasheet" TargetMode="External"/><Relationship Id="rId440469918994d1506" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/" TargetMode="External"/><Relationship Id="rId537169918994d156a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/categorization" TargetMode="External"/><Relationship Id="rId193169918994d1e53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/photos" TargetMode="External"/><Relationship Id="rId328869918994d42cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF00037907" TargetMode="External"/><Relationship Id="rId630369918994d4344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-41" TargetMode="External"/><Relationship Id="rId772969918994d4433" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02507-07" TargetMode="External"/><Relationship Id="rId418869918994d45ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-1185" TargetMode="External"/><Relationship Id="rId447269918994d465c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000403" TargetMode="External"/><Relationship Id="rId413569918994d4747" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-70-675" TargetMode="External"/><Relationship Id="rId960169918994d4962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/jb.74.2.137-140.1957" TargetMode="External"/><Relationship Id="rId239369918994d4a15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-017-3329-3" TargetMode="External"/><Relationship Id="rId761669918994d4ac3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9164-2" TargetMode="External"/><Relationship Id="rId244369918994d4b34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01098-10" TargetMode="External"/><Relationship Id="rId631869918994d4c8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0325-RE" TargetMode="External"/><Relationship Id="rId231869918994d4cfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-10-0095" TargetMode="External"/><Relationship Id="rId941069918994d4ebc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870110044030" TargetMode="External"/><Relationship Id="rId108369918994d5043" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0558" TargetMode="External"/><Relationship Id="rId439769918994d52a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.4.2008-2015.2005" TargetMode="External"/><Relationship Id="rId972969918994d5313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF" TargetMode="External"/><Relationship Id="rId327969918994d5385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf" TargetMode="External"/><Relationship Id="rId120369918994d5529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-006-4600-5" TargetMode="External"/><Relationship Id="rId333269918994d590b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-70-285" TargetMode="External"/><Relationship Id="rId210169918994d59d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0952" TargetMode="External"/><Relationship Id="rId987969918994d5b01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId656469918994d5baf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2135/cropsci2009.03.0163" TargetMode="External"/><Relationship Id="rId695669918994d5dc4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId114769918994d6158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId417369918994d62e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02771.x" TargetMode="External"/><Relationship Id="rId244969918994d1d0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId244969918994d1d0c.jpg"/><Relationship Id="rId446569918994d3534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId446569918994d3534.jpg"/><Relationship Id="rId636869918994d6680" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId636869918994d6680.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId747228809" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId685950049" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId640869ac122ec43a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/datasheet" TargetMode="External"/><Relationship Id="rId944169ac122ec462e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/" TargetMode="External"/><Relationship Id="rId508069ac122ec4692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/categorization" TargetMode="External"/><Relationship Id="rId778169ac122ec4f8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/photos" TargetMode="External"/><Relationship Id="rId187869ac122ec7821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF00037907" TargetMode="External"/><Relationship Id="rId875369ac122ec789c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-41" TargetMode="External"/><Relationship Id="rId320169ac122ec79ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02507-07" TargetMode="External"/><Relationship Id="rId607269ac122ec7b3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-1185" TargetMode="External"/><Relationship Id="rId338869ac122ec7beb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000403" TargetMode="External"/><Relationship Id="rId268369ac122ec7cd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-70-675" TargetMode="External"/><Relationship Id="rId674569ac122ec7f1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/jb.74.2.137-140.1957" TargetMode="External"/><Relationship Id="rId217569ac122ec8002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-017-3329-3" TargetMode="External"/><Relationship Id="rId453269ac122ec80b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9164-2" TargetMode="External"/><Relationship Id="rId869569ac122ec8127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01098-10" TargetMode="External"/><Relationship Id="rId843469ac122ec82ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0325-RE" TargetMode="External"/><Relationship Id="rId880069ac122ec8337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-10-0095" TargetMode="External"/><Relationship Id="rId668069ac122ec8534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870110044030" TargetMode="External"/><Relationship Id="rId102269ac122ec86c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0558" TargetMode="External"/><Relationship Id="rId559969ac122ec894f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.4.2008-2015.2005" TargetMode="External"/><Relationship Id="rId913069ac122ec89da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF" TargetMode="External"/><Relationship Id="rId466169ac122ec8a54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf" TargetMode="External"/><Relationship Id="rId368269ac122ec8d52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-006-4600-5" TargetMode="External"/><Relationship Id="rId293169ac122ec91cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-70-285" TargetMode="External"/><Relationship Id="rId657069ac122ec92b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0952" TargetMode="External"/><Relationship Id="rId423969ac122ec93e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId516269ac122ec94a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2135/cropsci2009.03.0163" TargetMode="External"/><Relationship Id="rId590169ac122ec96ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId967969ac122ec9d57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId328269ac122ec9ee6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02771.x" TargetMode="External"/><Relationship Id="rId598169ac122ec4e56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId598169ac122ec4e56.jpg"/><Relationship Id="rId653369ac122ec6715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId653369ac122ec6715.jpg"/><Relationship Id="rId239269ac122eca16d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId239269ac122eca16d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>