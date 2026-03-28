--- v6 (2026-03-07)
+++ v7 (2026-03-28)
@@ -80,51 +80,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Last updated: 2023-02-08</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">This datasheet covers the two bacterial species and pathovars that are associated with the common bacterial blight of bean: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId640869ac122ec43a1" w:history="1">
+      <w:hyperlink r:id="rId744969c7c7facf722" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">Xanthomonas phaseoli</w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve"> pv. </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -418,51 +418,51 @@
               <w:t xml:space="preserve"> (Burkholder) Starr &amp; Burkholder</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial blight of bean, bacterial leaf pustule of bean, common blight of bean, fuscous blight of bean</w:t>
             </w:r>
-            <w:hyperlink r:id="rId944169ac122ec462e" w:history="1">
+            <w:hyperlink r:id="rId859969c7c7facf9c8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -478,51 +478,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId508069ac122ec4692" w:history="1">
+            <w:hyperlink r:id="rId951269c7c7facfa2e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -536,86 +536,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTFF</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="13628253" name="name388669ac122ec4e59" descr="19726.jpg"/>
+                  <wp:docPr id="7615673" name="name506469c7c7facffc2" descr="19726.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="19726.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId598169ac122ec4e56" cstate="print"/>
+                          <a:blip r:embed="rId848769c7c7facffc0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId778169ac122ec4f8c" w:history="1">
+            <w:hyperlink r:id="rId138369c7c7fad00df" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1652,63 +1652,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">or both.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="89098490" name="name406069ac122ec6719" descr="XANTFF_distribution_map.jpg"/>
+            <wp:docPr id="72271135" name="name554069c7c7fad14e6" descr="XANTFF_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTFF_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId653369ac122ec6715" cstate="print"/>
+                    <a:blip r:embed="rId959469c7c7fad14e2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3487,51 +3487,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1–2), 143–152. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId187869ac122ec7821" w:history="1">
+      <w:hyperlink r:id="rId820669c7c7fad22e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF00037907</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3557,51 +3557,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 1–9. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId875369ac122ec789c" w:history="1">
+      <w:hyperlink r:id="rId339869c7c7fad235c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/2193-1801-2-41</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3707,51 +3707,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 3295–3301. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId320169ac122ec79ab" w:history="1">
+      <w:hyperlink r:id="rId344869c7c7fad244b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.02507-07</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3955,51 +3955,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1185–1192. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId607269ac122ec7b3a" w:history="1">
+      <w:hyperlink r:id="rId685369c7c7fad25d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-1185</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4056,51 +4056,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Journal of Plant Pathology &amp; Microbiology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId338869ac122ec7beb" w:history="1">
+      <w:hyperlink r:id="rId102669c7c7fad267a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4172/2157-7471.1000403</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4202,51 +4202,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 675–679. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId268369ac122ec7cd9" w:history="1">
+      <w:hyperlink r:id="rId520069c7c7fad2768" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-70-675</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4546,51 +4546,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">74</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 137–140. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId674569ac122ec7f1f" w:history="1">
+      <w:hyperlink r:id="rId865769c7c7fad2999" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/jb.74.2.137-140.1957</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4658,51 +4658,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">422</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1–2), 115–128. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId217569ac122ec8002" w:history="1">
+      <w:hyperlink r:id="rId551169c7c7fad2a51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11104-017-3329-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4768,51 +4768,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">119</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 203–215. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId453269ac122ec80b3" w:history="1">
+      <w:hyperlink r:id="rId951869c7c7fad2b02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-007-9164-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4838,51 +4838,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">76</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), 6787–6796. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId869569ac122ec8127" w:history="1">
+      <w:hyperlink r:id="rId371169c7c7fad2b73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.01098-10</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5046,51 +5046,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 198–203. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId843469ac122ec82ac" w:history="1">
+      <w:hyperlink r:id="rId338469c7c7fad2cbc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-02-19-0325-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5116,51 +5116,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">101</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 425–435. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId880069ac122ec8337" w:history="1">
+      <w:hyperlink r:id="rId996869c7c7fad2d2d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-03-10-0095</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5382,51 +5382,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 221–225. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId668069ac122ec8534" w:history="1">
+      <w:hyperlink r:id="rId546669c7c7fad2eee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/09670870110044030</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5630,51 +5630,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 558–564. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId102269ac122ec86c5" w:history="1">
+      <w:hyperlink r:id="rId463169c7c7fad3093" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0558</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6014,51 +6014,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 2008–2015. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId559969ac122ec894f" w:history="1">
+      <w:hyperlink r:id="rId843969c7c7fad3300" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.71.4.2008-2015.2005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6084,51 +6084,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1057–1063. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId913069ac122ec89da" w:history="1">
+      <w:hyperlink r:id="rId415769c7c7fad3373" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6154,51 +6154,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1459–1474. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId466169ac122ec8a54" w:history="1">
+      <w:hyperlink r:id="rId194269c7c7fad33e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6420,51 +6420,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">147</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1–2), 105–131. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId368269ac122ec8d52" w:history="1">
+      <w:hyperlink r:id="rId452469c7c7fad359d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10681-006-4600-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7036,51 +7036,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">70</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 285. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId293169ac122ec91cb" w:history="1">
+      <w:hyperlink r:id="rId888169c7c7fad397c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-70-285</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7166,51 +7166,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 952. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId657069ac122ec92b4" w:history="1">
+      <w:hyperlink r:id="rId990569c7c7fad3a4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-75-0952</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7356,51 +7356,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 494–518. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId423969ac122ec93e9" w:history="1">
+      <w:hyperlink r:id="rId479269c7c7fad3b75" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2005.03.017</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7464,51 +7464,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 2199–2223. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId516269ac122ec94a0" w:history="1">
+      <w:hyperlink r:id="rId203669c7c7fad3c23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2135/cropsci2009.03.0163</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7788,51 +7788,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472–489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId590169ac122ec96ab" w:history="1">
+      <w:hyperlink r:id="rId756769c7c7fad3e28" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8355,51 +8355,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas citri pv. fuscans</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId967969ac122ec9d57" w:history="1">
+      <w:hyperlink r:id="rId949569c7c7fad41e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8601,90 +8601,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 58-61. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId328269ac122ec9ee6" w:history="1">
+      <w:hyperlink r:id="rId487569c7c7fad436c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1978.tb02771.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="74128301" name="name571769ac122eca16f" descr="eu_funding_250.png"/>
+            <wp:docPr id="79694162" name="name690869c7c7fad43e1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId239269ac122eca16d" cstate="print"/>
+                    <a:blip r:embed="rId238169c7c7fad43e0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8782,137 +8782,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="99243285">
+  <w:abstractNum w:abstractNumId="35519890">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34461084">
+    <w:lvl w:ilvl="0" w:tplc="29489075">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="34461084" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="29489075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="34461084" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="29489075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="34461084" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="29489075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34461084" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="29489075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="34461084" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="29489075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="34461084" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="29489075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="34461084" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="29489075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="34461084" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="29489075" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="99243284">
+  <w:abstractNum w:abstractNumId="35519889">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14893166">
+    <w:lvl w:ilvl="0" w:tplc="98847648">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9664,55 +9664,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="99243284">
-    <w:abstractNumId w:val="99243284"/>
+  <w:num w:numId="35519889">
+    <w:abstractNumId w:val="35519889"/>
   </w:num>
-  <w:num w:numId="99243285">
-    <w:abstractNumId w:val="99243285"/>
+  <w:num w:numId="35519890">
+    <w:abstractNumId w:val="35519890"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -21262,51 +21262,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId747228809" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId685950049" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId640869ac122ec43a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/datasheet" TargetMode="External"/><Relationship Id="rId944169ac122ec462e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/" TargetMode="External"/><Relationship Id="rId508069ac122ec4692" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/categorization" TargetMode="External"/><Relationship Id="rId778169ac122ec4f8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/photos" TargetMode="External"/><Relationship Id="rId187869ac122ec7821" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF00037907" TargetMode="External"/><Relationship Id="rId875369ac122ec789c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-41" TargetMode="External"/><Relationship Id="rId320169ac122ec79ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02507-07" TargetMode="External"/><Relationship Id="rId607269ac122ec7b3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-1185" TargetMode="External"/><Relationship Id="rId338869ac122ec7beb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000403" TargetMode="External"/><Relationship Id="rId268369ac122ec7cd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-70-675" TargetMode="External"/><Relationship Id="rId674569ac122ec7f1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/jb.74.2.137-140.1957" TargetMode="External"/><Relationship Id="rId217569ac122ec8002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-017-3329-3" TargetMode="External"/><Relationship Id="rId453269ac122ec80b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9164-2" TargetMode="External"/><Relationship Id="rId869569ac122ec8127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01098-10" TargetMode="External"/><Relationship Id="rId843469ac122ec82ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0325-RE" TargetMode="External"/><Relationship Id="rId880069ac122ec8337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-10-0095" TargetMode="External"/><Relationship Id="rId668069ac122ec8534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870110044030" TargetMode="External"/><Relationship Id="rId102269ac122ec86c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0558" TargetMode="External"/><Relationship Id="rId559969ac122ec894f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.4.2008-2015.2005" TargetMode="External"/><Relationship Id="rId913069ac122ec89da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF" TargetMode="External"/><Relationship Id="rId466169ac122ec8a54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf" TargetMode="External"/><Relationship Id="rId368269ac122ec8d52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-006-4600-5" TargetMode="External"/><Relationship Id="rId293169ac122ec91cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-70-285" TargetMode="External"/><Relationship Id="rId657069ac122ec92b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0952" TargetMode="External"/><Relationship Id="rId423969ac122ec93e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId516269ac122ec94a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2135/cropsci2009.03.0163" TargetMode="External"/><Relationship Id="rId590169ac122ec96ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId967969ac122ec9d57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId328269ac122ec9ee6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02771.x" TargetMode="External"/><Relationship Id="rId598169ac122ec4e56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId598169ac122ec4e56.jpg"/><Relationship Id="rId653369ac122ec6715" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId653369ac122ec6715.jpg"/><Relationship Id="rId239269ac122eca16d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId239269ac122eca16d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId695537842" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId378295434" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId744969c7c7facf722" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTPH/datasheet" TargetMode="External"/><Relationship Id="rId859969c7c7facf9c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/" TargetMode="External"/><Relationship Id="rId951269c7c7facfa2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/categorization" TargetMode="External"/><Relationship Id="rId138369c7c7fad00df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTFF/photos" TargetMode="External"/><Relationship Id="rId820669c7c7fad22e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF00037907" TargetMode="External"/><Relationship Id="rId339869c7c7fad235c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-41" TargetMode="External"/><Relationship Id="rId344869c7c7fad244b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.02507-07" TargetMode="External"/><Relationship Id="rId685369c7c7fad25d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-1185" TargetMode="External"/><Relationship Id="rId102669c7c7fad267a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4172/2157-7471.1000403" TargetMode="External"/><Relationship Id="rId520069c7c7fad2768" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-70-675" TargetMode="External"/><Relationship Id="rId865769c7c7fad2999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/jb.74.2.137-140.1957" TargetMode="External"/><Relationship Id="rId551169c7c7fad2a51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11104-017-3329-3" TargetMode="External"/><Relationship Id="rId951869c7c7fad2b02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-007-9164-2" TargetMode="External"/><Relationship Id="rId371169c7c7fad2b73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.01098-10" TargetMode="External"/><Relationship Id="rId338469c7c7fad2cbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-02-19-0325-RE" TargetMode="External"/><Relationship Id="rId996869c7c7fad2d2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-03-10-0095" TargetMode="External"/><Relationship Id="rId546669c7c7fad2eee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670870110044030" TargetMode="External"/><Relationship Id="rId463169c7c7fad3093" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0558" TargetMode="External"/><Relationship Id="rId843969c7c7fad3300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.4.2008-2015.2005" TargetMode="External"/><Relationship Id="rId415769c7c7fad3373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.apsnet.org/publications/phytopathology/backissues/Documents/1978Articles/Phyto68n07_1057.PDF" TargetMode="External"/><Relationship Id="rId194269c7c7fad33e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pdfs.semanticscholar.org/944a/5b1e16f4f8b08eb65a84ffc7049e3621febc.pdf" TargetMode="External"/><Relationship Id="rId452469c7c7fad359d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10681-006-4600-5" TargetMode="External"/><Relationship Id="rId888169c7c7fad397c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-70-285" TargetMode="External"/><Relationship Id="rId990569c7c7fad3a4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-0952" TargetMode="External"/><Relationship Id="rId479269c7c7fad3b75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId203669c7c7fad3c23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2135/cropsci2009.03.0163" TargetMode="External"/><Relationship Id="rId756769c7c7fad3e28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId949569c7c7fad41e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId487569c7c7fad436c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1978.tb02771.x" TargetMode="External"/><Relationship Id="rId848769c7c7facffc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId848769c7c7facffc0.jpg"/><Relationship Id="rId959469c7c7fad14e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId959469c7c7fad14e2.jpg"/><Relationship Id="rId238169c7c7fad43e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId238169c7c7fad43e0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>