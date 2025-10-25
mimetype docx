--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -338,51 +338,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Gammaproteobacteria: Lysobacterales: Lysobacteraceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial leaf spot of pepper, bacterial leaf spot of tomato, bacterial scab of tomato, bacterial spot of pepper, bacterial spot of tomato, black spot of tomato, leaf spot of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId385768e0959a796bb" w:history="1">
+            <w:hyperlink r:id="rId176668fc16eb76864" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -398,51 +398,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId255268e0959a79724" w:history="1">
+            <w:hyperlink r:id="rId723068fc16eb768fa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -456,86 +456,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTEU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="78547750" name="name823868e0959a79808" descr="4112.jpg"/>
+                  <wp:docPr id="53481180" name="name505868fc16eb77582" descr="4112.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4112.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId682768e0959a79807" cstate="print"/>
+                          <a:blip r:embed="rId418568fc16eb7757f" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId848668e0959a798fd" w:history="1">
+            <w:hyperlink r:id="rId694868fc16eb776b0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2569,92 +2569,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is available as an archive in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId864568e0959a7a8d5" w:history="1">
+      <w:hyperlink r:id="rId159168fc16eb78560" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Global Database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="27709730" name="name569168e0959a7b49f" descr="XANTEU_distribution_map.jpg"/>
+            <wp:docPr id="82384849" name="name652768fc16eb795e2" descr="XANTEU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTEU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId442568e0959a7b49c" cstate="print"/>
+                    <a:blip r:embed="rId902368fc16eb795df" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4621,51 +4621,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1118-1124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId764668e0959a7c376" w:history="1">
+      <w:hyperlink r:id="rId224468fc16eb7aefc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2008.01.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4711,51 +4711,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1734. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId177968e0959a7c40c" w:history="1">
+      <w:hyperlink r:id="rId810468fc16eb7afab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21051734</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4792,151 +4792,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-41. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId680568e0959a7c4a2" w:history="1">
+      <w:hyperlink r:id="rId896368fc16eb7b036" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/article/10.1007/s10658-013-0214-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018) Commission Implementing Regulation (EU) 2018/1981 of 13 December 2018 renewing the approval of the active substances copper compounds, as candidates for substitution, in accordance with Regulation (EC) No 1107/2009 of the European Parliament and of the Council concerning the placing of plant protection products on the market, and amending the Annex to Commission Implementing Regulation (EU) No 540/2011. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 317, 16-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId868868e0959a7c4fa" w:history="1">
+      <w:hyperlink r:id="rId938068fc16eb7b0b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2018/1981/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2019) Commission Implementing Regulation (EU) 2019/2072, of 28 November 2019, establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319, 1-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId513868e0959a7c54f" w:history="1">
+      <w:hyperlink r:id="rId208568fc16eb7b10f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5002,51 +5002,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId769368e0959a7c610" w:history="1">
+      <w:hyperlink r:id="rId852268fc16eb7b1c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2003.00890.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5132,51 +5132,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 416-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId732868e0959a7c6e1" w:history="1">
+      <w:hyperlink r:id="rId439368fc16eb7b2a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5262,51 +5262,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2176. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId211968e0959a7c7ad" w:history="1">
+      <w:hyperlink r:id="rId199268fc16eb7b36f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5403,51 +5403,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId537368e0959a7c889" w:history="1">
+      <w:hyperlink r:id="rId777668fc16eb7b44f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5513,51 +5513,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 77-84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId972268e0959a7c938" w:history="1">
+      <w:hyperlink r:id="rId516668fc16eb7b503" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0261-2194(85)90007-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5623,51 +5623,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 161-170. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId442468e0959a7c9e7" w:history="1">
+      <w:hyperlink r:id="rId469368fc16eb7b5b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02373702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5871,51 +5871,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">144</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9-10), 479-484. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId346168e0959a7cb7b" w:history="1">
+      <w:hyperlink r:id="rId642068fc16eb7b75d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.1996.tb00328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5981,51 +5981,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 663‐671. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId827568e0959a7cc2c" w:history="1">
+      <w:hyperlink r:id="rId724468fc16eb7b847" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-663</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6051,51 +6051,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1348-1356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId672668e0959a7cc9e" w:history="1">
+      <w:hyperlink r:id="rId232568fc16eb7b8c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0465-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6181,51 +6181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 792-806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId245968e0959a7cd6d" w:history="1">
+      <w:hyperlink r:id="rId284368fc16eb7b995" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12461</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6407,51 +6407,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 407-430. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId375068e0959a7ced4" w:history="1">
+      <w:hyperlink r:id="rId550568fc16eb7bb0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1921.tb05528.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6604,51 +6604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 232-239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId155668e0959a7d029" w:history="1">
+      <w:hyperlink r:id="rId163968fc16eb7bc54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0138-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6714,51 +6714,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 3720, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId452268e0959a7d0dd" w:history="1">
+      <w:hyperlink r:id="rId330568fc16eb7bd5a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6804,51 +6804,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 397-403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId183168e0959a7d170" w:history="1">
+      <w:hyperlink r:id="rId846568fc16eb7be02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12773</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6996,51 +6996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">558-579</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId420168e0959a7d2a4" w:history="1">
+      <w:hyperlink r:id="rId772468fc16eb7bf71" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7202,51 +7202,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId486868e0959a7d3ed" w:history="1">
+      <w:hyperlink r:id="rId198868fc16eb7c106" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7406,51 +7406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ISF (2017) Method for the Detection of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. in Tomato seed (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId516068e0959a7d534" w:history="1">
+      <w:hyperlink r:id="rId757868fc16eb7c2c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://worldseed.org/our-work/seed-health/ishi-methods/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7476,51 +7476,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 835647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId903768e0959a7d5a7" w:history="1">
+      <w:hyperlink r:id="rId937268fc16eb7c346" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2022.835647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7566,51 +7566,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1211-1219. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId107768e0959a7d643" w:history="1">
+      <w:hyperlink r:id="rId786768fc16eb7c3dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-50-3-1211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7636,51 +7636,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 755-762. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId239068e0959a7d6b6" w:history="1">
+      <w:hyperlink r:id="rId524368fc16eb7c497" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1078/0723202042369884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7726,51 +7726,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">695</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 27-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId640168e0959a7d744" w:history="1">
+      <w:hyperlink r:id="rId707568fc16eb7c701" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2005.695.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7912,51 +7912,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 208-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId850268e0959a7d86c" w:history="1">
+      <w:hyperlink r:id="rId342368fc16eb7c879" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4161/bact.23857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8022,51 +8022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), (Suppl. 4), 98-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId225768e0959a7d91a" w:history="1">
+      <w:hyperlink r:id="rId533768fc16eb7c933" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5504/BBEQ.2011.0126</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8112,51 +8112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1029-1041. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId833068e0959a7d9b9" w:history="1">
+      <w:hyperlink r:id="rId944868fc16eb7c9cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-09-20-0402-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8182,51 +8182,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId122668e0959a7da2b" w:history="1">
+      <w:hyperlink r:id="rId327868fc16eb7ca40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13593-018-0503-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8272,51 +8272,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1584. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId394668e0959a7daba" w:history="1">
+      <w:hyperlink r:id="rId213368fc16eb7cad6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8342,51 +8342,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId760068e0959a7db2d" w:history="1">
+      <w:hyperlink r:id="rId757968fc16eb7cb4e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0478-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8570,51 +8570,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 126087. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId227968e0959a7dc96" w:history="1">
+      <w:hyperlink r:id="rId911768fc16eb7cd1e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2020.126087</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8640,51 +8640,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 413–416. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId924768e0959a7dd08" w:history="1">
+      <w:hyperlink r:id="rId318068fc16eb7cd99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762014000500009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8750,51 +8750,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), e00885-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId481668e0959a7ddb5" w:history="1">
+      <w:hyperlink r:id="rId791568fc16eb7ce4e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00885-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8820,51 +8820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 712-716. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId694968e0959a7de26" w:history="1">
+      <w:hyperlink r:id="rId371568fc16eb7cec7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8890,51 +8890,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12),1500-1519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId785268e0959a7de96" w:history="1">
+      <w:hyperlink r:id="rId928568fc16eb7cf4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.13125</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8980,51 +8980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 104013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId715768e0959a7df26" w:history="1">
+      <w:hyperlink r:id="rId532668fc16eb7d00a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2019.104013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9041,51 +9041,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId525368e0959a7df9b" w:history="1">
+      <w:hyperlink r:id="rId980068fc16eb7d0d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9209,51 +9209,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId770168e0959a7e0ab" w:history="1">
+      <w:hyperlink r:id="rId748668fc16eb7d1ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.18.1.69</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9299,51 +9299,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 907-920. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId118668e0959a7e13d" w:history="1">
+      <w:hyperlink r:id="rId279068fc16eb7d286" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12244</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9429,51 +9429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">212–213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId235268e0959a7e218" w:history="1">
+      <w:hyperlink r:id="rId995568fc16eb7d359" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.micres.2018.05.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9519,51 +9519,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(16), e00213-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId906368e0959a7e2ac" w:history="1">
+      <w:hyperlink r:id="rId409168fc16eb7d3ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mra.00213-20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9629,51 +9629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId313768e0959a7e35e" w:history="1">
+      <w:hyperlink r:id="rId731668fc16eb7d59e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-44-1-47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9699,51 +9699,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 265‐284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId188768e0959a7e3cf" w:history="1">
+      <w:hyperlink r:id="rId645668fc16eb7d634" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081752</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9789,51 +9789,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1660-1668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId322868e0959a7e461" w:history="1">
+      <w:hyperlink r:id="rId732268fc16eb7d6d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-15-1085-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9977,51 +9977,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1520-1529. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId234968e0959a7e58f" w:history="1">
+      <w:hyperlink r:id="rId386868fc16eb7d80f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.03000-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10105,51 +10105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 536. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId971468e0959a7e66d" w:history="1">
+      <w:hyperlink r:id="rId272268fc16eb7d8e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9030536</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10195,51 +10195,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472-489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId703268e0959a7e6fd" w:history="1">
+      <w:hyperlink r:id="rId399768fc16eb7d979" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10323,51 +10323,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153-177. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId183068e0959a7e7d5" w:history="1">
+      <w:hyperlink r:id="rId649768fc16eb7da4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1978.10427397</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10433,51 +10433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas euvesicatoria pv. euvesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId232068e0959a7e8a3" w:history="1">
+      <w:hyperlink r:id="rId126468fc16eb7db1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10662,81 +10662,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 521-526. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId553568e0959a7ea26" w:history="1">
+      <w:hyperlink r:id="rId540968fc16eb7dee9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="44654877" name="name292868e0959a7ea86" descr="eu_funding_250.png"/>
+            <wp:docPr id="5488830" name="name585468fc16eb7df91" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId893068e0959a7ea85" cstate="print"/>
+                    <a:blip r:embed="rId766768fc16eb7df8f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10834,137 +10834,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74975435">
+  <w:abstractNum w:abstractNumId="94765273">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80926229">
+    <w:lvl w:ilvl="0" w:tplc="71843124">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="80926229" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="71843124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="80926229" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="71843124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="80926229" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="71843124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="80926229" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="71843124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="80926229" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="71843124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="80926229" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="71843124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="80926229" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="71843124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="80926229" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="71843124" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74975434">
+  <w:abstractNum w:abstractNumId="94765272">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80962196">
+    <w:lvl w:ilvl="0" w:tplc="53384983">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11716,55 +11716,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74975434">
-    <w:abstractNumId w:val="74975434"/>
+  <w:num w:numId="94765272">
+    <w:abstractNumId w:val="94765272"/>
   </w:num>
-  <w:num w:numId="74975435">
-    <w:abstractNumId w:val="74975435"/>
+  <w:num w:numId="94765273">
+    <w:abstractNumId w:val="94765273"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23314,51 +23314,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId376034276" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId456391137" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId385768e0959a796bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/" TargetMode="External"/><Relationship Id="rId255268e0959a79724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/categorization" TargetMode="External"/><Relationship Id="rId848668e0959a798fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/photos" TargetMode="External"/><Relationship Id="rId864568e0959a7a8d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId764668e0959a7c376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId177968e0959a7c40c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId680568e0959a7c4a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId868868e0959a7c4fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId513868e0959a7c54f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId769368e0959a7c610" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId732868e0959a7c6e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId211968e0959a7c7ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId537368e0959a7c889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId972268e0959a7c938" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId442468e0959a7c9e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId346168e0959a7cb7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId827568e0959a7cc2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId672668e0959a7cc9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId245968e0959a7cd6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId375068e0959a7ced4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId155668e0959a7d029" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId452268e0959a7d0dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId183168e0959a7d170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId420168e0959a7d2a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId486868e0959a7d3ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId516068e0959a7d534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId903768e0959a7d5a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId107768e0959a7d643" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId239068e0959a7d6b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId640168e0959a7d744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId850268e0959a7d86c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId225768e0959a7d91a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId833068e0959a7d9b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId122668e0959a7da2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId394668e0959a7daba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId760068e0959a7db2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId227968e0959a7dc96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId924768e0959a7dd08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId481668e0959a7ddb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId694968e0959a7de26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId785268e0959a7de96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId715768e0959a7df26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId525368e0959a7df9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId770168e0959a7e0ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId118668e0959a7e13d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId235268e0959a7e218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId906368e0959a7e2ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId313768e0959a7e35e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId188768e0959a7e3cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId322868e0959a7e461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId234968e0959a7e58f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId971468e0959a7e66d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId703268e0959a7e6fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId183068e0959a7e7d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId232068e0959a7e8a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId553568e0959a7ea26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId682768e0959a79807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId682768e0959a79807.jpg"/><Relationship Id="rId442568e0959a7b49c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId442568e0959a7b49c.jpg"/><Relationship Id="rId893068e0959a7ea85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId893068e0959a7ea85.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId720611533" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId524301972" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId176668fc16eb76864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/" TargetMode="External"/><Relationship Id="rId723068fc16eb768fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/categorization" TargetMode="External"/><Relationship Id="rId694868fc16eb776b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/photos" TargetMode="External"/><Relationship Id="rId159168fc16eb78560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId224468fc16eb7aefc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId810468fc16eb7afab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId896368fc16eb7b036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId938068fc16eb7b0b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId208568fc16eb7b10f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId852268fc16eb7b1c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId439368fc16eb7b2a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId199268fc16eb7b36f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId777668fc16eb7b44f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId516668fc16eb7b503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId469368fc16eb7b5b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId642068fc16eb7b75d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId724468fc16eb7b847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId232568fc16eb7b8c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId284368fc16eb7b995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId550568fc16eb7bb0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId163968fc16eb7bc54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId330568fc16eb7bd5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId846568fc16eb7be02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId772468fc16eb7bf71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId198868fc16eb7c106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId757868fc16eb7c2c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId937268fc16eb7c346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId786768fc16eb7c3dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId524368fc16eb7c497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId707568fc16eb7c701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId342368fc16eb7c879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId533768fc16eb7c933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId944868fc16eb7c9cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId327868fc16eb7ca40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId213368fc16eb7cad6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId757968fc16eb7cb4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId911768fc16eb7cd1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId318068fc16eb7cd99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId791568fc16eb7ce4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId371568fc16eb7cec7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId928568fc16eb7cf4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId532668fc16eb7d00a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId980068fc16eb7d0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId748668fc16eb7d1ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId279068fc16eb7d286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId995568fc16eb7d359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId409168fc16eb7d3ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId731668fc16eb7d59e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId645668fc16eb7d634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId732268fc16eb7d6d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId386868fc16eb7d80f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId272268fc16eb7d8e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId399768fc16eb7d979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId649768fc16eb7da4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId126468fc16eb7db1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId540968fc16eb7dee9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId418568fc16eb7757f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId418568fc16eb7757f.jpg"/><Relationship Id="rId902368fc16eb795df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId902368fc16eb795df.jpg"/><Relationship Id="rId766768fc16eb7df8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId766768fc16eb7df8f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>