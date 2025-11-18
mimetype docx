--- v1 (2025-10-25)
+++ v2 (2025-11-18)
@@ -338,51 +338,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Gammaproteobacteria: Lysobacterales: Lysobacteraceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial leaf spot of pepper, bacterial leaf spot of tomato, bacterial scab of tomato, bacterial spot of pepper, bacterial spot of tomato, black spot of tomato, leaf spot of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId176668fc16eb76864" w:history="1">
+            <w:hyperlink r:id="rId9348691cc4eca47ff" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -398,51 +398,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId723068fc16eb768fa" w:history="1">
+            <w:hyperlink r:id="rId5624691cc4eca498d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -456,86 +456,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTEU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="53481180" name="name505868fc16eb77582" descr="4112.jpg"/>
+                  <wp:docPr id="59016934" name="name9941691cc4eca58c5" descr="4112.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4112.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId418568fc16eb7757f" cstate="print"/>
+                          <a:blip r:embed="rId6017691cc4eca58c2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId694868fc16eb776b0" w:history="1">
+            <w:hyperlink r:id="rId1665691cc4eca59dd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2569,92 +2569,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is available as an archive in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId159168fc16eb78560" w:history="1">
+      <w:hyperlink r:id="rId9135691cc4eca81c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Global Database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="82384849" name="name652768fc16eb795e2" descr="XANTEU_distribution_map.jpg"/>
+            <wp:docPr id="3734333" name="name3331691cc4eca9188" descr="XANTEU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTEU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId902368fc16eb795df" cstate="print"/>
+                    <a:blip r:embed="rId4047691cc4eca9186" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2694,51 +2694,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Comoros, Mauritius, Nigeria, Reunion, Seychelles, South Africa, Sudan, Tanzania, United Republic of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> China (Heilongjiang, Liaoning), Indonesia (Java), Iran, Islamic Republic of, Korea, Republic of, Taiwan, Thailand</w:t>
+        <w:t xml:space="preserve"> China (Heilongjiang, Liaoning, Neimenggu), Indonesia (Java), Iran, Islamic Republic of, Korea, Republic of, Taiwan, Thailand</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Canada (Ontario), Mexico, United States of America (Florida, Georgia, Indiana, Kentucky, Louisiana, Michigan, North Carolina, Ohio)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4621,51 +4621,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1118-1124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId224468fc16eb7aefc" w:history="1">
+      <w:hyperlink r:id="rId9326691cc4ecaa02e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2008.01.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4711,51 +4711,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1734. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId810468fc16eb7afab" w:history="1">
+      <w:hyperlink r:id="rId2678691cc4ecaa0c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21051734</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4792,151 +4792,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-41. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId896368fc16eb7b036" w:history="1">
+      <w:hyperlink r:id="rId4715691cc4ecaa14a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/article/10.1007/s10658-013-0214-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018) Commission Implementing Regulation (EU) 2018/1981 of 13 December 2018 renewing the approval of the active substances copper compounds, as candidates for substitution, in accordance with Regulation (EC) No 1107/2009 of the European Parliament and of the Council concerning the placing of plant protection products on the market, and amending the Annex to Commission Implementing Regulation (EU) No 540/2011. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 317, 16-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId938068fc16eb7b0b2" w:history="1">
+      <w:hyperlink r:id="rId9738691cc4ecaa19f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2018/1981/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2019) Commission Implementing Regulation (EU) 2019/2072, of 28 November 2019, establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319, 1-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId208568fc16eb7b10f" w:history="1">
+      <w:hyperlink r:id="rId2084691cc4ecaa1f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5002,51 +5002,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId852268fc16eb7b1c8" w:history="1">
+      <w:hyperlink r:id="rId6857691cc4ecaa339" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2003.00890.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5132,51 +5132,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 416-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId439368fc16eb7b2a0" w:history="1">
+      <w:hyperlink r:id="rId7968691cc4ecaa410" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5262,51 +5262,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2176. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId199268fc16eb7b36f" w:history="1">
+      <w:hyperlink r:id="rId9453691cc4ecaa4ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5403,51 +5403,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId777668fc16eb7b44f" w:history="1">
+      <w:hyperlink r:id="rId4048691cc4ecaa5e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5513,51 +5513,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 77-84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId516668fc16eb7b503" w:history="1">
+      <w:hyperlink r:id="rId8542691cc4ecaa6a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0261-2194(85)90007-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5623,51 +5623,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 161-170. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId469368fc16eb7b5b4" w:history="1">
+      <w:hyperlink r:id="rId6117691cc4ecaa756" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02373702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5871,51 +5871,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">144</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9-10), 479-484. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId642068fc16eb7b75d" w:history="1">
+      <w:hyperlink r:id="rId1678691cc4ecaa8da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.1996.tb00328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5981,51 +5981,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 663‐671. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId724468fc16eb7b847" w:history="1">
+      <w:hyperlink r:id="rId3592691cc4ecaa988" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-663</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6051,51 +6051,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1348-1356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId232568fc16eb7b8c0" w:history="1">
+      <w:hyperlink r:id="rId8503691cc4ecaa9f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0465-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6181,51 +6181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 792-806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId284368fc16eb7b995" w:history="1">
+      <w:hyperlink r:id="rId9912691cc4ecaaac3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12461</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6407,51 +6407,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 407-430. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId550568fc16eb7bb0a" w:history="1">
+      <w:hyperlink r:id="rId6447691cc4ecaac3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1921.tb05528.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6604,51 +6604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 232-239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId163968fc16eb7bc54" w:history="1">
+      <w:hyperlink r:id="rId1008691cc4ecaad96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0138-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6714,51 +6714,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 3720, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId330568fc16eb7bd5a" w:history="1">
+      <w:hyperlink r:id="rId7957691cc4ecaafd3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6804,51 +6804,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 397-403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId846568fc16eb7be02" w:history="1">
+      <w:hyperlink r:id="rId4490691cc4ecab075" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12773</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6996,51 +6996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">558-579</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId772468fc16eb7bf71" w:history="1">
+      <w:hyperlink r:id="rId8980691cc4ecab1a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7202,51 +7202,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId198868fc16eb7c106" w:history="1">
+      <w:hyperlink r:id="rId2246691cc4ecab5a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7406,51 +7406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ISF (2017) Method for the Detection of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. in Tomato seed (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId757868fc16eb7c2c9" w:history="1">
+      <w:hyperlink r:id="rId7720691cc4ecab7f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://worldseed.org/our-work/seed-health/ishi-methods/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7476,51 +7476,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 835647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId937268fc16eb7c346" w:history="1">
+      <w:hyperlink r:id="rId1679691cc4ecab921" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2022.835647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7566,51 +7566,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1211-1219. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId786768fc16eb7c3dc" w:history="1">
+      <w:hyperlink r:id="rId3164691cc4ecaba07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-50-3-1211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7636,51 +7636,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 755-762. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId524368fc16eb7c497" w:history="1">
+      <w:hyperlink r:id="rId8572691cc4ecabaa4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1078/0723202042369884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7726,51 +7726,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">695</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 27-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId707568fc16eb7c701" w:history="1">
+      <w:hyperlink r:id="rId5162691cc4ecabb37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2005.695.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7912,51 +7912,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 208-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId342368fc16eb7c879" w:history="1">
+      <w:hyperlink r:id="rId4042691cc4ecabcda" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4161/bact.23857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8022,51 +8022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), (Suppl. 4), 98-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId533768fc16eb7c933" w:history="1">
+      <w:hyperlink r:id="rId2864691cc4ecabd8a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5504/BBEQ.2011.0126</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8112,51 +8112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1029-1041. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId944868fc16eb7c9cb" w:history="1">
+      <w:hyperlink r:id="rId5384691cc4ecabe3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-09-20-0402-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8182,51 +8182,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId327868fc16eb7ca40" w:history="1">
+      <w:hyperlink r:id="rId8789691cc4ecabeb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13593-018-0503-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8272,51 +8272,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1584. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId213368fc16eb7cad6" w:history="1">
+      <w:hyperlink r:id="rId1979691cc4ecabf43" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8342,51 +8342,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId757968fc16eb7cb4e" w:history="1">
+      <w:hyperlink r:id="rId2288691cc4ecabfb6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0478-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8570,51 +8570,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 126087. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId911768fc16eb7cd1e" w:history="1">
+      <w:hyperlink r:id="rId2971691cc4ecac11d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2020.126087</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8640,51 +8640,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 413–416. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId318068fc16eb7cd99" w:history="1">
+      <w:hyperlink r:id="rId6327691cc4ecac18c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762014000500009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8750,51 +8750,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), e00885-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId791568fc16eb7ce4e" w:history="1">
+      <w:hyperlink r:id="rId7671691cc4ecac239" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00885-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8820,51 +8820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 712-716. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId371568fc16eb7cec7" w:history="1">
+      <w:hyperlink r:id="rId1968691cc4ecac2aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8890,51 +8890,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12),1500-1519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId928568fc16eb7cf4b" w:history="1">
+      <w:hyperlink r:id="rId2368691cc4ecac31b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.13125</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8980,51 +8980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 104013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId532668fc16eb7d00a" w:history="1">
+      <w:hyperlink r:id="rId2079691cc4ecac3a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2019.104013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9041,51 +9041,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId980068fc16eb7d0d0" w:history="1">
+      <w:hyperlink r:id="rId2290691cc4ecac40e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9209,51 +9209,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId748668fc16eb7d1ed" w:history="1">
+      <w:hyperlink r:id="rId5598691cc4ecac516" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.18.1.69</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9299,51 +9299,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 907-920. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId279068fc16eb7d286" w:history="1">
+      <w:hyperlink r:id="rId5507691cc4ecac5ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12244</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9429,51 +9429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">212–213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId995568fc16eb7d359" w:history="1">
+      <w:hyperlink r:id="rId6584691cc4ecac679" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.micres.2018.05.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9519,51 +9519,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(16), e00213-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId409168fc16eb7d3ed" w:history="1">
+      <w:hyperlink r:id="rId3589691cc4ecac709" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mra.00213-20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9629,51 +9629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId731668fc16eb7d59e" w:history="1">
+      <w:hyperlink r:id="rId2805691cc4ecac7b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-44-1-47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9699,51 +9699,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 265‐284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId645668fc16eb7d634" w:history="1">
+      <w:hyperlink r:id="rId7543691cc4ecac824" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081752</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9789,51 +9789,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1660-1668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId732268fc16eb7d6d7" w:history="1">
+      <w:hyperlink r:id="rId1910691cc4ecac8b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-15-1085-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9977,51 +9977,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1520-1529. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId386868fc16eb7d80f" w:history="1">
+      <w:hyperlink r:id="rId2489691cc4ecac9db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.03000-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10105,51 +10105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 536. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId272268fc16eb7d8e7" w:history="1">
+      <w:hyperlink r:id="rId1948691cc4ecacaa9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9030536</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10195,51 +10195,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472-489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId399768fc16eb7d979" w:history="1">
+      <w:hyperlink r:id="rId5956691cc4ecacb37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10323,51 +10323,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153-177. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId649768fc16eb7da4f" w:history="1">
+      <w:hyperlink r:id="rId4014691cc4ecacc03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1978.10427397</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10433,51 +10433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas euvesicatoria pv. euvesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId126468fc16eb7db1f" w:history="1">
+      <w:hyperlink r:id="rId4746691cc4ecaccc2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10662,81 +10662,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 521-526. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId540968fc16eb7dee9" w:history="1">
+      <w:hyperlink r:id="rId9572691cc4ecace41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="5488830" name="name585468fc16eb7df91" descr="eu_funding_250.png"/>
+            <wp:docPr id="22779238" name="name8306691cc4ecace9e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId766768fc16eb7df8f" cstate="print"/>
+                    <a:blip r:embed="rId7218691cc4ecace9d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10834,137 +10834,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="94765273">
+  <w:abstractNum w:abstractNumId="39388584">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71843124">
+    <w:lvl w:ilvl="0" w:tplc="37883439">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="71843124" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="37883439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="71843124" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="37883439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="71843124" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="37883439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="71843124" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="37883439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="71843124" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="37883439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="71843124" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="37883439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="71843124" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="37883439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="71843124" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="37883439" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="94765272">
+  <w:abstractNum w:abstractNumId="39388583">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53384983">
+    <w:lvl w:ilvl="0" w:tplc="69174750">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11716,55 +11716,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="94765272">
-    <w:abstractNumId w:val="94765272"/>
+  <w:num w:numId="39388583">
+    <w:abstractNumId w:val="39388583"/>
   </w:num>
-  <w:num w:numId="94765273">
-    <w:abstractNumId w:val="94765273"/>
+  <w:num w:numId="39388584">
+    <w:abstractNumId w:val="39388584"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23314,51 +23314,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId720611533" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId524301972" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId176668fc16eb76864" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/" TargetMode="External"/><Relationship Id="rId723068fc16eb768fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/categorization" TargetMode="External"/><Relationship Id="rId694868fc16eb776b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/photos" TargetMode="External"/><Relationship Id="rId159168fc16eb78560" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId224468fc16eb7aefc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId810468fc16eb7afab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId896368fc16eb7b036" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId938068fc16eb7b0b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId208568fc16eb7b10f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId852268fc16eb7b1c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId439368fc16eb7b2a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId199268fc16eb7b36f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId777668fc16eb7b44f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId516668fc16eb7b503" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId469368fc16eb7b5b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId642068fc16eb7b75d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId724468fc16eb7b847" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId232568fc16eb7b8c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId284368fc16eb7b995" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId550568fc16eb7bb0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId163968fc16eb7bc54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId330568fc16eb7bd5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId846568fc16eb7be02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId772468fc16eb7bf71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId198868fc16eb7c106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId757868fc16eb7c2c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId937268fc16eb7c346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId786768fc16eb7c3dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId524368fc16eb7c497" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId707568fc16eb7c701" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId342368fc16eb7c879" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId533768fc16eb7c933" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId944868fc16eb7c9cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId327868fc16eb7ca40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId213368fc16eb7cad6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId757968fc16eb7cb4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId911768fc16eb7cd1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId318068fc16eb7cd99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId791568fc16eb7ce4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId371568fc16eb7cec7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId928568fc16eb7cf4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId532668fc16eb7d00a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId980068fc16eb7d0d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId748668fc16eb7d1ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId279068fc16eb7d286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId995568fc16eb7d359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId409168fc16eb7d3ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId731668fc16eb7d59e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId645668fc16eb7d634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId732268fc16eb7d6d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId386868fc16eb7d80f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId272268fc16eb7d8e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId399768fc16eb7d979" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId649768fc16eb7da4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId126468fc16eb7db1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId540968fc16eb7dee9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId418568fc16eb7757f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId418568fc16eb7757f.jpg"/><Relationship Id="rId902368fc16eb795df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId902368fc16eb795df.jpg"/><Relationship Id="rId766768fc16eb7df8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId766768fc16eb7df8f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId408930700" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId226401417" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9348691cc4eca47ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/" TargetMode="External"/><Relationship Id="rId5624691cc4eca498d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/categorization" TargetMode="External"/><Relationship Id="rId1665691cc4eca59dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/photos" TargetMode="External"/><Relationship Id="rId9135691cc4eca81c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId9326691cc4ecaa02e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId2678691cc4ecaa0c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId4715691cc4ecaa14a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId9738691cc4ecaa19f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId2084691cc4ecaa1f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId6857691cc4ecaa339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId7968691cc4ecaa410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId9453691cc4ecaa4ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId4048691cc4ecaa5e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId8542691cc4ecaa6a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId6117691cc4ecaa756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId1678691cc4ecaa8da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId3592691cc4ecaa988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId8503691cc4ecaa9f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId9912691cc4ecaaac3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId6447691cc4ecaac3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId1008691cc4ecaad96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId7957691cc4ecaafd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId4490691cc4ecab075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId8980691cc4ecab1a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId2246691cc4ecab5a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId7720691cc4ecab7f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId1679691cc4ecab921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId3164691cc4ecaba07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId8572691cc4ecabaa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId5162691cc4ecabb37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId4042691cc4ecabcda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId2864691cc4ecabd8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId5384691cc4ecabe3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId8789691cc4ecabeb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId1979691cc4ecabf43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId2288691cc4ecabfb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId2971691cc4ecac11d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId6327691cc4ecac18c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId7671691cc4ecac239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId1968691cc4ecac2aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId2368691cc4ecac31b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId2079691cc4ecac3a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId2290691cc4ecac40e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId5598691cc4ecac516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId5507691cc4ecac5ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId6584691cc4ecac679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId3589691cc4ecac709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId2805691cc4ecac7b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId7543691cc4ecac824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId1910691cc4ecac8b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId2489691cc4ecac9db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId1948691cc4ecacaa9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId5956691cc4ecacb37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId4014691cc4ecacc03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId4746691cc4ecaccc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9572691cc4ecace41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId6017691cc4eca58c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6017691cc4eca58c2.jpg"/><Relationship Id="rId4047691cc4eca9186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4047691cc4eca9186.jpg"/><Relationship Id="rId7218691cc4ecace9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7218691cc4ecace9d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>