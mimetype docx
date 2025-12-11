--- v2 (2025-11-18)
+++ v3 (2025-12-11)
@@ -338,51 +338,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Gammaproteobacteria: Lysobacterales: Lysobacteraceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial leaf spot of pepper, bacterial leaf spot of tomato, bacterial scab of tomato, bacterial spot of pepper, bacterial spot of tomato, black spot of tomato, leaf spot of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9348691cc4eca47ff" w:history="1">
+            <w:hyperlink r:id="rId2464693a6b6d64987" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -398,51 +398,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5624691cc4eca498d" w:history="1">
+            <w:hyperlink r:id="rId7750693a6b6d649f2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -456,86 +456,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTEU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="59016934" name="name9941691cc4eca58c5" descr="4112.jpg"/>
+                  <wp:docPr id="8876166" name="name8288693a6b6d65200" descr="4112.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4112.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6017691cc4eca58c2" cstate="print"/>
+                          <a:blip r:embed="rId2125693a6b6d651fe" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1665691cc4eca59dd" w:history="1">
+            <w:hyperlink r:id="rId3902693a6b6d65340" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2569,92 +2569,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is available as an archive in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9135691cc4eca81c6" w:history="1">
+      <w:hyperlink r:id="rId3360693a6b6d660d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Global Database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="3734333" name="name3331691cc4eca9188" descr="XANTEU_distribution_map.jpg"/>
+            <wp:docPr id="4108134" name="name9510693a6b6d66f71" descr="XANTEU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTEU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4047691cc4eca9186" cstate="print"/>
+                    <a:blip r:embed="rId2481693a6b6d66f6f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4621,51 +4621,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1118-1124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9326691cc4ecaa02e" w:history="1">
+      <w:hyperlink r:id="rId7873693a6b6d67e67" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2008.01.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4711,51 +4711,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1734. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2678691cc4ecaa0c5" w:history="1">
+      <w:hyperlink r:id="rId9445693a6b6d67efd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21051734</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4792,151 +4792,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-41. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4715691cc4ecaa14a" w:history="1">
+      <w:hyperlink r:id="rId1232693a6b6d67f83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/article/10.1007/s10658-013-0214-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018) Commission Implementing Regulation (EU) 2018/1981 of 13 December 2018 renewing the approval of the active substances copper compounds, as candidates for substitution, in accordance with Regulation (EC) No 1107/2009 of the European Parliament and of the Council concerning the placing of plant protection products on the market, and amending the Annex to Commission Implementing Regulation (EU) No 540/2011. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 317, 16-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9738691cc4ecaa19f" w:history="1">
+      <w:hyperlink r:id="rId9457693a6b6d67fd9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2018/1981/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2019) Commission Implementing Regulation (EU) 2019/2072, of 28 November 2019, establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319, 1-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2084691cc4ecaa1f2" w:history="1">
+      <w:hyperlink r:id="rId6454693a6b6d6802d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5002,51 +5002,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6857691cc4ecaa339" w:history="1">
+      <w:hyperlink r:id="rId3915693a6b6d680db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2003.00890.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5132,51 +5132,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 416-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7968691cc4ecaa410" w:history="1">
+      <w:hyperlink r:id="rId5796693a6b6d681a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5262,51 +5262,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2176. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9453691cc4ecaa4ee" w:history="1">
+      <w:hyperlink r:id="rId3075693a6b6d68274" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5403,51 +5403,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4048691cc4ecaa5e9" w:history="1">
+      <w:hyperlink r:id="rId4527693a6b6d6834b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5513,51 +5513,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 77-84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8542691cc4ecaa6a5" w:history="1">
+      <w:hyperlink r:id="rId1015693a6b6d683f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0261-2194(85)90007-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5623,51 +5623,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 161-170. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6117691cc4ecaa756" w:history="1">
+      <w:hyperlink r:id="rId9175693a6b6d684a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02373702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5871,51 +5871,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">144</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9-10), 479-484. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1678691cc4ecaa8da" w:history="1">
+      <w:hyperlink r:id="rId1045693a6b6d68626" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.1996.tb00328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5981,51 +5981,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 663‐671. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3592691cc4ecaa988" w:history="1">
+      <w:hyperlink r:id="rId8131693a6b6d686d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-663</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6051,51 +6051,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1348-1356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8503691cc4ecaa9f9" w:history="1">
+      <w:hyperlink r:id="rId3159693a6b6d68744" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0465-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6181,51 +6181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 792-806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9912691cc4ecaaac3" w:history="1">
+      <w:hyperlink r:id="rId4934693a6b6d68827" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12461</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6407,51 +6407,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 407-430. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6447691cc4ecaac3d" w:history="1">
+      <w:hyperlink r:id="rId7441693a6b6d689a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1921.tb05528.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6604,51 +6604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 232-239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1008691cc4ecaad96" w:history="1">
+      <w:hyperlink r:id="rId4960693a6b6d68ae2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0138-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6714,51 +6714,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 3720, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7957691cc4ecaafd3" w:history="1">
+      <w:hyperlink r:id="rId2964693a6b6d68b91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6804,51 +6804,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 397-403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4490691cc4ecab075" w:history="1">
+      <w:hyperlink r:id="rId6453693a6b6d68c21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12773</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6996,51 +6996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">558-579</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8980691cc4ecab1a7" w:history="1">
+      <w:hyperlink r:id="rId6964693a6b6d68d51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7202,51 +7202,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2246691cc4ecab5a9" w:history="1">
+      <w:hyperlink r:id="rId1443693a6b6d68e98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7406,51 +7406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ISF (2017) Method for the Detection of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. in Tomato seed (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7720691cc4ecab7f5" w:history="1">
+      <w:hyperlink r:id="rId8099693a6b6d68fe0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://worldseed.org/our-work/seed-health/ishi-methods/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7476,51 +7476,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 835647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1679691cc4ecab921" w:history="1">
+      <w:hyperlink r:id="rId6276693a6b6d69052" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2022.835647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7566,51 +7566,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1211-1219. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3164691cc4ecaba07" w:history="1">
+      <w:hyperlink r:id="rId4163693a6b6d690e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-50-3-1211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7636,51 +7636,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 755-762. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8572691cc4ecabaa4" w:history="1">
+      <w:hyperlink r:id="rId9244693a6b6d69152" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1078/0723202042369884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7726,51 +7726,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">695</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 27-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5162691cc4ecabb37" w:history="1">
+      <w:hyperlink r:id="rId3267693a6b6d691e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2005.695.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7912,51 +7912,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 208-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4042691cc4ecabcda" w:history="1">
+      <w:hyperlink r:id="rId6596693a6b6d69308" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4161/bact.23857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8022,51 +8022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), (Suppl. 4), 98-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2864691cc4ecabd8a" w:history="1">
+      <w:hyperlink r:id="rId7140693a6b6d693b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5504/BBEQ.2011.0126</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8112,51 +8112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1029-1041. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5384691cc4ecabe3d" w:history="1">
+      <w:hyperlink r:id="rId2365693a6b6d69446" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-09-20-0402-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8182,51 +8182,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8789691cc4ecabeb4" w:history="1">
+      <w:hyperlink r:id="rId6095693a6b6d694c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13593-018-0503-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8272,51 +8272,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1584. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1979691cc4ecabf43" w:history="1">
+      <w:hyperlink r:id="rId8896693a6b6d69552" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8342,51 +8342,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2288691cc4ecabfb6" w:history="1">
+      <w:hyperlink r:id="rId3354693a6b6d695c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0478-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8570,51 +8570,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 126087. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2971691cc4ecac11d" w:history="1">
+      <w:hyperlink r:id="rId6376693a6b6d6972d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2020.126087</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8640,51 +8640,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 413–416. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6327691cc4ecac18c" w:history="1">
+      <w:hyperlink r:id="rId3208693a6b6d697b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762014000500009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8750,51 +8750,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), e00885-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7671691cc4ecac239" w:history="1">
+      <w:hyperlink r:id="rId6358693a6b6d69862" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00885-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8820,51 +8820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 712-716. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1968691cc4ecac2aa" w:history="1">
+      <w:hyperlink r:id="rId5053693a6b6d698dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8890,51 +8890,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12),1500-1519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2368691cc4ecac31b" w:history="1">
+      <w:hyperlink r:id="rId9593693a6b6d69951" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.13125</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8980,51 +8980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 104013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2079691cc4ecac3a8" w:history="1">
+      <w:hyperlink r:id="rId5436693a6b6d699e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2019.104013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9041,51 +9041,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2290691cc4ecac40e" w:history="1">
+      <w:hyperlink r:id="rId7213693a6b6d69a47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9209,51 +9209,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5598691cc4ecac516" w:history="1">
+      <w:hyperlink r:id="rId4878693a6b6d69b53" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.18.1.69</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9299,51 +9299,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 907-920. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5507691cc4ecac5ad" w:history="1">
+      <w:hyperlink r:id="rId4982693a6b6d69d20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12244</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9429,51 +9429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">212–213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6584691cc4ecac679" w:history="1">
+      <w:hyperlink r:id="rId8320693a6b6d69df5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.micres.2018.05.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9519,51 +9519,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(16), e00213-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3589691cc4ecac709" w:history="1">
+      <w:hyperlink r:id="rId7330693a6b6d69e86" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mra.00213-20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9629,51 +9629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2805691cc4ecac7b5" w:history="1">
+      <w:hyperlink r:id="rId3835693a6b6d69f35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-44-1-47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9699,51 +9699,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 265‐284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7543691cc4ecac824" w:history="1">
+      <w:hyperlink r:id="rId2700693a6b6d69fa6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081752</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9789,51 +9789,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1660-1668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1910691cc4ecac8b2" w:history="1">
+      <w:hyperlink r:id="rId6545693a6b6d6a035" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-15-1085-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9977,51 +9977,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1520-1529. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2489691cc4ecac9db" w:history="1">
+      <w:hyperlink r:id="rId8470693a6b6d6a172" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.03000-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10105,51 +10105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 536. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1948691cc4ecacaa9" w:history="1">
+      <w:hyperlink r:id="rId9295693a6b6d6a244" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9030536</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10195,51 +10195,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472-489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5956691cc4ecacb37" w:history="1">
+      <w:hyperlink r:id="rId8538693a6b6d6a2d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10323,51 +10323,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153-177. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4014691cc4ecacc03" w:history="1">
+      <w:hyperlink r:id="rId1095693a6b6d6a3a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1978.10427397</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10433,51 +10433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas euvesicatoria pv. euvesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4746691cc4ecaccc2" w:history="1">
+      <w:hyperlink r:id="rId7616693a6b6d6a460" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10662,81 +10662,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 521-526. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9572691cc4ecace41" w:history="1">
+      <w:hyperlink r:id="rId1565693a6b6d6a5d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="22779238" name="name8306691cc4ecace9e" descr="eu_funding_250.png"/>
+            <wp:docPr id="12474105" name="name4075693a6b6d6aa1b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7218691cc4ecace9d" cstate="print"/>
+                    <a:blip r:embed="rId2922693a6b6d6aa19" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10834,137 +10834,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="39388584">
+  <w:abstractNum w:abstractNumId="32744891">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37883439">
+    <w:lvl w:ilvl="0" w:tplc="95186735">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="37883439" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95186735" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="37883439" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95186735" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="37883439" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95186735" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="37883439" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95186735" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="37883439" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95186735" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="37883439" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95186735" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="37883439" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95186735" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="37883439" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95186735" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39388583">
+  <w:abstractNum w:abstractNumId="32744890">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69174750">
+    <w:lvl w:ilvl="0" w:tplc="69856005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11716,55 +11716,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="39388583">
-    <w:abstractNumId w:val="39388583"/>
+  <w:num w:numId="32744890">
+    <w:abstractNumId w:val="32744890"/>
   </w:num>
-  <w:num w:numId="39388584">
-    <w:abstractNumId w:val="39388584"/>
+  <w:num w:numId="32744891">
+    <w:abstractNumId w:val="32744891"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23314,51 +23314,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId408930700" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId226401417" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9348691cc4eca47ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/" TargetMode="External"/><Relationship Id="rId5624691cc4eca498d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/categorization" TargetMode="External"/><Relationship Id="rId1665691cc4eca59dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/photos" TargetMode="External"/><Relationship Id="rId9135691cc4eca81c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId9326691cc4ecaa02e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId2678691cc4ecaa0c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId4715691cc4ecaa14a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId9738691cc4ecaa19f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId2084691cc4ecaa1f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId6857691cc4ecaa339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId7968691cc4ecaa410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId9453691cc4ecaa4ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId4048691cc4ecaa5e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId8542691cc4ecaa6a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId6117691cc4ecaa756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId1678691cc4ecaa8da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId3592691cc4ecaa988" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId8503691cc4ecaa9f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId9912691cc4ecaaac3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId6447691cc4ecaac3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId1008691cc4ecaad96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId7957691cc4ecaafd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId4490691cc4ecab075" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId8980691cc4ecab1a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId2246691cc4ecab5a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId7720691cc4ecab7f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId1679691cc4ecab921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId3164691cc4ecaba07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId8572691cc4ecabaa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId5162691cc4ecabb37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId4042691cc4ecabcda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId2864691cc4ecabd8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId5384691cc4ecabe3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId8789691cc4ecabeb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId1979691cc4ecabf43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId2288691cc4ecabfb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId2971691cc4ecac11d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId6327691cc4ecac18c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId7671691cc4ecac239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId1968691cc4ecac2aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId2368691cc4ecac31b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId2079691cc4ecac3a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId2290691cc4ecac40e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId5598691cc4ecac516" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId5507691cc4ecac5ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId6584691cc4ecac679" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId3589691cc4ecac709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId2805691cc4ecac7b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId7543691cc4ecac824" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId1910691cc4ecac8b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId2489691cc4ecac9db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId1948691cc4ecacaa9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId5956691cc4ecacb37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId4014691cc4ecacc03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId4746691cc4ecaccc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9572691cc4ecace41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId6017691cc4eca58c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6017691cc4eca58c2.jpg"/><Relationship Id="rId4047691cc4eca9186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4047691cc4eca9186.jpg"/><Relationship Id="rId7218691cc4ecace9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7218691cc4ecace9d.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId232819355" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId503555833" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2464693a6b6d64987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/" TargetMode="External"/><Relationship Id="rId7750693a6b6d649f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/categorization" TargetMode="External"/><Relationship Id="rId3902693a6b6d65340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/photos" TargetMode="External"/><Relationship Id="rId3360693a6b6d660d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId7873693a6b6d67e67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId9445693a6b6d67efd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId1232693a6b6d67f83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId9457693a6b6d67fd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId6454693a6b6d6802d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId3915693a6b6d680db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId5796693a6b6d681a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId3075693a6b6d68274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId4527693a6b6d6834b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId1015693a6b6d683f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId9175693a6b6d684a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId1045693a6b6d68626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId8131693a6b6d686d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId3159693a6b6d68744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId4934693a6b6d68827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId7441693a6b6d689a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId4960693a6b6d68ae2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId2964693a6b6d68b91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId6453693a6b6d68c21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId6964693a6b6d68d51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId1443693a6b6d68e98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId8099693a6b6d68fe0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId6276693a6b6d69052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId4163693a6b6d690e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId9244693a6b6d69152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId3267693a6b6d691e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId6596693a6b6d69308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId7140693a6b6d693b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId2365693a6b6d69446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId6095693a6b6d694c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId8896693a6b6d69552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId3354693a6b6d695c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId6376693a6b6d6972d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId3208693a6b6d697b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId6358693a6b6d69862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId5053693a6b6d698dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId9593693a6b6d69951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId5436693a6b6d699e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId7213693a6b6d69a47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId4878693a6b6d69b53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId4982693a6b6d69d20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId8320693a6b6d69df5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId7330693a6b6d69e86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId3835693a6b6d69f35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId2700693a6b6d69fa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId6545693a6b6d6a035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId8470693a6b6d6a172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId9295693a6b6d6a244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId8538693a6b6d6a2d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId1095693a6b6d6a3a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId7616693a6b6d6a460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1565693a6b6d6a5d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId2125693a6b6d651fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2125693a6b6d651fe.jpg"/><Relationship Id="rId2481693a6b6d66f6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2481693a6b6d66f6f.jpg"/><Relationship Id="rId2922693a6b6d6aa19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2922693a6b6d6aa19.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>