--- v3 (2025-12-11)
+++ v4 (2025-12-31)
@@ -338,51 +338,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Gammaproteobacteria: Lysobacterales: Lysobacteraceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial leaf spot of pepper, bacterial leaf spot of tomato, bacterial scab of tomato, bacterial spot of pepper, bacterial spot of tomato, black spot of tomato, leaf spot of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2464693a6b6d64987" w:history="1">
+            <w:hyperlink r:id="rId30836954f292e3799" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -398,51 +398,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7750693a6b6d649f2" w:history="1">
+            <w:hyperlink r:id="rId47056954f292e3802" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -456,86 +456,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTEU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="8876166" name="name8288693a6b6d65200" descr="4112.jpg"/>
+                  <wp:docPr id="33289363" name="name17106954f292e3f2d" descr="4112.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4112.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2125693a6b6d651fe" cstate="print"/>
+                          <a:blip r:embed="rId35416954f292e3f2b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3902693a6b6d65340" w:history="1">
+            <w:hyperlink r:id="rId16746954f292e4066" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2569,92 +2569,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is available as an archive in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3360693a6b6d660d1" w:history="1">
+      <w:hyperlink r:id="rId62046954f292e4e34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Global Database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="4108134" name="name9510693a6b6d66f71" descr="XANTEU_distribution_map.jpg"/>
+            <wp:docPr id="61508193" name="name42576954f292e5d66" descr="XANTEU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTEU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2481693a6b6d66f6f" cstate="print"/>
+                    <a:blip r:embed="rId41846954f292e5d62" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4621,51 +4621,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1118-1124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7873693a6b6d67e67" w:history="1">
+      <w:hyperlink r:id="rId64776954f292e724a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2008.01.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4711,51 +4711,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1734. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9445693a6b6d67efd" w:history="1">
+      <w:hyperlink r:id="rId78156954f292e72e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21051734</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4792,151 +4792,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-41. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1232693a6b6d67f83" w:history="1">
+      <w:hyperlink r:id="rId24096954f292e7369" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/article/10.1007/s10658-013-0214-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018) Commission Implementing Regulation (EU) 2018/1981 of 13 December 2018 renewing the approval of the active substances copper compounds, as candidates for substitution, in accordance with Regulation (EC) No 1107/2009 of the European Parliament and of the Council concerning the placing of plant protection products on the market, and amending the Annex to Commission Implementing Regulation (EU) No 540/2011. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 317, 16-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9457693a6b6d67fd9" w:history="1">
+      <w:hyperlink r:id="rId50766954f292e73bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2018/1981/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2019) Commission Implementing Regulation (EU) 2019/2072, of 28 November 2019, establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319, 1-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6454693a6b6d6802d" w:history="1">
+      <w:hyperlink r:id="rId55176954f292e742f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5002,51 +5002,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3915693a6b6d680db" w:history="1">
+      <w:hyperlink r:id="rId69156954f292e7544" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2003.00890.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5132,51 +5132,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 416-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5796693a6b6d681a8" w:history="1">
+      <w:hyperlink r:id="rId37596954f292e7619" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5262,51 +5262,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2176. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3075693a6b6d68274" w:history="1">
+      <w:hyperlink r:id="rId41216954f292e7702" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5403,51 +5403,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4527693a6b6d6834b" w:history="1">
+      <w:hyperlink r:id="rId48366954f292e77de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5513,51 +5513,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 77-84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1015693a6b6d683f8" w:history="1">
+      <w:hyperlink r:id="rId59586954f292e7890" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0261-2194(85)90007-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5623,51 +5623,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 161-170. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9175693a6b6d684a4" w:history="1">
+      <w:hyperlink r:id="rId82636954f292e7952" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02373702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5871,51 +5871,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">144</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9-10), 479-484. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1045693a6b6d68626" w:history="1">
+      <w:hyperlink r:id="rId50516954f292e7b07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.1996.tb00328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5981,51 +5981,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 663‐671. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8131693a6b6d686d3" w:history="1">
+      <w:hyperlink r:id="rId42826954f292e7bbc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-663</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6051,51 +6051,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1348-1356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3159693a6b6d68744" w:history="1">
+      <w:hyperlink r:id="rId78026954f292e7c30" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0465-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6181,51 +6181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 792-806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4934693a6b6d68827" w:history="1">
+      <w:hyperlink r:id="rId87486954f292e7cfe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12461</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6407,51 +6407,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 407-430. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7441693a6b6d689a0" w:history="1">
+      <w:hyperlink r:id="rId11876954f292e7e72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1921.tb05528.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6604,51 +6604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 232-239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4960693a6b6d68ae2" w:history="1">
+      <w:hyperlink r:id="rId50276954f292e7fb1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0138-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6714,51 +6714,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 3720, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2964693a6b6d68b91" w:history="1">
+      <w:hyperlink r:id="rId46936954f292e805f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6804,51 +6804,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 397-403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6453693a6b6d68c21" w:history="1">
+      <w:hyperlink r:id="rId30116954f292e80ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12773</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6996,51 +6996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">558-579</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6964693a6b6d68d51" w:history="1">
+      <w:hyperlink r:id="rId42146954f292e821e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7202,51 +7202,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1443693a6b6d68e98" w:history="1">
+      <w:hyperlink r:id="rId77776954f292e8364" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7406,51 +7406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ISF (2017) Method for the Detection of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. in Tomato seed (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8099693a6b6d68fe0" w:history="1">
+      <w:hyperlink r:id="rId95446954f292e84ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://worldseed.org/our-work/seed-health/ishi-methods/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7476,51 +7476,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 835647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6276693a6b6d69052" w:history="1">
+      <w:hyperlink r:id="rId60436954f292e851d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2022.835647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7566,51 +7566,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1211-1219. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4163693a6b6d690e2" w:history="1">
+      <w:hyperlink r:id="rId23016954f292e85ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-50-3-1211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7636,51 +7636,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 755-762. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9244693a6b6d69152" w:history="1">
+      <w:hyperlink r:id="rId22716954f292e861f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1078/0723202042369884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7726,51 +7726,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">695</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 27-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3267693a6b6d691e1" w:history="1">
+      <w:hyperlink r:id="rId46196954f292e86fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2005.695.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7912,51 +7912,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 208-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6596693a6b6d69308" w:history="1">
+      <w:hyperlink r:id="rId11836954f292e882b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4161/bact.23857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8022,51 +8022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), (Suppl. 4), 98-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7140693a6b6d693b5" w:history="1">
+      <w:hyperlink r:id="rId45336954f292e88ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5504/BBEQ.2011.0126</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8112,51 +8112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1029-1041. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2365693a6b6d69446" w:history="1">
+      <w:hyperlink r:id="rId64796954f292e8985" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-09-20-0402-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8182,51 +8182,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6095693a6b6d694c0" w:history="1">
+      <w:hyperlink r:id="rId12976954f292e8a01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13593-018-0503-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8272,51 +8272,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1584. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8896693a6b6d69552" w:history="1">
+      <w:hyperlink r:id="rId34886954f292e8a93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8342,51 +8342,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3354693a6b6d695c4" w:history="1">
+      <w:hyperlink r:id="rId71936954f292e8b06" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0478-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8570,51 +8570,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 126087. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6376693a6b6d6972d" w:history="1">
+      <w:hyperlink r:id="rId40996954f292e8c71" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2020.126087</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8640,51 +8640,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 413–416. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3208693a6b6d697b2" w:history="1">
+      <w:hyperlink r:id="rId42886954f292e8d56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762014000500009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8750,51 +8750,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), e00885-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6358693a6b6d69862" w:history="1">
+      <w:hyperlink r:id="rId16926954f292e8e1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00885-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8820,51 +8820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 712-716. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5053693a6b6d698dd" w:history="1">
+      <w:hyperlink r:id="rId98336954f292e8e8f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8890,51 +8890,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12),1500-1519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9593693a6b6d69951" w:history="1">
+      <w:hyperlink r:id="rId42716954f292e8f01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.13125</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8980,51 +8980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 104013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5436693a6b6d699e1" w:history="1">
+      <w:hyperlink r:id="rId53496954f292e8f91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2019.104013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9041,51 +9041,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7213693a6b6d69a47" w:history="1">
+      <w:hyperlink r:id="rId16726954f292e8ff8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9209,51 +9209,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4878693a6b6d69b53" w:history="1">
+      <w:hyperlink r:id="rId30456954f292e911e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.18.1.69</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9299,51 +9299,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 907-920. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4982693a6b6d69d20" w:history="1">
+      <w:hyperlink r:id="rId92556954f292e91b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12244</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9429,51 +9429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">212–213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8320693a6b6d69df5" w:history="1">
+      <w:hyperlink r:id="rId81746954f292e9288" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.micres.2018.05.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9519,51 +9519,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(16), e00213-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7330693a6b6d69e86" w:history="1">
+      <w:hyperlink r:id="rId68726954f292e9319" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mra.00213-20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9629,51 +9629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3835693a6b6d69f35" w:history="1">
+      <w:hyperlink r:id="rId20946954f292e93cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-44-1-47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9699,51 +9699,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 265‐284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2700693a6b6d69fa6" w:history="1">
+      <w:hyperlink r:id="rId92846954f292e943b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081752</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9789,51 +9789,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1660-1668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6545693a6b6d6a035" w:history="1">
+      <w:hyperlink r:id="rId62156954f292e94cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-15-1085-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9977,51 +9977,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1520-1529. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8470693a6b6d6a172" w:history="1">
+      <w:hyperlink r:id="rId20156954f292e95f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.03000-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10105,51 +10105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 536. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9295693a6b6d6a244" w:history="1">
+      <w:hyperlink r:id="rId18776954f292e96e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9030536</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10195,51 +10195,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472-489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8538693a6b6d6a2d3" w:history="1">
+      <w:hyperlink r:id="rId85766954f292e9777" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10323,51 +10323,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153-177. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1095693a6b6d6a3a2" w:history="1">
+      <w:hyperlink r:id="rId20776954f292e9849" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1978.10427397</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10433,51 +10433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas euvesicatoria pv. euvesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7616693a6b6d6a460" w:history="1">
+      <w:hyperlink r:id="rId94996954f292e990d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10662,81 +10662,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 521-526. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1565693a6b6d6a5d0" w:history="1">
+      <w:hyperlink r:id="rId12396954f292e9a8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="12474105" name="name4075693a6b6d6aa1b" descr="eu_funding_250.png"/>
+            <wp:docPr id="80631855" name="name87136954f292e9afa" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2922693a6b6d6aa19" cstate="print"/>
+                    <a:blip r:embed="rId60216954f292e9af9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10834,137 +10834,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="32744891">
+  <w:abstractNum w:abstractNumId="77298170">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95186735">
+    <w:lvl w:ilvl="0" w:tplc="52475532">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95186735" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52475532" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95186735" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52475532" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95186735" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52475532" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95186735" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52475532" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95186735" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52475532" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95186735" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52475532" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95186735" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52475532" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95186735" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52475532" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="32744890">
+  <w:abstractNum w:abstractNumId="77298169">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69856005">
+    <w:lvl w:ilvl="0" w:tplc="96939428">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11716,55 +11716,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="32744890">
-    <w:abstractNumId w:val="32744890"/>
+  <w:num w:numId="77298169">
+    <w:abstractNumId w:val="77298169"/>
   </w:num>
-  <w:num w:numId="32744891">
-    <w:abstractNumId w:val="32744891"/>
+  <w:num w:numId="77298170">
+    <w:abstractNumId w:val="77298170"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23314,51 +23314,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId232819355" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId503555833" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2464693a6b6d64987" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/" TargetMode="External"/><Relationship Id="rId7750693a6b6d649f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/categorization" TargetMode="External"/><Relationship Id="rId3902693a6b6d65340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/photos" TargetMode="External"/><Relationship Id="rId3360693a6b6d660d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId7873693a6b6d67e67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId9445693a6b6d67efd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId1232693a6b6d67f83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId9457693a6b6d67fd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId6454693a6b6d6802d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId3915693a6b6d680db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId5796693a6b6d681a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId3075693a6b6d68274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId4527693a6b6d6834b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId1015693a6b6d683f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId9175693a6b6d684a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId1045693a6b6d68626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId8131693a6b6d686d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId3159693a6b6d68744" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId4934693a6b6d68827" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId7441693a6b6d689a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId4960693a6b6d68ae2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId2964693a6b6d68b91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId6453693a6b6d68c21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId6964693a6b6d68d51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId1443693a6b6d68e98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId8099693a6b6d68fe0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId6276693a6b6d69052" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId4163693a6b6d690e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId9244693a6b6d69152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId3267693a6b6d691e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId6596693a6b6d69308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId7140693a6b6d693b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId2365693a6b6d69446" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId6095693a6b6d694c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId8896693a6b6d69552" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId3354693a6b6d695c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId6376693a6b6d6972d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId3208693a6b6d697b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId6358693a6b6d69862" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId5053693a6b6d698dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId9593693a6b6d69951" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId5436693a6b6d699e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId7213693a6b6d69a47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId4878693a6b6d69b53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId4982693a6b6d69d20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId8320693a6b6d69df5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId7330693a6b6d69e86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId3835693a6b6d69f35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId2700693a6b6d69fa6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId6545693a6b6d6a035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId8470693a6b6d6a172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId9295693a6b6d6a244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId8538693a6b6d6a2d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId1095693a6b6d6a3a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId7616693a6b6d6a460" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1565693a6b6d6a5d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId2125693a6b6d651fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2125693a6b6d651fe.jpg"/><Relationship Id="rId2481693a6b6d66f6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2481693a6b6d66f6f.jpg"/><Relationship Id="rId2922693a6b6d6aa19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2922693a6b6d6aa19.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId510039959" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId872689079" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId30836954f292e3799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/" TargetMode="External"/><Relationship Id="rId47056954f292e3802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/categorization" TargetMode="External"/><Relationship Id="rId16746954f292e4066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/photos" TargetMode="External"/><Relationship Id="rId62046954f292e4e34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId64776954f292e724a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId78156954f292e72e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId24096954f292e7369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId50766954f292e73bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId55176954f292e742f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId69156954f292e7544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId37596954f292e7619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId41216954f292e7702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId48366954f292e77de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId59586954f292e7890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId82636954f292e7952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId50516954f292e7b07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId42826954f292e7bbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId78026954f292e7c30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId87486954f292e7cfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId11876954f292e7e72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId50276954f292e7fb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId46936954f292e805f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId30116954f292e80ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId42146954f292e821e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId77776954f292e8364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId95446954f292e84ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId60436954f292e851d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId23016954f292e85ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId22716954f292e861f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId46196954f292e86fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId11836954f292e882b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId45336954f292e88ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId64796954f292e8985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId12976954f292e8a01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId34886954f292e8a93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId71936954f292e8b06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId40996954f292e8c71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId42886954f292e8d56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId16926954f292e8e1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId98336954f292e8e8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId42716954f292e8f01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId53496954f292e8f91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId16726954f292e8ff8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId30456954f292e911e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId92556954f292e91b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId81746954f292e9288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId68726954f292e9319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId20946954f292e93cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId92846954f292e943b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId62156954f292e94cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId20156954f292e95f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId18776954f292e96e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId85766954f292e9777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId20776954f292e9849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId94996954f292e990d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId12396954f292e9a8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId35416954f292e3f2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId35416954f292e3f2b.jpg"/><Relationship Id="rId41846954f292e5d62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId41846954f292e5d62.jpg"/><Relationship Id="rId60216954f292e9af9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId60216954f292e9af9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>