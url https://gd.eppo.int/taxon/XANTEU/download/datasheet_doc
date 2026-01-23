--- v4 (2025-12-31)
+++ v5 (2026-01-23)
@@ -338,51 +338,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Gammaproteobacteria: Lysobacterales: Lysobacteraceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial leaf spot of pepper, bacterial leaf spot of tomato, bacterial scab of tomato, bacterial spot of pepper, bacterial spot of tomato, black spot of tomato, leaf spot of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId30836954f292e3799" w:history="1">
+            <w:hyperlink r:id="rId98656973587f8c7d1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -398,51 +398,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId47056954f292e3802" w:history="1">
+            <w:hyperlink r:id="rId39716973587f8c83a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -456,86 +456,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTEU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="33289363" name="name17106954f292e3f2d" descr="4112.jpg"/>
+                  <wp:docPr id="33917933" name="name95306973587f8cda9" descr="4112.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4112.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId35416954f292e3f2b" cstate="print"/>
+                          <a:blip r:embed="rId73256973587f8cda7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId16746954f292e4066" w:history="1">
+            <w:hyperlink r:id="rId69906973587f8cee6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2569,92 +2569,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is available as an archive in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62046954f292e4e34" w:history="1">
+      <w:hyperlink r:id="rId84876973587f8dc6d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Global Database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="61508193" name="name42576954f292e5d66" descr="XANTEU_distribution_map.jpg"/>
+            <wp:docPr id="86093686" name="name73846973587f8e978" descr="XANTEU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTEU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId41846954f292e5d62" cstate="print"/>
+                    <a:blip r:embed="rId14686973587f8e974" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2694,51 +2694,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Comoros, Mauritius, Nigeria, Reunion, Seychelles, South Africa, Sudan, Tanzania, United Republic of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> China (Heilongjiang, Liaoning, Neimenggu), Indonesia (Java), Iran, Islamic Republic of, Korea, Republic of, Taiwan, Thailand</w:t>
+        <w:t xml:space="preserve"> China (Heilongjiang, Liaoning, Neimenggu), Indonesia (Java), Iran, Islamic Republic of, Korea, Republic of, Saudi Arabia, Taiwan, Thailand</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Canada (Ontario), Mexico, United States of America (Florida, Georgia, Indiana, Kentucky, Louisiana, Michigan, North Carolina, Ohio)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4621,51 +4621,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1118-1124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64776954f292e724a" w:history="1">
+      <w:hyperlink r:id="rId41876973587f8f8ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2008.01.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4711,51 +4711,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1734. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78156954f292e72e4" w:history="1">
+      <w:hyperlink r:id="rId62936973587f8f95a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21051734</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4792,151 +4792,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-41. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24096954f292e7369" w:history="1">
+      <w:hyperlink r:id="rId21776973587f8f9e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/article/10.1007/s10658-013-0214-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018) Commission Implementing Regulation (EU) 2018/1981 of 13 December 2018 renewing the approval of the active substances copper compounds, as candidates for substitution, in accordance with Regulation (EC) No 1107/2009 of the European Parliament and of the Council concerning the placing of plant protection products on the market, and amending the Annex to Commission Implementing Regulation (EU) No 540/2011. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 317, 16-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50766954f292e73bf" w:history="1">
+      <w:hyperlink r:id="rId41336973587f8fa36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2018/1981/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2019) Commission Implementing Regulation (EU) 2019/2072, of 28 November 2019, establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319, 1-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55176954f292e742f" w:history="1">
+      <w:hyperlink r:id="rId57326973587f8fa8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5002,51 +5002,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69156954f292e7544" w:history="1">
+      <w:hyperlink r:id="rId22386973587f8fb3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2003.00890.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5132,51 +5132,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 416-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37596954f292e7619" w:history="1">
+      <w:hyperlink r:id="rId79126973587f8fc08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5262,51 +5262,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2176. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41216954f292e7702" w:history="1">
+      <w:hyperlink r:id="rId54856973587f8fcd4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5403,51 +5403,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48366954f292e77de" w:history="1">
+      <w:hyperlink r:id="rId89216973587f8fdac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5513,51 +5513,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 77-84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59586954f292e7890" w:history="1">
+      <w:hyperlink r:id="rId66326973587f8fe66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0261-2194(85)90007-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5623,51 +5623,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 161-170. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82636954f292e7952" w:history="1">
+      <w:hyperlink r:id="rId57456973587f8ff15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02373702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5871,51 +5871,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">144</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9-10), 479-484. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50516954f292e7b07" w:history="1">
+      <w:hyperlink r:id="rId26366973587f90099" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.1996.tb00328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5981,51 +5981,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 663‐671. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42826954f292e7bbc" w:history="1">
+      <w:hyperlink r:id="rId89756973587f90147" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-663</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6051,51 +6051,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1348-1356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78026954f292e7c30" w:history="1">
+      <w:hyperlink r:id="rId13126973587f901b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0465-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6181,51 +6181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 792-806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87486954f292e7cfe" w:history="1">
+      <w:hyperlink r:id="rId52716973587f90284" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12461</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6407,51 +6407,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 407-430. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11876954f292e7e72" w:history="1">
+      <w:hyperlink r:id="rId38556973587f903e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1921.tb05528.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6604,51 +6604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 232-239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50276954f292e7fb1" w:history="1">
+      <w:hyperlink r:id="rId71766973587f90523" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0138-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6714,51 +6714,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 3720, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46936954f292e805f" w:history="1">
+      <w:hyperlink r:id="rId68866973587f905d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6804,51 +6804,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 397-403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30116954f292e80ef" w:history="1">
+      <w:hyperlink r:id="rId96786973587f9065e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12773</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6996,51 +6996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">558-579</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42146954f292e821e" w:history="1">
+      <w:hyperlink r:id="rId96066973587f9078b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7202,51 +7202,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77776954f292e8364" w:history="1">
+      <w:hyperlink r:id="rId12146973587f90941" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7406,51 +7406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ISF (2017) Method for the Detection of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. in Tomato seed (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95446954f292e84ab" w:history="1">
+      <w:hyperlink r:id="rId75846973587f90a9c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://worldseed.org/our-work/seed-health/ishi-methods/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7476,51 +7476,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 835647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60436954f292e851d" w:history="1">
+      <w:hyperlink r:id="rId60176973587f90b0e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2022.835647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7566,51 +7566,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1211-1219. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23016954f292e85ae" w:history="1">
+      <w:hyperlink r:id="rId54516973587f90ba0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-50-3-1211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7636,51 +7636,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 755-762. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22716954f292e861f" w:history="1">
+      <w:hyperlink r:id="rId58746973587f90c14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1078/0723202042369884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7726,51 +7726,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">695</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 27-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46196954f292e86fa" w:history="1">
+      <w:hyperlink r:id="rId32936973587f90cb1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2005.695.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7912,51 +7912,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 208-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11836954f292e882b" w:history="1">
+      <w:hyperlink r:id="rId46936973587f90dd8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4161/bact.23857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8022,51 +8022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), (Suppl. 4), 98-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45336954f292e88ef" w:history="1">
+      <w:hyperlink r:id="rId49686973587f90e86" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5504/BBEQ.2011.0126</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8112,51 +8112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1029-1041. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64796954f292e8985" w:history="1">
+      <w:hyperlink r:id="rId82656973587f90f16" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-09-20-0402-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8182,51 +8182,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12976954f292e8a01" w:history="1">
+      <w:hyperlink r:id="rId55106973587f90f88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13593-018-0503-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8272,51 +8272,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1584. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34886954f292e8a93" w:history="1">
+      <w:hyperlink r:id="rId52936973587f91017" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8342,51 +8342,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71936954f292e8b06" w:history="1">
+      <w:hyperlink r:id="rId96966973587f91086" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0478-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8570,51 +8570,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 126087. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40996954f292e8c71" w:history="1">
+      <w:hyperlink r:id="rId69206973587f911ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2020.126087</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8640,51 +8640,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 413–416. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42886954f292e8d56" w:history="1">
+      <w:hyperlink r:id="rId54106973587f9125c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762014000500009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8750,51 +8750,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), e00885-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16926954f292e8e1b" w:history="1">
+      <w:hyperlink r:id="rId68436973587f9130a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00885-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8820,51 +8820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 712-716. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98336954f292e8e8f" w:history="1">
+      <w:hyperlink r:id="rId56336973587f9137b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8890,51 +8890,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12),1500-1519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42716954f292e8f01" w:history="1">
+      <w:hyperlink r:id="rId49086973587f913eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.13125</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8980,51 +8980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 104013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53496954f292e8f91" w:history="1">
+      <w:hyperlink r:id="rId96066973587f91479" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2019.104013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9041,51 +9041,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16726954f292e8ff8" w:history="1">
+      <w:hyperlink r:id="rId26156973587f914de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9209,51 +9209,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId30456954f292e911e" w:history="1">
+      <w:hyperlink r:id="rId41356973587f915f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.18.1.69</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9299,51 +9299,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 907-920. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92556954f292e91b7" w:history="1">
+      <w:hyperlink r:id="rId18526973587f91685" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12244</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9429,51 +9429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">212–213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81746954f292e9288" w:history="1">
+      <w:hyperlink r:id="rId33246973587f91751" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.micres.2018.05.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9519,51 +9519,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(16), e00213-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68726954f292e9319" w:history="1">
+      <w:hyperlink r:id="rId79846973587f917f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mra.00213-20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9629,51 +9629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20946954f292e93cb" w:history="1">
+      <w:hyperlink r:id="rId90266973587f918a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-44-1-47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9699,51 +9699,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 265‐284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92846954f292e943b" w:history="1">
+      <w:hyperlink r:id="rId11466973587f91918" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081752</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9789,51 +9789,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1660-1668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62156954f292e94cc" w:history="1">
+      <w:hyperlink r:id="rId56266973587f919a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-15-1085-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9977,51 +9977,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1520-1529. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20156954f292e95f7" w:history="1">
+      <w:hyperlink r:id="rId94396973587f91ad5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.03000-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10105,51 +10105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 536. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18776954f292e96e5" w:history="1">
+      <w:hyperlink r:id="rId42836973587f91ba6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9030536</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10195,51 +10195,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472-489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85766954f292e9777" w:history="1">
+      <w:hyperlink r:id="rId65346973587f91c34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10323,51 +10323,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153-177. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20776954f292e9849" w:history="1">
+      <w:hyperlink r:id="rId65286973587f91d05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1978.10427397</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10411,73 +10411,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas euvesicatoria pv. euvesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94996954f292e990d" w:history="1">
+      <w:hyperlink r:id="rId43616973587f91dc7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10662,81 +10662,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 521-526. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12396954f292e9a8e" w:history="1">
+      <w:hyperlink r:id="rId20866973587f91f3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="80631855" name="name87136954f292e9afa" descr="eu_funding_250.png"/>
+            <wp:docPr id="2955931" name="name49846973587f91ff0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId60216954f292e9af9" cstate="print"/>
+                    <a:blip r:embed="rId58836973587f91fef" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10834,137 +10834,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="77298170">
+  <w:abstractNum w:abstractNumId="97111369">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52475532">
+    <w:lvl w:ilvl="0" w:tplc="66885672">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52475532" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="66885672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52475532" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="66885672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52475532" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="66885672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52475532" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="66885672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52475532" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="66885672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52475532" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="66885672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52475532" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="66885672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52475532" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="66885672" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77298169">
+  <w:abstractNum w:abstractNumId="97111368">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96939428">
+    <w:lvl w:ilvl="0" w:tplc="37130337">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11716,55 +11716,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="77298169">
-    <w:abstractNumId w:val="77298169"/>
+  <w:num w:numId="97111368">
+    <w:abstractNumId w:val="97111368"/>
   </w:num>
-  <w:num w:numId="77298170">
-    <w:abstractNumId w:val="77298170"/>
+  <w:num w:numId="97111369">
+    <w:abstractNumId w:val="97111369"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23314,51 +23314,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId510039959" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId872689079" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId30836954f292e3799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/" TargetMode="External"/><Relationship Id="rId47056954f292e3802" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/categorization" TargetMode="External"/><Relationship Id="rId16746954f292e4066" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/photos" TargetMode="External"/><Relationship Id="rId62046954f292e4e34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId64776954f292e724a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId78156954f292e72e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId24096954f292e7369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId50766954f292e73bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId55176954f292e742f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId69156954f292e7544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId37596954f292e7619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId41216954f292e7702" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId48366954f292e77de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId59586954f292e7890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId82636954f292e7952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId50516954f292e7b07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId42826954f292e7bbc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId78026954f292e7c30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId87486954f292e7cfe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId11876954f292e7e72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId50276954f292e7fb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId46936954f292e805f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId30116954f292e80ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId42146954f292e821e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId77776954f292e8364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId95446954f292e84ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId60436954f292e851d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId23016954f292e85ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId22716954f292e861f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId46196954f292e86fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId11836954f292e882b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId45336954f292e88ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId64796954f292e8985" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId12976954f292e8a01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId34886954f292e8a93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId71936954f292e8b06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId40996954f292e8c71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId42886954f292e8d56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId16926954f292e8e1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId98336954f292e8e8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId42716954f292e8f01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId53496954f292e8f91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId16726954f292e8ff8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId30456954f292e911e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId92556954f292e91b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId81746954f292e9288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId68726954f292e9319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId20946954f292e93cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId92846954f292e943b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId62156954f292e94cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId20156954f292e95f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId18776954f292e96e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId85766954f292e9777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId20776954f292e9849" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId94996954f292e990d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId12396954f292e9a8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId35416954f292e3f2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId35416954f292e3f2b.jpg"/><Relationship Id="rId41846954f292e5d62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId41846954f292e5d62.jpg"/><Relationship Id="rId60216954f292e9af9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId60216954f292e9af9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId272352223" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId159788738" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId98656973587f8c7d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/" TargetMode="External"/><Relationship Id="rId39716973587f8c83a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/categorization" TargetMode="External"/><Relationship Id="rId69906973587f8cee6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/photos" TargetMode="External"/><Relationship Id="rId84876973587f8dc6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId41876973587f8f8ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId62936973587f8f95a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId21776973587f8f9e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId41336973587f8fa36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId57326973587f8fa8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId22386973587f8fb3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId79126973587f8fc08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId54856973587f8fcd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId89216973587f8fdac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId66326973587f8fe66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId57456973587f8ff15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId26366973587f90099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId89756973587f90147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId13126973587f901b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId52716973587f90284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId38556973587f903e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId71766973587f90523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId68866973587f905d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId96786973587f9065e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId96066973587f9078b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId12146973587f90941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId75846973587f90a9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId60176973587f90b0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId54516973587f90ba0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId58746973587f90c14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId32936973587f90cb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId46936973587f90dd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId49686973587f90e86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId82656973587f90f16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId55106973587f90f88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId52936973587f91017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId96966973587f91086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId69206973587f911ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId54106973587f9125c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId68436973587f9130a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId56336973587f9137b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId49086973587f913eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId96066973587f91479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId26156973587f914de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId41356973587f915f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId18526973587f91685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId33246973587f91751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId79846973587f917f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId90266973587f918a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId11466973587f91918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId56266973587f919a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId94396973587f91ad5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId42836973587f91ba6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId65346973587f91c34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId65286973587f91d05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId43616973587f91dc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId20866973587f91f3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId73256973587f8cda7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73256973587f8cda7.jpg"/><Relationship Id="rId14686973587f8e974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId14686973587f8e974.jpg"/><Relationship Id="rId58836973587f91fef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId58836973587f91fef.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>