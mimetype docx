--- v5 (2026-01-23)
+++ v6 (2026-02-15)
@@ -338,51 +338,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Gammaproteobacteria: Lysobacterales: Lysobacteraceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial leaf spot of pepper, bacterial leaf spot of tomato, bacterial scab of tomato, bacterial spot of pepper, bacterial spot of tomato, black spot of tomato, leaf spot of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98656973587f8c7d1" w:history="1">
+            <w:hyperlink r:id="rId59136991af59e4910" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,53 +396,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId39716973587f8c83a" w:history="1">
+            <w:hyperlink r:id="rId45746991af59e497b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -456,86 +456,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTEU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="33917933" name="name95306973587f8cda9" descr="4112.jpg"/>
+                  <wp:docPr id="91097996" name="name39266991af59e503f" descr="4112.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4112.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId73256973587f8cda7" cstate="print"/>
+                          <a:blip r:embed="rId50506991af59e503d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId69906973587f8cee6" w:history="1">
+            <w:hyperlink r:id="rId52416991af59e514c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2569,92 +2569,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is available as an archive in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84876973587f8dc6d" w:history="1">
+      <w:hyperlink r:id="rId26786991af59e5eee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Global Database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="86093686" name="name73846973587f8e978" descr="XANTEU_distribution_map.jpg"/>
+            <wp:docPr id="19653681" name="name51616991af59e6c55" descr="XANTEU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTEU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId14686973587f8e974" cstate="print"/>
+                    <a:blip r:embed="rId62926991af59e6c52" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4621,51 +4621,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1118-1124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41876973587f8f8ba" w:history="1">
+      <w:hyperlink r:id="rId85476991af59e7b88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2008.01.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4711,51 +4711,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1734. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62936973587f8f95a" w:history="1">
+      <w:hyperlink r:id="rId40436991af59e7c20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21051734</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4792,151 +4792,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-41. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21776973587f8f9e0" w:history="1">
+      <w:hyperlink r:id="rId90946991af59e7ca7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/article/10.1007/s10658-013-0214-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018) Commission Implementing Regulation (EU) 2018/1981 of 13 December 2018 renewing the approval of the active substances copper compounds, as candidates for substitution, in accordance with Regulation (EC) No 1107/2009 of the European Parliament and of the Council concerning the placing of plant protection products on the market, and amending the Annex to Commission Implementing Regulation (EU) No 540/2011. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 317, 16-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41336973587f8fa36" w:history="1">
+      <w:hyperlink r:id="rId69736991af59e7cfd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2018/1981/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2019) Commission Implementing Regulation (EU) 2019/2072, of 28 November 2019, establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319, 1-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57326973587f8fa8b" w:history="1">
+      <w:hyperlink r:id="rId19946991af59e7d52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5002,51 +5002,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22386973587f8fb3b" w:history="1">
+      <w:hyperlink r:id="rId14736991af59e7e02" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2003.00890.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5132,51 +5132,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 416-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79126973587f8fc08" w:history="1">
+      <w:hyperlink r:id="rId55446991af59e7ed0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5262,51 +5262,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2176. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54856973587f8fcd4" w:history="1">
+      <w:hyperlink r:id="rId42966991af59e7f9d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5403,51 +5403,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89216973587f8fdac" w:history="1">
+      <w:hyperlink r:id="rId55686991af59e8078" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5513,51 +5513,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 77-84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66326973587f8fe66" w:history="1">
+      <w:hyperlink r:id="rId43416991af59e8127" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0261-2194(85)90007-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5623,51 +5623,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 161-170. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57456973587f8ff15" w:history="1">
+      <w:hyperlink r:id="rId14316991af59e81d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02373702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5871,51 +5871,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">144</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9-10), 479-484. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26366973587f90099" w:history="1">
+      <w:hyperlink r:id="rId28796991af59e8369" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.1996.tb00328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5981,51 +5981,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 663‐671. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89756973587f90147" w:history="1">
+      <w:hyperlink r:id="rId91636991af59e841a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-663</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6051,51 +6051,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1348-1356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13126973587f901b8" w:history="1">
+      <w:hyperlink r:id="rId50256991af59e848d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0465-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6181,51 +6181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 792-806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52716973587f90284" w:history="1">
+      <w:hyperlink r:id="rId90176991af59e855b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12461</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6407,51 +6407,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 407-430. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38556973587f903e8" w:history="1">
+      <w:hyperlink r:id="rId82266991af59e86d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1921.tb05528.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6604,51 +6604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 232-239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71766973587f90523" w:history="1">
+      <w:hyperlink r:id="rId79716991af59e8819" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0138-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6714,51 +6714,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 3720, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68866973587f905d0" w:history="1">
+      <w:hyperlink r:id="rId70376991af59e88c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6804,51 +6804,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 397-403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96786973587f9065e" w:history="1">
+      <w:hyperlink r:id="rId32736991af59e8956" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12773</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6996,51 +6996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">558-579</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96066973587f9078b" w:history="1">
+      <w:hyperlink r:id="rId71096991af59e8a83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7202,51 +7202,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12146973587f90941" w:history="1">
+      <w:hyperlink r:id="rId36776991af59e8be5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7406,51 +7406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ISF (2017) Method for the Detection of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. in Tomato seed (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75846973587f90a9c" w:history="1">
+      <w:hyperlink r:id="rId68936991af59e8d2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://worldseed.org/our-work/seed-health/ishi-methods/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7476,51 +7476,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 835647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60176973587f90b0e" w:history="1">
+      <w:hyperlink r:id="rId16686991af59e8d9d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2022.835647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7566,51 +7566,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1211-1219. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54516973587f90ba0" w:history="1">
+      <w:hyperlink r:id="rId54806991af59e8e2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-50-3-1211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7636,51 +7636,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 755-762. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58746973587f90c14" w:history="1">
+      <w:hyperlink r:id="rId26536991af59e8ea9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1078/0723202042369884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7726,51 +7726,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">695</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 27-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32936973587f90cb1" w:history="1">
+      <w:hyperlink r:id="rId95306991af59e907e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2005.695.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7912,51 +7912,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 208-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46936973587f90dd8" w:history="1">
+      <w:hyperlink r:id="rId31946991af59e91b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4161/bact.23857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8022,51 +8022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), (Suppl. 4), 98-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49686973587f90e86" w:history="1">
+      <w:hyperlink r:id="rId59756991af59e9262" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5504/BBEQ.2011.0126</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8112,51 +8112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1029-1041. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82656973587f90f16" w:history="1">
+      <w:hyperlink r:id="rId56556991af59e92f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-09-20-0402-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8182,51 +8182,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55106973587f90f88" w:history="1">
+      <w:hyperlink r:id="rId81586991af59e9369" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13593-018-0503-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8272,51 +8272,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1584. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52936973587f91017" w:history="1">
+      <w:hyperlink r:id="rId47686991af59e93f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8342,51 +8342,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96966973587f91086" w:history="1">
+      <w:hyperlink r:id="rId85576991af59e946a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0478-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8570,51 +8570,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 126087. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69206973587f911ec" w:history="1">
+      <w:hyperlink r:id="rId48506991af59e95d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2020.126087</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8640,51 +8640,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 413–416. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54106973587f9125c" w:history="1">
+      <w:hyperlink r:id="rId11146991af59e9655" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762014000500009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8750,51 +8750,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), e00885-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68436973587f9130a" w:history="1">
+      <w:hyperlink r:id="rId44276991af59e9707" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00885-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8820,51 +8820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 712-716. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56336973587f9137b" w:history="1">
+      <w:hyperlink r:id="rId97706991af59e9779" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8890,51 +8890,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12),1500-1519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49086973587f913eb" w:history="1">
+      <w:hyperlink r:id="rId33276991af59e97ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.13125</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8980,51 +8980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 104013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96066973587f91479" w:history="1">
+      <w:hyperlink r:id="rId16386991af59e987d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2019.104013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9041,51 +9041,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26156973587f914de" w:history="1">
+      <w:hyperlink r:id="rId73716991af59e98e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9209,51 +9209,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41356973587f915f4" w:history="1">
+      <w:hyperlink r:id="rId50946991af59e99f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.18.1.69</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9299,51 +9299,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 907-920. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18526973587f91685" w:history="1">
+      <w:hyperlink r:id="rId26076991af59e9a8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12244</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9429,51 +9429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">212–213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33246973587f91751" w:history="1">
+      <w:hyperlink r:id="rId71976991af59e9b60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.micres.2018.05.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9519,51 +9519,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(16), e00213-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79846973587f917f4" w:history="1">
+      <w:hyperlink r:id="rId72026991af59e9bf1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mra.00213-20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9629,51 +9629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90266973587f918a7" w:history="1">
+      <w:hyperlink r:id="rId84176991af59e9c9f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-44-1-47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9699,51 +9699,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 265‐284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11466973587f91918" w:history="1">
+      <w:hyperlink r:id="rId51386991af59e9d11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081752</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9789,51 +9789,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1660-1668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56266973587f919a7" w:history="1">
+      <w:hyperlink r:id="rId23266991af59e9db1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-15-1085-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9977,51 +9977,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1520-1529. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94396973587f91ad5" w:history="1">
+      <w:hyperlink r:id="rId43446991af59e9ee2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.03000-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10105,51 +10105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 536. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42836973587f91ba6" w:history="1">
+      <w:hyperlink r:id="rId86086991af59e9fb3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9030536</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10195,51 +10195,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472-489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65346973587f91c34" w:history="1">
+      <w:hyperlink r:id="rId99906991af59ea042" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10323,51 +10323,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153-177. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65286973587f91d05" w:history="1">
+      <w:hyperlink r:id="rId36736991af59ea112" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1978.10427397</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10433,51 +10433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas euvesicatoria pv. euvesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43616973587f91dc7" w:history="1">
+      <w:hyperlink r:id="rId63836991af59ea1d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10662,81 +10662,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 521-526. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20866973587f91f3f" w:history="1">
+      <w:hyperlink r:id="rId60756991af59ea346" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="2955931" name="name49846973587f91ff0" descr="eu_funding_250.png"/>
+            <wp:docPr id="59392901" name="name36226991af59ea3ac" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId58836973587f91fef" cstate="print"/>
+                    <a:blip r:embed="rId26186991af59ea3ab" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10834,137 +10834,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="97111369">
+  <w:abstractNum w:abstractNumId="84778564">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="66885672">
+    <w:lvl w:ilvl="0" w:tplc="61049540">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="66885672" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="61049540" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="66885672" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="61049540" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="66885672" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="61049540" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="66885672" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="61049540" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="66885672" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="61049540" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="66885672" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="61049540" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="66885672" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="61049540" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="66885672" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="61049540" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="97111368">
+  <w:abstractNum w:abstractNumId="84778563">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37130337">
+    <w:lvl w:ilvl="0" w:tplc="80486148">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11716,55 +11716,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="97111368">
-    <w:abstractNumId w:val="97111368"/>
+  <w:num w:numId="84778563">
+    <w:abstractNumId w:val="84778563"/>
   </w:num>
-  <w:num w:numId="97111369">
-    <w:abstractNumId w:val="97111369"/>
+  <w:num w:numId="84778564">
+    <w:abstractNumId w:val="84778564"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23314,51 +23314,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId272352223" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId159788738" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId98656973587f8c7d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/" TargetMode="External"/><Relationship Id="rId39716973587f8c83a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/categorization" TargetMode="External"/><Relationship Id="rId69906973587f8cee6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/photos" TargetMode="External"/><Relationship Id="rId84876973587f8dc6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId41876973587f8f8ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId62936973587f8f95a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId21776973587f8f9e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId41336973587f8fa36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId57326973587f8fa8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId22386973587f8fb3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId79126973587f8fc08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId54856973587f8fcd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId89216973587f8fdac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId66326973587f8fe66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId57456973587f8ff15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId26366973587f90099" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId89756973587f90147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId13126973587f901b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId52716973587f90284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId38556973587f903e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId71766973587f90523" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId68866973587f905d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId96786973587f9065e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId96066973587f9078b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId12146973587f90941" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId75846973587f90a9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId60176973587f90b0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId54516973587f90ba0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId58746973587f90c14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId32936973587f90cb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId46936973587f90dd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId49686973587f90e86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId82656973587f90f16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId55106973587f90f88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId52936973587f91017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId96966973587f91086" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId69206973587f911ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId54106973587f9125c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId68436973587f9130a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId56336973587f9137b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId49086973587f913eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId96066973587f91479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId26156973587f914de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId41356973587f915f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId18526973587f91685" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId33246973587f91751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId79846973587f917f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId90266973587f918a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId11466973587f91918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId56266973587f919a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId94396973587f91ad5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId42836973587f91ba6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId65346973587f91c34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId65286973587f91d05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId43616973587f91dc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId20866973587f91f3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId73256973587f8cda7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73256973587f8cda7.jpg"/><Relationship Id="rId14686973587f8e974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId14686973587f8e974.jpg"/><Relationship Id="rId58836973587f91fef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId58836973587f91fef.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId391110783" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId672366186" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId59136991af59e4910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/" TargetMode="External"/><Relationship Id="rId45746991af59e497b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/categorization" TargetMode="External"/><Relationship Id="rId52416991af59e514c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/photos" TargetMode="External"/><Relationship Id="rId26786991af59e5eee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId85476991af59e7b88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId40436991af59e7c20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId90946991af59e7ca7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId69736991af59e7cfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId19946991af59e7d52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId14736991af59e7e02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId55446991af59e7ed0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId42966991af59e7f9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId55686991af59e8078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId43416991af59e8127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId14316991af59e81d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId28796991af59e8369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId91636991af59e841a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId50256991af59e848d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId90176991af59e855b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId82266991af59e86d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId79716991af59e8819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId70376991af59e88c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId32736991af59e8956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId71096991af59e8a83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId36776991af59e8be5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId68936991af59e8d2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId16686991af59e8d9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId54806991af59e8e2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId26536991af59e8ea9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId95306991af59e907e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId31946991af59e91b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId59756991af59e9262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId56556991af59e92f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId81586991af59e9369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId47686991af59e93f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId85576991af59e946a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId48506991af59e95d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId11146991af59e9655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId44276991af59e9707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId97706991af59e9779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId33276991af59e97ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId16386991af59e987d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId73716991af59e98e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId50946991af59e99f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId26076991af59e9a8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId71976991af59e9b60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId72026991af59e9bf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId84176991af59e9c9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId51386991af59e9d11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId23266991af59e9db1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId43446991af59e9ee2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId86086991af59e9fb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId99906991af59ea042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId36736991af59ea112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId63836991af59ea1d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId60756991af59ea346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId50506991af59e503d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId50506991af59e503d.jpg"/><Relationship Id="rId62926991af59e6c52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62926991af59e6c52.jpg"/><Relationship Id="rId26186991af59ea3ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26186991af59ea3ab.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>