--- v6 (2026-02-15)
+++ v7 (2026-03-07)
@@ -338,51 +338,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Gammaproteobacteria: Lysobacterales: Lysobacteraceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial leaf spot of pepper, bacterial leaf spot of tomato, bacterial scab of tomato, bacterial spot of pepper, bacterial spot of tomato, black spot of tomato, leaf spot of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59136991af59e4910" w:history="1">
+            <w:hyperlink r:id="rId546069ac773c13dce" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -398,51 +398,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId45746991af59e497b" w:history="1">
+            <w:hyperlink r:id="rId459269ac773c13e38" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -456,86 +456,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTEU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="91097996" name="name39266991af59e503f" descr="4112.jpg"/>
+                  <wp:docPr id="46050022" name="name447169ac773c13ef7" descr="4112.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4112.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId50506991af59e503d" cstate="print"/>
+                          <a:blip r:embed="rId466869ac773c13ef5" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId52416991af59e514c" w:history="1">
+            <w:hyperlink r:id="rId106269ac773c13fd4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2569,92 +2569,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is available as an archive in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26786991af59e5eee" w:history="1">
+      <w:hyperlink r:id="rId451169ac773c14d72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Global Database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="19653681" name="name51616991af59e6c55" descr="XANTEU_distribution_map.jpg"/>
+            <wp:docPr id="95357967" name="name107869ac773c15c09" descr="XANTEU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTEU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId62926991af59e6c52" cstate="print"/>
+                    <a:blip r:embed="rId489269ac773c15c07" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4621,51 +4621,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1118-1124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85476991af59e7b88" w:history="1">
+      <w:hyperlink r:id="rId103269ac773c16ac8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2008.01.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4711,51 +4711,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1734. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40436991af59e7c20" w:history="1">
+      <w:hyperlink r:id="rId655469ac773c16b5e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21051734</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4792,151 +4792,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-41. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90946991af59e7ca7" w:history="1">
+      <w:hyperlink r:id="rId663469ac773c16be2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/article/10.1007/s10658-013-0214-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018) Commission Implementing Regulation (EU) 2018/1981 of 13 December 2018 renewing the approval of the active substances copper compounds, as candidates for substitution, in accordance with Regulation (EC) No 1107/2009 of the European Parliament and of the Council concerning the placing of plant protection products on the market, and amending the Annex to Commission Implementing Regulation (EU) No 540/2011. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 317, 16-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69736991af59e7cfd" w:history="1">
+      <w:hyperlink r:id="rId951369ac773c16c37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2018/1981/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2019) Commission Implementing Regulation (EU) 2019/2072, of 28 November 2019, establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319, 1-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19946991af59e7d52" w:history="1">
+      <w:hyperlink r:id="rId652669ac773c16c8a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5002,51 +5002,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14736991af59e7e02" w:history="1">
+      <w:hyperlink r:id="rId506769ac773c16d37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2003.00890.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5132,51 +5132,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 416-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55446991af59e7ed0" w:history="1">
+      <w:hyperlink r:id="rId452869ac773c16e04" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5262,51 +5262,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2176. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42966991af59e7f9d" w:history="1">
+      <w:hyperlink r:id="rId337569ac773c16ed0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5403,51 +5403,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55686991af59e8078" w:history="1">
+      <w:hyperlink r:id="rId710269ac773c16fa8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5513,51 +5513,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 77-84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43416991af59e8127" w:history="1">
+      <w:hyperlink r:id="rId612569ac773c17054" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0261-2194(85)90007-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5623,51 +5623,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 161-170. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14316991af59e81d5" w:history="1">
+      <w:hyperlink r:id="rId118869ac773c17100" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02373702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5871,51 +5871,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">144</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9-10), 479-484. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28796991af59e8369" w:history="1">
+      <w:hyperlink r:id="rId887369ac773c17290" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.1996.tb00328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5981,51 +5981,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 663‐671. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91636991af59e841a" w:history="1">
+      <w:hyperlink r:id="rId308069ac773c17342" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-663</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6051,51 +6051,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1348-1356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50256991af59e848d" w:history="1">
+      <w:hyperlink r:id="rId680269ac773c173b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0465-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6181,51 +6181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 792-806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90176991af59e855b" w:history="1">
+      <w:hyperlink r:id="rId383769ac773c17480" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12461</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6407,51 +6407,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 407-430. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82266991af59e86d7" w:history="1">
+      <w:hyperlink r:id="rId671069ac773c175e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1921.tb05528.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6604,51 +6604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 232-239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79716991af59e8819" w:history="1">
+      <w:hyperlink r:id="rId727469ac773c17738" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0138-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6714,51 +6714,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 3720, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70376991af59e88c7" w:history="1">
+      <w:hyperlink r:id="rId172969ac773c177e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6804,51 +6804,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 397-403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32736991af59e8956" w:history="1">
+      <w:hyperlink r:id="rId166369ac773c17877" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12773</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6996,51 +6996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">558-579</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71096991af59e8a83" w:history="1">
+      <w:hyperlink r:id="rId414169ac773c179a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7202,51 +7202,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36776991af59e8be5" w:history="1">
+      <w:hyperlink r:id="rId886669ac773c17aed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7406,51 +7406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ISF (2017) Method for the Detection of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. in Tomato seed (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId68936991af59e8d2c" w:history="1">
+      <w:hyperlink r:id="rId380569ac773c17c3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://worldseed.org/our-work/seed-health/ishi-methods/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7476,51 +7476,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 835647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16686991af59e8d9d" w:history="1">
+      <w:hyperlink r:id="rId229569ac773c17cb0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2022.835647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7566,51 +7566,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1211-1219. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54806991af59e8e2e" w:history="1">
+      <w:hyperlink r:id="rId761869ac773c17d58" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-50-3-1211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7636,51 +7636,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 755-762. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26536991af59e8ea9" w:history="1">
+      <w:hyperlink r:id="rId603369ac773c17dcc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1078/0723202042369884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7726,51 +7726,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">695</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 27-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95306991af59e907e" w:history="1">
+      <w:hyperlink r:id="rId593169ac773c17e5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2005.695.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7912,51 +7912,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 208-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31946991af59e91b0" w:history="1">
+      <w:hyperlink r:id="rId165969ac773c17f88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4161/bact.23857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8022,51 +8022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), (Suppl. 4), 98-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59756991af59e9262" w:history="1">
+      <w:hyperlink r:id="rId231069ac773c18037" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5504/BBEQ.2011.0126</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8112,51 +8112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1029-1041. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56556991af59e92f5" w:history="1">
+      <w:hyperlink r:id="rId738969ac773c180c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-09-20-0402-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8182,51 +8182,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81586991af59e9369" w:history="1">
+      <w:hyperlink r:id="rId517369ac773c18139" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13593-018-0503-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8272,51 +8272,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1584. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47686991af59e93f9" w:history="1">
+      <w:hyperlink r:id="rId780469ac773c181c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8342,51 +8342,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85576991af59e946a" w:history="1">
+      <w:hyperlink r:id="rId632069ac773c18239" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0478-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8570,51 +8570,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 126087. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48506991af59e95d3" w:history="1">
+      <w:hyperlink r:id="rId968169ac773c1839f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2020.126087</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8640,51 +8640,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 413–416. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11146991af59e9655" w:history="1">
+      <w:hyperlink r:id="rId455269ac773c1840f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762014000500009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8750,51 +8750,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), e00885-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44276991af59e9707" w:history="1">
+      <w:hyperlink r:id="rId194569ac773c184bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00885-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8820,51 +8820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 712-716. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97706991af59e9779" w:history="1">
+      <w:hyperlink r:id="rId403169ac773c1852c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8890,51 +8890,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12),1500-1519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33276991af59e97ed" w:history="1">
+      <w:hyperlink r:id="rId761969ac773c1859b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.13125</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8980,51 +8980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 104013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16386991af59e987d" w:history="1">
+      <w:hyperlink r:id="rId460669ac773c1862a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2019.104013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9041,51 +9041,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73716991af59e98e4" w:history="1">
+      <w:hyperlink r:id="rId766069ac773c186a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9209,51 +9209,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50946991af59e99f0" w:history="1">
+      <w:hyperlink r:id="rId940569ac773c187b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.18.1.69</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9299,51 +9299,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 907-920. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26076991af59e9a8c" w:history="1">
+      <w:hyperlink r:id="rId694969ac773c18846" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12244</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9429,51 +9429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">212–213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71976991af59e9b60" w:history="1">
+      <w:hyperlink r:id="rId722669ac773c1891e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.micres.2018.05.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9519,51 +9519,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(16), e00213-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72026991af59e9bf1" w:history="1">
+      <w:hyperlink r:id="rId948869ac773c189b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mra.00213-20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9629,51 +9629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84176991af59e9c9f" w:history="1">
+      <w:hyperlink r:id="rId669469ac773c18a61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-44-1-47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9699,51 +9699,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 265‐284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51386991af59e9d11" w:history="1">
+      <w:hyperlink r:id="rId256169ac773c18ad1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081752</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9789,51 +9789,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1660-1668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23266991af59e9db1" w:history="1">
+      <w:hyperlink r:id="rId534069ac773c18b60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-15-1085-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9977,51 +9977,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1520-1529. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43446991af59e9ee2" w:history="1">
+      <w:hyperlink r:id="rId670869ac773c18c8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.03000-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10105,51 +10105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 536. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86086991af59e9fb3" w:history="1">
+      <w:hyperlink r:id="rId169869ac773c18d5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9030536</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10195,51 +10195,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472-489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99906991af59ea042" w:history="1">
+      <w:hyperlink r:id="rId932569ac773c18de9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10323,51 +10323,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153-177. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36736991af59ea112" w:history="1">
+      <w:hyperlink r:id="rId644869ac773c18eb7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1978.10427397</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10433,51 +10433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas euvesicatoria pv. euvesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63836991af59ea1d0" w:history="1">
+      <w:hyperlink r:id="rId335869ac773c18f73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10662,81 +10662,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 521-526. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60756991af59ea346" w:history="1">
+      <w:hyperlink r:id="rId181969ac773c190f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="59392901" name="name36226991af59ea3ac" descr="eu_funding_250.png"/>
+            <wp:docPr id="50007959" name="name900869ac773c1914b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId26186991af59ea3ab" cstate="print"/>
+                    <a:blip r:embed="rId459069ac773c1914a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10834,137 +10834,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="84778564">
+  <w:abstractNum w:abstractNumId="42636512">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61049540">
+    <w:lvl w:ilvl="0" w:tplc="34560687">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="61049540" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="34560687" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="61049540" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="34560687" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="61049540" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="34560687" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="61049540" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="34560687" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="61049540" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="34560687" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="61049540" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="34560687" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="61049540" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="34560687" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="61049540" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="34560687" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="84778563">
+  <w:abstractNum w:abstractNumId="42636511">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80486148">
+    <w:lvl w:ilvl="0" w:tplc="19784616">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11716,55 +11716,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="84778563">
-    <w:abstractNumId w:val="84778563"/>
+  <w:num w:numId="42636511">
+    <w:abstractNumId w:val="42636511"/>
   </w:num>
-  <w:num w:numId="84778564">
-    <w:abstractNumId w:val="84778564"/>
+  <w:num w:numId="42636512">
+    <w:abstractNumId w:val="42636512"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23314,51 +23314,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId391110783" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId672366186" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId59136991af59e4910" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/" TargetMode="External"/><Relationship Id="rId45746991af59e497b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/categorization" TargetMode="External"/><Relationship Id="rId52416991af59e514c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/photos" TargetMode="External"/><Relationship Id="rId26786991af59e5eee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId85476991af59e7b88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId40436991af59e7c20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId90946991af59e7ca7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId69736991af59e7cfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId19946991af59e7d52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId14736991af59e7e02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId55446991af59e7ed0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId42966991af59e7f9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId55686991af59e8078" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId43416991af59e8127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId14316991af59e81d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId28796991af59e8369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId91636991af59e841a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId50256991af59e848d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId90176991af59e855b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId82266991af59e86d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId79716991af59e8819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId70376991af59e88c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId32736991af59e8956" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId71096991af59e8a83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId36776991af59e8be5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId68936991af59e8d2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId16686991af59e8d9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId54806991af59e8e2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId26536991af59e8ea9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId95306991af59e907e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId31946991af59e91b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId59756991af59e9262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId56556991af59e92f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId81586991af59e9369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId47686991af59e93f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId85576991af59e946a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId48506991af59e95d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId11146991af59e9655" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId44276991af59e9707" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId97706991af59e9779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId33276991af59e97ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId16386991af59e987d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId73716991af59e98e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId50946991af59e99f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId26076991af59e9a8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId71976991af59e9b60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId72026991af59e9bf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId84176991af59e9c9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId51386991af59e9d11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId23266991af59e9db1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId43446991af59e9ee2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId86086991af59e9fb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId99906991af59ea042" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId36736991af59ea112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId63836991af59ea1d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId60756991af59ea346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId50506991af59e503d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId50506991af59e503d.jpg"/><Relationship Id="rId62926991af59e6c52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62926991af59e6c52.jpg"/><Relationship Id="rId26186991af59ea3ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26186991af59ea3ab.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId346428312" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId699702400" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId546069ac773c13dce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/" TargetMode="External"/><Relationship Id="rId459269ac773c13e38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/categorization" TargetMode="External"/><Relationship Id="rId106269ac773c13fd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/photos" TargetMode="External"/><Relationship Id="rId451169ac773c14d72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId103269ac773c16ac8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId655469ac773c16b5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId663469ac773c16be2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId951369ac773c16c37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId652669ac773c16c8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId506769ac773c16d37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId452869ac773c16e04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId337569ac773c16ed0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId710269ac773c16fa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId612569ac773c17054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId118869ac773c17100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId887369ac773c17290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId308069ac773c17342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId680269ac773c173b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId383769ac773c17480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId671069ac773c175e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId727469ac773c17738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId172969ac773c177e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId166369ac773c17877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId414169ac773c179a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId886669ac773c17aed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId380569ac773c17c3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId229569ac773c17cb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId761869ac773c17d58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId603369ac773c17dcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId593169ac773c17e5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId165969ac773c17f88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId231069ac773c18037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId738969ac773c180c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId517369ac773c18139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId780469ac773c181c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId632069ac773c18239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId968169ac773c1839f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId455269ac773c1840f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId194569ac773c184bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId403169ac773c1852c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId761969ac773c1859b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId460669ac773c1862a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId766069ac773c186a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId940569ac773c187b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId694969ac773c18846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId722669ac773c1891e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId948869ac773c189b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId669469ac773c18a61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId256169ac773c18ad1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId534069ac773c18b60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId670869ac773c18c8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId169869ac773c18d5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId932569ac773c18de9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId644869ac773c18eb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId335869ac773c18f73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId181969ac773c190f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId466869ac773c13ef5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId466869ac773c13ef5.jpg"/><Relationship Id="rId489269ac773c15c07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId489269ac773c15c07.jpg"/><Relationship Id="rId459069ac773c1914a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId459069ac773c1914a.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>