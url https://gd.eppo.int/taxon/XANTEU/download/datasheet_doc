--- v7 (2026-03-07)
+++ v8 (2026-03-28)
@@ -338,51 +338,51 @@
               <w:t xml:space="preserve"> Bacteria: Proteobacteria: Gammaproteobacteria: Lysobacterales: Lysobacteraceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial leaf spot of pepper, bacterial leaf spot of tomato, bacterial scab of tomato, bacterial spot of pepper, bacterial spot of tomato, black spot of tomato, leaf spot of tomato</w:t>
             </w:r>
-            <w:hyperlink r:id="rId546069ac773c13dce" w:history="1">
+            <w:hyperlink r:id="rId496769c7cad8a79ae" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -398,51 +398,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId459269ac773c13e38" w:history="1">
+            <w:hyperlink r:id="rId762969c7cad8a7a18" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -456,86 +456,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTEU</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="46050022" name="name447169ac773c13ef7" descr="4112.jpg"/>
+                  <wp:docPr id="23240034" name="name804469c7cad8a8206" descr="4112.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="4112.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId466869ac773c13ef5" cstate="print"/>
+                          <a:blip r:embed="rId168969c7cad8a8204" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId106269ac773c13fd4" w:history="1">
+            <w:hyperlink r:id="rId505969c7cad8a8691" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2569,92 +2569,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">vesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is available as an archive in </w:t>
       </w:r>
-      <w:hyperlink r:id="rId451169ac773c14d72" w:history="1">
+      <w:hyperlink r:id="rId547569c7cad8a976b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Global Database</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="95357967" name="name107869ac773c15c09" descr="XANTEU_distribution_map.jpg"/>
+            <wp:docPr id="91352866" name="name211169c7cad8aa88c" descr="XANTEU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTEU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId489269ac773c15c07" cstate="print"/>
+                    <a:blip r:embed="rId104169c7cad8aa88a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4621,51 +4621,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1118-1124. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId103269ac773c16ac8" w:history="1">
+      <w:hyperlink r:id="rId164369c7cad8ac4a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.cropro.2008.01.011</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4711,51 +4711,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 1734. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId655469ac773c16b5e" w:history="1">
+      <w:hyperlink r:id="rId426969c7cad8ac61b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/ijms21051734</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4792,151 +4792,151 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 29-41. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId663469ac773c16be2" w:history="1">
+      <w:hyperlink r:id="rId974769c7cad8ac765" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://link.springer.com/article/10.1007/s10658-013-0214-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2018) Commission Implementing Regulation (EU) 2018/1981 of 13 December 2018 renewing the approval of the active substances copper compounds, as candidates for substitution, in accordance with Regulation (EC) No 1107/2009 of the European Parliament and of the Council concerning the placing of plant protection products on the market, and amending the Annex to Commission Implementing Regulation (EU) No 540/2011. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 317, 16-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId951369ac773c16c37" w:history="1">
+      <w:hyperlink r:id="rId665969c7cad8ac83b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2018/1981/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Anonymous (2019) Commission Implementing Regulation (EU) 2019/2072, of 28 November 2019, establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants, and repealing Commission Regulation (EC) No 690/2008 and amending Commission Implementing Regulation (EU) 2018/2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Official Journal of the European Union</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, L 319, 1-279. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId652669ac773c16c8a" w:history="1">
+      <w:hyperlink r:id="rId114569c7cad8ac90f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://data.europa.eu/eli/reg_impl/2019/2072/oj</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5002,51 +5002,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">52</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 781. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId506769ac773c16d37" w:history="1">
+      <w:hyperlink r:id="rId149869c7cad8acadd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-3059.2003.00890.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5132,51 +5132,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 416-424. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId452869ac773c16e04" w:history="1">
+      <w:hyperlink r:id="rId654769c7cad8acce1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5262,51 +5262,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2176. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId337569ac773c16ed0" w:history="1">
+      <w:hyperlink r:id="rId176869c7cad8acf10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02176</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -5403,51 +5403,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId710269ac773c16fa8" w:history="1">
+      <w:hyperlink r:id="rId655269c7cad8ad0ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5513,51 +5513,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 77-84. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId612569ac773c17054" w:history="1">
+      <w:hyperlink r:id="rId325969c7cad8ad19a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0261-2194(85)90007-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5623,51 +5623,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 161-170. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId118869ac773c17100" w:history="1">
+      <w:hyperlink r:id="rId354569c7cad8ad285" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/BF02373702</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5871,51 +5871,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">144</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9-10), 479-484. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId887369ac773c17290" w:history="1">
+      <w:hyperlink r:id="rId311869c7cad8ad48f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1439-0434.1996.tb00328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5981,51 +5981,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">84</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 663‐671. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId308069ac773c17342" w:history="1">
+      <w:hyperlink r:id="rId561669c7cad8ad594" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/phyto-84-663</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6051,51 +6051,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 1348-1356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId680269ac773c173b4" w:history="1">
+      <w:hyperlink r:id="rId650969c7cad8ad630" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0465-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6181,51 +6181,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 792-806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId383769ac773c17480" w:history="1">
+      <w:hyperlink r:id="rId948169c7cad8ad742" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12461</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6407,51 +6407,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 407-430. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId671069ac773c175e5" w:history="1">
+      <w:hyperlink r:id="rId245969c7cad8ad920" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.1921.tb05528.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6604,51 +6604,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 232-239. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId727469ac773c17738" w:history="1">
+      <w:hyperlink r:id="rId660369c7cad8adada" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-05-13-0138-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6714,51 +6714,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 3720, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId172969ac773c177e8" w:history="1">
+      <w:hyperlink r:id="rId120669c7cad8adbd6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6804,51 +6804,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 397-403. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId166369ac773c17877" w:history="1">
+      <w:hyperlink r:id="rId370569c7cad8adc7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12773</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6996,51 +6996,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">558-579</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId414169ac773c179a5" w:history="1">
+      <w:hyperlink r:id="rId458269c7cad8addc3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12960</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7202,51 +7202,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId886669ac773c17aed" w:history="1">
+      <w:hyperlink r:id="rId657469c7cad8adf54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2018.02021</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7406,51 +7406,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ISF (2017) Method for the Detection of </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> spp. in Tomato seed (available online). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId380569ac773c17c3f" w:history="1">
+      <w:hyperlink r:id="rId631669c7cad8ae0e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://worldseed.org/our-work/seed-health/ishi-methods/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7476,51 +7476,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 835647. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId229569ac773c17cb0" w:history="1">
+      <w:hyperlink r:id="rId937369c7cad8ae174" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2022.835647</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7566,51 +7566,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 1211-1219. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId761869ac773c17d58" w:history="1">
+      <w:hyperlink r:id="rId521069c7cad8ae21e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-50-3-1211</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7636,51 +7636,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">27</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 755-762. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId603369ac773c17dcc" w:history="1">
+      <w:hyperlink r:id="rId315069c7cad8ae295" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1078/0723202042369884</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7726,51 +7726,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">695</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 27-33. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId593169ac773c17e5f" w:history="1">
+      <w:hyperlink r:id="rId973769c7cad8ae327" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.17660/ActaHortic.2005.695.1</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7912,51 +7912,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 208-214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId165969ac773c17f88" w:history="1">
+      <w:hyperlink r:id="rId786869c7cad8ae451" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4161/bact.23857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8022,51 +8022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), (Suppl. 4), 98-104. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId231069ac773c18037" w:history="1">
+      <w:hyperlink r:id="rId457869c7cad8ae4ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5504/BBEQ.2011.0126</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8112,51 +8112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">111</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 1029-1041. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId738969ac773c180c7" w:history="1">
+      <w:hyperlink r:id="rId517269c7cad8ae591" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-09-20-0402-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8182,51 +8182,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId517369ac773c18139" w:history="1">
+      <w:hyperlink r:id="rId490569c7cad8ae604" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s13593-018-0503-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8272,51 +8272,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 1584. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId780469ac773c181c7" w:history="1">
+      <w:hyperlink r:id="rId598769c7cad8ae693" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-05-11-0448</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8342,51 +8342,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">102</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 67-72. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId632069ac773c18239" w:history="1">
+      <w:hyperlink r:id="rId173369c7cad8ae705" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-17-0478-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8570,51 +8570,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">43</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 126087. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId968169ac773c1839f" w:history="1">
+      <w:hyperlink r:id="rId103269c7cad8ae86c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2020.126087</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8640,51 +8640,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 413–416. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId455269ac773c1840f" w:history="1">
+      <w:hyperlink r:id="rId333869c7cad8ae8dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S1982-56762014000500009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8750,51 +8750,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(20), e00885-19. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId194569ac773c184bc" w:history="1">
+      <w:hyperlink r:id="rId175569c7cad8ae98d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.00885-19</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8820,51 +8820,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 712-716. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId403169ac773c1852c" w:history="1">
+      <w:hyperlink r:id="rId557069c7cad8ae9fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-89-0712</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8890,51 +8890,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12),1500-1519. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId761969ac773c1859b" w:history="1">
+      <w:hyperlink r:id="rId112169c7cad8aea6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.13125</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8980,51 +8980,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">137</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 104013. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId460669ac773c1862a" w:history="1">
+      <w:hyperlink r:id="rId955069c7cad8aeafa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.biocontrol.2019.104013</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9041,51 +9041,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 552-568. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId766069ac773c186a7" w:history="1">
+      <w:hyperlink r:id="rId248869c7cad8aeb5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12500</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9209,51 +9209,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 69-70. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId940569ac773c187b6" w:history="1">
+      <w:hyperlink r:id="rId538869c7cad8aec73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21273/HORTSCI.18.1.69</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9299,51 +9299,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), 907-920. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId694969ac773c18846" w:history="1">
+      <w:hyperlink r:id="rId957169c7cad8aed1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12244</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9429,51 +9429,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">212–213</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 94–102. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId722669ac773c1891e" w:history="1">
+      <w:hyperlink r:id="rId217869c7cad8aedeb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.micres.2018.05.010</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9519,51 +9519,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(16), e00213-20. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId948869ac773c189b2" w:history="1">
+      <w:hyperlink r:id="rId637869c7cad8aee7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/mra.00213-20</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9629,51 +9629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">44</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 47-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId669469ac773c18a61" w:history="1">
+      <w:hyperlink r:id="rId308669c7cad8aef2d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-44-1-47</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9699,51 +9699,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 265‐284. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId256169ac773c18ad1" w:history="1">
+      <w:hyperlink r:id="rId687869c7cad8aef9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081752</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9789,51 +9789,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">100</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(8), 1660-1668. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId534069ac773c18b60" w:history="1">
+      <w:hyperlink r:id="rId440069c7cad8af02d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-09-15-1085-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -9977,51 +9977,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1520-1529. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId670869ac773c18c8b" w:history="1">
+      <w:hyperlink r:id="rId326569c7cad8af159" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.03000-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10105,51 +10105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 536. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId169869ac773c18d5b" w:history="1">
+      <w:hyperlink r:id="rId972369c7cad8af227" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms9030536</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10195,51 +10195,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 472-489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId932569ac773c18de9" w:history="1">
+      <w:hyperlink r:id="rId886969c7cad8af2b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10323,51 +10323,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">21</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 153-177. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId644869ac773c18eb7" w:history="1">
+      <w:hyperlink r:id="rId897169c7cad8af383" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1978.10427397</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10433,51 +10433,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas euvesicatoria pv. euvesicatoria</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId335869ac773c18f73" w:history="1">
+      <w:hyperlink r:id="rId415869c7cad8af441" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10662,81 +10662,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 521-526. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId181969ac773c190f0" w:history="1">
+      <w:hyperlink r:id="rId626669c7cad8af5b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="50007959" name="name900869ac773c1914b" descr="eu_funding_250.png"/>
+            <wp:docPr id="22765120" name="name812369c7cad8af7e5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId459069ac773c1914a" cstate="print"/>
+                    <a:blip r:embed="rId529869c7cad8af7e4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -10834,137 +10834,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="42636512">
+  <w:abstractNum w:abstractNumId="49977461">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34560687">
+    <w:lvl w:ilvl="0" w:tplc="16658018">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="34560687" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="16658018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="34560687" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="16658018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="34560687" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="16658018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34560687" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="16658018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="34560687" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="16658018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="34560687" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="16658018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="34560687" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="16658018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="34560687" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="16658018" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="42636511">
+  <w:abstractNum w:abstractNumId="49977460">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19784616">
+    <w:lvl w:ilvl="0" w:tplc="82842157">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -11716,55 +11716,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="42636511">
-    <w:abstractNumId w:val="42636511"/>
+  <w:num w:numId="49977460">
+    <w:abstractNumId w:val="49977460"/>
   </w:num>
-  <w:num w:numId="42636512">
-    <w:abstractNumId w:val="42636512"/>
+  <w:num w:numId="49977461">
+    <w:abstractNumId w:val="49977461"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23314,51 +23314,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId346428312" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId699702400" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId546069ac773c13dce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/" TargetMode="External"/><Relationship Id="rId459269ac773c13e38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/categorization" TargetMode="External"/><Relationship Id="rId106269ac773c13fd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/photos" TargetMode="External"/><Relationship Id="rId451169ac773c14d72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId103269ac773c16ac8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId655469ac773c16b5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId663469ac773c16be2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId951369ac773c16c37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId652669ac773c16c8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId506769ac773c16d37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId452869ac773c16e04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId337569ac773c16ed0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId710269ac773c16fa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId612569ac773c17054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId118869ac773c17100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId887369ac773c17290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId308069ac773c17342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId680269ac773c173b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId383769ac773c17480" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId671069ac773c175e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId727469ac773c17738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId172969ac773c177e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId166369ac773c17877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId414169ac773c179a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId886669ac773c17aed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId380569ac773c17c3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId229569ac773c17cb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId761869ac773c17d58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId603369ac773c17dcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId593169ac773c17e5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId165969ac773c17f88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId231069ac773c18037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId738969ac773c180c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId517369ac773c18139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId780469ac773c181c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId632069ac773c18239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId968169ac773c1839f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId455269ac773c1840f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId194569ac773c184bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId403169ac773c1852c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId761969ac773c1859b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId460669ac773c1862a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId766069ac773c186a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId940569ac773c187b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId694969ac773c18846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId722669ac773c1891e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId948869ac773c189b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId669469ac773c18a61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId256169ac773c18ad1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId534069ac773c18b60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId670869ac773c18c8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId169869ac773c18d5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId932569ac773c18de9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId644869ac773c18eb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId335869ac773c18f73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId181969ac773c190f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId466869ac773c13ef5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId466869ac773c13ef5.jpg"/><Relationship Id="rId489269ac773c15c07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId489269ac773c15c07.jpg"/><Relationship Id="rId459069ac773c1914a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId459069ac773c1914a.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId659480490" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId882763834" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId496769c7cad8a79ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/" TargetMode="External"/><Relationship Id="rId762969c7cad8a7a18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/categorization" TargetMode="External"/><Relationship Id="rId505969c7cad8a8691" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTEU/photos" TargetMode="External"/><Relationship Id="rId547569c7cad8a976b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAV/distribution" TargetMode="External"/><Relationship Id="rId164369c7cad8ac4a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.cropro.2008.01.011" TargetMode="External"/><Relationship Id="rId426969c7cad8ac61b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/ijms21051734" TargetMode="External"/><Relationship Id="rId974769c7cad8ac765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://link.springer.com/article/10.1007/s10658-013-0214-7" TargetMode="External"/><Relationship Id="rId665969c7cad8ac83b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2018/1981/oj" TargetMode="External"/><Relationship Id="rId114569c7cad8ac90f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://data.europa.eu/eli/reg_impl/2019/2072/oj" TargetMode="External"/><Relationship Id="rId149869c7cad8acadd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-3059.2003.00890.x" TargetMode="External"/><Relationship Id="rId654769c7cad8acce1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12939" TargetMode="External"/><Relationship Id="rId176869c7cad8acf10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02176" TargetMode="External"/><Relationship Id="rId655269c7cad8ad0ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02647" TargetMode="External"/><Relationship Id="rId325969c7cad8ad19a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(85)90007-9" TargetMode="External"/><Relationship Id="rId354569c7cad8ad285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/BF02373702" TargetMode="External"/><Relationship Id="rId311869c7cad8ad48f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1439-0434.1996.tb00328.x" TargetMode="External"/><Relationship Id="rId561669c7cad8ad594" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/phyto-84-663" TargetMode="External"/><Relationship Id="rId650969c7cad8ad630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0465-RE" TargetMode="External"/><Relationship Id="rId948169c7cad8ad742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId245969c7cad8ad920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.1921.tb05528.x" TargetMode="External"/><Relationship Id="rId660369c7cad8adada" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-05-13-0138-R" TargetMode="External"/><Relationship Id="rId120669c7cad8adbd6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3720" TargetMode="External"/><Relationship Id="rId370569c7cad8adc7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12773" TargetMode="External"/><Relationship Id="rId458269c7cad8addc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12960" TargetMode="External"/><Relationship Id="rId657469c7cad8adf54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2018.02021" TargetMode="External"/><Relationship Id="rId631669c7cad8ae0e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://worldseed.org/our-work/seed-health/ishi-methods/" TargetMode="External"/><Relationship Id="rId937369c7cad8ae174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2022.835647" TargetMode="External"/><Relationship Id="rId521069c7cad8ae21e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-3-1211" TargetMode="External"/><Relationship Id="rId315069c7cad8ae295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1078/0723202042369884" TargetMode="External"/><Relationship Id="rId973769c7cad8ae327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17660/ActaHortic.2005.695.1" TargetMode="External"/><Relationship Id="rId786869c7cad8ae451" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4161/bact.23857" TargetMode="External"/><Relationship Id="rId457869c7cad8ae4ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5504/BBEQ.2011.0126" TargetMode="External"/><Relationship Id="rId517269c7cad8ae591" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-09-20-0402-R" TargetMode="External"/><Relationship Id="rId490569c7cad8ae604" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s13593-018-0503-9" TargetMode="External"/><Relationship Id="rId598769c7cad8ae693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-05-11-0448" TargetMode="External"/><Relationship Id="rId173369c7cad8ae705" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-17-0478-RE" TargetMode="External"/><Relationship Id="rId103269c7cad8ae86c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2020.126087" TargetMode="External"/><Relationship Id="rId333869c7cad8ae8dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S1982-56762014000500009" TargetMode="External"/><Relationship Id="rId175569c7cad8ae98d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.00885-19" TargetMode="External"/><Relationship Id="rId557069c7cad8ae9fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-89-0712" TargetMode="External"/><Relationship Id="rId112169c7cad8aea6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.13125" TargetMode="External"/><Relationship Id="rId955069c7cad8aeafa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.biocontrol.2019.104013" TargetMode="External"/><Relationship Id="rId248869c7cad8aeb5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12500" TargetMode="External"/><Relationship Id="rId538869c7cad8aec73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21273/HORTSCI.18.1.69" TargetMode="External"/><Relationship Id="rId957169c7cad8aed1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12244" TargetMode="External"/><Relationship Id="rId217869c7cad8aedeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.micres.2018.05.010" TargetMode="External"/><Relationship Id="rId637869c7cad8aee7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/mra.00213-20" TargetMode="External"/><Relationship Id="rId308669c7cad8aef2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-44-1-47" TargetMode="External"/><Relationship Id="rId687869c7cad8aef9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081752" TargetMode="External"/><Relationship Id="rId440069c7cad8af02d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-09-15-1085-RE" TargetMode="External"/><Relationship Id="rId326569c7cad8af159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.03000-14" TargetMode="External"/><Relationship Id="rId972369c7cad8af227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms9030536" TargetMode="External"/><Relationship Id="rId886969c7cad8af2b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId897169c7cad8af383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1978.10427397" TargetMode="External"/><Relationship Id="rId415869c7cad8af441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId626669c7cad8af5b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1988.tb00409.x" TargetMode="External"/><Relationship Id="rId168969c7cad8a8204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId168969c7cad8a8204.jpg"/><Relationship Id="rId104169c7cad8aa88a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId104169c7cad8aa88a.jpg"/><Relationship Id="rId529869c7cad8af7e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId529869c7cad8af7e4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>