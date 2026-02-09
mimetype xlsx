--- v0 (2025-10-18)
+++ v1 (2026-02-09)
@@ -200,51 +200,51 @@
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Absent, pest no longer present</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Sicilia</t>
   </si>
   <si>
     <t>sc</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Western Siberia</t>
   </si>
   <si>
     <t>ws</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>
   <si>
     <t>Australia</t>
   </si>
   <si>
     <t>AU</t>
   </si>