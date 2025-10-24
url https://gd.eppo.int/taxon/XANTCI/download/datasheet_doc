--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (ex Hasse) Gabriel, Kingsley, Hunter &amp; Gottwald</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asiatic canker, Asiatic citrus canker (A strains), bacterial canker of citrus, cancrosis A (A strains), citrus canker</w:t>
             </w:r>
-            <w:hyperlink r:id="rId731568e0e7dfe9518" w:history="1">
+            <w:hyperlink r:id="rId668468fbfd8a2b765" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId378568e0e7dfe9582" w:history="1">
+            <w:hyperlink r:id="rId678268fbfd8a2b7cc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="78371862" name="name568968e0e7dfe9676" descr="15936.jpg"/>
+                  <wp:docPr id="97734634" name="name842168fbfd8a2b873" descr="15936.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15936.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId668168e0e7dfe9675" cstate="print"/>
+                          <a:blip r:embed="rId912968fbfd8a2b872" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId347068e0e7dfe97a2" w:history="1">
+            <w:hyperlink r:id="rId848468fbfd8a2b937" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2732,63 +2732,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is currently absent from the EPPO region. Interceptions of citrus diseased fruit or foliage caused by this pest are recurrently reported at the borders of the European Union (more than 300 interceptions were reported over the last 20 years, EPPO Reporting Service).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="69524420" name="name557668e0e7dfeb699" descr="XANTCI_distribution_map.jpg"/>
+            <wp:docPr id="49974519" name="name728268fbfd8a2d367" descr="XANTCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId353168e0e7dfeb695" cstate="print"/>
+                    <a:blip r:embed="rId811668fbfd8a2d365" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4409,201 +4409,201 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2004). Seven significant introduction pathways were identified and evaluated by the EFSA Plant Health Panel (EFSA, 2014):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="399612214"/>
+          <w:numId w:val="254118506"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus fruit, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="399612214"/>
+          <w:numId w:val="254118506"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus fruit and/or leaves import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="399612214"/>
+          <w:numId w:val="254118506"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus plants for planting, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="399612214"/>
+          <w:numId w:val="254118506"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus plants for planting import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="399612214"/>
+          <w:numId w:val="254118506"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ornamental rutaceous plants for planting, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="399612214"/>
+          <w:numId w:val="254118506"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ornamental rutaceous plants for planting import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="399612214"/>
+          <w:numId w:val="254118506"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus and rutaceous leaves and twigs, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -7780,92 +7780,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR, Graham JH &amp; Schubert TS (2002) Citrus canker: the pathogen and its impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId131268e0e7dfeda4c" w:history="1">
+      <w:hyperlink r:id="rId525068fbfd8a2f493" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2002-0812-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR &amp; Irey M (2007) Post-hurricane analysis of citrus canker II: Predictive model estimation of disease spread and area potentially impacted by various eradication protocols following catastrophic weather events. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId827968e0e7dfeda99" w:history="1">
+      <w:hyperlink r:id="rId600568fbfd8a2f4de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/doi:10.1094/PHP-2007-0405-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8312,51 +8312,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Irey M, Gottwald TR, Graham JH, Riley TD &amp; Carlton G (2006) Post-hurricane analysis of citrus canker spread and progress towards the development of a predictive model to estimate disease spread due to catastrophic weather events. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId433068e0e7dfeddd1" w:history="1">
+      <w:hyperlink r:id="rId145368fbfd8a2f801" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2006-0822-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10753,51 +10753,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas citri pv. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId488468e0e7dfeedc5" w:history="1">
+      <w:hyperlink r:id="rId681468fbfd8a30726" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10988,90 +10988,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 3-7.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId625568e0e7dfeef40" w:history="1">
+      <w:hyperlink r:id="rId744868fbfd8a30895" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02444.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="57084138" name="name675068e0e7dfeefbb" descr="eu_funding_250.png"/>
+            <wp:docPr id="22735441" name="name973268fbfd8a30937" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId379668e0e7dfeefba" cstate="print"/>
+                    <a:blip r:embed="rId672868fbfd8a30936" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11169,221 +11169,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="399612214">
+  <w:abstractNum w:abstractNumId="254118506">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79910678">
+    <w:lvl w:ilvl="0" w:tplc="12325894">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="79910678" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="12325894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79910678" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="12325894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79910678" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="12325894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79910678" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="12325894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79910678" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="12325894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79910678" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="12325894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="79910678" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="12325894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="79910678" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="12325894" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34491210">
+  <w:abstractNum w:abstractNumId="88091677">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="48124372">
+    <w:lvl w:ilvl="0" w:tplc="31031533">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="48124372" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="31031533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="48124372" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="31031533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="48124372" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="31031533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="48124372" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="31031533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="48124372" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="31031533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="48124372" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="31031533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="48124372" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="31031533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="48124372" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="31031533" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="34491209">
+  <w:abstractNum w:abstractNumId="88091676">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57340040">
+    <w:lvl w:ilvl="0" w:tplc="46554994">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12135,58 +12135,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="34491209">
-    <w:abstractNumId w:val="34491209"/>
+  <w:num w:numId="88091676">
+    <w:abstractNumId w:val="88091676"/>
   </w:num>
-  <w:num w:numId="34491210">
-    <w:abstractNumId w:val="34491210"/>
+  <w:num w:numId="88091677">
+    <w:abstractNumId w:val="88091677"/>
   </w:num>
-  <w:num w:numId="399612214">
-    <w:abstractNumId w:val="399612214"/>
+  <w:num w:numId="254118506">
+    <w:abstractNumId w:val="254118506"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23736,51 +23736,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId568271349" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId711985148" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId731568e0e7dfe9518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/" TargetMode="External"/><Relationship Id="rId378568e0e7dfe9582" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/categorization" TargetMode="External"/><Relationship Id="rId347068e0e7dfe97a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/photos" TargetMode="External"/><Relationship Id="rId131268e0e7dfeda4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2002-0812-01-RV" TargetMode="External"/><Relationship Id="rId827968e0e7dfeda99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.1094/PHP-2007-0405-01-RS" TargetMode="External"/><Relationship Id="rId433068e0e7dfeddd1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2006-0822-01-RS" TargetMode="External"/><Relationship Id="rId488468e0e7dfeedc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId625568e0e7dfeef40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02444.x" TargetMode="External"/><Relationship Id="rId668168e0e7dfe9675" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId668168e0e7dfe9675.jpg"/><Relationship Id="rId353168e0e7dfeb695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId353168e0e7dfeb695.jpg"/><Relationship Id="rId379668e0e7dfeefba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId379668e0e7dfeefba.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId469411723" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId132740157" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId668468fbfd8a2b765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/" TargetMode="External"/><Relationship Id="rId678268fbfd8a2b7cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/categorization" TargetMode="External"/><Relationship Id="rId848468fbfd8a2b937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/photos" TargetMode="External"/><Relationship Id="rId525068fbfd8a2f493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2002-0812-01-RV" TargetMode="External"/><Relationship Id="rId600568fbfd8a2f4de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.1094/PHP-2007-0405-01-RS" TargetMode="External"/><Relationship Id="rId145368fbfd8a2f801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2006-0822-01-RS" TargetMode="External"/><Relationship Id="rId681468fbfd8a30726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId744868fbfd8a30895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02444.x" TargetMode="External"/><Relationship Id="rId912968fbfd8a2b872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId912968fbfd8a2b872.jpg"/><Relationship Id="rId811668fbfd8a2d365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId811668fbfd8a2d365.jpg"/><Relationship Id="rId672868fbfd8a30936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId672868fbfd8a30936.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>