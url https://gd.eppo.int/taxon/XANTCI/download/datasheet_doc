--- v1 (2025-10-24)
+++ v2 (2025-11-15)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (ex Hasse) Gabriel, Kingsley, Hunter &amp; Gottwald</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asiatic canker, Asiatic citrus canker (A strains), bacterial canker of citrus, cancrosis A (A strains), citrus canker</w:t>
             </w:r>
-            <w:hyperlink r:id="rId668468fbfd8a2b765" w:history="1">
+            <w:hyperlink r:id="rId499669183c8bba025" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId678268fbfd8a2b7cc" w:history="1">
+            <w:hyperlink r:id="rId759069183c8bba08e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="97734634" name="name842168fbfd8a2b873" descr="15936.jpg"/>
+                  <wp:docPr id="77326233" name="name579669183c8bba79b" descr="15936.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15936.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId912968fbfd8a2b872" cstate="print"/>
+                          <a:blip r:embed="rId434469183c8bba799" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId848468fbfd8a2b937" w:history="1">
+            <w:hyperlink r:id="rId504269183c8bba8cc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2732,63 +2732,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is currently absent from the EPPO region. Interceptions of citrus diseased fruit or foliage caused by this pest are recurrently reported at the borders of the European Union (more than 300 interceptions were reported over the last 20 years, EPPO Reporting Service).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="49974519" name="name728268fbfd8a2d367" descr="XANTCI_distribution_map.jpg"/>
+            <wp:docPr id="47813148" name="name381969183c8bbc669" descr="XANTCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId811668fbfd8a2d365" cstate="print"/>
+                    <a:blip r:embed="rId334869183c8bbc665" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2870,51 +2870,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Martinique, Virgin Islands (British)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">South America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Argentina, Bolivia, Brazil (Mato Grosso do Sul, Minas Gerais, Parana, Rio Grande do Norte, Rio Grande do Sul, Roraima, Santa Catarina, Sao Paulo), Paraguay, Peru, Uruguay</w:t>
+        <w:t xml:space="preserve"> Argentina, Bolivia, Brazil (Mato Grosso do Sul, Minas Gerais, Para, Parana, Rio Grande do Norte, Rio Grande do Sul, Roraima, Santa Catarina, Sao Paulo), Paraguay, Peru, Uruguay</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Oceania:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Fiji, Guam, Marshall Islands, Micronesia, Federated States of, Northern Mariana Islands, Palau, Papua New Guinea, Solomon Islands</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
@@ -4409,201 +4409,201 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2004). Seven significant introduction pathways were identified and evaluated by the EFSA Plant Health Panel (EFSA, 2014):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="254118506"/>
+          <w:numId w:val="353776407"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus fruit, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="254118506"/>
+          <w:numId w:val="353776407"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus fruit and/or leaves import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="254118506"/>
+          <w:numId w:val="353776407"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus plants for planting, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="254118506"/>
+          <w:numId w:val="353776407"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus plants for planting import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="254118506"/>
+          <w:numId w:val="353776407"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ornamental rutaceous plants for planting, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="254118506"/>
+          <w:numId w:val="353776407"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ornamental rutaceous plants for planting import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="254118506"/>
+          <w:numId w:val="353776407"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus and rutaceous leaves and twigs, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -7780,92 +7780,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR, Graham JH &amp; Schubert TS (2002) Citrus canker: the pathogen and its impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId525068fbfd8a2f493" w:history="1">
+      <w:hyperlink r:id="rId799169183c8bbe949" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2002-0812-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR &amp; Irey M (2007) Post-hurricane analysis of citrus canker II: Predictive model estimation of disease spread and area potentially impacted by various eradication protocols following catastrophic weather events. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId600568fbfd8a2f4de" w:history="1">
+      <w:hyperlink r:id="rId791669183c8bbe998" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/doi:10.1094/PHP-2007-0405-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8312,51 +8312,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Irey M, Gottwald TR, Graham JH, Riley TD &amp; Carlton G (2006) Post-hurricane analysis of citrus canker spread and progress towards the development of a predictive model to estimate disease spread due to catastrophic weather events. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId145368fbfd8a2f801" w:history="1">
+      <w:hyperlink r:id="rId110369183c8bbecd7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2006-0822-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10753,51 +10753,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas citri pv. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId681468fbfd8a30726" w:history="1">
+      <w:hyperlink r:id="rId531969183c8bbfc55" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10988,90 +10988,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 3-7.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId744868fbfd8a30895" w:history="1">
+      <w:hyperlink r:id="rId277769183c8bbfdca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02444.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="22735441" name="name973268fbfd8a30937" descr="eu_funding_250.png"/>
+            <wp:docPr id="93594678" name="name669069183c8bc00e4" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId672868fbfd8a30936" cstate="print"/>
+                    <a:blip r:embed="rId678069183c8bc00e3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11169,221 +11169,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="254118506">
+  <w:abstractNum w:abstractNumId="353776407">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12325894">
+    <w:lvl w:ilvl="0" w:tplc="41916228">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="12325894" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="41916228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="12325894" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="41916228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="12325894" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="41916228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="12325894" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="41916228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="12325894" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="41916228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="12325894" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="41916228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="12325894" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="41916228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="12325894" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="41916228" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="88091677">
+  <w:abstractNum w:abstractNumId="90990442">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31031533">
+    <w:lvl w:ilvl="0" w:tplc="57765300">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="31031533" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="57765300" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="31031533" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="57765300" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="31031533" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="57765300" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="31031533" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="57765300" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="31031533" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="57765300" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="31031533" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="57765300" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="31031533" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="57765300" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="31031533" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="57765300" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="88091676">
+  <w:abstractNum w:abstractNumId="90990441">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46554994">
+    <w:lvl w:ilvl="0" w:tplc="15813999">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12135,58 +12135,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="88091676">
-    <w:abstractNumId w:val="88091676"/>
+  <w:num w:numId="90990441">
+    <w:abstractNumId w:val="90990441"/>
   </w:num>
-  <w:num w:numId="88091677">
-    <w:abstractNumId w:val="88091677"/>
+  <w:num w:numId="90990442">
+    <w:abstractNumId w:val="90990442"/>
   </w:num>
-  <w:num w:numId="254118506">
-    <w:abstractNumId w:val="254118506"/>
+  <w:num w:numId="353776407">
+    <w:abstractNumId w:val="353776407"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23736,51 +23736,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId469411723" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId132740157" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId668468fbfd8a2b765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/" TargetMode="External"/><Relationship Id="rId678268fbfd8a2b7cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/categorization" TargetMode="External"/><Relationship Id="rId848468fbfd8a2b937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/photos" TargetMode="External"/><Relationship Id="rId525068fbfd8a2f493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2002-0812-01-RV" TargetMode="External"/><Relationship Id="rId600568fbfd8a2f4de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.1094/PHP-2007-0405-01-RS" TargetMode="External"/><Relationship Id="rId145368fbfd8a2f801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2006-0822-01-RS" TargetMode="External"/><Relationship Id="rId681468fbfd8a30726" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId744868fbfd8a30895" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02444.x" TargetMode="External"/><Relationship Id="rId912968fbfd8a2b872" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId912968fbfd8a2b872.jpg"/><Relationship Id="rId811668fbfd8a2d365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId811668fbfd8a2d365.jpg"/><Relationship Id="rId672868fbfd8a30936" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId672868fbfd8a30936.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId591263312" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId711384475" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId499669183c8bba025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/" TargetMode="External"/><Relationship Id="rId759069183c8bba08e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/categorization" TargetMode="External"/><Relationship Id="rId504269183c8bba8cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/photos" TargetMode="External"/><Relationship Id="rId799169183c8bbe949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2002-0812-01-RV" TargetMode="External"/><Relationship Id="rId791669183c8bbe998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.1094/PHP-2007-0405-01-RS" TargetMode="External"/><Relationship Id="rId110369183c8bbecd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2006-0822-01-RS" TargetMode="External"/><Relationship Id="rId531969183c8bbfc55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId277769183c8bbfdca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02444.x" TargetMode="External"/><Relationship Id="rId434469183c8bba799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId434469183c8bba799.jpg"/><Relationship Id="rId334869183c8bbc665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId334869183c8bbc665.jpg"/><Relationship Id="rId678069183c8bc00e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId678069183c8bc00e3.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>