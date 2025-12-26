--- v2 (2025-11-15)
+++ v3 (2025-12-26)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (ex Hasse) Gabriel, Kingsley, Hunter &amp; Gottwald</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asiatic canker, Asiatic citrus canker (A strains), bacterial canker of citrus, cancrosis A (A strains), citrus canker</w:t>
             </w:r>
-            <w:hyperlink r:id="rId499669183c8bba025" w:history="1">
+            <w:hyperlink r:id="rId8938694dec884e3d1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId759069183c8bba08e" w:history="1">
+            <w:hyperlink r:id="rId4817694dec884e439" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="77326233" name="name579669183c8bba79b" descr="15936.jpg"/>
+                  <wp:docPr id="57231036" name="name8331694dec884ec2f" descr="15936.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15936.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId434469183c8bba799" cstate="print"/>
+                          <a:blip r:embed="rId8283694dec884ec2d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId504269183c8bba8cc" w:history="1">
+            <w:hyperlink r:id="rId1415694dec884ecfd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2732,63 +2732,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is currently absent from the EPPO region. Interceptions of citrus diseased fruit or foliage caused by this pest are recurrently reported at the borders of the European Union (more than 300 interceptions were reported over the last 20 years, EPPO Reporting Service).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="47813148" name="name381969183c8bbc669" descr="XANTCI_distribution_map.jpg"/>
+            <wp:docPr id="5813505" name="name4582694dec8850a85" descr="XANTCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId334869183c8bbc665" cstate="print"/>
+                    <a:blip r:embed="rId2902694dec8850a82" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4409,201 +4409,201 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2004). Seven significant introduction pathways were identified and evaluated by the EFSA Plant Health Panel (EFSA, 2014):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="353776407"/>
+          <w:numId w:val="497236344"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus fruit, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="353776407"/>
+          <w:numId w:val="497236344"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus fruit and/or leaves import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="353776407"/>
+          <w:numId w:val="497236344"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus plants for planting, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="353776407"/>
+          <w:numId w:val="497236344"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus plants for planting import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="353776407"/>
+          <w:numId w:val="497236344"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ornamental rutaceous plants for planting, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="353776407"/>
+          <w:numId w:val="497236344"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ornamental rutaceous plants for planting import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="353776407"/>
+          <w:numId w:val="497236344"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus and rutaceous leaves and twigs, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -7780,92 +7780,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR, Graham JH &amp; Schubert TS (2002) Citrus canker: the pathogen and its impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId799169183c8bbe949" w:history="1">
+      <w:hyperlink r:id="rId9764694dec8852b9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2002-0812-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR &amp; Irey M (2007) Post-hurricane analysis of citrus canker II: Predictive model estimation of disease spread and area potentially impacted by various eradication protocols following catastrophic weather events. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId791669183c8bbe998" w:history="1">
+      <w:hyperlink r:id="rId4382694dec8852be5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/doi:10.1094/PHP-2007-0405-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8312,51 +8312,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Irey M, Gottwald TR, Graham JH, Riley TD &amp; Carlton G (2006) Post-hurricane analysis of citrus canker spread and progress towards the development of a predictive model to estimate disease spread due to catastrophic weather events. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId110369183c8bbecd7" w:history="1">
+      <w:hyperlink r:id="rId3313694dec8852eed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2006-0822-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10753,51 +10753,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas citri pv. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId531969183c8bbfc55" w:history="1">
+      <w:hyperlink r:id="rId2261694dec8854452" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10988,90 +10988,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 3-7.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId277769183c8bbfdca" w:history="1">
+      <w:hyperlink r:id="rId9974694dec88545fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02444.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="93594678" name="name669069183c8bc00e4" descr="eu_funding_250.png"/>
+            <wp:docPr id="2864674" name="name8834694dec885468a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId678069183c8bc00e3" cstate="print"/>
+                    <a:blip r:embed="rId8230694dec8854689" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11169,221 +11169,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="353776407">
+  <w:abstractNum w:abstractNumId="497236344">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41916228">
+    <w:lvl w:ilvl="0" w:tplc="64949833">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="41916228" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="64949833" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="41916228" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="64949833" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="41916228" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="64949833" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="41916228" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="64949833" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="41916228" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="64949833" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="41916228" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="64949833" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="41916228" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="64949833" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="41916228" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="64949833" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="90990442">
+  <w:abstractNum w:abstractNumId="88930576">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="57765300">
+    <w:lvl w:ilvl="0" w:tplc="18933335">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="57765300" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="18933335" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="57765300" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="18933335" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="57765300" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="18933335" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="57765300" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="18933335" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="57765300" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="18933335" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="57765300" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="18933335" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="57765300" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="18933335" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="57765300" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="18933335" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="90990441">
+  <w:abstractNum w:abstractNumId="88930575">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="15813999">
+    <w:lvl w:ilvl="0" w:tplc="56657158">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12135,58 +12135,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="90990441">
-    <w:abstractNumId w:val="90990441"/>
+  <w:num w:numId="88930575">
+    <w:abstractNumId w:val="88930575"/>
   </w:num>
-  <w:num w:numId="90990442">
-    <w:abstractNumId w:val="90990442"/>
+  <w:num w:numId="88930576">
+    <w:abstractNumId w:val="88930576"/>
   </w:num>
-  <w:num w:numId="353776407">
-    <w:abstractNumId w:val="353776407"/>
+  <w:num w:numId="497236344">
+    <w:abstractNumId w:val="497236344"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23736,51 +23736,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId591263312" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId711384475" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId499669183c8bba025" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/" TargetMode="External"/><Relationship Id="rId759069183c8bba08e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/categorization" TargetMode="External"/><Relationship Id="rId504269183c8bba8cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/photos" TargetMode="External"/><Relationship Id="rId799169183c8bbe949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2002-0812-01-RV" TargetMode="External"/><Relationship Id="rId791669183c8bbe998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.1094/PHP-2007-0405-01-RS" TargetMode="External"/><Relationship Id="rId110369183c8bbecd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2006-0822-01-RS" TargetMode="External"/><Relationship Id="rId531969183c8bbfc55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId277769183c8bbfdca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02444.x" TargetMode="External"/><Relationship Id="rId434469183c8bba799" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId434469183c8bba799.jpg"/><Relationship Id="rId334869183c8bbc665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId334869183c8bbc665.jpg"/><Relationship Id="rId678069183c8bc00e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId678069183c8bc00e3.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId741918704" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId736073780" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8938694dec884e3d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/" TargetMode="External"/><Relationship Id="rId4817694dec884e439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/categorization" TargetMode="External"/><Relationship Id="rId1415694dec884ecfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/photos" TargetMode="External"/><Relationship Id="rId9764694dec8852b9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2002-0812-01-RV" TargetMode="External"/><Relationship Id="rId4382694dec8852be5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.1094/PHP-2007-0405-01-RS" TargetMode="External"/><Relationship Id="rId3313694dec8852eed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2006-0822-01-RS" TargetMode="External"/><Relationship Id="rId2261694dec8854452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9974694dec88545fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02444.x" TargetMode="External"/><Relationship Id="rId8283694dec884ec2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8283694dec884ec2d.jpg"/><Relationship Id="rId2902694dec8850a82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2902694dec8850a82.jpg"/><Relationship Id="rId8230694dec8854689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8230694dec8854689.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>