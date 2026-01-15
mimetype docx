--- v3 (2025-12-26)
+++ v4 (2026-01-15)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (ex Hasse) Gabriel, Kingsley, Hunter &amp; Gottwald</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asiatic canker, Asiatic citrus canker (A strains), bacterial canker of citrus, cancrosis A (A strains), citrus canker</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8938694dec884e3d1" w:history="1">
+            <w:hyperlink r:id="rId77066968bc79baa48" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4817694dec884e439" w:history="1">
+            <w:hyperlink r:id="rId69286968bc79baabf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="57231036" name="name8331694dec884ec2f" descr="15936.jpg"/>
+                  <wp:docPr id="66311238" name="name18686968bc79bb0a0" descr="15936.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15936.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8283694dec884ec2d" cstate="print"/>
+                          <a:blip r:embed="rId47896968bc79bb09e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1415694dec884ecfd" w:history="1">
+            <w:hyperlink r:id="rId15506968bc79bb1a0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2732,63 +2732,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is currently absent from the EPPO region. Interceptions of citrus diseased fruit or foliage caused by this pest are recurrently reported at the borders of the European Union (more than 300 interceptions were reported over the last 20 years, EPPO Reporting Service).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="5813505" name="name4582694dec8850a85" descr="XANTCI_distribution_map.jpg"/>
+            <wp:docPr id="88302586" name="name98746968bc79bce96" descr="XANTCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2902694dec8850a82" cstate="print"/>
+                    <a:blip r:embed="rId74446968bc79bce94" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4409,201 +4409,201 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2004). Seven significant introduction pathways were identified and evaluated by the EFSA Plant Health Panel (EFSA, 2014):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="497236344"/>
+          <w:numId w:val="79292480"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus fruit, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="497236344"/>
+          <w:numId w:val="79292480"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus fruit and/or leaves import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="497236344"/>
+          <w:numId w:val="79292480"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus plants for planting, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="497236344"/>
+          <w:numId w:val="79292480"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus plants for planting import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="497236344"/>
+          <w:numId w:val="79292480"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ornamental rutaceous plants for planting, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="497236344"/>
+          <w:numId w:val="79292480"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ornamental rutaceous plants for planting import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="497236344"/>
+          <w:numId w:val="79292480"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus and rutaceous leaves and twigs, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -7780,92 +7780,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR, Graham JH &amp; Schubert TS (2002) Citrus canker: the pathogen and its impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9764694dec8852b9a" w:history="1">
+      <w:hyperlink r:id="rId86046968bc79bf091" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2002-0812-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR &amp; Irey M (2007) Post-hurricane analysis of citrus canker II: Predictive model estimation of disease spread and area potentially impacted by various eradication protocols following catastrophic weather events. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4382694dec8852be5" w:history="1">
+      <w:hyperlink r:id="rId65576968bc79bf0df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/doi:10.1094/PHP-2007-0405-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8312,51 +8312,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Irey M, Gottwald TR, Graham JH, Riley TD &amp; Carlton G (2006) Post-hurricane analysis of citrus canker spread and progress towards the development of a predictive model to estimate disease spread due to catastrophic weather events. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3313694dec8852eed" w:history="1">
+      <w:hyperlink r:id="rId13606968bc79bf3f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2006-0822-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10731,73 +10731,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas citri pv. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2261694dec8854452" w:history="1">
+      <w:hyperlink r:id="rId42416968bc79c05b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10988,90 +10988,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 3-7.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9974694dec88545fb" w:history="1">
+      <w:hyperlink r:id="rId84866968bc79c07ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02444.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="2864674" name="name8834694dec885468a" descr="eu_funding_250.png"/>
+            <wp:docPr id="141823" name="name68816968bc79c0af7" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8230694dec8854689" cstate="print"/>
+                    <a:blip r:embed="rId96126968bc79c0af6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11169,221 +11169,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="497236344">
+  <w:abstractNum w:abstractNumId="79292480">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64949833">
+    <w:lvl w:ilvl="0" w:tplc="87192925">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="64949833" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="87192925" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="64949833" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="87192925" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="64949833" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="87192925" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="64949833" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="87192925" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="64949833" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="87192925" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="64949833" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="87192925" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="64949833" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="87192925" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="64949833" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="87192925" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="88930576">
+  <w:abstractNum w:abstractNumId="16826977">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18933335">
+    <w:lvl w:ilvl="0" w:tplc="56074958">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="18933335" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="56074958" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="18933335" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="56074958" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="18933335" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="56074958" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="18933335" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="56074958" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="18933335" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="56074958" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="18933335" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="56074958" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="18933335" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="56074958" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="18933335" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="56074958" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="88930575">
+  <w:abstractNum w:abstractNumId="16826976">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56657158">
+    <w:lvl w:ilvl="0" w:tplc="36798871">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12135,58 +12135,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="88930575">
-    <w:abstractNumId w:val="88930575"/>
+  <w:num w:numId="16826976">
+    <w:abstractNumId w:val="16826976"/>
   </w:num>
-  <w:num w:numId="88930576">
-    <w:abstractNumId w:val="88930576"/>
+  <w:num w:numId="16826977">
+    <w:abstractNumId w:val="16826977"/>
   </w:num>
-  <w:num w:numId="497236344">
-    <w:abstractNumId w:val="497236344"/>
+  <w:num w:numId="79292480">
+    <w:abstractNumId w:val="79292480"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23736,51 +23736,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId741918704" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId736073780" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8938694dec884e3d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/" TargetMode="External"/><Relationship Id="rId4817694dec884e439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/categorization" TargetMode="External"/><Relationship Id="rId1415694dec884ecfd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/photos" TargetMode="External"/><Relationship Id="rId9764694dec8852b9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2002-0812-01-RV" TargetMode="External"/><Relationship Id="rId4382694dec8852be5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.1094/PHP-2007-0405-01-RS" TargetMode="External"/><Relationship Id="rId3313694dec8852eed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2006-0822-01-RS" TargetMode="External"/><Relationship Id="rId2261694dec8854452" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9974694dec88545fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02444.x" TargetMode="External"/><Relationship Id="rId8283694dec884ec2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8283694dec884ec2d.jpg"/><Relationship Id="rId2902694dec8850a82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2902694dec8850a82.jpg"/><Relationship Id="rId8230694dec8854689" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8230694dec8854689.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId359720386" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId621271434" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId77066968bc79baa48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/" TargetMode="External"/><Relationship Id="rId69286968bc79baabf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/categorization" TargetMode="External"/><Relationship Id="rId15506968bc79bb1a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/photos" TargetMode="External"/><Relationship Id="rId86046968bc79bf091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2002-0812-01-RV" TargetMode="External"/><Relationship Id="rId65576968bc79bf0df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.1094/PHP-2007-0405-01-RS" TargetMode="External"/><Relationship Id="rId13606968bc79bf3f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2006-0822-01-RS" TargetMode="External"/><Relationship Id="rId42416968bc79c05b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId84866968bc79c07ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02444.x" TargetMode="External"/><Relationship Id="rId47896968bc79bb09e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId47896968bc79bb09e.jpg"/><Relationship Id="rId74446968bc79bce94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74446968bc79bce94.jpg"/><Relationship Id="rId96126968bc79c0af6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96126968bc79c0af6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>