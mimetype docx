--- v4 (2026-01-15)
+++ v5 (2026-02-04)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (ex Hasse) Gabriel, Kingsley, Hunter &amp; Gottwald</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asiatic canker, Asiatic citrus canker (A strains), bacterial canker of citrus, cancrosis A (A strains), citrus canker</w:t>
             </w:r>
-            <w:hyperlink r:id="rId77066968bc79baa48" w:history="1">
+            <w:hyperlink r:id="rId604369836c6c1f619" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -372,53 +372,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId69286968bc79baabf" w:history="1">
+            <w:hyperlink r:id="rId199769836c6c1f684" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="66311238" name="name18686968bc79bb0a0" descr="15936.jpg"/>
+                  <wp:docPr id="75384632" name="name371169836c6c1fe8f" descr="15936.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15936.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId47896968bc79bb09e" cstate="print"/>
+                          <a:blip r:embed="rId655569836c6c1fe8d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId15506968bc79bb1a0" w:history="1">
+            <w:hyperlink r:id="rId475569836c6c1ffe7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2732,105 +2732,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is currently absent from the EPPO region. Interceptions of citrus diseased fruit or foliage caused by this pest are recurrently reported at the borders of the European Union (more than 300 interceptions were reported over the last 20 years, EPPO Reporting Service).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="88302586" name="name98746968bc79bce96" descr="XANTCI_distribution_map.jpg"/>
+            <wp:docPr id="37717211" name="name697469836c6c21db2" descr="XANTCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId74446968bc79bce94" cstate="print"/>
+                    <a:blip r:embed="rId188969836c6c21dab" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Burkina Faso, Comoros, Ethiopia, Gabon, Mali, Mauritius, Mayotte, Reunion, Senegal, Seychelles, Somalia, Sudan, Tanzania, United Republic of</w:t>
+        <w:t xml:space="preserve"> Burkina Faso, Comoros, Ethiopia, Gabon, Madagascar, Mali, Mauritius, Mayotte, Reunion, Senegal, Seychelles, Somalia, Sudan, Tanzania, United Republic of</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Afghanistan, Bangladesh, Cambodia, China (Chongqing, Fujian, Gansu, Guangdong, Guangxi, Guizhou, Hubei, Hunan, Jiangsu, Jiangxi, Sichuan, Xianggang (Hong Kong), Yunnan, Zhejiang), Christmas Island, Cocos Islands, East Timor, India (Andaman and Nicobar Islands, Andhra Pradesh, Assam, Bihar, Gujarat, Haryana, Karnataka, Maharashtra, Meghalaya, Punjab, Rajasthan, Sikkim, Tamil Nadu, Uttar Pradesh, West Bengal), Indonesia (Irian Jaya, Java, Sumatra), Iran, Islamic Republic of, Iraq, Japan (Honshu, Kyushu, Shikoku), Korea, Democratic People's Republic of, Korea, Republic of, Lao People's Democratic Republic, Malaysia (Sabah, West), Maldives, Myanmar, Nepal, Oman, Pakistan, Philippines, Saudi Arabia, Singapore, Sri Lanka, Taiwan, Thailand, United Arab Emirates, Vietnam, Yemen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4409,201 +4409,201 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2004). Seven significant introduction pathways were identified and evaluated by the EFSA Plant Health Panel (EFSA, 2014):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="79292480"/>
+          <w:numId w:val="224223000"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus fruit, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="79292480"/>
+          <w:numId w:val="224223000"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus fruit and/or leaves import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="79292480"/>
+          <w:numId w:val="224223000"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus plants for planting, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="79292480"/>
+          <w:numId w:val="224223000"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus plants for planting import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="79292480"/>
+          <w:numId w:val="224223000"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ornamental rutaceous plants for planting, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="79292480"/>
+          <w:numId w:val="224223000"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ornamental rutaceous plants for planting import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="79292480"/>
+          <w:numId w:val="224223000"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus and rutaceous leaves and twigs, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -7780,92 +7780,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR, Graham JH &amp; Schubert TS (2002) Citrus canker: the pathogen and its impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86046968bc79bf091" w:history="1">
+      <w:hyperlink r:id="rId518669836c6c243e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2002-0812-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR &amp; Irey M (2007) Post-hurricane analysis of citrus canker II: Predictive model estimation of disease spread and area potentially impacted by various eradication protocols following catastrophic weather events. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65576968bc79bf0df" w:history="1">
+      <w:hyperlink r:id="rId656669836c6c24439" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/doi:10.1094/PHP-2007-0405-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8312,51 +8312,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Irey M, Gottwald TR, Graham JH, Riley TD &amp; Carlton G (2006) Post-hurricane analysis of citrus canker spread and progress towards the development of a predictive model to estimate disease spread due to catastrophic weather events. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13606968bc79bf3f0" w:history="1">
+      <w:hyperlink r:id="rId201169836c6c24753" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2006-0822-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10753,51 +10753,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas citri pv. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42416968bc79c05b5" w:history="1">
+      <w:hyperlink r:id="rId218669836c6c2568d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10988,90 +10988,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 3-7.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84866968bc79c07ee" w:history="1">
+      <w:hyperlink r:id="rId968769836c6c25801" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02444.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="141823" name="name68816968bc79c0af7" descr="eu_funding_250.png"/>
+            <wp:docPr id="34770490" name="name466369836c6c25877" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId96126968bc79c0af6" cstate="print"/>
+                    <a:blip r:embed="rId137469836c6c25876" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11169,221 +11169,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="79292480">
+  <w:abstractNum w:abstractNumId="224223000">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87192925">
+    <w:lvl w:ilvl="0" w:tplc="95977364">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="87192925" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="95977364" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="87192925" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="95977364" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="87192925" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="95977364" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="87192925" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="95977364" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="87192925" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="95977364" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="87192925" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="95977364" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="87192925" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="95977364" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="87192925" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="95977364" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16826977">
+  <w:abstractNum w:abstractNumId="71127712">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56074958">
+    <w:lvl w:ilvl="0" w:tplc="14833501">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="56074958" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14833501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="56074958" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14833501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="56074958" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14833501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="56074958" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14833501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="56074958" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14833501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="56074958" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14833501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="56074958" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14833501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="56074958" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14833501" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16826976">
+  <w:abstractNum w:abstractNumId="71127711">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36798871">
+    <w:lvl w:ilvl="0" w:tplc="90690180">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12135,58 +12135,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="16826976">
-    <w:abstractNumId w:val="16826976"/>
+  <w:num w:numId="71127711">
+    <w:abstractNumId w:val="71127711"/>
   </w:num>
-  <w:num w:numId="16826977">
-    <w:abstractNumId w:val="16826977"/>
+  <w:num w:numId="71127712">
+    <w:abstractNumId w:val="71127712"/>
   </w:num>
-  <w:num w:numId="79292480">
-    <w:abstractNumId w:val="79292480"/>
+  <w:num w:numId="224223000">
+    <w:abstractNumId w:val="224223000"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23736,51 +23736,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId359720386" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId621271434" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId77066968bc79baa48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/" TargetMode="External"/><Relationship Id="rId69286968bc79baabf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/categorization" TargetMode="External"/><Relationship Id="rId15506968bc79bb1a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/photos" TargetMode="External"/><Relationship Id="rId86046968bc79bf091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2002-0812-01-RV" TargetMode="External"/><Relationship Id="rId65576968bc79bf0df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.1094/PHP-2007-0405-01-RS" TargetMode="External"/><Relationship Id="rId13606968bc79bf3f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2006-0822-01-RS" TargetMode="External"/><Relationship Id="rId42416968bc79c05b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId84866968bc79c07ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02444.x" TargetMode="External"/><Relationship Id="rId47896968bc79bb09e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId47896968bc79bb09e.jpg"/><Relationship Id="rId74446968bc79bce94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId74446968bc79bce94.jpg"/><Relationship Id="rId96126968bc79c0af6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96126968bc79c0af6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId341915525" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId900885515" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId604369836c6c1f619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/" TargetMode="External"/><Relationship Id="rId199769836c6c1f684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/categorization" TargetMode="External"/><Relationship Id="rId475569836c6c1ffe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/photos" TargetMode="External"/><Relationship Id="rId518669836c6c243e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2002-0812-01-RV" TargetMode="External"/><Relationship Id="rId656669836c6c24439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.1094/PHP-2007-0405-01-RS" TargetMode="External"/><Relationship Id="rId201169836c6c24753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2006-0822-01-RS" TargetMode="External"/><Relationship Id="rId218669836c6c2568d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId968769836c6c25801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02444.x" TargetMode="External"/><Relationship Id="rId655569836c6c1fe8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId655569836c6c1fe8d.jpg"/><Relationship Id="rId188969836c6c21dab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId188969836c6c21dab.jpg"/><Relationship Id="rId137469836c6c25876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId137469836c6c25876.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>