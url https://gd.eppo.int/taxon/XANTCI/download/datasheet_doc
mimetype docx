--- v5 (2026-02-04)
+++ v6 (2026-02-25)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (ex Hasse) Gabriel, Kingsley, Hunter &amp; Gottwald</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asiatic canker, Asiatic citrus canker (A strains), bacterial canker of citrus, cancrosis A (A strains), citrus canker</w:t>
             </w:r>
-            <w:hyperlink r:id="rId604369836c6c1f619" w:history="1">
+            <w:hyperlink r:id="rId6937699f68840bb2e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId199769836c6c1f684" w:history="1">
+            <w:hyperlink r:id="rId4058699f68840bc24" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="75384632" name="name371169836c6c1fe8f" descr="15936.jpg"/>
+                  <wp:docPr id="78382552" name="name6327699f68840c295" descr="19722.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
-                          <pic:cNvPr id="0" name="15936.jpg"/>
+                          <pic:cNvPr id="0" name="19722.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId655569836c6c1fe8d" cstate="print"/>
+                          <a:blip r:embed="rId2642699f68840c293" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId475569836c6c1ffe7" w:history="1">
+            <w:hyperlink r:id="rId1352699f68840c41b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2732,63 +2732,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is currently absent from the EPPO region. Interceptions of citrus diseased fruit or foliage caused by this pest are recurrently reported at the borders of the European Union (more than 300 interceptions were reported over the last 20 years, EPPO Reporting Service).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="37717211" name="name697469836c6c21db2" descr="XANTCI_distribution_map.jpg"/>
+            <wp:docPr id="89081867" name="name3254699f68840e519" descr="XANTCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId188969836c6c21dab" cstate="print"/>
+                    <a:blip r:embed="rId7203699f68840e515" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4409,201 +4409,201 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2004). Seven significant introduction pathways were identified and evaluated by the EFSA Plant Health Panel (EFSA, 2014):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="224223000"/>
+          <w:numId w:val="859075962"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus fruit, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="224223000"/>
+          <w:numId w:val="859075962"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus fruit and/or leaves import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="224223000"/>
+          <w:numId w:val="859075962"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus plants for planting, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="224223000"/>
+          <w:numId w:val="859075962"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus plants for planting import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="224223000"/>
+          <w:numId w:val="859075962"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ornamental rutaceous plants for planting, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="224223000"/>
+          <w:numId w:val="859075962"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ornamental rutaceous plants for planting import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="224223000"/>
+          <w:numId w:val="859075962"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus and rutaceous leaves and twigs, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -7780,92 +7780,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR, Graham JH &amp; Schubert TS (2002) Citrus canker: the pathogen and its impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId518669836c6c243e9" w:history="1">
+      <w:hyperlink r:id="rId1249699f6884107ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2002-0812-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR &amp; Irey M (2007) Post-hurricane analysis of citrus canker II: Predictive model estimation of disease spread and area potentially impacted by various eradication protocols following catastrophic weather events. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId656669836c6c24439" w:history="1">
+      <w:hyperlink r:id="rId5234699f688410819" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/doi:10.1094/PHP-2007-0405-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8312,51 +8312,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Irey M, Gottwald TR, Graham JH, Riley TD &amp; Carlton G (2006) Post-hurricane analysis of citrus canker spread and progress towards the development of a predictive model to estimate disease spread due to catastrophic weather events. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId201169836c6c24753" w:history="1">
+      <w:hyperlink r:id="rId3484699f688410b5a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2006-0822-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10753,51 +10753,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas citri pv. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId218669836c6c2568d" w:history="1">
+      <w:hyperlink r:id="rId9342699f688411b2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10988,90 +10988,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 3-7.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId968769836c6c25801" w:history="1">
+      <w:hyperlink r:id="rId9115699f688411cb2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02444.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="34770490" name="name466369836c6c25877" descr="eu_funding_250.png"/>
+            <wp:docPr id="19831256" name="name1192699f688411d68" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId137469836c6c25876" cstate="print"/>
+                    <a:blip r:embed="rId7623699f688411d67" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11169,221 +11169,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="224223000">
+  <w:abstractNum w:abstractNumId="859075962">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95977364">
+    <w:lvl w:ilvl="0" w:tplc="36385514">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="95977364" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="36385514" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="95977364" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="36385514" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="95977364" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="36385514" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="95977364" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="36385514" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="95977364" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="36385514" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="95977364" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="36385514" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="95977364" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="36385514" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="95977364" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="36385514" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="71127712">
+  <w:abstractNum w:abstractNumId="14418519">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14833501">
+    <w:lvl w:ilvl="0" w:tplc="53391503">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14833501" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53391503" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14833501" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53391503" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14833501" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53391503" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14833501" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53391503" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14833501" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53391503" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14833501" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53391503" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14833501" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53391503" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14833501" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53391503" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="71127711">
+  <w:abstractNum w:abstractNumId="14418518">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90690180">
+    <w:lvl w:ilvl="0" w:tplc="78025077">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12135,58 +12135,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="71127711">
-    <w:abstractNumId w:val="71127711"/>
+  <w:num w:numId="14418518">
+    <w:abstractNumId w:val="14418518"/>
   </w:num>
-  <w:num w:numId="71127712">
-    <w:abstractNumId w:val="71127712"/>
+  <w:num w:numId="14418519">
+    <w:abstractNumId w:val="14418519"/>
   </w:num>
-  <w:num w:numId="224223000">
-    <w:abstractNumId w:val="224223000"/>
+  <w:num w:numId="859075962">
+    <w:abstractNumId w:val="859075962"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23736,51 +23736,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId341915525" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId900885515" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId604369836c6c1f619" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/" TargetMode="External"/><Relationship Id="rId199769836c6c1f684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/categorization" TargetMode="External"/><Relationship Id="rId475569836c6c1ffe7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/photos" TargetMode="External"/><Relationship Id="rId518669836c6c243e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2002-0812-01-RV" TargetMode="External"/><Relationship Id="rId656669836c6c24439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.1094/PHP-2007-0405-01-RS" TargetMode="External"/><Relationship Id="rId201169836c6c24753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2006-0822-01-RS" TargetMode="External"/><Relationship Id="rId218669836c6c2568d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId968769836c6c25801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02444.x" TargetMode="External"/><Relationship Id="rId655569836c6c1fe8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId655569836c6c1fe8d.jpg"/><Relationship Id="rId188969836c6c21dab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId188969836c6c21dab.jpg"/><Relationship Id="rId137469836c6c25876" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId137469836c6c25876.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId147447192" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId325763485" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6937699f68840bb2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/" TargetMode="External"/><Relationship Id="rId4058699f68840bc24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/categorization" TargetMode="External"/><Relationship Id="rId1352699f68840c41b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/photos" TargetMode="External"/><Relationship Id="rId1249699f6884107ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2002-0812-01-RV" TargetMode="External"/><Relationship Id="rId5234699f688410819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.1094/PHP-2007-0405-01-RS" TargetMode="External"/><Relationship Id="rId3484699f688410b5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2006-0822-01-RS" TargetMode="External"/><Relationship Id="rId9342699f688411b2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9115699f688411cb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02444.x" TargetMode="External"/><Relationship Id="rId2642699f68840c293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2642699f68840c293.jpg"/><Relationship Id="rId7203699f68840e515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7203699f68840e515.jpg"/><Relationship Id="rId7623699f688411d67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7623699f688411d67.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>