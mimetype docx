--- v6 (2026-02-25)
+++ v7 (2026-03-18)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> (ex Hasse) Gabriel, Kingsley, Hunter &amp; Gottwald</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Asiatic canker, Asiatic citrus canker (A strains), bacterial canker of citrus, cancrosis A (A strains), citrus canker</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6937699f68840bb2e" w:history="1">
+            <w:hyperlink r:id="rId418369ba09e18853b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4058699f68840bc24" w:history="1">
+            <w:hyperlink r:id="rId682769ba09e1885a4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="78382552" name="name6327699f68840c295" descr="19722.jpg"/>
+                  <wp:docPr id="99100850" name="name857769ba09e188694" descr="19722.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="19722.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2642699f68840c293" cstate="print"/>
+                          <a:blip r:embed="rId594669ba09e188693" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1352699f68840c41b" w:history="1">
+            <w:hyperlink r:id="rId732169ba09e1887b7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2732,63 +2732,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is currently absent from the EPPO region. Interceptions of citrus diseased fruit or foliage caused by this pest are recurrently reported at the borders of the European Union (more than 300 interceptions were reported over the last 20 years, EPPO Reporting Service).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="89081867" name="name3254699f68840e519" descr="XANTCI_distribution_map.jpg"/>
+            <wp:docPr id="98998966" name="name116169ba09e189f1c" descr="XANTCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7203699f68840e515" cstate="print"/>
+                    <a:blip r:embed="rId484669ba09e189f19" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -4409,201 +4409,201 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2004). Seven significant introduction pathways were identified and evaluated by the EFSA Plant Health Panel (EFSA, 2014):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="859075962"/>
+          <w:numId w:val="589285918"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus fruit, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="859075962"/>
+          <w:numId w:val="589285918"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus fruit and/or leaves import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="859075962"/>
+          <w:numId w:val="589285918"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus plants for planting, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="859075962"/>
+          <w:numId w:val="589285918"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus plants for planting import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="859075962"/>
+          <w:numId w:val="589285918"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ornamental rutaceous plants for planting, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="859075962"/>
+          <w:numId w:val="589285918"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ornamental rutaceous plants for planting import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="859075962"/>
+          <w:numId w:val="589285918"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus and rutaceous leaves and twigs, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -7780,92 +7780,92 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR, Graham JH &amp; Schubert TS (2002) Citrus canker: the pathogen and its impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1249699f6884107ca" w:history="1">
+      <w:hyperlink r:id="rId741569ba09e18c1ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2002-0812-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR &amp; Irey M (2007) Post-hurricane analysis of citrus canker II: Predictive model estimation of disease spread and area potentially impacted by various eradication protocols following catastrophic weather events. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5234699f688410819" w:history="1">
+      <w:hyperlink r:id="rId402069ba09e18c208" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/doi:10.1094/PHP-2007-0405-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -8312,51 +8312,51 @@
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Irey M, Gottwald TR, Graham JH, Riley TD &amp; Carlton G (2006) Post-hurricane analysis of citrus canker spread and progress towards the development of a predictive model to estimate disease spread due to catastrophic weather events. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3484699f688410b5a" w:history="1">
+      <w:hyperlink r:id="rId465269ba09e18c52f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2006-0822-01-RS</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -10753,51 +10753,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas citri pv. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9342699f688411b2c" w:history="1">
+      <w:hyperlink r:id="rId793669ba09e18d4b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -10988,90 +10988,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 3-7.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9115699f688411cb2" w:history="1">
+      <w:hyperlink r:id="rId666669ba09e18d62c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1979.tb02444.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="19831256" name="name1192699f688411d68" descr="eu_funding_250.png"/>
+            <wp:docPr id="94372097" name="name370569ba09e18d6ab" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7623699f688411d67" cstate="print"/>
+                    <a:blip r:embed="rId508869ba09e18d6aa" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -11169,221 +11169,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="859075962">
+  <w:abstractNum w:abstractNumId="589285918">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36385514">
+    <w:lvl w:ilvl="0" w:tplc="70779878">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="36385514" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="70779878" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="36385514" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="70779878" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="36385514" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="70779878" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="36385514" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="70779878" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="36385514" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="70779878" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="36385514" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="70779878" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="36385514" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="70779878" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="36385514" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="70779878" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14418519">
+  <w:abstractNum w:abstractNumId="57054862">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53391503">
+    <w:lvl w:ilvl="0" w:tplc="67317844">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="53391503" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67317844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="53391503" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67317844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="53391503" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67317844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="53391503" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67317844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="53391503" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67317844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="53391503" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67317844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="53391503" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67317844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="53391503" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67317844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14418518">
+  <w:abstractNum w:abstractNumId="57054861">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78025077">
+    <w:lvl w:ilvl="0" w:tplc="77212898">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -12135,58 +12135,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="14418518">
-    <w:abstractNumId w:val="14418518"/>
+  <w:num w:numId="57054861">
+    <w:abstractNumId w:val="57054861"/>
   </w:num>
-  <w:num w:numId="14418519">
-    <w:abstractNumId w:val="14418519"/>
+  <w:num w:numId="57054862">
+    <w:abstractNumId w:val="57054862"/>
   </w:num>
-  <w:num w:numId="859075962">
-    <w:abstractNumId w:val="859075962"/>
+  <w:num w:numId="589285918">
+    <w:abstractNumId w:val="589285918"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -23736,51 +23736,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId147447192" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId325763485" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6937699f68840bb2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/" TargetMode="External"/><Relationship Id="rId4058699f68840bc24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/categorization" TargetMode="External"/><Relationship Id="rId1352699f68840c41b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/photos" TargetMode="External"/><Relationship Id="rId1249699f6884107ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2002-0812-01-RV" TargetMode="External"/><Relationship Id="rId5234699f688410819" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.1094/PHP-2007-0405-01-RS" TargetMode="External"/><Relationship Id="rId3484699f688410b5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2006-0822-01-RS" TargetMode="External"/><Relationship Id="rId9342699f688411b2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9115699f688411cb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02444.x" TargetMode="External"/><Relationship Id="rId2642699f68840c293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2642699f68840c293.jpg"/><Relationship Id="rId7203699f68840e515" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7203699f68840e515.jpg"/><Relationship Id="rId7623699f688411d67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7623699f688411d67.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId226191878" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId132647031" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId418369ba09e18853b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/" TargetMode="External"/><Relationship Id="rId682769ba09e1885a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/categorization" TargetMode="External"/><Relationship Id="rId732169ba09e1887b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/photos" TargetMode="External"/><Relationship Id="rId741569ba09e18c1ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2002-0812-01-RV" TargetMode="External"/><Relationship Id="rId402069ba09e18c208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/doi:10.1094/PHP-2007-0405-01-RS" TargetMode="External"/><Relationship Id="rId465269ba09e18c52f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2006-0822-01-RS" TargetMode="External"/><Relationship Id="rId793669ba09e18d4b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId666669ba09e18d62c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1979.tb02444.x" TargetMode="External"/><Relationship Id="rId594669ba09e188693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId594669ba09e188693.jpg"/><Relationship Id="rId484669ba09e189f19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId484669ba09e189f19.jpg"/><Relationship Id="rId508869ba09e18d6aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId508869ba09e18d6aa.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>