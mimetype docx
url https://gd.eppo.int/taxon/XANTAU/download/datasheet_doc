--- v0 (2025-10-01)
+++ v1 (2025-10-24)
@@ -171,51 +171,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pathotypes A, A*, A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">w</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) is covered in a separate datasheet.  Text between square brackets [ ], on symptoms, morphology and detection, identification and inspection methods, is from the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId135568dd05d9d5f7b" w:history="1">
+      <w:hyperlink r:id="rId912668fb4f323a59f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO datasheet on </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">X. citri</w:t>
@@ -520,51 +520,51 @@
               <w:t xml:space="preserve"> Schaad et al.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Galician lemon canker (C strains), Mexican lime cancrosis (C strains), South American citrus canker, cancrosis B (B strains), citrus canker, false citrus canker (B strains)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId921768dd05d9d6239" w:history="1">
+            <w:hyperlink r:id="rId439468fb4f323a86a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -580,51 +580,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId777468dd05d9d62a1" w:history="1">
+            <w:hyperlink r:id="rId231968fb4f323a8ce" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -10669,63 +10669,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">aurantifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> have been reported in citrus orchards in South America since the 2000s. Absence has been confirmed in Argentina and Uruguay but not (yet) in São Paulo (Brazil) and Paraguay.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="59610150" name="name698468dd05d9dc373" descr="XANTAU_distribution_map.jpg"/>
+            <wp:docPr id="62640357" name="name959768fb4f3240d21" descr="XANTAU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTAU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId153868dd05d9dc36f" cstate="print"/>
+                    <a:blip r:embed="rId246768fb4f3240d1e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -14328,201 +14328,201 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2004). Seven significant introduction pathways were identified and evaluated by the EFSA Plant Health Panel (EFSA, 2014, 2019):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="779174082"/>
+          <w:numId w:val="649145980"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus fruit, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="779174082"/>
+          <w:numId w:val="649145980"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus fruit and/or leaves import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="779174082"/>
+          <w:numId w:val="649145980"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus plants for planting, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="779174082"/>
+          <w:numId w:val="649145980"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus plants for planting import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="779174082"/>
+          <w:numId w:val="649145980"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ornamental rutaceous plants for planting, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="779174082"/>
+          <w:numId w:val="649145980"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ornamental rutaceous plants for planting import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="779174082"/>
+          <w:numId w:val="649145980"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus and rutaceous leaves and twigs, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -15920,51 +15920,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 306-318. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId221468dd05d9de753" w:history="1">
+      <w:hyperlink r:id="rId871668fb4f3243095" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.65453-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16050,51 +16050,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 857-865. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId809868dd05d9de82a" w:history="1">
+      <w:hyperlink r:id="rId753068fb4f324316c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/Phyto-81-857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16160,51 +16160,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 12, 4148. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId951068dd05d9de8db" w:history="1">
+      <w:hyperlink r:id="rId482168fb4f324321c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-20-2498-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16241,51 +16241,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1201-1207. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId497668dd05d9de966" w:history="1">
+      <w:hyperlink r:id="rId928568fb4f32432a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-08-21-0342-SC</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16311,51 +16311,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId313468dd05d9de9d8" w:history="1">
+      <w:hyperlink r:id="rId676868fb4f3243311" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s40858-020-00377-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16588,51 +16588,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 515-525. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId639568dd05d9debac" w:history="1">
+      <w:hyperlink r:id="rId934068fb4f32434cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.009514-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16678,51 +16678,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pathogenicity, a Review. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IntechOpen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId435668dd05d9dec3e" w:history="1">
+      <w:hyperlink r:id="rId623368fb4f324355b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5772/intechopen.97776</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16846,51 +16846,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 441-449. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId266768dd05d9ded4a" w:history="1">
+      <w:hyperlink r:id="rId923268fb4f3243678" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.RW.03.2017.0071</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17074,51 +17074,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Asiatic citrus canker</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId988568dd05d9deeb8" w:history="1">
+      <w:hyperlink r:id="rId213468fb4f32437e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.56921</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 23-10-2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -17320,51 +17320,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">66</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 231–236. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId307468dd05d9df054" w:history="1">
+      <w:hyperlink r:id="rId919568fb4f3243969" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-66-231</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17450,51 +17450,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 792-806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId666668dd05d9df127" w:history="1">
+      <w:hyperlink r:id="rId377768fb4f3243a37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12461</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17540,51 +17540,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1257-1264. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId203768dd05d9df1bb" w:history="1">
+      <w:hyperlink r:id="rId782668fb4f3243ac7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.68.3.1257-1264.2002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17621,51 +17621,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1333–40. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId937968dd05d9df240" w:history="1">
+      <w:hyperlink r:id="rId292368fb4f3243b4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-95-1333</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17878,51 +17878,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">417</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 459-463 (2002). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId881068dd05d9df3e0" w:history="1">
+      <w:hyperlink r:id="rId747368fb4f3243cf2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/417459a</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17948,51 +17948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 207-218. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId389568dd05d9df453" w:history="1">
+      <w:hyperlink r:id="rId389968fb4f3243d66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-14-0384-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18049,51 +18049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 373-378. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId936168dd05d9df4f8" w:history="1">
+      <w:hyperlink r:id="rId572368fb4f3243e08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-12-0351-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18177,51 +18177,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 287-291.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dewdney MM &amp; Johnson EG (2023) 2023–2024 Florida citrus production guide: citrus canker. University of Florida, Institute of Food and Agricultural Sciences, FL, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId830668dd05d9df5c7" w:history="1">
+      <w:hyperlink r:id="rId398568fb4f3243ed5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/publication/CG040</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed January 2024).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -18334,51 +18334,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> type IV Pilus is required for twitching motility, biofilm development, and adherence. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molecular Plant Microbe Interactions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 27, 1132-1147. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId756568dd05d9df6c4" w:history="1">
+      <w:hyperlink r:id="rId697568fb4f3243fcf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/MPMI-06-14-0184-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18582,51 +18582,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3556. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId823968dd05d9df855" w:history="1">
+      <w:hyperlink r:id="rId338568fb4f3244157" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3027</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18692,51 +18692,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019:EN-1587. 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId263468dd05d9df908" w:history="1">
+      <w:hyperlink r:id="rId943768fb4f3244206" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1587</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18782,51 +18782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 383-400. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId333968dd05d9df998" w:history="1">
+      <w:hyperlink r:id="rId723968fb4f3244294" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12684</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18852,51 +18852,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId388268dd05d9dfa1c" w:history="1">
+      <w:hyperlink r:id="rId933368fb4f3244304" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XANTCI/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18984,51 +18984,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 62-96. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId488368dd05d9dfafa" w:history="1">
+      <w:hyperlink r:id="rId332468fb4f32443d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12913</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19121,51 +19121,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molecular Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 483-496. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId174168dd05d9dfbf9" w:history="1">
+      <w:hyperlink r:id="rId419468fb4f32444b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12019</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19289,51 +19289,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1302-1318. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId324568dd05d9dfd0b" w:history="1">
+      <w:hyperlink r:id="rId550868fb4f32445d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12638</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19399,51 +19399,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2361. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId359368dd05d9dfdc1" w:history="1">
+      <w:hyperlink r:id="rId242368fb4f3244684" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2019.02361</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19489,51 +19489,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e7676. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId264468dd05d9dfe56" w:history="1">
+      <w:hyperlink r:id="rId184468fb4f3244716" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://doi.org/10.7717/peerj.7676</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19630,81 +19630,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 14-22. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId478068dd05d9dff37" w:history="1">
+      <w:hyperlink r:id="rId365568fb4f3244801" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-39-1-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gochez A (2014) Host pathogen interaction, and copper resistance in Xanthomonads associated with citrus canker. University of Florida, thesis, 161 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId288468dd05d9dff6b" w:history="1">
+      <w:hyperlink r:id="rId881668fb4f3244837" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ufdc.ufl.edu/ufe0046962/00001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19868,51 +19868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1207-1214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId765268dd05d9e00b8" w:history="1">
+      <w:hyperlink r:id="rId722868fb4f3244982" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12361</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19978,51 +19978,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 405-419. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId434368dd05d9e0168" w:history="1">
+      <w:hyperlink r:id="rId363568fb4f3244a2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12408</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20088,51 +20088,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2309-2315. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId663868dd05d9e0216" w:history="1">
+      <w:hyperlink r:id="rId873268fb4f3244add" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2672.2007.03484.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20374,51 +20374,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">781-787. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId816368dd05d9e03e4" w:history="1">
+      <w:hyperlink r:id="rId867968fb4f3244ca1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-72-0781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20484,51 +20484,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 749-753. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId926068dd05d9e0494" w:history="1">
+      <w:hyperlink r:id="rId178368fb4f3244d4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/Phyto-81-749</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20554,101 +20554,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">91</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 30-34. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId843768dd05d9e0505" w:history="1">
+      <w:hyperlink r:id="rId546268fb4f3244dbf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO.2001.91.1.30</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR, Graham JH &amp; Schubert TS (2002) Citrus canker: the pathogen and its impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId569468dd05d9e0556" w:history="1">
+      <w:hyperlink r:id="rId964068fb4f3244e0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2002-0812-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20674,51 +20674,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1193-1200. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId931368dd05d9e05ca" w:history="1">
+      <w:hyperlink r:id="rId440168fb4f3244e7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-75-1193</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20882,51 +20882,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId989768dd05d9e0721" w:history="1">
+      <w:hyperlink r:id="rId122868fb4f3244fc5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1364-3703.2004.00197.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20972,51 +20972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e6632. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId887668dd05d9e07b9" w:history="1">
+      <w:hyperlink r:id="rId575168fb4f3245054" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0006632</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21111,51 +21111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> subsp. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId375168dd05d9e08a0" w:history="1">
+      <w:hyperlink r:id="rId833368fb4f3245130" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/dp-6-2014-xanthomonas-citri-subsp-citri/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21390,51 +21390,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1074. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId766268dd05d9e0a8c" w:history="1">
+      <w:hyperlink r:id="rId685068fb4f32452e5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-93-10-1074B</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21618,51 +21618,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3-7. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId809068dd05d9e0c00" w:history="1">
+      <w:hyperlink r:id="rId243868fb4f324545c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0261-2194(90)90038-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21708,51 +21708,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18427-18432. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId118768dd05d9e0c92" w:history="1">
+      <w:hyperlink r:id="rId559968fb4f32454ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1073/pnas.0705590104</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21849,51 +21849,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microorganisms </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 986. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId332268dd05d9e0d74" w:history="1">
+      <w:hyperlink r:id="rId345268fb4f32455f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms10050986</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22295,51 +22295,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 238. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId926468dd05d9e1044" w:history="1">
+      <w:hyperlink r:id="rId118568fb4f32458cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1471-2164-11-238</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22481,51 +22481,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1075. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId515368dd05d9e1177" w:history="1">
+      <w:hyperlink r:id="rId202868fb4f32459fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy12051075</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22591,51 +22591,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 140-146. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId308468dd05d9e1225" w:history="1">
+      <w:hyperlink r:id="rId452068fb4f3245aac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S0100-41582006000200003</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22799,51 +22799,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId212368dd05d9e1383" w:history="1">
+      <w:hyperlink r:id="rId364868fb4f3245bf6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12864-019-6007-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22889,51 +22889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 665–677. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId852968dd05d9e1416" w:history="1">
+      <w:hyperlink r:id="rId317368fb4f3245c85" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-50-2-665</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22979,51 +22979,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1098–1111. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId408368dd05d9e14a9" w:history="1">
+      <w:hyperlink r:id="rId383468fb4f3245d15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-95-1098</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23069,51 +23069,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0210122. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId247468dd05d9e15d2" w:history="1">
+      <w:hyperlink r:id="rId378168fb4f3245da4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.02101-22</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23179,51 +23179,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 296. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId569068dd05d9e17c8" w:history="1">
+      <w:hyperlink r:id="rId340368fb4f3245e51" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12866-020-01972-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23345,51 +23345,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 14. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId853668dd05d9e18dc" w:history="1">
+      <w:hyperlink r:id="rId830468fb4f3245f62" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1471-2180-12-43</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24031,51 +24031,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 494-518. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId334168dd05d9e1d2b" w:history="1">
+      <w:hyperlink r:id="rId736468fb4f324638a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2005.03.017</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24092,51 +24092,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Systematic and Applied Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 690-695. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId754668dd05d9e1d92" w:history="1">
+      <w:hyperlink r:id="rId964468fb4f32463ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/ 10.1016/j.syapm.2006.08.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24173,51 +24173,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. International Journal of Systematic and Evolutionary Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 893-897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId114868dd05d9e1e1a" w:history="1">
+      <w:hyperlink r:id="rId772368fb4f3246473" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2006.08.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24234,51 +24234,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 388–395. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId116668dd05d9e1e8a" w:history="1">
+      <w:hyperlink r:id="rId265668fb4f32464e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-71-0388</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24304,51 +24304,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 340-356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId138468dd05d9e1f02" w:history="1">
+      <w:hyperlink r:id="rId723068fb4f324655e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2001.85.4.340</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24423,51 +24423,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">88</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1179-1188. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId343668dd05d9e1fca" w:history="1">
+      <w:hyperlink r:id="rId509568fb4f3246622" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2004.88.11.1179</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24531,51 +24531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId197068dd05d9e2079" w:history="1">
+      <w:hyperlink r:id="rId780868fb4f32466d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agriculture10050171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24601,51 +24601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e06137. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId184068dd05d9e20ed" w:history="1">
+      <w:hyperlink r:id="rId291268fb4f3246742" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.heliyon.2021.e06137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24682,51 +24682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 472-489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId761768dd05d9e2171" w:history="1">
+      <w:hyperlink r:id="rId480068fb4f32467c4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24890,51 +24890,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 243-249. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId484268dd05d9e22ca" w:history="1">
+      <w:hyperlink r:id="rId819868fb4f324690f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.59.1.243-249.1993</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25009,51 +25009,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 477–487. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId856068dd05d9e238c" w:history="1">
+      <w:hyperlink r:id="rId697568fb4f32469cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1023/A:1008676508688</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25197,51 +25197,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 235-245. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId400768dd05d9e24b6" w:history="1">
+      <w:hyperlink r:id="rId336368fb4f3246afd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTOFR-04-22-0044-FI</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25345,51 +25345,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 366-377. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId328868dd05d9e25a6" w:history="1">
+      <w:hyperlink r:id="rId749068fb4f3246bec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2008.06.004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25535,51 +25535,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 129–132. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId950668dd05d9e26d2" w:history="1">
+      <w:hyperlink r:id="rId263568fb4f3246d14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/rpd.2012.18.2.129</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25803,51 +25803,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas citri pv. aurantifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId733068dd05d9e2890" w:history="1">
+      <w:hyperlink r:id="rId177268fb4f3246ec7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -25860,63 +25860,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="36602089" name="name616268dd05d9e2c06" descr="eu_funding_250.png"/>
+            <wp:docPr id="32127071" name="name153468fb4f3246fa3" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId481068dd05d9e2c05" cstate="print"/>
+                    <a:blip r:embed="rId803968fb4f3246fa2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -26014,221 +26014,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="779174082">
+  <w:abstractNum w:abstractNumId="649145980">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="83558812">
+    <w:lvl w:ilvl="0" w:tplc="67704016">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="83558812" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67704016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="83558812" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67704016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="83558812" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67704016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="83558812" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67704016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="83558812" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67704016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="83558812" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67704016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="83558812" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67704016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="83558812" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67704016" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60767700">
+  <w:abstractNum w:abstractNumId="65520509">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="34180348">
+    <w:lvl w:ilvl="0" w:tplc="69494933">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="34180348" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="69494933" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="34180348" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="69494933" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="34180348" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="69494933" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="34180348" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="69494933" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="34180348" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="69494933" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="34180348" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="69494933" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="34180348" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="69494933" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="34180348" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="69494933" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60767699">
+  <w:abstractNum w:abstractNumId="65520508">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="82642017">
+    <w:lvl w:ilvl="0" w:tplc="41487259">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -26980,58 +26980,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="60767699">
-    <w:abstractNumId w:val="60767699"/>
+  <w:num w:numId="65520508">
+    <w:abstractNumId w:val="65520508"/>
   </w:num>
-  <w:num w:numId="60767700">
-    <w:abstractNumId w:val="60767700"/>
+  <w:num w:numId="65520509">
+    <w:abstractNumId w:val="65520509"/>
   </w:num>
-  <w:num w:numId="779174082">
-    <w:abstractNumId w:val="779174082"/>
+  <w:num w:numId="649145980">
+    <w:abstractNumId w:val="649145980"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -38581,51 +38581,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId522478840" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId833347619" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId135568dd05d9d5f7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/datasheet" TargetMode="External"/><Relationship Id="rId921768dd05d9d6239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAU/" TargetMode="External"/><Relationship Id="rId777468dd05d9d62a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAU/categorization" TargetMode="External"/><Relationship Id="rId221468dd05d9de753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65453-0" TargetMode="External"/><Relationship Id="rId809868dd05d9de82a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-81-857" TargetMode="External"/><Relationship Id="rId951068dd05d9de8db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-20-2498-PDN" TargetMode="External"/><Relationship Id="rId497668dd05d9de966" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-21-0342-SC" TargetMode="External"/><Relationship Id="rId313468dd05d9de9d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-020-00377-2" TargetMode="External"/><Relationship Id="rId639568dd05d9debac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.009514-0" TargetMode="External"/><Relationship Id="rId435668dd05d9dec3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5772/intechopen.97776" TargetMode="External"/><Relationship Id="rId266768dd05d9ded4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.RW.03.2017.0071" TargetMode="External"/><Relationship Id="rId988568dd05d9deeb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.56921" TargetMode="External"/><Relationship Id="rId307468dd05d9df054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-66-231" TargetMode="External"/><Relationship Id="rId666668dd05d9df127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId203768dd05d9df1bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.68.3.1257-1264.2002" TargetMode="External"/><Relationship Id="rId937968dd05d9df240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-1333" TargetMode="External"/><Relationship Id="rId881068dd05d9df3e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/417459a" TargetMode="External"/><Relationship Id="rId389568dd05d9df453" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-14-0384-RE" TargetMode="External"/><Relationship Id="rId936168dd05d9df4f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-12-0351-RE" TargetMode="External"/><Relationship Id="rId830668dd05d9df5c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/publication/CG040" TargetMode="External"/><Relationship Id="rId756568dd05d9df6c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-06-14-0184-R" TargetMode="External"/><Relationship Id="rId823968dd05d9df855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3027" TargetMode="External"/><Relationship Id="rId263468dd05d9df908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1587" TargetMode="External"/><Relationship Id="rId333968dd05d9df998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12684" TargetMode="External"/><Relationship Id="rId388268dd05d9dfa1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/datasheet" TargetMode="External"/><Relationship Id="rId488368dd05d9dfafa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12913" TargetMode="External"/><Relationship Id="rId174168dd05d9dfbf9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12019" TargetMode="External"/><Relationship Id="rId324568dd05d9dfd0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12638" TargetMode="External"/><Relationship Id="rId359368dd05d9dfdc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2019.02361" TargetMode="External"/><Relationship Id="rId264468dd05d9dfe56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.7717/peerj.7676" TargetMode="External"/><Relationship Id="rId478068dd05d9dff37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-39-1-14" TargetMode="External"/><Relationship Id="rId288468dd05d9dff6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ufdc.ufl.edu/ufe0046962/00001" TargetMode="External"/><Relationship Id="rId765268dd05d9e00b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12361" TargetMode="External"/><Relationship Id="rId434368dd05d9e0168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12408" TargetMode="External"/><Relationship Id="rId663868dd05d9e0216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2007.03484.x" TargetMode="External"/><Relationship Id="rId816368dd05d9e03e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-72-0781" TargetMode="External"/><Relationship Id="rId926068dd05d9e0494" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-81-749" TargetMode="External"/><Relationship Id="rId843768dd05d9e0505" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO.2001.91.1.30" TargetMode="External"/><Relationship Id="rId569468dd05d9e0556" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2002-0812-01-RV" TargetMode="External"/><Relationship Id="rId931368dd05d9e05ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-1193" TargetMode="External"/><Relationship Id="rId989768dd05d9e0721" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1364-3703.2004.00197.x" TargetMode="External"/><Relationship Id="rId887668dd05d9e07b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0006632" TargetMode="External"/><Relationship Id="rId375168dd05d9e08a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/dp-6-2014-xanthomonas-citri-subsp-citri/" TargetMode="External"/><Relationship Id="rId766268dd05d9e0a8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-10-1074B" TargetMode="External"/><Relationship Id="rId809068dd05d9e0c00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(90)90038-9" TargetMode="External"/><Relationship Id="rId118768dd05d9e0c92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1073/pnas.0705590104" TargetMode="External"/><Relationship Id="rId332268dd05d9e0d74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms10050986" TargetMode="External"/><Relationship Id="rId926468dd05d9e1044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2164-11-238" TargetMode="External"/><Relationship Id="rId515368dd05d9e1177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy12051075" TargetMode="External"/><Relationship Id="rId308468dd05d9e1225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-41582006000200003" TargetMode="External"/><Relationship Id="rId212368dd05d9e1383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-019-6007-4" TargetMode="External"/><Relationship Id="rId852968dd05d9e1416" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-2-665" TargetMode="External"/><Relationship Id="rId408368dd05d9e14a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-1098" TargetMode="External"/><Relationship Id="rId247468dd05d9e15d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.02101-22" TargetMode="External"/><Relationship Id="rId569068dd05d9e17c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12866-020-01972-8" TargetMode="External"/><Relationship Id="rId853668dd05d9e18dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId334168dd05d9e1d2b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId754668dd05d9e1d92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/%2010.1016/j.syapm.2006.08.001" TargetMode="External"/><Relationship Id="rId114868dd05d9e1e1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2006.08.001" TargetMode="External"/><Relationship Id="rId116668dd05d9e1e8a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-71-0388" TargetMode="External"/><Relationship Id="rId138468dd05d9e1f02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2001.85.4.340" TargetMode="External"/><Relationship Id="rId343668dd05d9e1fca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2004.88.11.1179" TargetMode="External"/><Relationship Id="rId197068dd05d9e2079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture10050171" TargetMode="External"/><Relationship Id="rId184068dd05d9e20ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.heliyon.2021.e06137" TargetMode="External"/><Relationship Id="rId761768dd05d9e2171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId484268dd05d9e22ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.59.1.243-249.1993" TargetMode="External"/><Relationship Id="rId856068dd05d9e238c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/A:1008676508688" TargetMode="External"/><Relationship Id="rId400768dd05d9e24b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTOFR-04-22-0044-FI" TargetMode="External"/><Relationship Id="rId328868dd05d9e25a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2008.06.004" TargetMode="External"/><Relationship Id="rId950668dd05d9e26d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2012.18.2.129" TargetMode="External"/><Relationship Id="rId733068dd05d9e2890" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId153868dd05d9dc36f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId153868dd05d9dc36f.jpg"/><Relationship Id="rId481068dd05d9e2c05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId481068dd05d9e2c05.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId161762947" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId108041407" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId912668fb4f323a59f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/datasheet" TargetMode="External"/><Relationship Id="rId439468fb4f323a86a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAU/" TargetMode="External"/><Relationship Id="rId231968fb4f323a8ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAU/categorization" TargetMode="External"/><Relationship Id="rId871668fb4f3243095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65453-0" TargetMode="External"/><Relationship Id="rId753068fb4f324316c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-81-857" TargetMode="External"/><Relationship Id="rId482168fb4f324321c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-20-2498-PDN" TargetMode="External"/><Relationship Id="rId928568fb4f32432a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-21-0342-SC" TargetMode="External"/><Relationship Id="rId676868fb4f3243311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-020-00377-2" TargetMode="External"/><Relationship Id="rId934068fb4f32434cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.009514-0" TargetMode="External"/><Relationship Id="rId623368fb4f324355b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5772/intechopen.97776" TargetMode="External"/><Relationship Id="rId923268fb4f3243678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.RW.03.2017.0071" TargetMode="External"/><Relationship Id="rId213468fb4f32437e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.56921" TargetMode="External"/><Relationship Id="rId919568fb4f3243969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-66-231" TargetMode="External"/><Relationship Id="rId377768fb4f3243a37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId782668fb4f3243ac7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.68.3.1257-1264.2002" TargetMode="External"/><Relationship Id="rId292368fb4f3243b4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-1333" TargetMode="External"/><Relationship Id="rId747368fb4f3243cf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/417459a" TargetMode="External"/><Relationship Id="rId389968fb4f3243d66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-14-0384-RE" TargetMode="External"/><Relationship Id="rId572368fb4f3243e08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-12-0351-RE" TargetMode="External"/><Relationship Id="rId398568fb4f3243ed5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/publication/CG040" TargetMode="External"/><Relationship Id="rId697568fb4f3243fcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-06-14-0184-R" TargetMode="External"/><Relationship Id="rId338568fb4f3244157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3027" TargetMode="External"/><Relationship Id="rId943768fb4f3244206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1587" TargetMode="External"/><Relationship Id="rId723968fb4f3244294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12684" TargetMode="External"/><Relationship Id="rId933368fb4f3244304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/datasheet" TargetMode="External"/><Relationship Id="rId332468fb4f32443d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12913" TargetMode="External"/><Relationship Id="rId419468fb4f32444b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12019" TargetMode="External"/><Relationship Id="rId550868fb4f32445d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12638" TargetMode="External"/><Relationship Id="rId242368fb4f3244684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2019.02361" TargetMode="External"/><Relationship Id="rId184468fb4f3244716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.7717/peerj.7676" TargetMode="External"/><Relationship Id="rId365568fb4f3244801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-39-1-14" TargetMode="External"/><Relationship Id="rId881668fb4f3244837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ufdc.ufl.edu/ufe0046962/00001" TargetMode="External"/><Relationship Id="rId722868fb4f3244982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12361" TargetMode="External"/><Relationship Id="rId363568fb4f3244a2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12408" TargetMode="External"/><Relationship Id="rId873268fb4f3244add" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2007.03484.x" TargetMode="External"/><Relationship Id="rId867968fb4f3244ca1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-72-0781" TargetMode="External"/><Relationship Id="rId178368fb4f3244d4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-81-749" TargetMode="External"/><Relationship Id="rId546268fb4f3244dbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO.2001.91.1.30" TargetMode="External"/><Relationship Id="rId964068fb4f3244e0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2002-0812-01-RV" TargetMode="External"/><Relationship Id="rId440168fb4f3244e7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-1193" TargetMode="External"/><Relationship Id="rId122868fb4f3244fc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1364-3703.2004.00197.x" TargetMode="External"/><Relationship Id="rId575168fb4f3245054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0006632" TargetMode="External"/><Relationship Id="rId833368fb4f3245130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/dp-6-2014-xanthomonas-citri-subsp-citri/" TargetMode="External"/><Relationship Id="rId685068fb4f32452e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-10-1074B" TargetMode="External"/><Relationship Id="rId243868fb4f324545c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(90)90038-9" TargetMode="External"/><Relationship Id="rId559968fb4f32454ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1073/pnas.0705590104" TargetMode="External"/><Relationship Id="rId345268fb4f32455f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms10050986" TargetMode="External"/><Relationship Id="rId118568fb4f32458cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2164-11-238" TargetMode="External"/><Relationship Id="rId202868fb4f32459fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy12051075" TargetMode="External"/><Relationship Id="rId452068fb4f3245aac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-41582006000200003" TargetMode="External"/><Relationship Id="rId364868fb4f3245bf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-019-6007-4" TargetMode="External"/><Relationship Id="rId317368fb4f3245c85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-2-665" TargetMode="External"/><Relationship Id="rId383468fb4f3245d15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-1098" TargetMode="External"/><Relationship Id="rId378168fb4f3245da4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.02101-22" TargetMode="External"/><Relationship Id="rId340368fb4f3245e51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12866-020-01972-8" TargetMode="External"/><Relationship Id="rId830468fb4f3245f62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId736468fb4f324638a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId964468fb4f32463ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/%2010.1016/j.syapm.2006.08.001" TargetMode="External"/><Relationship Id="rId772368fb4f3246473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2006.08.001" TargetMode="External"/><Relationship Id="rId265668fb4f32464e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-71-0388" TargetMode="External"/><Relationship Id="rId723068fb4f324655e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2001.85.4.340" TargetMode="External"/><Relationship Id="rId509568fb4f3246622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2004.88.11.1179" TargetMode="External"/><Relationship Id="rId780868fb4f32466d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture10050171" TargetMode="External"/><Relationship Id="rId291268fb4f3246742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.heliyon.2021.e06137" TargetMode="External"/><Relationship Id="rId480068fb4f32467c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId819868fb4f324690f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.59.1.243-249.1993" TargetMode="External"/><Relationship Id="rId697568fb4f32469cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/A:1008676508688" TargetMode="External"/><Relationship Id="rId336368fb4f3246afd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTOFR-04-22-0044-FI" TargetMode="External"/><Relationship Id="rId749068fb4f3246bec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2008.06.004" TargetMode="External"/><Relationship Id="rId263568fb4f3246d14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2012.18.2.129" TargetMode="External"/><Relationship Id="rId177268fb4f3246ec7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId246768fb4f3240d1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId246768fb4f3240d1e.jpg"/><Relationship Id="rId803968fb4f3246fa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId803968fb4f3246fa2.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>