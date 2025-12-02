--- v1 (2025-10-24)
+++ v2 (2025-12-02)
@@ -171,51 +171,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pathotypes A, A*, A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">w</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) is covered in a separate datasheet.  Text between square brackets [ ], on symptoms, morphology and detection, identification and inspection methods, is from the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId912668fb4f323a59f" w:history="1">
+      <w:hyperlink r:id="rId9158692f5ec093a8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO datasheet on </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">X. citri</w:t>
@@ -520,51 +520,51 @@
               <w:t xml:space="preserve"> Schaad et al.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Galician lemon canker (C strains), Mexican lime cancrosis (C strains), South American citrus canker, cancrosis B (B strains), citrus canker, false citrus canker (B strains)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId439468fb4f323a86a" w:history="1">
+            <w:hyperlink r:id="rId2227692f5ec093d16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -580,51 +580,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId231968fb4f323a8ce" w:history="1">
+            <w:hyperlink r:id="rId9586692f5ec093d7a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -10669,63 +10669,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">aurantifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> have been reported in citrus orchards in South America since the 2000s. Absence has been confirmed in Argentina and Uruguay but not (yet) in São Paulo (Brazil) and Paraguay.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="62640357" name="name959768fb4f3240d21" descr="XANTAU_distribution_map.jpg"/>
+            <wp:docPr id="21735007" name="name3436692f5ec099fdd" descr="XANTAU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTAU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId246768fb4f3240d1e" cstate="print"/>
+                    <a:blip r:embed="rId5035692f5ec099fda" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -14328,201 +14328,201 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2004). Seven significant introduction pathways were identified and evaluated by the EFSA Plant Health Panel (EFSA, 2014, 2019):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="649145980"/>
+          <w:numId w:val="874993433"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus fruit, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="649145980"/>
+          <w:numId w:val="874993433"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus fruit and/or leaves import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="649145980"/>
+          <w:numId w:val="874993433"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus plants for planting, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="649145980"/>
+          <w:numId w:val="874993433"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus plants for planting import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="649145980"/>
+          <w:numId w:val="874993433"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ornamental rutaceous plants for planting, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="649145980"/>
+          <w:numId w:val="874993433"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ornamental rutaceous plants for planting import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="649145980"/>
+          <w:numId w:val="874993433"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus and rutaceous leaves and twigs, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -15920,51 +15920,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 306-318. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId871668fb4f3243095" w:history="1">
+      <w:hyperlink r:id="rId4807692f5ec09c840" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.65453-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16050,51 +16050,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 857-865. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId753068fb4f324316c" w:history="1">
+      <w:hyperlink r:id="rId8127692f5ec09c91c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/Phyto-81-857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16160,51 +16160,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 12, 4148. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId482168fb4f324321c" w:history="1">
+      <w:hyperlink r:id="rId2086692f5ec09c9f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-20-2498-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16241,51 +16241,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1201-1207. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId928568fb4f32432a1" w:history="1">
+      <w:hyperlink r:id="rId6531692f5ec09ca80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-08-21-0342-SC</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16311,51 +16311,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId676868fb4f3243311" w:history="1">
+      <w:hyperlink r:id="rId8319692f5ec09caf3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s40858-020-00377-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16588,51 +16588,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 515-525. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId934068fb4f32434cb" w:history="1">
+      <w:hyperlink r:id="rId4287692f5ec09cd53" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.009514-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16678,51 +16678,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pathogenicity, a Review. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IntechOpen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId623368fb4f324355b" w:history="1">
+      <w:hyperlink r:id="rId2362692f5ec09ce11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5772/intechopen.97776</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16846,51 +16846,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 441-449. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId923268fb4f3243678" w:history="1">
+      <w:hyperlink r:id="rId6483692f5ec09cf25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.RW.03.2017.0071</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17074,51 +17074,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Asiatic citrus canker</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId213468fb4f32437e1" w:history="1">
+      <w:hyperlink r:id="rId1538692f5ec09d0c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.56921</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 23-10-2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -17320,51 +17320,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">66</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 231–236. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId919568fb4f3243969" w:history="1">
+      <w:hyperlink r:id="rId2679692f5ec09d2d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-66-231</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17450,51 +17450,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 792-806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId377768fb4f3243a37" w:history="1">
+      <w:hyperlink r:id="rId7689692f5ec09d3fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12461</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17540,51 +17540,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1257-1264. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId782668fb4f3243ac7" w:history="1">
+      <w:hyperlink r:id="rId8330692f5ec09d52a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.68.3.1257-1264.2002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17621,51 +17621,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1333–40. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId292368fb4f3243b4a" w:history="1">
+      <w:hyperlink r:id="rId5882692f5ec09d5b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-95-1333</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17878,51 +17878,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">417</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 459-463 (2002). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId747368fb4f3243cf2" w:history="1">
+      <w:hyperlink r:id="rId3938692f5ec09d751" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/417459a</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17948,51 +17948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 207-218. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId389968fb4f3243d66" w:history="1">
+      <w:hyperlink r:id="rId8145692f5ec09d7c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-14-0384-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18049,51 +18049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 373-378. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId572368fb4f3243e08" w:history="1">
+      <w:hyperlink r:id="rId8265692f5ec09d899" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-12-0351-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18177,51 +18177,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 287-291.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dewdney MM &amp; Johnson EG (2023) 2023–2024 Florida citrus production guide: citrus canker. University of Florida, Institute of Food and Agricultural Sciences, FL, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId398568fb4f3243ed5" w:history="1">
+      <w:hyperlink r:id="rId8797692f5ec09d96f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/publication/CG040</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed January 2024).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -18334,51 +18334,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> type IV Pilus is required for twitching motility, biofilm development, and adherence. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molecular Plant Microbe Interactions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 27, 1132-1147. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId697568fb4f3243fcf" w:history="1">
+      <w:hyperlink r:id="rId4031692f5ec09da6d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/MPMI-06-14-0184-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18582,51 +18582,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3556. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId338568fb4f3244157" w:history="1">
+      <w:hyperlink r:id="rId8298692f5ec09dbf8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3027</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18692,51 +18692,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019:EN-1587. 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId943768fb4f3244206" w:history="1">
+      <w:hyperlink r:id="rId6195692f5ec09dca7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1587</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18782,51 +18782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 383-400. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId723968fb4f3244294" w:history="1">
+      <w:hyperlink r:id="rId6333692f5ec09dd36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12684</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18852,51 +18852,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId933368fb4f3244304" w:history="1">
+      <w:hyperlink r:id="rId6304692f5ec09dda5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XANTCI/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18984,51 +18984,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 62-96. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId332468fb4f32443d5" w:history="1">
+      <w:hyperlink r:id="rId2523692f5ec09de84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12913</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19121,51 +19121,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molecular Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 483-496. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId419468fb4f32444b9" w:history="1">
+      <w:hyperlink r:id="rId5806692f5ec09df6b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12019</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19289,51 +19289,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1302-1318. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId550868fb4f32445d0" w:history="1">
+      <w:hyperlink r:id="rId3857692f5ec09e132" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12638</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19399,51 +19399,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2361. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId242368fb4f3244684" w:history="1">
+      <w:hyperlink r:id="rId9474692f5ec09e1ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2019.02361</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19489,51 +19489,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e7676. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId184468fb4f3244716" w:history="1">
+      <w:hyperlink r:id="rId1495692f5ec09e2ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://doi.org/10.7717/peerj.7676</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19630,81 +19630,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 14-22. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId365568fb4f3244801" w:history="1">
+      <w:hyperlink r:id="rId1305692f5ec09e3d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-39-1-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gochez A (2014) Host pathogen interaction, and copper resistance in Xanthomonads associated with citrus canker. University of Florida, thesis, 161 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId881668fb4f3244837" w:history="1">
+      <w:hyperlink r:id="rId1751692f5ec09e450" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ufdc.ufl.edu/ufe0046962/00001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19868,51 +19868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1207-1214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId722868fb4f3244982" w:history="1">
+      <w:hyperlink r:id="rId8981692f5ec09e5a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12361</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19978,51 +19978,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 405-419. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId363568fb4f3244a2f" w:history="1">
+      <w:hyperlink r:id="rId6743692f5ec09e65c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12408</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20088,51 +20088,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2309-2315. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId873268fb4f3244add" w:history="1">
+      <w:hyperlink r:id="rId3657692f5ec09e75a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2672.2007.03484.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20374,51 +20374,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">781-787. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId867968fb4f3244ca1" w:history="1">
+      <w:hyperlink r:id="rId7502692f5ec09e999" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-72-0781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20484,51 +20484,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 749-753. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId178368fb4f3244d4f" w:history="1">
+      <w:hyperlink r:id="rId9929692f5ec09ea84" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/Phyto-81-749</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20554,101 +20554,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">91</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 30-34. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId546268fb4f3244dbf" w:history="1">
+      <w:hyperlink r:id="rId6946692f5ec09eafb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO.2001.91.1.30</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR, Graham JH &amp; Schubert TS (2002) Citrus canker: the pathogen and its impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId964068fb4f3244e0f" w:history="1">
+      <w:hyperlink r:id="rId4814692f5ec09eb4e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2002-0812-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20674,51 +20674,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1193-1200. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId440168fb4f3244e7e" w:history="1">
+      <w:hyperlink r:id="rId9088692f5ec09ebc0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-75-1193</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20882,51 +20882,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId122868fb4f3244fc5" w:history="1">
+      <w:hyperlink r:id="rId7905692f5ec09ed41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1364-3703.2004.00197.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20972,51 +20972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e6632. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId575168fb4f3245054" w:history="1">
+      <w:hyperlink r:id="rId3389692f5ec09edff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0006632</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21111,51 +21111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> subsp. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId833368fb4f3245130" w:history="1">
+      <w:hyperlink r:id="rId5446692f5ec09eee9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/dp-6-2014-xanthomonas-citri-subsp-citri/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21390,51 +21390,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1074. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId685068fb4f32452e5" w:history="1">
+      <w:hyperlink r:id="rId6628692f5ec09f0e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-93-10-1074B</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21618,51 +21618,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3-7. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId243868fb4f324545c" w:history="1">
+      <w:hyperlink r:id="rId6941692f5ec09f284" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0261-2194(90)90038-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21708,51 +21708,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18427-18432. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId559968fb4f32454ee" w:history="1">
+      <w:hyperlink r:id="rId7313692f5ec09f328" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1073/pnas.0705590104</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21849,51 +21849,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microorganisms </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 986. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId345268fb4f32455f0" w:history="1">
+      <w:hyperlink r:id="rId1172692f5ec09f44a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms10050986</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22295,51 +22295,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 238. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId118568fb4f32458cb" w:history="1">
+      <w:hyperlink r:id="rId2575692f5ec09f77d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1471-2164-11-238</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22481,51 +22481,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1075. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId202868fb4f32459fe" w:history="1">
+      <w:hyperlink r:id="rId6021692f5ec09f92d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy12051075</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22591,51 +22591,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 140-146. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId452068fb4f3245aac" w:history="1">
+      <w:hyperlink r:id="rId5715692f5ec09f9e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S0100-41582006000200003</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22799,51 +22799,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId364868fb4f3245bf6" w:history="1">
+      <w:hyperlink r:id="rId4587692f5ec09fb60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12864-019-6007-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22889,51 +22889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 665–677. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId317368fb4f3245c85" w:history="1">
+      <w:hyperlink r:id="rId1168692f5ec09fbf7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-50-2-665</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22979,51 +22979,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1098–1111. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId383468fb4f3245d15" w:history="1">
+      <w:hyperlink r:id="rId8153692f5ec09fc89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-95-1098</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23069,51 +23069,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0210122. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId378168fb4f3245da4" w:history="1">
+      <w:hyperlink r:id="rId4283692f5ec09fd19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.02101-22</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23179,51 +23179,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 296. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId340368fb4f3245e51" w:history="1">
+      <w:hyperlink r:id="rId6358692f5ec09fdc8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12866-020-01972-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23345,51 +23345,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 14. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId830468fb4f3245f62" w:history="1">
+      <w:hyperlink r:id="rId8095692f5ec09fed1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1471-2180-12-43</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24031,51 +24031,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 494-518. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId736468fb4f324638a" w:history="1">
+      <w:hyperlink r:id="rId5317692f5ec0a039f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2005.03.017</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24092,51 +24092,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Systematic and Applied Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 690-695. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId964468fb4f32463ef" w:history="1">
+      <w:hyperlink r:id="rId7066692f5ec0a040d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/ 10.1016/j.syapm.2006.08.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24173,51 +24173,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. International Journal of Systematic and Evolutionary Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 893-897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId772368fb4f3246473" w:history="1">
+      <w:hyperlink r:id="rId3289692f5ec0a0495" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2006.08.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24234,51 +24234,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 388–395. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId265668fb4f32464e9" w:history="1">
+      <w:hyperlink r:id="rId5008692f5ec0a04fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-71-0388</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24304,51 +24304,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 340-356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId723068fb4f324655e" w:history="1">
+      <w:hyperlink r:id="rId3993692f5ec0a056d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2001.85.4.340</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24423,51 +24423,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">88</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1179-1188. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId509568fb4f3246622" w:history="1">
+      <w:hyperlink r:id="rId6651692f5ec0a0656" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2004.88.11.1179</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24531,51 +24531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId780868fb4f32466d1" w:history="1">
+      <w:hyperlink r:id="rId6685692f5ec0a0709" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agriculture10050171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24601,51 +24601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e06137. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId291268fb4f3246742" w:history="1">
+      <w:hyperlink r:id="rId8250692f5ec0a077b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.heliyon.2021.e06137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24682,51 +24682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 472-489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId480068fb4f32467c4" w:history="1">
+      <w:hyperlink r:id="rId8302692f5ec0a07fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24890,51 +24890,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 243-249. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId819868fb4f324690f" w:history="1">
+      <w:hyperlink r:id="rId3056692f5ec0a0949" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.59.1.243-249.1993</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25009,51 +25009,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 477–487. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId697568fb4f32469cc" w:history="1">
+      <w:hyperlink r:id="rId8854692f5ec0a0a08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1023/A:1008676508688</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25197,51 +25197,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 235-245. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId336368fb4f3246afd" w:history="1">
+      <w:hyperlink r:id="rId3084692f5ec0a0b33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTOFR-04-22-0044-FI</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25345,51 +25345,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 366-377. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId749068fb4f3246bec" w:history="1">
+      <w:hyperlink r:id="rId8832692f5ec0a0c20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2008.06.004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25535,51 +25535,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 129–132. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId263568fb4f3246d14" w:history="1">
+      <w:hyperlink r:id="rId5213692f5ec0a0d7a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/rpd.2012.18.2.129</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25803,51 +25803,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas citri pv. aurantifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId177268fb4f3246ec7" w:history="1">
+      <w:hyperlink r:id="rId1773692f5ec0a0f6b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -25860,63 +25860,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="32127071" name="name153468fb4f3246fa3" descr="eu_funding_250.png"/>
+            <wp:docPr id="31619223" name="name2907692f5ec0a105d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId803968fb4f3246fa2" cstate="print"/>
+                    <a:blip r:embed="rId1086692f5ec0a105b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -26014,221 +26014,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="649145980">
+  <w:abstractNum w:abstractNumId="874993433">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67704016">
+    <w:lvl w:ilvl="0" w:tplc="76450423">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67704016" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="76450423" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67704016" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="76450423" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67704016" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="76450423" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67704016" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="76450423" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67704016" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="76450423" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67704016" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="76450423" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67704016" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="76450423" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67704016" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="76450423" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65520509">
+  <w:abstractNum w:abstractNumId="19504193">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69494933">
+    <w:lvl w:ilvl="0" w:tplc="76562943">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="69494933" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="76562943" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="69494933" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="76562943" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="69494933" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="76562943" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="69494933" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="76562943" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="69494933" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="76562943" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="69494933" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="76562943" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="69494933" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="76562943" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="69494933" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="76562943" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65520508">
+  <w:abstractNum w:abstractNumId="19504192">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41487259">
+    <w:lvl w:ilvl="0" w:tplc="35662374">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -26980,58 +26980,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="65520508">
-    <w:abstractNumId w:val="65520508"/>
+  <w:num w:numId="19504192">
+    <w:abstractNumId w:val="19504192"/>
   </w:num>
-  <w:num w:numId="65520509">
-    <w:abstractNumId w:val="65520509"/>
+  <w:num w:numId="19504193">
+    <w:abstractNumId w:val="19504193"/>
   </w:num>
-  <w:num w:numId="649145980">
-    <w:abstractNumId w:val="649145980"/>
+  <w:num w:numId="874993433">
+    <w:abstractNumId w:val="874993433"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -38581,51 +38581,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId161762947" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId108041407" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId912668fb4f323a59f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/datasheet" TargetMode="External"/><Relationship Id="rId439468fb4f323a86a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAU/" TargetMode="External"/><Relationship Id="rId231968fb4f323a8ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAU/categorization" TargetMode="External"/><Relationship Id="rId871668fb4f3243095" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65453-0" TargetMode="External"/><Relationship Id="rId753068fb4f324316c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-81-857" TargetMode="External"/><Relationship Id="rId482168fb4f324321c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-20-2498-PDN" TargetMode="External"/><Relationship Id="rId928568fb4f32432a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-21-0342-SC" TargetMode="External"/><Relationship Id="rId676868fb4f3243311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-020-00377-2" TargetMode="External"/><Relationship Id="rId934068fb4f32434cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.009514-0" TargetMode="External"/><Relationship Id="rId623368fb4f324355b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5772/intechopen.97776" TargetMode="External"/><Relationship Id="rId923268fb4f3243678" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.RW.03.2017.0071" TargetMode="External"/><Relationship Id="rId213468fb4f32437e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.56921" TargetMode="External"/><Relationship Id="rId919568fb4f3243969" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-66-231" TargetMode="External"/><Relationship Id="rId377768fb4f3243a37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId782668fb4f3243ac7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.68.3.1257-1264.2002" TargetMode="External"/><Relationship Id="rId292368fb4f3243b4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-1333" TargetMode="External"/><Relationship Id="rId747368fb4f3243cf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/417459a" TargetMode="External"/><Relationship Id="rId389968fb4f3243d66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-14-0384-RE" TargetMode="External"/><Relationship Id="rId572368fb4f3243e08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-12-0351-RE" TargetMode="External"/><Relationship Id="rId398568fb4f3243ed5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/publication/CG040" TargetMode="External"/><Relationship Id="rId697568fb4f3243fcf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-06-14-0184-R" TargetMode="External"/><Relationship Id="rId338568fb4f3244157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3027" TargetMode="External"/><Relationship Id="rId943768fb4f3244206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1587" TargetMode="External"/><Relationship Id="rId723968fb4f3244294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12684" TargetMode="External"/><Relationship Id="rId933368fb4f3244304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/datasheet" TargetMode="External"/><Relationship Id="rId332468fb4f32443d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12913" TargetMode="External"/><Relationship Id="rId419468fb4f32444b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12019" TargetMode="External"/><Relationship Id="rId550868fb4f32445d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12638" TargetMode="External"/><Relationship Id="rId242368fb4f3244684" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2019.02361" TargetMode="External"/><Relationship Id="rId184468fb4f3244716" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.7717/peerj.7676" TargetMode="External"/><Relationship Id="rId365568fb4f3244801" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-39-1-14" TargetMode="External"/><Relationship Id="rId881668fb4f3244837" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ufdc.ufl.edu/ufe0046962/00001" TargetMode="External"/><Relationship Id="rId722868fb4f3244982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12361" TargetMode="External"/><Relationship Id="rId363568fb4f3244a2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12408" TargetMode="External"/><Relationship Id="rId873268fb4f3244add" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2007.03484.x" TargetMode="External"/><Relationship Id="rId867968fb4f3244ca1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-72-0781" TargetMode="External"/><Relationship Id="rId178368fb4f3244d4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-81-749" TargetMode="External"/><Relationship Id="rId546268fb4f3244dbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO.2001.91.1.30" TargetMode="External"/><Relationship Id="rId964068fb4f3244e0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2002-0812-01-RV" TargetMode="External"/><Relationship Id="rId440168fb4f3244e7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-1193" TargetMode="External"/><Relationship Id="rId122868fb4f3244fc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1364-3703.2004.00197.x" TargetMode="External"/><Relationship Id="rId575168fb4f3245054" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0006632" TargetMode="External"/><Relationship Id="rId833368fb4f3245130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/dp-6-2014-xanthomonas-citri-subsp-citri/" TargetMode="External"/><Relationship Id="rId685068fb4f32452e5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-10-1074B" TargetMode="External"/><Relationship Id="rId243868fb4f324545c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(90)90038-9" TargetMode="External"/><Relationship Id="rId559968fb4f32454ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1073/pnas.0705590104" TargetMode="External"/><Relationship Id="rId345268fb4f32455f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms10050986" TargetMode="External"/><Relationship Id="rId118568fb4f32458cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2164-11-238" TargetMode="External"/><Relationship Id="rId202868fb4f32459fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy12051075" TargetMode="External"/><Relationship Id="rId452068fb4f3245aac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-41582006000200003" TargetMode="External"/><Relationship Id="rId364868fb4f3245bf6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-019-6007-4" TargetMode="External"/><Relationship Id="rId317368fb4f3245c85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-2-665" TargetMode="External"/><Relationship Id="rId383468fb4f3245d15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-1098" TargetMode="External"/><Relationship Id="rId378168fb4f3245da4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.02101-22" TargetMode="External"/><Relationship Id="rId340368fb4f3245e51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12866-020-01972-8" TargetMode="External"/><Relationship Id="rId830468fb4f3245f62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId736468fb4f324638a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId964468fb4f32463ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/%2010.1016/j.syapm.2006.08.001" TargetMode="External"/><Relationship Id="rId772368fb4f3246473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2006.08.001" TargetMode="External"/><Relationship Id="rId265668fb4f32464e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-71-0388" TargetMode="External"/><Relationship Id="rId723068fb4f324655e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2001.85.4.340" TargetMode="External"/><Relationship Id="rId509568fb4f3246622" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2004.88.11.1179" TargetMode="External"/><Relationship Id="rId780868fb4f32466d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture10050171" TargetMode="External"/><Relationship Id="rId291268fb4f3246742" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.heliyon.2021.e06137" TargetMode="External"/><Relationship Id="rId480068fb4f32467c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId819868fb4f324690f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.59.1.243-249.1993" TargetMode="External"/><Relationship Id="rId697568fb4f32469cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/A:1008676508688" TargetMode="External"/><Relationship Id="rId336368fb4f3246afd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTOFR-04-22-0044-FI" TargetMode="External"/><Relationship Id="rId749068fb4f3246bec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2008.06.004" TargetMode="External"/><Relationship Id="rId263568fb4f3246d14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2012.18.2.129" TargetMode="External"/><Relationship Id="rId177268fb4f3246ec7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId246768fb4f3240d1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId246768fb4f3240d1e.jpg"/><Relationship Id="rId803968fb4f3246fa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId803968fb4f3246fa2.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId526745894" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId796966615" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9158692f5ec093a8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/datasheet" TargetMode="External"/><Relationship Id="rId2227692f5ec093d16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAU/" TargetMode="External"/><Relationship Id="rId9586692f5ec093d7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAU/categorization" TargetMode="External"/><Relationship Id="rId4807692f5ec09c840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65453-0" TargetMode="External"/><Relationship Id="rId8127692f5ec09c91c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-81-857" TargetMode="External"/><Relationship Id="rId2086692f5ec09c9f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-20-2498-PDN" TargetMode="External"/><Relationship Id="rId6531692f5ec09ca80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-21-0342-SC" TargetMode="External"/><Relationship Id="rId8319692f5ec09caf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-020-00377-2" TargetMode="External"/><Relationship Id="rId4287692f5ec09cd53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.009514-0" TargetMode="External"/><Relationship Id="rId2362692f5ec09ce11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5772/intechopen.97776" TargetMode="External"/><Relationship Id="rId6483692f5ec09cf25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.RW.03.2017.0071" TargetMode="External"/><Relationship Id="rId1538692f5ec09d0c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.56921" TargetMode="External"/><Relationship Id="rId2679692f5ec09d2d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-66-231" TargetMode="External"/><Relationship Id="rId7689692f5ec09d3fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId8330692f5ec09d52a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.68.3.1257-1264.2002" TargetMode="External"/><Relationship Id="rId5882692f5ec09d5b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-1333" TargetMode="External"/><Relationship Id="rId3938692f5ec09d751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/417459a" TargetMode="External"/><Relationship Id="rId8145692f5ec09d7c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-14-0384-RE" TargetMode="External"/><Relationship Id="rId8265692f5ec09d899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-12-0351-RE" TargetMode="External"/><Relationship Id="rId8797692f5ec09d96f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/publication/CG040" TargetMode="External"/><Relationship Id="rId4031692f5ec09da6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-06-14-0184-R" TargetMode="External"/><Relationship Id="rId8298692f5ec09dbf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3027" TargetMode="External"/><Relationship Id="rId6195692f5ec09dca7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1587" TargetMode="External"/><Relationship Id="rId6333692f5ec09dd36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12684" TargetMode="External"/><Relationship Id="rId6304692f5ec09dda5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/datasheet" TargetMode="External"/><Relationship Id="rId2523692f5ec09de84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12913" TargetMode="External"/><Relationship Id="rId5806692f5ec09df6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12019" TargetMode="External"/><Relationship Id="rId3857692f5ec09e132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12638" TargetMode="External"/><Relationship Id="rId9474692f5ec09e1ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2019.02361" TargetMode="External"/><Relationship Id="rId1495692f5ec09e2ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.7717/peerj.7676" TargetMode="External"/><Relationship Id="rId1305692f5ec09e3d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-39-1-14" TargetMode="External"/><Relationship Id="rId1751692f5ec09e450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ufdc.ufl.edu/ufe0046962/00001" TargetMode="External"/><Relationship Id="rId8981692f5ec09e5a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12361" TargetMode="External"/><Relationship Id="rId6743692f5ec09e65c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12408" TargetMode="External"/><Relationship Id="rId3657692f5ec09e75a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2007.03484.x" TargetMode="External"/><Relationship Id="rId7502692f5ec09e999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-72-0781" TargetMode="External"/><Relationship Id="rId9929692f5ec09ea84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-81-749" TargetMode="External"/><Relationship Id="rId6946692f5ec09eafb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO.2001.91.1.30" TargetMode="External"/><Relationship Id="rId4814692f5ec09eb4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2002-0812-01-RV" TargetMode="External"/><Relationship Id="rId9088692f5ec09ebc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-1193" TargetMode="External"/><Relationship Id="rId7905692f5ec09ed41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1364-3703.2004.00197.x" TargetMode="External"/><Relationship Id="rId3389692f5ec09edff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0006632" TargetMode="External"/><Relationship Id="rId5446692f5ec09eee9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/dp-6-2014-xanthomonas-citri-subsp-citri/" TargetMode="External"/><Relationship Id="rId6628692f5ec09f0e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-10-1074B" TargetMode="External"/><Relationship Id="rId6941692f5ec09f284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(90)90038-9" TargetMode="External"/><Relationship Id="rId7313692f5ec09f328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1073/pnas.0705590104" TargetMode="External"/><Relationship Id="rId1172692f5ec09f44a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms10050986" TargetMode="External"/><Relationship Id="rId2575692f5ec09f77d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2164-11-238" TargetMode="External"/><Relationship Id="rId6021692f5ec09f92d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy12051075" TargetMode="External"/><Relationship Id="rId5715692f5ec09f9e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-41582006000200003" TargetMode="External"/><Relationship Id="rId4587692f5ec09fb60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-019-6007-4" TargetMode="External"/><Relationship Id="rId1168692f5ec09fbf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-2-665" TargetMode="External"/><Relationship Id="rId8153692f5ec09fc89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-1098" TargetMode="External"/><Relationship Id="rId4283692f5ec09fd19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.02101-22" TargetMode="External"/><Relationship Id="rId6358692f5ec09fdc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12866-020-01972-8" TargetMode="External"/><Relationship Id="rId8095692f5ec09fed1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId5317692f5ec0a039f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId7066692f5ec0a040d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/%2010.1016/j.syapm.2006.08.001" TargetMode="External"/><Relationship Id="rId3289692f5ec0a0495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2006.08.001" TargetMode="External"/><Relationship Id="rId5008692f5ec0a04fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-71-0388" TargetMode="External"/><Relationship Id="rId3993692f5ec0a056d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2001.85.4.340" TargetMode="External"/><Relationship Id="rId6651692f5ec0a0656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2004.88.11.1179" TargetMode="External"/><Relationship Id="rId6685692f5ec0a0709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture10050171" TargetMode="External"/><Relationship Id="rId8250692f5ec0a077b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.heliyon.2021.e06137" TargetMode="External"/><Relationship Id="rId8302692f5ec0a07fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId3056692f5ec0a0949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.59.1.243-249.1993" TargetMode="External"/><Relationship Id="rId8854692f5ec0a0a08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/A:1008676508688" TargetMode="External"/><Relationship Id="rId3084692f5ec0a0b33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTOFR-04-22-0044-FI" TargetMode="External"/><Relationship Id="rId8832692f5ec0a0c20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2008.06.004" TargetMode="External"/><Relationship Id="rId5213692f5ec0a0d7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2012.18.2.129" TargetMode="External"/><Relationship Id="rId1773692f5ec0a0f6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5035692f5ec099fda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5035692f5ec099fda.jpg"/><Relationship Id="rId1086692f5ec0a105b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1086692f5ec0a105b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>