--- v2 (2025-12-02)
+++ v3 (2025-12-23)
@@ -171,51 +171,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pathotypes A, A*, A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">w</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) is covered in a separate datasheet.  Text between square brackets [ ], on symptoms, morphology and detection, identification and inspection methods, is from the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9158692f5ec093a8c" w:history="1">
+      <w:hyperlink r:id="rId6990694a7326b7b7f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO datasheet on </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">X. citri</w:t>
@@ -520,51 +520,51 @@
               <w:t xml:space="preserve"> Schaad et al.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Galician lemon canker (C strains), Mexican lime cancrosis (C strains), South American citrus canker, cancrosis B (B strains), citrus canker, false citrus canker (B strains)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2227692f5ec093d16" w:history="1">
+            <w:hyperlink r:id="rId7729694a7326b7e16" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -580,51 +580,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9586692f5ec093d7a" w:history="1">
+            <w:hyperlink r:id="rId7268694a7326b7e7b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -10669,63 +10669,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">aurantifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> have been reported in citrus orchards in South America since the 2000s. Absence has been confirmed in Argentina and Uruguay but not (yet) in São Paulo (Brazil) and Paraguay.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="21735007" name="name3436692f5ec099fdd" descr="XANTAU_distribution_map.jpg"/>
+            <wp:docPr id="76924892" name="name9678694a7326be0b4" descr="XANTAU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTAU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5035692f5ec099fda" cstate="print"/>
+                    <a:blip r:embed="rId8100694a7326be0b2" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -14328,201 +14328,201 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2004). Seven significant introduction pathways were identified and evaluated by the EFSA Plant Health Panel (EFSA, 2014, 2019):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="874993433"/>
+          <w:numId w:val="990890243"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus fruit, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="874993433"/>
+          <w:numId w:val="990890243"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus fruit and/or leaves import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="874993433"/>
+          <w:numId w:val="990890243"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus plants for planting, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="874993433"/>
+          <w:numId w:val="990890243"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus plants for planting import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="874993433"/>
+          <w:numId w:val="990890243"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ornamental rutaceous plants for planting, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="874993433"/>
+          <w:numId w:val="990890243"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ornamental rutaceous plants for planting import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="874993433"/>
+          <w:numId w:val="990890243"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus and rutaceous leaves and twigs, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -15920,51 +15920,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 306-318. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4807692f5ec09c840" w:history="1">
+      <w:hyperlink r:id="rId4307694a7326c0550" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.65453-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16050,51 +16050,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 857-865. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8127692f5ec09c91c" w:history="1">
+      <w:hyperlink r:id="rId9464694a7326c0638" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/Phyto-81-857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16160,51 +16160,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 12, 4148. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2086692f5ec09c9f7" w:history="1">
+      <w:hyperlink r:id="rId4080694a7326c06ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-20-2498-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16241,51 +16241,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1201-1207. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6531692f5ec09ca80" w:history="1">
+      <w:hyperlink r:id="rId5771694a7326c0777" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-08-21-0342-SC</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16311,51 +16311,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8319692f5ec09caf3" w:history="1">
+      <w:hyperlink r:id="rId5142694a7326c07ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s40858-020-00377-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16588,51 +16588,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 515-525. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4287692f5ec09cd53" w:history="1">
+      <w:hyperlink r:id="rId3409694a7326c09ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.009514-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16678,51 +16678,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pathogenicity, a Review. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IntechOpen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2362692f5ec09ce11" w:history="1">
+      <w:hyperlink r:id="rId1521694a7326c0a3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5772/intechopen.97776</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16846,51 +16846,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 441-449. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6483692f5ec09cf25" w:history="1">
+      <w:hyperlink r:id="rId2751694a7326c0fa8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.RW.03.2017.0071</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17074,51 +17074,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Asiatic citrus canker</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1538692f5ec09d0c6" w:history="1">
+      <w:hyperlink r:id="rId6229694a7326c111a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.56921</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 23-10-2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -17320,51 +17320,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">66</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 231–236. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2679692f5ec09d2d1" w:history="1">
+      <w:hyperlink r:id="rId1104694a7326c12a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-66-231</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17450,51 +17450,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 792-806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7689692f5ec09d3fc" w:history="1">
+      <w:hyperlink r:id="rId7811694a7326c137f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12461</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17540,51 +17540,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1257-1264. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8330692f5ec09d52a" w:history="1">
+      <w:hyperlink r:id="rId7840694a7326c1415" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.68.3.1257-1264.2002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17621,51 +17621,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1333–40. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5882692f5ec09d5b3" w:history="1">
+      <w:hyperlink r:id="rId5060694a7326c1498" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-95-1333</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17878,51 +17878,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">417</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 459-463 (2002). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3938692f5ec09d751" w:history="1">
+      <w:hyperlink r:id="rId3813694a7326c167c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/417459a</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17948,51 +17948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 207-218. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8145692f5ec09d7c5" w:history="1">
+      <w:hyperlink r:id="rId4359694a7326c16f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-14-0384-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18049,51 +18049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 373-378. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8265692f5ec09d899" w:history="1">
+      <w:hyperlink r:id="rId3303694a7326c1797" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-12-0351-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18177,51 +18177,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 287-291.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dewdney MM &amp; Johnson EG (2023) 2023–2024 Florida citrus production guide: citrus canker. University of Florida, Institute of Food and Agricultural Sciences, FL, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8797692f5ec09d96f" w:history="1">
+      <w:hyperlink r:id="rId2703694a7326c1865" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/publication/CG040</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed January 2024).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -18334,51 +18334,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> type IV Pilus is required for twitching motility, biofilm development, and adherence. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molecular Plant Microbe Interactions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 27, 1132-1147. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4031692f5ec09da6d" w:history="1">
+      <w:hyperlink r:id="rId6457694a7326c1962" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/MPMI-06-14-0184-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18582,51 +18582,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3556. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8298692f5ec09dbf8" w:history="1">
+      <w:hyperlink r:id="rId2703694a7326c1afe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3027</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18692,51 +18692,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019:EN-1587. 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6195692f5ec09dca7" w:history="1">
+      <w:hyperlink r:id="rId2008694a7326c1bb1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1587</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18782,51 +18782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 383-400. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6333692f5ec09dd36" w:history="1">
+      <w:hyperlink r:id="rId4097694a7326c1c40" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12684</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18852,51 +18852,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6304692f5ec09dda5" w:history="1">
+      <w:hyperlink r:id="rId6343694a7326c1cb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XANTCI/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18984,51 +18984,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 62-96. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2523692f5ec09de84" w:history="1">
+      <w:hyperlink r:id="rId5804694a7326c1d87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12913</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19121,51 +19121,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molecular Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 483-496. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5806692f5ec09df6b" w:history="1">
+      <w:hyperlink r:id="rId1883694a7326c1e70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12019</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19289,51 +19289,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1302-1318. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3857692f5ec09e132" w:history="1">
+      <w:hyperlink r:id="rId6643694a7326c1f7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12638</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19399,51 +19399,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2361. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9474692f5ec09e1ed" w:history="1">
+      <w:hyperlink r:id="rId1238694a7326c2030" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2019.02361</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19489,51 +19489,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e7676. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1495692f5ec09e2ce" w:history="1">
+      <w:hyperlink r:id="rId4190694a7326c20c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://doi.org/10.7717/peerj.7676</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19630,81 +19630,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 14-22. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1305692f5ec09e3d2" w:history="1">
+      <w:hyperlink r:id="rId6772694a7326c21a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-39-1-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gochez A (2014) Host pathogen interaction, and copper resistance in Xanthomonads associated with citrus canker. University of Florida, thesis, 161 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1751692f5ec09e450" w:history="1">
+      <w:hyperlink r:id="rId2734694a7326c21d6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ufdc.ufl.edu/ufe0046962/00001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19868,51 +19868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1207-1214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8981692f5ec09e5a9" w:history="1">
+      <w:hyperlink r:id="rId9566694a7326c2322" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12361</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19978,51 +19978,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 405-419. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6743692f5ec09e65c" w:history="1">
+      <w:hyperlink r:id="rId5201694a7326c23d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12408</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20088,51 +20088,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2309-2315. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3657692f5ec09e75a" w:history="1">
+      <w:hyperlink r:id="rId6227694a7326c247f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2672.2007.03484.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20374,51 +20374,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">781-787. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7502692f5ec09e999" w:history="1">
+      <w:hyperlink r:id="rId7995694a7326c2a08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-72-0781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20484,51 +20484,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 749-753. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9929692f5ec09ea84" w:history="1">
+      <w:hyperlink r:id="rId3959694a7326c2ac6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/Phyto-81-749</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20554,101 +20554,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">91</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 30-34. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6946692f5ec09eafb" w:history="1">
+      <w:hyperlink r:id="rId3969694a7326c2b3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO.2001.91.1.30</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR, Graham JH &amp; Schubert TS (2002) Citrus canker: the pathogen and its impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4814692f5ec09eb4e" w:history="1">
+      <w:hyperlink r:id="rId4217694a7326c2b8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2002-0812-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20674,51 +20674,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1193-1200. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9088692f5ec09ebc0" w:history="1">
+      <w:hyperlink r:id="rId8474694a7326c2c00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-75-1193</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20882,51 +20882,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7905692f5ec09ed41" w:history="1">
+      <w:hyperlink r:id="rId8430694a7326c2d50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1364-3703.2004.00197.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20972,51 +20972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e6632. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3389692f5ec09edff" w:history="1">
+      <w:hyperlink r:id="rId8680694a7326c2de6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0006632</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21111,51 +21111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> subsp. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5446692f5ec09eee9" w:history="1">
+      <w:hyperlink r:id="rId6400694a7326c2ec9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/dp-6-2014-xanthomonas-citri-subsp-citri/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21390,51 +21390,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1074. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6628692f5ec09f0e6" w:history="1">
+      <w:hyperlink r:id="rId1171694a7326c3087" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-93-10-1074B</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21618,51 +21618,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3-7. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6941692f5ec09f284" w:history="1">
+      <w:hyperlink r:id="rId9043694a7326c3202" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0261-2194(90)90038-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21708,51 +21708,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18427-18432. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7313692f5ec09f328" w:history="1">
+      <w:hyperlink r:id="rId3350694a7326c3296" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1073/pnas.0705590104</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21849,51 +21849,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microorganisms </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 986. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1172692f5ec09f44a" w:history="1">
+      <w:hyperlink r:id="rId4425694a7326c3379" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms10050986</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22295,51 +22295,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 238. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2575692f5ec09f77d" w:history="1">
+      <w:hyperlink r:id="rId9179694a7326c3659" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1471-2164-11-238</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22481,51 +22481,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1075. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6021692f5ec09f92d" w:history="1">
+      <w:hyperlink r:id="rId8315694a7326c3791" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy12051075</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22591,51 +22591,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 140-146. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5715692f5ec09f9e2" w:history="1">
+      <w:hyperlink r:id="rId5760694a7326c3841" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S0100-41582006000200003</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22799,51 +22799,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4587692f5ec09fb60" w:history="1">
+      <w:hyperlink r:id="rId7446694a7326c3991" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12864-019-6007-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22889,51 +22889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 665–677. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1168692f5ec09fbf7" w:history="1">
+      <w:hyperlink r:id="rId8068694a7326c3a36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-50-2-665</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22979,51 +22979,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1098–1111. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8153692f5ec09fc89" w:history="1">
+      <w:hyperlink r:id="rId5369694a7326c3ad1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-95-1098</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23069,51 +23069,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0210122. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4283692f5ec09fd19" w:history="1">
+      <w:hyperlink r:id="rId8788694a7326c3b63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.02101-22</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23179,51 +23179,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 296. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6358692f5ec09fdc8" w:history="1">
+      <w:hyperlink r:id="rId4930694a7326c3c15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12866-020-01972-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23345,51 +23345,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 14. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8095692f5ec09fed1" w:history="1">
+      <w:hyperlink r:id="rId6311694a7326c3d21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1471-2180-12-43</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24031,51 +24031,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 494-518. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5317692f5ec0a039f" w:history="1">
+      <w:hyperlink r:id="rId6905694a7326c4185" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2005.03.017</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24092,51 +24092,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Systematic and Applied Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 690-695. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7066692f5ec0a040d" w:history="1">
+      <w:hyperlink r:id="rId4701694a7326c41ed" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/ 10.1016/j.syapm.2006.08.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24173,51 +24173,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. International Journal of Systematic and Evolutionary Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 893-897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3289692f5ec0a0495" w:history="1">
+      <w:hyperlink r:id="rId1845694a7326c4275" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2006.08.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24234,51 +24234,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 388–395. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5008692f5ec0a04fb" w:history="1">
+      <w:hyperlink r:id="rId3361694a7326c42db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-71-0388</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24304,51 +24304,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 340-356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3993692f5ec0a056d" w:history="1">
+      <w:hyperlink r:id="rId3924694a7326c434d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2001.85.4.340</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24423,51 +24423,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">88</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1179-1188. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6651692f5ec0a0656" w:history="1">
+      <w:hyperlink r:id="rId5509694a7326c4411" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2004.88.11.1179</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24531,51 +24531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6685692f5ec0a0709" w:history="1">
+      <w:hyperlink r:id="rId5422694a7326c4f7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agriculture10050171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24601,51 +24601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e06137. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8250692f5ec0a077b" w:history="1">
+      <w:hyperlink r:id="rId3710694a7326c5017" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.heliyon.2021.e06137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24682,51 +24682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 472-489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8302692f5ec0a07fe" w:history="1">
+      <w:hyperlink r:id="rId2719694a7326c50a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24890,51 +24890,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 243-249. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3056692f5ec0a0949" w:history="1">
+      <w:hyperlink r:id="rId5568694a7326c51fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.59.1.243-249.1993</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25009,51 +25009,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 477–487. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8854692f5ec0a0a08" w:history="1">
+      <w:hyperlink r:id="rId1564694a7326c52bf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1023/A:1008676508688</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25197,51 +25197,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 235-245. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3084692f5ec0a0b33" w:history="1">
+      <w:hyperlink r:id="rId6701694a7326c53ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTOFR-04-22-0044-FI</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25345,51 +25345,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 366-377. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8832692f5ec0a0c20" w:history="1">
+      <w:hyperlink r:id="rId5932694a7326c5507" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2008.06.004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25535,51 +25535,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 129–132. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5213692f5ec0a0d7a" w:history="1">
+      <w:hyperlink r:id="rId5983694a7326c5638" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/rpd.2012.18.2.129</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25803,51 +25803,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas citri pv. aurantifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1773692f5ec0a0f6b" w:history="1">
+      <w:hyperlink r:id="rId5473694a7326c57fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -25860,63 +25860,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="31619223" name="name2907692f5ec0a105d" descr="eu_funding_250.png"/>
+            <wp:docPr id="36290239" name="name4401694a7326c5c9d" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1086692f5ec0a105b" cstate="print"/>
+                    <a:blip r:embed="rId8452694a7326c5c9c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -26014,221 +26014,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="874993433">
+  <w:abstractNum w:abstractNumId="990890243">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76450423">
+    <w:lvl w:ilvl="0" w:tplc="78004838">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="76450423" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78004838" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="76450423" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78004838" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="76450423" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="78004838" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="76450423" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="78004838" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="76450423" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78004838" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="76450423" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="78004838" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="76450423" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="78004838" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="76450423" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78004838" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19504193">
+  <w:abstractNum w:abstractNumId="73876351">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="76562943">
+    <w:lvl w:ilvl="0" w:tplc="49268842">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="76562943" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="49268842" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="76562943" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="49268842" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="76562943" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="49268842" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="76562943" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="49268842" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="76562943" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="49268842" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="76562943" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="49268842" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="76562943" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="49268842" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="76562943" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="49268842" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19504192">
+  <w:abstractNum w:abstractNumId="73876350">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35662374">
+    <w:lvl w:ilvl="0" w:tplc="38012138">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -26980,58 +26980,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19504192">
-    <w:abstractNumId w:val="19504192"/>
+  <w:num w:numId="73876350">
+    <w:abstractNumId w:val="73876350"/>
   </w:num>
-  <w:num w:numId="19504193">
-    <w:abstractNumId w:val="19504193"/>
+  <w:num w:numId="73876351">
+    <w:abstractNumId w:val="73876351"/>
   </w:num>
-  <w:num w:numId="874993433">
-    <w:abstractNumId w:val="874993433"/>
+  <w:num w:numId="990890243">
+    <w:abstractNumId w:val="990890243"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -38581,51 +38581,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId526745894" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId796966615" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9158692f5ec093a8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/datasheet" TargetMode="External"/><Relationship Id="rId2227692f5ec093d16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAU/" TargetMode="External"/><Relationship Id="rId9586692f5ec093d7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAU/categorization" TargetMode="External"/><Relationship Id="rId4807692f5ec09c840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65453-0" TargetMode="External"/><Relationship Id="rId8127692f5ec09c91c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-81-857" TargetMode="External"/><Relationship Id="rId2086692f5ec09c9f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-20-2498-PDN" TargetMode="External"/><Relationship Id="rId6531692f5ec09ca80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-21-0342-SC" TargetMode="External"/><Relationship Id="rId8319692f5ec09caf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-020-00377-2" TargetMode="External"/><Relationship Id="rId4287692f5ec09cd53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.009514-0" TargetMode="External"/><Relationship Id="rId2362692f5ec09ce11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5772/intechopen.97776" TargetMode="External"/><Relationship Id="rId6483692f5ec09cf25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.RW.03.2017.0071" TargetMode="External"/><Relationship Id="rId1538692f5ec09d0c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.56921" TargetMode="External"/><Relationship Id="rId2679692f5ec09d2d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-66-231" TargetMode="External"/><Relationship Id="rId7689692f5ec09d3fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId8330692f5ec09d52a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.68.3.1257-1264.2002" TargetMode="External"/><Relationship Id="rId5882692f5ec09d5b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-1333" TargetMode="External"/><Relationship Id="rId3938692f5ec09d751" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/417459a" TargetMode="External"/><Relationship Id="rId8145692f5ec09d7c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-14-0384-RE" TargetMode="External"/><Relationship Id="rId8265692f5ec09d899" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-12-0351-RE" TargetMode="External"/><Relationship Id="rId8797692f5ec09d96f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/publication/CG040" TargetMode="External"/><Relationship Id="rId4031692f5ec09da6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-06-14-0184-R" TargetMode="External"/><Relationship Id="rId8298692f5ec09dbf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3027" TargetMode="External"/><Relationship Id="rId6195692f5ec09dca7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1587" TargetMode="External"/><Relationship Id="rId6333692f5ec09dd36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12684" TargetMode="External"/><Relationship Id="rId6304692f5ec09dda5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/datasheet" TargetMode="External"/><Relationship Id="rId2523692f5ec09de84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12913" TargetMode="External"/><Relationship Id="rId5806692f5ec09df6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12019" TargetMode="External"/><Relationship Id="rId3857692f5ec09e132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12638" TargetMode="External"/><Relationship Id="rId9474692f5ec09e1ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2019.02361" TargetMode="External"/><Relationship Id="rId1495692f5ec09e2ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.7717/peerj.7676" TargetMode="External"/><Relationship Id="rId1305692f5ec09e3d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-39-1-14" TargetMode="External"/><Relationship Id="rId1751692f5ec09e450" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ufdc.ufl.edu/ufe0046962/00001" TargetMode="External"/><Relationship Id="rId8981692f5ec09e5a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12361" TargetMode="External"/><Relationship Id="rId6743692f5ec09e65c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12408" TargetMode="External"/><Relationship Id="rId3657692f5ec09e75a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2007.03484.x" TargetMode="External"/><Relationship Id="rId7502692f5ec09e999" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-72-0781" TargetMode="External"/><Relationship Id="rId9929692f5ec09ea84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-81-749" TargetMode="External"/><Relationship Id="rId6946692f5ec09eafb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO.2001.91.1.30" TargetMode="External"/><Relationship Id="rId4814692f5ec09eb4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2002-0812-01-RV" TargetMode="External"/><Relationship Id="rId9088692f5ec09ebc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-1193" TargetMode="External"/><Relationship Id="rId7905692f5ec09ed41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1364-3703.2004.00197.x" TargetMode="External"/><Relationship Id="rId3389692f5ec09edff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0006632" TargetMode="External"/><Relationship Id="rId5446692f5ec09eee9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/dp-6-2014-xanthomonas-citri-subsp-citri/" TargetMode="External"/><Relationship Id="rId6628692f5ec09f0e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-10-1074B" TargetMode="External"/><Relationship Id="rId6941692f5ec09f284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(90)90038-9" TargetMode="External"/><Relationship Id="rId7313692f5ec09f328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1073/pnas.0705590104" TargetMode="External"/><Relationship Id="rId1172692f5ec09f44a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms10050986" TargetMode="External"/><Relationship Id="rId2575692f5ec09f77d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2164-11-238" TargetMode="External"/><Relationship Id="rId6021692f5ec09f92d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy12051075" TargetMode="External"/><Relationship Id="rId5715692f5ec09f9e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-41582006000200003" TargetMode="External"/><Relationship Id="rId4587692f5ec09fb60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-019-6007-4" TargetMode="External"/><Relationship Id="rId1168692f5ec09fbf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-2-665" TargetMode="External"/><Relationship Id="rId8153692f5ec09fc89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-1098" TargetMode="External"/><Relationship Id="rId4283692f5ec09fd19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.02101-22" TargetMode="External"/><Relationship Id="rId6358692f5ec09fdc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12866-020-01972-8" TargetMode="External"/><Relationship Id="rId8095692f5ec09fed1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId5317692f5ec0a039f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId7066692f5ec0a040d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/%2010.1016/j.syapm.2006.08.001" TargetMode="External"/><Relationship Id="rId3289692f5ec0a0495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2006.08.001" TargetMode="External"/><Relationship Id="rId5008692f5ec0a04fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-71-0388" TargetMode="External"/><Relationship Id="rId3993692f5ec0a056d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2001.85.4.340" TargetMode="External"/><Relationship Id="rId6651692f5ec0a0656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2004.88.11.1179" TargetMode="External"/><Relationship Id="rId6685692f5ec0a0709" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture10050171" TargetMode="External"/><Relationship Id="rId8250692f5ec0a077b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.heliyon.2021.e06137" TargetMode="External"/><Relationship Id="rId8302692f5ec0a07fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId3056692f5ec0a0949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.59.1.243-249.1993" TargetMode="External"/><Relationship Id="rId8854692f5ec0a0a08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/A:1008676508688" TargetMode="External"/><Relationship Id="rId3084692f5ec0a0b33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTOFR-04-22-0044-FI" TargetMode="External"/><Relationship Id="rId8832692f5ec0a0c20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2008.06.004" TargetMode="External"/><Relationship Id="rId5213692f5ec0a0d7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2012.18.2.129" TargetMode="External"/><Relationship Id="rId1773692f5ec0a0f6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId5035692f5ec099fda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5035692f5ec099fda.jpg"/><Relationship Id="rId1086692f5ec0a105b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1086692f5ec0a105b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId949146672" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId102858234" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6990694a7326b7b7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/datasheet" TargetMode="External"/><Relationship Id="rId7729694a7326b7e16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAU/" TargetMode="External"/><Relationship Id="rId7268694a7326b7e7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAU/categorization" TargetMode="External"/><Relationship Id="rId4307694a7326c0550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65453-0" TargetMode="External"/><Relationship Id="rId9464694a7326c0638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-81-857" TargetMode="External"/><Relationship Id="rId4080694a7326c06ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-20-2498-PDN" TargetMode="External"/><Relationship Id="rId5771694a7326c0777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-21-0342-SC" TargetMode="External"/><Relationship Id="rId5142694a7326c07ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-020-00377-2" TargetMode="External"/><Relationship Id="rId3409694a7326c09ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.009514-0" TargetMode="External"/><Relationship Id="rId1521694a7326c0a3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5772/intechopen.97776" TargetMode="External"/><Relationship Id="rId2751694a7326c0fa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.RW.03.2017.0071" TargetMode="External"/><Relationship Id="rId6229694a7326c111a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.56921" TargetMode="External"/><Relationship Id="rId1104694a7326c12a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-66-231" TargetMode="External"/><Relationship Id="rId7811694a7326c137f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId7840694a7326c1415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.68.3.1257-1264.2002" TargetMode="External"/><Relationship Id="rId5060694a7326c1498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-1333" TargetMode="External"/><Relationship Id="rId3813694a7326c167c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/417459a" TargetMode="External"/><Relationship Id="rId4359694a7326c16f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-14-0384-RE" TargetMode="External"/><Relationship Id="rId3303694a7326c1797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-12-0351-RE" TargetMode="External"/><Relationship Id="rId2703694a7326c1865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/publication/CG040" TargetMode="External"/><Relationship Id="rId6457694a7326c1962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-06-14-0184-R" TargetMode="External"/><Relationship Id="rId2703694a7326c1afe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3027" TargetMode="External"/><Relationship Id="rId2008694a7326c1bb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1587" TargetMode="External"/><Relationship Id="rId4097694a7326c1c40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12684" TargetMode="External"/><Relationship Id="rId6343694a7326c1cb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/datasheet" TargetMode="External"/><Relationship Id="rId5804694a7326c1d87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12913" TargetMode="External"/><Relationship Id="rId1883694a7326c1e70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12019" TargetMode="External"/><Relationship Id="rId6643694a7326c1f7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12638" TargetMode="External"/><Relationship Id="rId1238694a7326c2030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2019.02361" TargetMode="External"/><Relationship Id="rId4190694a7326c20c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.7717/peerj.7676" TargetMode="External"/><Relationship Id="rId6772694a7326c21a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-39-1-14" TargetMode="External"/><Relationship Id="rId2734694a7326c21d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ufdc.ufl.edu/ufe0046962/00001" TargetMode="External"/><Relationship Id="rId9566694a7326c2322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12361" TargetMode="External"/><Relationship Id="rId5201694a7326c23d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12408" TargetMode="External"/><Relationship Id="rId6227694a7326c247f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2007.03484.x" TargetMode="External"/><Relationship Id="rId7995694a7326c2a08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-72-0781" TargetMode="External"/><Relationship Id="rId3959694a7326c2ac6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-81-749" TargetMode="External"/><Relationship Id="rId3969694a7326c2b3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO.2001.91.1.30" TargetMode="External"/><Relationship Id="rId4217694a7326c2b8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2002-0812-01-RV" TargetMode="External"/><Relationship Id="rId8474694a7326c2c00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-1193" TargetMode="External"/><Relationship Id="rId8430694a7326c2d50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1364-3703.2004.00197.x" TargetMode="External"/><Relationship Id="rId8680694a7326c2de6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0006632" TargetMode="External"/><Relationship Id="rId6400694a7326c2ec9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/dp-6-2014-xanthomonas-citri-subsp-citri/" TargetMode="External"/><Relationship Id="rId1171694a7326c3087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-10-1074B" TargetMode="External"/><Relationship Id="rId9043694a7326c3202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(90)90038-9" TargetMode="External"/><Relationship Id="rId3350694a7326c3296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1073/pnas.0705590104" TargetMode="External"/><Relationship Id="rId4425694a7326c3379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms10050986" TargetMode="External"/><Relationship Id="rId9179694a7326c3659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2164-11-238" TargetMode="External"/><Relationship Id="rId8315694a7326c3791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy12051075" TargetMode="External"/><Relationship Id="rId5760694a7326c3841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-41582006000200003" TargetMode="External"/><Relationship Id="rId7446694a7326c3991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-019-6007-4" TargetMode="External"/><Relationship Id="rId8068694a7326c3a36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-2-665" TargetMode="External"/><Relationship Id="rId5369694a7326c3ad1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-1098" TargetMode="External"/><Relationship Id="rId8788694a7326c3b63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.02101-22" TargetMode="External"/><Relationship Id="rId4930694a7326c3c15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12866-020-01972-8" TargetMode="External"/><Relationship Id="rId6311694a7326c3d21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId6905694a7326c4185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId4701694a7326c41ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/%2010.1016/j.syapm.2006.08.001" TargetMode="External"/><Relationship Id="rId1845694a7326c4275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2006.08.001" TargetMode="External"/><Relationship Id="rId3361694a7326c42db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-71-0388" TargetMode="External"/><Relationship Id="rId3924694a7326c434d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2001.85.4.340" TargetMode="External"/><Relationship Id="rId5509694a7326c4411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2004.88.11.1179" TargetMode="External"/><Relationship Id="rId5422694a7326c4f7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture10050171" TargetMode="External"/><Relationship Id="rId3710694a7326c5017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.heliyon.2021.e06137" TargetMode="External"/><Relationship Id="rId2719694a7326c50a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId5568694a7326c51fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.59.1.243-249.1993" TargetMode="External"/><Relationship Id="rId1564694a7326c52bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/A:1008676508688" TargetMode="External"/><Relationship Id="rId6701694a7326c53ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTOFR-04-22-0044-FI" TargetMode="External"/><Relationship Id="rId5932694a7326c5507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2008.06.004" TargetMode="External"/><Relationship Id="rId5983694a7326c5638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2012.18.2.129" TargetMode="External"/><Relationship Id="rId5473694a7326c57fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8100694a7326be0b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8100694a7326be0b2.jpg"/><Relationship Id="rId8452694a7326c5c9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8452694a7326c5c9c.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>