--- v3 (2025-12-23)
+++ v4 (2026-01-13)
@@ -171,51 +171,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pathotypes A, A*, A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">w</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) is covered in a separate datasheet.  Text between square brackets [ ], on symptoms, morphology and detection, identification and inspection methods, is from the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6990694a7326b7b7f" w:history="1">
+      <w:hyperlink r:id="rId72726965ad9640631" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO datasheet on </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">X. citri</w:t>
@@ -520,51 +520,51 @@
               <w:t xml:space="preserve"> Schaad et al.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Galician lemon canker (C strains), Mexican lime cancrosis (C strains), South American citrus canker, cancrosis B (B strains), citrus canker, false citrus canker (B strains)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7729694a7326b7e16" w:history="1">
+            <w:hyperlink r:id="rId68496965ad9640a52" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -580,51 +580,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7268694a7326b7e7b" w:history="1">
+            <w:hyperlink r:id="rId48766965ad9640aba" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -10669,63 +10669,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">aurantifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> have been reported in citrus orchards in South America since the 2000s. Absence has been confirmed in Argentina and Uruguay but not (yet) in São Paulo (Brazil) and Paraguay.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="76924892" name="name9678694a7326be0b4" descr="XANTAU_distribution_map.jpg"/>
+            <wp:docPr id="19968554" name="name40126965ad9646809" descr="XANTAU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTAU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8100694a7326be0b2" cstate="print"/>
+                    <a:blip r:embed="rId44066965ad9646806" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -14328,201 +14328,201 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2004). Seven significant introduction pathways were identified and evaluated by the EFSA Plant Health Panel (EFSA, 2014, 2019):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="990890243"/>
+          <w:numId w:val="702958899"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus fruit, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="990890243"/>
+          <w:numId w:val="702958899"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus fruit and/or leaves import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="990890243"/>
+          <w:numId w:val="702958899"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus plants for planting, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="990890243"/>
+          <w:numId w:val="702958899"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus plants for planting import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="990890243"/>
+          <w:numId w:val="702958899"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ornamental rutaceous plants for planting, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="990890243"/>
+          <w:numId w:val="702958899"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ornamental rutaceous plants for planting import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="990890243"/>
+          <w:numId w:val="702958899"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus and rutaceous leaves and twigs, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -15920,51 +15920,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 306-318. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4307694a7326c0550" w:history="1">
+      <w:hyperlink r:id="rId97336965ad9648bac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.65453-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16050,51 +16050,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 857-865. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9464694a7326c0638" w:history="1">
+      <w:hyperlink r:id="rId15106965ad9648c81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/Phyto-81-857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16160,51 +16160,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 12, 4148. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4080694a7326c06ed" w:history="1">
+      <w:hyperlink r:id="rId21796965ad9648d33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-20-2498-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16241,51 +16241,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1201-1207. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5771694a7326c0777" w:history="1">
+      <w:hyperlink r:id="rId20336965ad9648db9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-08-21-0342-SC</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16311,51 +16311,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5142694a7326c07ea" w:history="1">
+      <w:hyperlink r:id="rId50376965ad9648e29" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s40858-020-00377-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16588,51 +16588,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 515-525. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3409694a7326c09ab" w:history="1">
+      <w:hyperlink r:id="rId12406965ad9648fe4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.009514-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16678,51 +16678,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pathogenicity, a Review. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IntechOpen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1521694a7326c0a3a" w:history="1">
+      <w:hyperlink r:id="rId66706965ad9649074" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5772/intechopen.97776</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16846,51 +16846,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 441-449. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2751694a7326c0fa8" w:history="1">
+      <w:hyperlink r:id="rId98546965ad964917e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.RW.03.2017.0071</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17074,51 +17074,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Asiatic citrus canker</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6229694a7326c111a" w:history="1">
+      <w:hyperlink r:id="rId10916965ad9649306" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.56921</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 23-10-2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -17320,51 +17320,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">66</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 231–236. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1104694a7326c12a7" w:history="1">
+      <w:hyperlink r:id="rId32046965ad96494a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-66-231</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17450,51 +17450,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 792-806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7811694a7326c137f" w:history="1">
+      <w:hyperlink r:id="rId31846965ad9649577" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12461</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17540,51 +17540,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1257-1264. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7840694a7326c1415" w:history="1">
+      <w:hyperlink r:id="rId89606965ad9649607" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.68.3.1257-1264.2002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17621,51 +17621,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1333–40. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5060694a7326c1498" w:history="1">
+      <w:hyperlink r:id="rId91216965ad9649697" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-95-1333</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17878,51 +17878,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">417</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 459-463 (2002). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3813694a7326c167c" w:history="1">
+      <w:hyperlink r:id="rId10766965ad964983b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/417459a</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17948,51 +17948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 207-218. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4359694a7326c16f2" w:history="1">
+      <w:hyperlink r:id="rId80926965ad96498ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-14-0384-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18049,51 +18049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 373-378. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3303694a7326c1797" w:history="1">
+      <w:hyperlink r:id="rId56206965ad9649952" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-12-0351-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18177,51 +18177,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 287-291.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dewdney MM &amp; Johnson EG (2023) 2023–2024 Florida citrus production guide: citrus canker. University of Florida, Institute of Food and Agricultural Sciences, FL, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2703694a7326c1865" w:history="1">
+      <w:hyperlink r:id="rId77456965ad9649a20" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/publication/CG040</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed January 2024).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -18334,51 +18334,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> type IV Pilus is required for twitching motility, biofilm development, and adherence. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molecular Plant Microbe Interactions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 27, 1132-1147. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6457694a7326c1962" w:history="1">
+      <w:hyperlink r:id="rId52036965ad9649b1d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/MPMI-06-14-0184-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18582,51 +18582,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3556. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2703694a7326c1afe" w:history="1">
+      <w:hyperlink r:id="rId94796965ad9649cce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3027</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18692,51 +18692,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019:EN-1587. 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2008694a7326c1bb1" w:history="1">
+      <w:hyperlink r:id="rId91396965ad9649d7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1587</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18782,51 +18782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 383-400. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4097694a7326c1c40" w:history="1">
+      <w:hyperlink r:id="rId91116965ad9649e0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12684</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18852,51 +18852,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6343694a7326c1cb4" w:history="1">
+      <w:hyperlink r:id="rId55246965ad9649e81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XANTCI/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18984,51 +18984,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 62-96. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5804694a7326c1d87" w:history="1">
+      <w:hyperlink r:id="rId70896965ad9649f54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12913</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19121,51 +19121,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molecular Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 483-496. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1883694a7326c1e70" w:history="1">
+      <w:hyperlink r:id="rId26506965ad964a03b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12019</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19289,51 +19289,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1302-1318. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6643694a7326c1f7e" w:history="1">
+      <w:hyperlink r:id="rId71446965ad964a147" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12638</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19399,51 +19399,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2361. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1238694a7326c2030" w:history="1">
+      <w:hyperlink r:id="rId81756965ad964a202" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2019.02361</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19489,51 +19489,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e7676. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4190694a7326c20c3" w:history="1">
+      <w:hyperlink r:id="rId20236965ad964a297" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://doi.org/10.7717/peerj.7676</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19630,81 +19630,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 14-22. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6772694a7326c21a2" w:history="1">
+      <w:hyperlink r:id="rId13856965ad964a392" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-39-1-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gochez A (2014) Host pathogen interaction, and copper resistance in Xanthomonads associated with citrus canker. University of Florida, thesis, 161 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2734694a7326c21d6" w:history="1">
+      <w:hyperlink r:id="rId99746965ad964a3c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ufdc.ufl.edu/ufe0046962/00001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19868,51 +19868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1207-1214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9566694a7326c2322" w:history="1">
+      <w:hyperlink r:id="rId23696965ad964a518" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12361</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19978,51 +19978,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 405-419. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5201694a7326c23d2" w:history="1">
+      <w:hyperlink r:id="rId35186965ad964a5c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12408</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20088,51 +20088,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2309-2315. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6227694a7326c247f" w:history="1">
+      <w:hyperlink r:id="rId45896965ad964a677" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2672.2007.03484.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20374,51 +20374,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">781-787. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7995694a7326c2a08" w:history="1">
+      <w:hyperlink r:id="rId54176965ad964a840" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-72-0781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20484,51 +20484,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 749-753. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3959694a7326c2ac6" w:history="1">
+      <w:hyperlink r:id="rId57946965ad964a91a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/Phyto-81-749</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20554,101 +20554,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">91</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 30-34. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3969694a7326c2b3a" w:history="1">
+      <w:hyperlink r:id="rId86176965ad964a98e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO.2001.91.1.30</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR, Graham JH &amp; Schubert TS (2002) Citrus canker: the pathogen and its impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4217694a7326c2b8d" w:history="1">
+      <w:hyperlink r:id="rId94206965ad964a9e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2002-0812-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20674,51 +20674,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1193-1200. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8474694a7326c2c00" w:history="1">
+      <w:hyperlink r:id="rId90686965ad964aa50" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-75-1193</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20882,51 +20882,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8430694a7326c2d50" w:history="1">
+      <w:hyperlink r:id="rId86336965ad964ab9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1364-3703.2004.00197.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20972,51 +20972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e6632. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8680694a7326c2de6" w:history="1">
+      <w:hyperlink r:id="rId88666965ad964ac2d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0006632</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21111,51 +21111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> subsp. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6400694a7326c2ec9" w:history="1">
+      <w:hyperlink r:id="rId92306965ad964ad0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/dp-6-2014-xanthomonas-citri-subsp-citri/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21390,51 +21390,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1074. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1171694a7326c3087" w:history="1">
+      <w:hyperlink r:id="rId29156965ad964af11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-93-10-1074B</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21618,51 +21618,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3-7. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9043694a7326c3202" w:history="1">
+      <w:hyperlink r:id="rId84086965ad964b087" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0261-2194(90)90038-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21708,51 +21708,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18427-18432. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3350694a7326c3296" w:history="1">
+      <w:hyperlink r:id="rId40476965ad964b11b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1073/pnas.0705590104</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21849,51 +21849,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microorganisms </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 986. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4425694a7326c3379" w:history="1">
+      <w:hyperlink r:id="rId70496965ad964b201" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms10050986</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22295,51 +22295,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 238. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9179694a7326c3659" w:history="1">
+      <w:hyperlink r:id="rId39636965ad964b4e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1471-2164-11-238</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22481,51 +22481,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1075. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8315694a7326c3791" w:history="1">
+      <w:hyperlink r:id="rId72746965ad964b61c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy12051075</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22591,51 +22591,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 140-146. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5760694a7326c3841" w:history="1">
+      <w:hyperlink r:id="rId17626965ad964b6cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S0100-41582006000200003</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22799,51 +22799,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7446694a7326c3991" w:history="1">
+      <w:hyperlink r:id="rId63046965ad964b86d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12864-019-6007-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22889,51 +22889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 665–677. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8068694a7326c3a36" w:history="1">
+      <w:hyperlink r:id="rId31356965ad964b905" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-50-2-665</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22979,51 +22979,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1098–1111. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5369694a7326c3ad1" w:history="1">
+      <w:hyperlink r:id="rId25416965ad964b9b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-95-1098</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23069,51 +23069,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0210122. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8788694a7326c3b63" w:history="1">
+      <w:hyperlink r:id="rId54586965ad964ba4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.02101-22</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23179,51 +23179,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 296. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4930694a7326c3c15" w:history="1">
+      <w:hyperlink r:id="rId88296965ad964bafe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12866-020-01972-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23345,51 +23345,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 14. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6311694a7326c3d21" w:history="1">
+      <w:hyperlink r:id="rId75316965ad964bc0b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1471-2180-12-43</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24031,51 +24031,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 494-518. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6905694a7326c4185" w:history="1">
+      <w:hyperlink r:id="rId55696965ad964c044" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2005.03.017</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24092,51 +24092,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Systematic and Applied Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 690-695. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4701694a7326c41ed" w:history="1">
+      <w:hyperlink r:id="rId84986965ad964c0a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/ 10.1016/j.syapm.2006.08.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24173,51 +24173,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. International Journal of Systematic and Evolutionary Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 893-897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1845694a7326c4275" w:history="1">
+      <w:hyperlink r:id="rId90896965ad964c12f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2006.08.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24234,51 +24234,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 388–395. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3361694a7326c42db" w:history="1">
+      <w:hyperlink r:id="rId74056965ad964c192" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-71-0388</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24304,51 +24304,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 340-356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3924694a7326c434d" w:history="1">
+      <w:hyperlink r:id="rId15606965ad964c203" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2001.85.4.340</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24423,51 +24423,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">88</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1179-1188. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5509694a7326c4411" w:history="1">
+      <w:hyperlink r:id="rId76286965ad964c31d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2004.88.11.1179</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24531,51 +24531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5422694a7326c4f7c" w:history="1">
+      <w:hyperlink r:id="rId13466965ad964c74c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agriculture10050171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24601,51 +24601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e06137. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3710694a7326c5017" w:history="1">
+      <w:hyperlink r:id="rId94546965ad964c7c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.heliyon.2021.e06137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24682,51 +24682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 472-489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2719694a7326c50a5" w:history="1">
+      <w:hyperlink r:id="rId11686965ad964c880" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24890,51 +24890,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 243-249. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5568694a7326c51fb" w:history="1">
+      <w:hyperlink r:id="rId73986965ad964ca10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.59.1.243-249.1993</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25009,51 +25009,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 477–487. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1564694a7326c52bf" w:history="1">
+      <w:hyperlink r:id="rId16606965ad964cad5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1023/A:1008676508688</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25197,51 +25197,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 235-245. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6701694a7326c53ee" w:history="1">
+      <w:hyperlink r:id="rId10896965ad964cd10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTOFR-04-22-0044-FI</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25345,51 +25345,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 366-377. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5932694a7326c5507" w:history="1">
+      <w:hyperlink r:id="rId33816965ad964ce65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2008.06.004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25535,51 +25535,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 129–132. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5983694a7326c5638" w:history="1">
+      <w:hyperlink r:id="rId45126965ad964cf96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/rpd.2012.18.2.129</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25781,73 +25781,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas citri pv. aurantifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5473694a7326c57fe" w:history="1">
+      <w:hyperlink r:id="rId49666965ad964d195" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -25860,63 +25860,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="36290239" name="name4401694a7326c5c9d" descr="eu_funding_250.png"/>
+            <wp:docPr id="62829026" name="name54896965ad964d266" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8452694a7326c5c9c" cstate="print"/>
+                    <a:blip r:embed="rId44366965ad964d264" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -26014,221 +26014,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="990890243">
+  <w:abstractNum w:abstractNumId="702958899">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78004838">
+    <w:lvl w:ilvl="0" w:tplc="87143560">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="78004838" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="87143560" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="78004838" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="87143560" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="78004838" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="87143560" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="78004838" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="87143560" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="78004838" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="87143560" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="78004838" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="87143560" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="78004838" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="87143560" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="78004838" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="87143560" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="73876351">
+  <w:abstractNum w:abstractNumId="40798225">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="49268842">
+    <w:lvl w:ilvl="0" w:tplc="94470150">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="49268842" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="94470150" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="49268842" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="94470150" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="49268842" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="94470150" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="49268842" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="94470150" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="49268842" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="94470150" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="49268842" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="94470150" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="49268842" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="94470150" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="49268842" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="94470150" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="73876350">
+  <w:abstractNum w:abstractNumId="40798224">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38012138">
+    <w:lvl w:ilvl="0" w:tplc="56540620">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -26980,58 +26980,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="73876350">
-    <w:abstractNumId w:val="73876350"/>
+  <w:num w:numId="40798224">
+    <w:abstractNumId w:val="40798224"/>
   </w:num>
-  <w:num w:numId="73876351">
-    <w:abstractNumId w:val="73876351"/>
+  <w:num w:numId="40798225">
+    <w:abstractNumId w:val="40798225"/>
   </w:num>
-  <w:num w:numId="990890243">
-    <w:abstractNumId w:val="990890243"/>
+  <w:num w:numId="702958899">
+    <w:abstractNumId w:val="702958899"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -38581,51 +38581,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId949146672" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId102858234" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6990694a7326b7b7f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/datasheet" TargetMode="External"/><Relationship Id="rId7729694a7326b7e16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAU/" TargetMode="External"/><Relationship Id="rId7268694a7326b7e7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAU/categorization" TargetMode="External"/><Relationship Id="rId4307694a7326c0550" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65453-0" TargetMode="External"/><Relationship Id="rId9464694a7326c0638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-81-857" TargetMode="External"/><Relationship Id="rId4080694a7326c06ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-20-2498-PDN" TargetMode="External"/><Relationship Id="rId5771694a7326c0777" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-21-0342-SC" TargetMode="External"/><Relationship Id="rId5142694a7326c07ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-020-00377-2" TargetMode="External"/><Relationship Id="rId3409694a7326c09ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.009514-0" TargetMode="External"/><Relationship Id="rId1521694a7326c0a3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5772/intechopen.97776" TargetMode="External"/><Relationship Id="rId2751694a7326c0fa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.RW.03.2017.0071" TargetMode="External"/><Relationship Id="rId6229694a7326c111a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.56921" TargetMode="External"/><Relationship Id="rId1104694a7326c12a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-66-231" TargetMode="External"/><Relationship Id="rId7811694a7326c137f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId7840694a7326c1415" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.68.3.1257-1264.2002" TargetMode="External"/><Relationship Id="rId5060694a7326c1498" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-1333" TargetMode="External"/><Relationship Id="rId3813694a7326c167c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/417459a" TargetMode="External"/><Relationship Id="rId4359694a7326c16f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-14-0384-RE" TargetMode="External"/><Relationship Id="rId3303694a7326c1797" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-12-0351-RE" TargetMode="External"/><Relationship Id="rId2703694a7326c1865" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/publication/CG040" TargetMode="External"/><Relationship Id="rId6457694a7326c1962" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-06-14-0184-R" TargetMode="External"/><Relationship Id="rId2703694a7326c1afe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3027" TargetMode="External"/><Relationship Id="rId2008694a7326c1bb1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1587" TargetMode="External"/><Relationship Id="rId4097694a7326c1c40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12684" TargetMode="External"/><Relationship Id="rId6343694a7326c1cb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/datasheet" TargetMode="External"/><Relationship Id="rId5804694a7326c1d87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12913" TargetMode="External"/><Relationship Id="rId1883694a7326c1e70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12019" TargetMode="External"/><Relationship Id="rId6643694a7326c1f7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12638" TargetMode="External"/><Relationship Id="rId1238694a7326c2030" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2019.02361" TargetMode="External"/><Relationship Id="rId4190694a7326c20c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.7717/peerj.7676" TargetMode="External"/><Relationship Id="rId6772694a7326c21a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-39-1-14" TargetMode="External"/><Relationship Id="rId2734694a7326c21d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ufdc.ufl.edu/ufe0046962/00001" TargetMode="External"/><Relationship Id="rId9566694a7326c2322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12361" TargetMode="External"/><Relationship Id="rId5201694a7326c23d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12408" TargetMode="External"/><Relationship Id="rId6227694a7326c247f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2007.03484.x" TargetMode="External"/><Relationship Id="rId7995694a7326c2a08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-72-0781" TargetMode="External"/><Relationship Id="rId3959694a7326c2ac6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-81-749" TargetMode="External"/><Relationship Id="rId3969694a7326c2b3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO.2001.91.1.30" TargetMode="External"/><Relationship Id="rId4217694a7326c2b8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2002-0812-01-RV" TargetMode="External"/><Relationship Id="rId8474694a7326c2c00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-1193" TargetMode="External"/><Relationship Id="rId8430694a7326c2d50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1364-3703.2004.00197.x" TargetMode="External"/><Relationship Id="rId8680694a7326c2de6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0006632" TargetMode="External"/><Relationship Id="rId6400694a7326c2ec9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/dp-6-2014-xanthomonas-citri-subsp-citri/" TargetMode="External"/><Relationship Id="rId1171694a7326c3087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-10-1074B" TargetMode="External"/><Relationship Id="rId9043694a7326c3202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(90)90038-9" TargetMode="External"/><Relationship Id="rId3350694a7326c3296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1073/pnas.0705590104" TargetMode="External"/><Relationship Id="rId4425694a7326c3379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms10050986" TargetMode="External"/><Relationship Id="rId9179694a7326c3659" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2164-11-238" TargetMode="External"/><Relationship Id="rId8315694a7326c3791" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy12051075" TargetMode="External"/><Relationship Id="rId5760694a7326c3841" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-41582006000200003" TargetMode="External"/><Relationship Id="rId7446694a7326c3991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-019-6007-4" TargetMode="External"/><Relationship Id="rId8068694a7326c3a36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-2-665" TargetMode="External"/><Relationship Id="rId5369694a7326c3ad1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-1098" TargetMode="External"/><Relationship Id="rId8788694a7326c3b63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.02101-22" TargetMode="External"/><Relationship Id="rId4930694a7326c3c15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12866-020-01972-8" TargetMode="External"/><Relationship Id="rId6311694a7326c3d21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId6905694a7326c4185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId4701694a7326c41ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/%2010.1016/j.syapm.2006.08.001" TargetMode="External"/><Relationship Id="rId1845694a7326c4275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2006.08.001" TargetMode="External"/><Relationship Id="rId3361694a7326c42db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-71-0388" TargetMode="External"/><Relationship Id="rId3924694a7326c434d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2001.85.4.340" TargetMode="External"/><Relationship Id="rId5509694a7326c4411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2004.88.11.1179" TargetMode="External"/><Relationship Id="rId5422694a7326c4f7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture10050171" TargetMode="External"/><Relationship Id="rId3710694a7326c5017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.heliyon.2021.e06137" TargetMode="External"/><Relationship Id="rId2719694a7326c50a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId5568694a7326c51fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.59.1.243-249.1993" TargetMode="External"/><Relationship Id="rId1564694a7326c52bf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/A:1008676508688" TargetMode="External"/><Relationship Id="rId6701694a7326c53ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTOFR-04-22-0044-FI" TargetMode="External"/><Relationship Id="rId5932694a7326c5507" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2008.06.004" TargetMode="External"/><Relationship Id="rId5983694a7326c5638" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2012.18.2.129" TargetMode="External"/><Relationship Id="rId5473694a7326c57fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8100694a7326be0b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8100694a7326be0b2.jpg"/><Relationship Id="rId8452694a7326c5c9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8452694a7326c5c9c.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId806179456" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId256777210" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId72726965ad9640631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/datasheet" TargetMode="External"/><Relationship Id="rId68496965ad9640a52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAU/" TargetMode="External"/><Relationship Id="rId48766965ad9640aba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAU/categorization" TargetMode="External"/><Relationship Id="rId97336965ad9648bac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65453-0" TargetMode="External"/><Relationship Id="rId15106965ad9648c81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-81-857" TargetMode="External"/><Relationship Id="rId21796965ad9648d33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-20-2498-PDN" TargetMode="External"/><Relationship Id="rId20336965ad9648db9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-21-0342-SC" TargetMode="External"/><Relationship Id="rId50376965ad9648e29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-020-00377-2" TargetMode="External"/><Relationship Id="rId12406965ad9648fe4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.009514-0" TargetMode="External"/><Relationship Id="rId66706965ad9649074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5772/intechopen.97776" TargetMode="External"/><Relationship Id="rId98546965ad964917e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.RW.03.2017.0071" TargetMode="External"/><Relationship Id="rId10916965ad9649306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.56921" TargetMode="External"/><Relationship Id="rId32046965ad96494a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-66-231" TargetMode="External"/><Relationship Id="rId31846965ad9649577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId89606965ad9649607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.68.3.1257-1264.2002" TargetMode="External"/><Relationship Id="rId91216965ad9649697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-1333" TargetMode="External"/><Relationship Id="rId10766965ad964983b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/417459a" TargetMode="External"/><Relationship Id="rId80926965ad96498ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-14-0384-RE" TargetMode="External"/><Relationship Id="rId56206965ad9649952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-12-0351-RE" TargetMode="External"/><Relationship Id="rId77456965ad9649a20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/publication/CG040" TargetMode="External"/><Relationship Id="rId52036965ad9649b1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-06-14-0184-R" TargetMode="External"/><Relationship Id="rId94796965ad9649cce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3027" TargetMode="External"/><Relationship Id="rId91396965ad9649d7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1587" TargetMode="External"/><Relationship Id="rId91116965ad9649e0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12684" TargetMode="External"/><Relationship Id="rId55246965ad9649e81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/datasheet" TargetMode="External"/><Relationship Id="rId70896965ad9649f54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12913" TargetMode="External"/><Relationship Id="rId26506965ad964a03b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12019" TargetMode="External"/><Relationship Id="rId71446965ad964a147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12638" TargetMode="External"/><Relationship Id="rId81756965ad964a202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2019.02361" TargetMode="External"/><Relationship Id="rId20236965ad964a297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.7717/peerj.7676" TargetMode="External"/><Relationship Id="rId13856965ad964a392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-39-1-14" TargetMode="External"/><Relationship Id="rId99746965ad964a3c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ufdc.ufl.edu/ufe0046962/00001" TargetMode="External"/><Relationship Id="rId23696965ad964a518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12361" TargetMode="External"/><Relationship Id="rId35186965ad964a5c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12408" TargetMode="External"/><Relationship Id="rId45896965ad964a677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2007.03484.x" TargetMode="External"/><Relationship Id="rId54176965ad964a840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-72-0781" TargetMode="External"/><Relationship Id="rId57946965ad964a91a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-81-749" TargetMode="External"/><Relationship Id="rId86176965ad964a98e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO.2001.91.1.30" TargetMode="External"/><Relationship Id="rId94206965ad964a9e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2002-0812-01-RV" TargetMode="External"/><Relationship Id="rId90686965ad964aa50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-1193" TargetMode="External"/><Relationship Id="rId86336965ad964ab9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1364-3703.2004.00197.x" TargetMode="External"/><Relationship Id="rId88666965ad964ac2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0006632" TargetMode="External"/><Relationship Id="rId92306965ad964ad0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/dp-6-2014-xanthomonas-citri-subsp-citri/" TargetMode="External"/><Relationship Id="rId29156965ad964af11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-10-1074B" TargetMode="External"/><Relationship Id="rId84086965ad964b087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(90)90038-9" TargetMode="External"/><Relationship Id="rId40476965ad964b11b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1073/pnas.0705590104" TargetMode="External"/><Relationship Id="rId70496965ad964b201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms10050986" TargetMode="External"/><Relationship Id="rId39636965ad964b4e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2164-11-238" TargetMode="External"/><Relationship Id="rId72746965ad964b61c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy12051075" TargetMode="External"/><Relationship Id="rId17626965ad964b6cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-41582006000200003" TargetMode="External"/><Relationship Id="rId63046965ad964b86d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-019-6007-4" TargetMode="External"/><Relationship Id="rId31356965ad964b905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-2-665" TargetMode="External"/><Relationship Id="rId25416965ad964b9b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-1098" TargetMode="External"/><Relationship Id="rId54586965ad964ba4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.02101-22" TargetMode="External"/><Relationship Id="rId88296965ad964bafe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12866-020-01972-8" TargetMode="External"/><Relationship Id="rId75316965ad964bc0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId55696965ad964c044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId84986965ad964c0a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/%2010.1016/j.syapm.2006.08.001" TargetMode="External"/><Relationship Id="rId90896965ad964c12f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2006.08.001" TargetMode="External"/><Relationship Id="rId74056965ad964c192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-71-0388" TargetMode="External"/><Relationship Id="rId15606965ad964c203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2001.85.4.340" TargetMode="External"/><Relationship Id="rId76286965ad964c31d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2004.88.11.1179" TargetMode="External"/><Relationship Id="rId13466965ad964c74c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture10050171" TargetMode="External"/><Relationship Id="rId94546965ad964c7c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.heliyon.2021.e06137" TargetMode="External"/><Relationship Id="rId11686965ad964c880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId73986965ad964ca10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.59.1.243-249.1993" TargetMode="External"/><Relationship Id="rId16606965ad964cad5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/A:1008676508688" TargetMode="External"/><Relationship Id="rId10896965ad964cd10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTOFR-04-22-0044-FI" TargetMode="External"/><Relationship Id="rId33816965ad964ce65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2008.06.004" TargetMode="External"/><Relationship Id="rId45126965ad964cf96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2012.18.2.129" TargetMode="External"/><Relationship Id="rId49666965ad964d195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId44066965ad9646806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId44066965ad9646806.jpg"/><Relationship Id="rId44366965ad964d264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId44366965ad964d264.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>