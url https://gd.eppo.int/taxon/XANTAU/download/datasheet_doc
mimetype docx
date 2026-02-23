--- v4 (2026-01-13)
+++ v5 (2026-02-23)
@@ -171,51 +171,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pathotypes A, A*, A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">w</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) is covered in a separate datasheet.  Text between square brackets [ ], on symptoms, morphology and detection, identification and inspection methods, is from the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72726965ad9640631" w:history="1">
+      <w:hyperlink r:id="rId1439699c085e37bd7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO datasheet on </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">X. citri</w:t>
@@ -520,51 +520,51 @@
               <w:t xml:space="preserve"> Schaad et al.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Galician lemon canker (C strains), Mexican lime cancrosis (C strains), South American citrus canker, cancrosis B (B strains), citrus canker, false citrus canker (B strains)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId68496965ad9640a52" w:history="1">
+            <w:hyperlink r:id="rId4730699c085e37e8b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -578,53 +578,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId48766965ad9640aba" w:history="1">
+            <w:hyperlink r:id="rId5901699c085e37ef5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -10669,63 +10669,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">aurantifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> have been reported in citrus orchards in South America since the 2000s. Absence has been confirmed in Argentina and Uruguay but not (yet) in São Paulo (Brazil) and Paraguay.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="19968554" name="name40126965ad9646809" descr="XANTAU_distribution_map.jpg"/>
+            <wp:docPr id="81367258" name="name5755699c085e3ddfa" descr="XANTAU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTAU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId44066965ad9646806" cstate="print"/>
+                    <a:blip r:embed="rId1839699c085e3ddf7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -14328,201 +14328,201 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2004). Seven significant introduction pathways were identified and evaluated by the EFSA Plant Health Panel (EFSA, 2014, 2019):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="702958899"/>
+          <w:numId w:val="127550546"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus fruit, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="702958899"/>
+          <w:numId w:val="127550546"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus fruit and/or leaves import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="702958899"/>
+          <w:numId w:val="127550546"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus plants for planting, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="702958899"/>
+          <w:numId w:val="127550546"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus plants for planting import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="702958899"/>
+          <w:numId w:val="127550546"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ornamental rutaceous plants for planting, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="702958899"/>
+          <w:numId w:val="127550546"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ornamental rutaceous plants for planting import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="702958899"/>
+          <w:numId w:val="127550546"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus and rutaceous leaves and twigs, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -15920,51 +15920,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 306-318. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97336965ad9648bac" w:history="1">
+      <w:hyperlink r:id="rId4025699c085e402f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.65453-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16050,51 +16050,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 857-865. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15106965ad9648c81" w:history="1">
+      <w:hyperlink r:id="rId8615699c085e403c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/Phyto-81-857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16160,51 +16160,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 12, 4148. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21796965ad9648d33" w:history="1">
+      <w:hyperlink r:id="rId8856699c085e4047b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-20-2498-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16241,51 +16241,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1201-1207. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20336965ad9648db9" w:history="1">
+      <w:hyperlink r:id="rId7905699c085e40509" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-08-21-0342-SC</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16311,51 +16311,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50376965ad9648e29" w:history="1">
+      <w:hyperlink r:id="rId1375699c085e4057c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s40858-020-00377-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16588,51 +16588,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 515-525. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId12406965ad9648fe4" w:history="1">
+      <w:hyperlink r:id="rId1906699c085e40748" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.009514-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16678,51 +16678,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pathogenicity, a Review. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IntechOpen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66706965ad9649074" w:history="1">
+      <w:hyperlink r:id="rId9395699c085e407dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5772/intechopen.97776</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16846,51 +16846,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 441-449. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98546965ad964917e" w:history="1">
+      <w:hyperlink r:id="rId3786699c085e408ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.RW.03.2017.0071</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17074,51 +17074,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Asiatic citrus canker</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10916965ad9649306" w:history="1">
+      <w:hyperlink r:id="rId4065699c085e40a52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.56921</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 23-10-2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -17320,51 +17320,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">66</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 231–236. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32046965ad96494a4" w:history="1">
+      <w:hyperlink r:id="rId6334699c085e40bea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-66-231</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17450,51 +17450,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 792-806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31846965ad9649577" w:history="1">
+      <w:hyperlink r:id="rId9396699c085e40cba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12461</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17540,51 +17540,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1257-1264. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89606965ad9649607" w:history="1">
+      <w:hyperlink r:id="rId4138699c085e40d4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.68.3.1257-1264.2002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17621,51 +17621,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1333–40. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91216965ad9649697" w:history="1">
+      <w:hyperlink r:id="rId6496699c085e40dce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-95-1333</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17878,51 +17878,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">417</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 459-463 (2002). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10766965ad964983b" w:history="1">
+      <w:hyperlink r:id="rId4277699c085e40f6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/417459a</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17948,51 +17948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 207-218. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80926965ad96498ae" w:history="1">
+      <w:hyperlink r:id="rId2687699c085e40fdc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-14-0384-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18049,51 +18049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 373-378. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56206965ad9649952" w:history="1">
+      <w:hyperlink r:id="rId8842699c085e4107f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-12-0351-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18177,51 +18177,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 287-291.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dewdney MM &amp; Johnson EG (2023) 2023–2024 Florida citrus production guide: citrus canker. University of Florida, Institute of Food and Agricultural Sciences, FL, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77456965ad9649a20" w:history="1">
+      <w:hyperlink r:id="rId1793699c085e41154" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/publication/CG040</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed January 2024).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -18334,51 +18334,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> type IV Pilus is required for twitching motility, biofilm development, and adherence. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molecular Plant Microbe Interactions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 27, 1132-1147. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52036965ad9649b1d" w:history="1">
+      <w:hyperlink r:id="rId2952699c085e41250" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/MPMI-06-14-0184-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18582,51 +18582,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3556. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94796965ad9649cce" w:history="1">
+      <w:hyperlink r:id="rId3314699c085e413d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3027</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18692,51 +18692,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019:EN-1587. 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91396965ad9649d7e" w:history="1">
+      <w:hyperlink r:id="rId7115699c085e41489" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1587</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18782,51 +18782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 383-400. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91116965ad9649e0f" w:history="1">
+      <w:hyperlink r:id="rId3565699c085e4151b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12684</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18852,51 +18852,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55246965ad9649e81" w:history="1">
+      <w:hyperlink r:id="rId2853699c085e4158b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XANTCI/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18984,51 +18984,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 62-96. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70896965ad9649f54" w:history="1">
+      <w:hyperlink r:id="rId8726699c085e4165c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12913</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19121,51 +19121,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molecular Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 483-496. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26506965ad964a03b" w:history="1">
+      <w:hyperlink r:id="rId4921699c085e4175e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12019</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19289,51 +19289,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1302-1318. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71446965ad964a147" w:history="1">
+      <w:hyperlink r:id="rId1695699c085e4186d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12638</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19399,51 +19399,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2361. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81756965ad964a202" w:history="1">
+      <w:hyperlink r:id="rId3530699c085e41920" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2019.02361</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19489,51 +19489,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e7676. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20236965ad964a297" w:history="1">
+      <w:hyperlink r:id="rId5038699c085e419b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://doi.org/10.7717/peerj.7676</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19630,81 +19630,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 14-22. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13856965ad964a392" w:history="1">
+      <w:hyperlink r:id="rId8281699c085e41a97" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-39-1-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gochez A (2014) Host pathogen interaction, and copper resistance in Xanthomonads associated with citrus canker. University of Florida, thesis, 161 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99746965ad964a3c9" w:history="1">
+      <w:hyperlink r:id="rId9248699c085e41acb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ufdc.ufl.edu/ufe0046962/00001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19868,51 +19868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1207-1214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId23696965ad964a518" w:history="1">
+      <w:hyperlink r:id="rId1136699c085e41c15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12361</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19978,51 +19978,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 405-419. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35186965ad964a5c9" w:history="1">
+      <w:hyperlink r:id="rId4625699c085e41cc5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12408</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20088,51 +20088,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2309-2315. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45896965ad964a677" w:history="1">
+      <w:hyperlink r:id="rId7410699c085e41d74" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2672.2007.03484.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20374,51 +20374,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">781-787. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54176965ad964a840" w:history="1">
+      <w:hyperlink r:id="rId2887699c085e41f3a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-72-0781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20484,51 +20484,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 749-753. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57946965ad964a91a" w:history="1">
+      <w:hyperlink r:id="rId3316699c085e41fea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/Phyto-81-749</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20554,101 +20554,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">91</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 30-34. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86176965ad964a98e" w:history="1">
+      <w:hyperlink r:id="rId4753699c085e4205a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO.2001.91.1.30</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR, Graham JH &amp; Schubert TS (2002) Citrus canker: the pathogen and its impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94206965ad964a9e0" w:history="1">
+      <w:hyperlink r:id="rId5197699c085e420ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2002-0812-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20674,51 +20674,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1193-1200. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90686965ad964aa50" w:history="1">
+      <w:hyperlink r:id="rId4429699c085e4211c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-75-1193</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20882,51 +20882,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86336965ad964ab9b" w:history="1">
+      <w:hyperlink r:id="rId8539699c085e42265" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1364-3703.2004.00197.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20972,51 +20972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e6632. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88666965ad964ac2d" w:history="1">
+      <w:hyperlink r:id="rId6733699c085e422ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0006632</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21111,51 +21111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> subsp. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92306965ad964ad0f" w:history="1">
+      <w:hyperlink r:id="rId5628699c085e423f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/dp-6-2014-xanthomonas-citri-subsp-citri/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21390,51 +21390,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1074. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29156965ad964af11" w:history="1">
+      <w:hyperlink r:id="rId1566699c085e425aa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-93-10-1074B</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21618,51 +21618,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3-7. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84086965ad964b087" w:history="1">
+      <w:hyperlink r:id="rId8347699c085e42738" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0261-2194(90)90038-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21708,51 +21708,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18427-18432. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40476965ad964b11b" w:history="1">
+      <w:hyperlink r:id="rId5365699c085e427cb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1073/pnas.0705590104</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21849,51 +21849,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microorganisms </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 986. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70496965ad964b201" w:history="1">
+      <w:hyperlink r:id="rId4558699c085e428ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms10050986</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22295,51 +22295,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 238. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39636965ad964b4e6" w:history="1">
+      <w:hyperlink r:id="rId5327699c085e42c1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1471-2164-11-238</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22481,51 +22481,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1075. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72746965ad964b61c" w:history="1">
+      <w:hyperlink r:id="rId9417699c085e42d54" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy12051075</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22591,51 +22591,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 140-146. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17626965ad964b6cc" w:history="1">
+      <w:hyperlink r:id="rId4599699c085e42e04" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S0100-41582006000200003</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22799,51 +22799,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId63046965ad964b86d" w:history="1">
+      <w:hyperlink r:id="rId4176699c085e42f4e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12864-019-6007-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22889,51 +22889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 665–677. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId31356965ad964b905" w:history="1">
+      <w:hyperlink r:id="rId2145699c085e4300c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-50-2-665</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22979,51 +22979,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1098–1111. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25416965ad964b9b7" w:history="1">
+      <w:hyperlink r:id="rId4401699c085e4316b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-95-1098</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23069,51 +23069,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0210122. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId54586965ad964ba4d" w:history="1">
+      <w:hyperlink r:id="rId9844699c085e43208" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.02101-22</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23179,51 +23179,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 296. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88296965ad964bafe" w:history="1">
+      <w:hyperlink r:id="rId6402699c085e432bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12866-020-01972-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23345,51 +23345,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 14. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75316965ad964bc0b" w:history="1">
+      <w:hyperlink r:id="rId8854699c085e433ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1471-2180-12-43</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24031,51 +24031,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 494-518. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55696965ad964c044" w:history="1">
+      <w:hyperlink r:id="rId2513699c085e43897" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2005.03.017</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24092,51 +24092,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Systematic and Applied Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 690-695. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84986965ad964c0a9" w:history="1">
+      <w:hyperlink r:id="rId6504699c085e43908" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/ 10.1016/j.syapm.2006.08.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24173,51 +24173,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. International Journal of Systematic and Evolutionary Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 893-897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90896965ad964c12f" w:history="1">
+      <w:hyperlink r:id="rId8052699c085e43994" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2006.08.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24234,51 +24234,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 388–395. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId74056965ad964c192" w:history="1">
+      <w:hyperlink r:id="rId6756699c085e43a2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-71-0388</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24304,51 +24304,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 340-356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15606965ad964c203" w:history="1">
+      <w:hyperlink r:id="rId9279699c085e43aa7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2001.85.4.340</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24423,51 +24423,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">88</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1179-1188. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76286965ad964c31d" w:history="1">
+      <w:hyperlink r:id="rId7148699c085e43b98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2004.88.11.1179</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24531,51 +24531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13466965ad964c74c" w:history="1">
+      <w:hyperlink r:id="rId2842699c085e43c4c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agriculture10050171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24601,51 +24601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e06137. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94546965ad964c7c8" w:history="1">
+      <w:hyperlink r:id="rId1984699c085e43ce8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.heliyon.2021.e06137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24682,51 +24682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 472-489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11686965ad964c880" w:history="1">
+      <w:hyperlink r:id="rId4692699c085e43d6f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24890,51 +24890,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 243-249. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73986965ad964ca10" w:history="1">
+      <w:hyperlink r:id="rId1517699c085e43ee6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.59.1.243-249.1993</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25009,51 +25009,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 477–487. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16606965ad964cad5" w:history="1">
+      <w:hyperlink r:id="rId5196699c085e43fd0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1023/A:1008676508688</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25197,51 +25197,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 235-245. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10896965ad964cd10" w:history="1">
+      <w:hyperlink r:id="rId5107699c085e44128" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTOFR-04-22-0044-FI</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25345,51 +25345,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 366-377. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId33816965ad964ce65" w:history="1">
+      <w:hyperlink r:id="rId6917699c085e4421c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2008.06.004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25535,51 +25535,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 129–132. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45126965ad964cf96" w:history="1">
+      <w:hyperlink r:id="rId9975699c085e4436f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/rpd.2012.18.2.129</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25803,51 +25803,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas citri pv. aurantifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49666965ad964d195" w:history="1">
+      <w:hyperlink r:id="rId1949699c085e44555" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -25860,63 +25860,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="62829026" name="name54896965ad964d266" descr="eu_funding_250.png"/>
+            <wp:docPr id="10272861" name="name7987699c085e44873" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId44366965ad964d264" cstate="print"/>
+                    <a:blip r:embed="rId6282699c085e44871" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -26014,221 +26014,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="702958899">
+  <w:abstractNum w:abstractNumId="127550546">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87143560">
+    <w:lvl w:ilvl="0" w:tplc="96076334">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="87143560" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="96076334" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="87143560" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="96076334" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="87143560" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="96076334" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="87143560" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="96076334" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="87143560" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="96076334" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="87143560" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="96076334" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="87143560" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="96076334" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="87143560" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="96076334" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40798225">
+  <w:abstractNum w:abstractNumId="27168366">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94470150">
+    <w:lvl w:ilvl="0" w:tplc="78011486">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="94470150" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="78011486" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="94470150" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="78011486" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="94470150" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="78011486" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="94470150" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="78011486" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="94470150" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="78011486" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="94470150" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="78011486" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="94470150" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="78011486" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="94470150" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="78011486" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="40798224">
+  <w:abstractNum w:abstractNumId="27168365">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56540620">
+    <w:lvl w:ilvl="0" w:tplc="87102653">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -26980,58 +26980,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="40798224">
-    <w:abstractNumId w:val="40798224"/>
+  <w:num w:numId="27168365">
+    <w:abstractNumId w:val="27168365"/>
   </w:num>
-  <w:num w:numId="40798225">
-    <w:abstractNumId w:val="40798225"/>
+  <w:num w:numId="27168366">
+    <w:abstractNumId w:val="27168366"/>
   </w:num>
-  <w:num w:numId="702958899">
-    <w:abstractNumId w:val="702958899"/>
+  <w:num w:numId="127550546">
+    <w:abstractNumId w:val="127550546"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -38581,51 +38581,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId806179456" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId256777210" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId72726965ad9640631" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/datasheet" TargetMode="External"/><Relationship Id="rId68496965ad9640a52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAU/" TargetMode="External"/><Relationship Id="rId48766965ad9640aba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAU/categorization" TargetMode="External"/><Relationship Id="rId97336965ad9648bac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65453-0" TargetMode="External"/><Relationship Id="rId15106965ad9648c81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-81-857" TargetMode="External"/><Relationship Id="rId21796965ad9648d33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-20-2498-PDN" TargetMode="External"/><Relationship Id="rId20336965ad9648db9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-21-0342-SC" TargetMode="External"/><Relationship Id="rId50376965ad9648e29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-020-00377-2" TargetMode="External"/><Relationship Id="rId12406965ad9648fe4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.009514-0" TargetMode="External"/><Relationship Id="rId66706965ad9649074" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5772/intechopen.97776" TargetMode="External"/><Relationship Id="rId98546965ad964917e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.RW.03.2017.0071" TargetMode="External"/><Relationship Id="rId10916965ad9649306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.56921" TargetMode="External"/><Relationship Id="rId32046965ad96494a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-66-231" TargetMode="External"/><Relationship Id="rId31846965ad9649577" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId89606965ad9649607" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.68.3.1257-1264.2002" TargetMode="External"/><Relationship Id="rId91216965ad9649697" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-1333" TargetMode="External"/><Relationship Id="rId10766965ad964983b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/417459a" TargetMode="External"/><Relationship Id="rId80926965ad96498ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-14-0384-RE" TargetMode="External"/><Relationship Id="rId56206965ad9649952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-12-0351-RE" TargetMode="External"/><Relationship Id="rId77456965ad9649a20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/publication/CG040" TargetMode="External"/><Relationship Id="rId52036965ad9649b1d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-06-14-0184-R" TargetMode="External"/><Relationship Id="rId94796965ad9649cce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3027" TargetMode="External"/><Relationship Id="rId91396965ad9649d7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1587" TargetMode="External"/><Relationship Id="rId91116965ad9649e0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12684" TargetMode="External"/><Relationship Id="rId55246965ad9649e81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/datasheet" TargetMode="External"/><Relationship Id="rId70896965ad9649f54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12913" TargetMode="External"/><Relationship Id="rId26506965ad964a03b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12019" TargetMode="External"/><Relationship Id="rId71446965ad964a147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12638" TargetMode="External"/><Relationship Id="rId81756965ad964a202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2019.02361" TargetMode="External"/><Relationship Id="rId20236965ad964a297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.7717/peerj.7676" TargetMode="External"/><Relationship Id="rId13856965ad964a392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-39-1-14" TargetMode="External"/><Relationship Id="rId99746965ad964a3c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ufdc.ufl.edu/ufe0046962/00001" TargetMode="External"/><Relationship Id="rId23696965ad964a518" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12361" TargetMode="External"/><Relationship Id="rId35186965ad964a5c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12408" TargetMode="External"/><Relationship Id="rId45896965ad964a677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2007.03484.x" TargetMode="External"/><Relationship Id="rId54176965ad964a840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-72-0781" TargetMode="External"/><Relationship Id="rId57946965ad964a91a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-81-749" TargetMode="External"/><Relationship Id="rId86176965ad964a98e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO.2001.91.1.30" TargetMode="External"/><Relationship Id="rId94206965ad964a9e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2002-0812-01-RV" TargetMode="External"/><Relationship Id="rId90686965ad964aa50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-1193" TargetMode="External"/><Relationship Id="rId86336965ad964ab9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1364-3703.2004.00197.x" TargetMode="External"/><Relationship Id="rId88666965ad964ac2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0006632" TargetMode="External"/><Relationship Id="rId92306965ad964ad0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/dp-6-2014-xanthomonas-citri-subsp-citri/" TargetMode="External"/><Relationship Id="rId29156965ad964af11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-10-1074B" TargetMode="External"/><Relationship Id="rId84086965ad964b087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(90)90038-9" TargetMode="External"/><Relationship Id="rId40476965ad964b11b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1073/pnas.0705590104" TargetMode="External"/><Relationship Id="rId70496965ad964b201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms10050986" TargetMode="External"/><Relationship Id="rId39636965ad964b4e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2164-11-238" TargetMode="External"/><Relationship Id="rId72746965ad964b61c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy12051075" TargetMode="External"/><Relationship Id="rId17626965ad964b6cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-41582006000200003" TargetMode="External"/><Relationship Id="rId63046965ad964b86d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-019-6007-4" TargetMode="External"/><Relationship Id="rId31356965ad964b905" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-2-665" TargetMode="External"/><Relationship Id="rId25416965ad964b9b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-1098" TargetMode="External"/><Relationship Id="rId54586965ad964ba4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.02101-22" TargetMode="External"/><Relationship Id="rId88296965ad964bafe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12866-020-01972-8" TargetMode="External"/><Relationship Id="rId75316965ad964bc0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId55696965ad964c044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId84986965ad964c0a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/%2010.1016/j.syapm.2006.08.001" TargetMode="External"/><Relationship Id="rId90896965ad964c12f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2006.08.001" TargetMode="External"/><Relationship Id="rId74056965ad964c192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-71-0388" TargetMode="External"/><Relationship Id="rId15606965ad964c203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2001.85.4.340" TargetMode="External"/><Relationship Id="rId76286965ad964c31d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2004.88.11.1179" TargetMode="External"/><Relationship Id="rId13466965ad964c74c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture10050171" TargetMode="External"/><Relationship Id="rId94546965ad964c7c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.heliyon.2021.e06137" TargetMode="External"/><Relationship Id="rId11686965ad964c880" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId73986965ad964ca10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.59.1.243-249.1993" TargetMode="External"/><Relationship Id="rId16606965ad964cad5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/A:1008676508688" TargetMode="External"/><Relationship Id="rId10896965ad964cd10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTOFR-04-22-0044-FI" TargetMode="External"/><Relationship Id="rId33816965ad964ce65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2008.06.004" TargetMode="External"/><Relationship Id="rId45126965ad964cf96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2012.18.2.129" TargetMode="External"/><Relationship Id="rId49666965ad964d195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId44066965ad9646806" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId44066965ad9646806.jpg"/><Relationship Id="rId44366965ad964d264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId44366965ad964d264.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId200685150" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId877244015" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1439699c085e37bd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/datasheet" TargetMode="External"/><Relationship Id="rId4730699c085e37e8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAU/" TargetMode="External"/><Relationship Id="rId5901699c085e37ef5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAU/categorization" TargetMode="External"/><Relationship Id="rId4025699c085e402f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65453-0" TargetMode="External"/><Relationship Id="rId8615699c085e403c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-81-857" TargetMode="External"/><Relationship Id="rId8856699c085e4047b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-20-2498-PDN" TargetMode="External"/><Relationship Id="rId7905699c085e40509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-21-0342-SC" TargetMode="External"/><Relationship Id="rId1375699c085e4057c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-020-00377-2" TargetMode="External"/><Relationship Id="rId1906699c085e40748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.009514-0" TargetMode="External"/><Relationship Id="rId9395699c085e407dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5772/intechopen.97776" TargetMode="External"/><Relationship Id="rId3786699c085e408ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.RW.03.2017.0071" TargetMode="External"/><Relationship Id="rId4065699c085e40a52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.56921" TargetMode="External"/><Relationship Id="rId6334699c085e40bea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-66-231" TargetMode="External"/><Relationship Id="rId9396699c085e40cba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId4138699c085e40d4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.68.3.1257-1264.2002" TargetMode="External"/><Relationship Id="rId6496699c085e40dce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-1333" TargetMode="External"/><Relationship Id="rId4277699c085e40f6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/417459a" TargetMode="External"/><Relationship Id="rId2687699c085e40fdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-14-0384-RE" TargetMode="External"/><Relationship Id="rId8842699c085e4107f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-12-0351-RE" TargetMode="External"/><Relationship Id="rId1793699c085e41154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/publication/CG040" TargetMode="External"/><Relationship Id="rId2952699c085e41250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-06-14-0184-R" TargetMode="External"/><Relationship Id="rId3314699c085e413d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3027" TargetMode="External"/><Relationship Id="rId7115699c085e41489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1587" TargetMode="External"/><Relationship Id="rId3565699c085e4151b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12684" TargetMode="External"/><Relationship Id="rId2853699c085e4158b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/datasheet" TargetMode="External"/><Relationship Id="rId8726699c085e4165c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12913" TargetMode="External"/><Relationship Id="rId4921699c085e4175e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12019" TargetMode="External"/><Relationship Id="rId1695699c085e4186d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12638" TargetMode="External"/><Relationship Id="rId3530699c085e41920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2019.02361" TargetMode="External"/><Relationship Id="rId5038699c085e419b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.7717/peerj.7676" TargetMode="External"/><Relationship Id="rId8281699c085e41a97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-39-1-14" TargetMode="External"/><Relationship Id="rId9248699c085e41acb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ufdc.ufl.edu/ufe0046962/00001" TargetMode="External"/><Relationship Id="rId1136699c085e41c15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12361" TargetMode="External"/><Relationship Id="rId4625699c085e41cc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12408" TargetMode="External"/><Relationship Id="rId7410699c085e41d74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2007.03484.x" TargetMode="External"/><Relationship Id="rId2887699c085e41f3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-72-0781" TargetMode="External"/><Relationship Id="rId3316699c085e41fea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-81-749" TargetMode="External"/><Relationship Id="rId4753699c085e4205a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO.2001.91.1.30" TargetMode="External"/><Relationship Id="rId5197699c085e420ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2002-0812-01-RV" TargetMode="External"/><Relationship Id="rId4429699c085e4211c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-1193" TargetMode="External"/><Relationship Id="rId8539699c085e42265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1364-3703.2004.00197.x" TargetMode="External"/><Relationship Id="rId6733699c085e422ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0006632" TargetMode="External"/><Relationship Id="rId5628699c085e423f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/dp-6-2014-xanthomonas-citri-subsp-citri/" TargetMode="External"/><Relationship Id="rId1566699c085e425aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-10-1074B" TargetMode="External"/><Relationship Id="rId8347699c085e42738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(90)90038-9" TargetMode="External"/><Relationship Id="rId5365699c085e427cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1073/pnas.0705590104" TargetMode="External"/><Relationship Id="rId4558699c085e428ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms10050986" TargetMode="External"/><Relationship Id="rId5327699c085e42c1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2164-11-238" TargetMode="External"/><Relationship Id="rId9417699c085e42d54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy12051075" TargetMode="External"/><Relationship Id="rId4599699c085e42e04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-41582006000200003" TargetMode="External"/><Relationship Id="rId4176699c085e42f4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-019-6007-4" TargetMode="External"/><Relationship Id="rId2145699c085e4300c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-2-665" TargetMode="External"/><Relationship Id="rId4401699c085e4316b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-1098" TargetMode="External"/><Relationship Id="rId9844699c085e43208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.02101-22" TargetMode="External"/><Relationship Id="rId6402699c085e432bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12866-020-01972-8" TargetMode="External"/><Relationship Id="rId8854699c085e433ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId2513699c085e43897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId6504699c085e43908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/%2010.1016/j.syapm.2006.08.001" TargetMode="External"/><Relationship Id="rId8052699c085e43994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2006.08.001" TargetMode="External"/><Relationship Id="rId6756699c085e43a2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-71-0388" TargetMode="External"/><Relationship Id="rId9279699c085e43aa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2001.85.4.340" TargetMode="External"/><Relationship Id="rId7148699c085e43b98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2004.88.11.1179" TargetMode="External"/><Relationship Id="rId2842699c085e43c4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture10050171" TargetMode="External"/><Relationship Id="rId1984699c085e43ce8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.heliyon.2021.e06137" TargetMode="External"/><Relationship Id="rId4692699c085e43d6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId1517699c085e43ee6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.59.1.243-249.1993" TargetMode="External"/><Relationship Id="rId5196699c085e43fd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/A:1008676508688" TargetMode="External"/><Relationship Id="rId5107699c085e44128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTOFR-04-22-0044-FI" TargetMode="External"/><Relationship Id="rId6917699c085e4421c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2008.06.004" TargetMode="External"/><Relationship Id="rId9975699c085e4436f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2012.18.2.129" TargetMode="External"/><Relationship Id="rId1949699c085e44555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1839699c085e3ddf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1839699c085e3ddf7.jpg"/><Relationship Id="rId6282699c085e44871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6282699c085e44871.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>