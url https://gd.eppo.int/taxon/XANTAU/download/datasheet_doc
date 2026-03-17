--- v5 (2026-02-23)
+++ v6 (2026-03-17)
@@ -171,51 +171,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (pathotypes A, A*, A</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">w</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) is covered in a separate datasheet.  Text between square brackets [ ], on symptoms, morphology and detection, identification and inspection methods, is from the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1439699c085e37bd7" w:history="1">
+      <w:hyperlink r:id="rId261969b9890c2118f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO datasheet on </w:t>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:i/>
             <w:iCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">X. citri</w:t>
@@ -520,51 +520,51 @@
               <w:t xml:space="preserve"> Schaad et al.</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Galician lemon canker (C strains), Mexican lime cancrosis (C strains), South American citrus canker, cancrosis B (B strains), citrus canker, false citrus canker (B strains)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId4730699c085e37e8b" w:history="1">
+            <w:hyperlink r:id="rId151669b9890c2142c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -580,51 +580,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5901699c085e37ef5" w:history="1">
+            <w:hyperlink r:id="rId106469b9890c21493" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -10669,63 +10669,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">aurantifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> have been reported in citrus orchards in South America since the 2000s. Absence has been confirmed in Argentina and Uruguay but not (yet) in São Paulo (Brazil) and Paraguay.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="81367258" name="name5755699c085e3ddfa" descr="XANTAU_distribution_map.jpg"/>
+            <wp:docPr id="64467868" name="name467169b9890c28485" descr="XANTAU_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTAU_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1839699c085e3ddf7" cstate="print"/>
+                    <a:blip r:embed="rId303669b9890c28481" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -14328,201 +14328,201 @@
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2004). Seven significant introduction pathways were identified and evaluated by the EFSA Plant Health Panel (EFSA, 2014, 2019):</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="127550546"/>
+          <w:numId w:val="862975685"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus fruit, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="127550546"/>
+          <w:numId w:val="862975685"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus fruit and/or leaves import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="127550546"/>
+          <w:numId w:val="862975685"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus plants for planting, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="127550546"/>
+          <w:numId w:val="862975685"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus plants for planting import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="127550546"/>
+          <w:numId w:val="862975685"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ornamental rutaceous plants for planting, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="127550546"/>
+          <w:numId w:val="862975685"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Ornamental rutaceous plants for planting import by passenger traffic</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
-          <w:numId w:val="127550546"/>
+          <w:numId w:val="862975685"/>
         </w:numPr>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Citrus and rutaceous leaves and twigs, commercial trade</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
@@ -15920,51 +15920,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 306-318. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4025699c085e402f0" w:history="1">
+      <w:hyperlink r:id="rId736069b9890c2abdf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.65453-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16050,51 +16050,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 857-865. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8615699c085e403c9" w:history="1">
+      <w:hyperlink r:id="rId125069b9890c2acb8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/Phyto-81-857</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16160,51 +16160,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 12, 4148. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8856699c085e4047b" w:history="1">
+      <w:hyperlink r:id="rId167669b9890c2ad6b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-11-20-2498-PDN</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16241,51 +16241,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">112</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1201-1207. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7905699c085e40509" w:history="1">
+      <w:hyperlink r:id="rId437869b9890c2adf4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-08-21-0342-SC</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16311,51 +16311,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">46</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-12. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1375699c085e4057c" w:history="1">
+      <w:hyperlink r:id="rId641269b9890c2ae66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s40858-020-00377-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16588,51 +16588,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">60</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 515-525. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1906699c085e40748" w:history="1">
+      <w:hyperlink r:id="rId102369b9890c2b047" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/ijs.0.009514-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16678,51 +16678,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pathogenicity, a Review. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">IntechOpen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9395699c085e407dd" w:history="1">
+      <w:hyperlink r:id="rId312069b9890c2b0dc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5772/intechopen.97776</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -16846,51 +16846,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 441-449. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3786699c085e408ec" w:history="1">
+      <w:hyperlink r:id="rId961669b9890c2b1ef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/PPJ.RW.03.2017.0071</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17074,51 +17074,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Asiatic citrus canker</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4065699c085e40a52" w:history="1">
+      <w:hyperlink r:id="rId991469b9890c2b36f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.56921</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed 23-10-2023)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -17320,51 +17320,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">66</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 231–236. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6334699c085e40bea" w:history="1">
+      <w:hyperlink r:id="rId310769b9890c2b501" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-66-231</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17450,51 +17450,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">65</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 792-806. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9396699c085e40cba" w:history="1">
+      <w:hyperlink r:id="rId732069b9890c2b5d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12461</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17540,51 +17540,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">68</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1257-1264. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4138699c085e40d4b" w:history="1">
+      <w:hyperlink r:id="rId405169b9890c2b669" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.68.3.1257-1264.2002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17621,51 +17621,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1333–40. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6496699c085e40dce" w:history="1">
+      <w:hyperlink r:id="rId302069b9890c2b6f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-95-1333</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17878,51 +17878,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">417</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 459-463 (2002). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4277699c085e40f6a" w:history="1">
+      <w:hyperlink r:id="rId388769b9890c2b8a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/417459a</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -17948,51 +17948,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 207-218. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2687699c085e40fdc" w:history="1">
+      <w:hyperlink r:id="rId557569b9890c2b916" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-14-0384-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18049,51 +18049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">97</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 373-378. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8842699c085e4107f" w:history="1">
+      <w:hyperlink r:id="rId849369b9890c2b9bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-12-0351-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18177,51 +18177,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 287-291.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Dewdney MM &amp; Johnson EG (2023) 2023–2024 Florida citrus production guide: citrus canker. University of Florida, Institute of Food and Agricultural Sciences, FL, USA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1793699c085e41154" w:history="1">
+      <w:hyperlink r:id="rId198169b9890c2ba8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/publication/CG040</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (last accessed January 2024).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -18334,51 +18334,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> type IV Pilus is required for twitching motility, biofilm development, and adherence. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molecular Plant Microbe Interactions</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 27, 1132-1147. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2952699c085e41250" w:history="1">
+      <w:hyperlink r:id="rId261369b9890c2bb8f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/MPMI-06-14-0184-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18582,51 +18582,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3556. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3314699c085e413d8" w:history="1">
+      <w:hyperlink r:id="rId500269b9890c2bd24" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3027</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18692,51 +18692,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA supporting publication</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 2019:EN-1587. 25 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7115699c085e41489" w:history="1">
+      <w:hyperlink r:id="rId986869b9890c2bdd9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/sp.efsa.2019.EN-1587</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18782,51 +18782,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 383-400. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3565699c085e4151b" w:history="1">
+      <w:hyperlink r:id="rId401469b9890c2be76" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12684</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18852,51 +18852,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">pv</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2853699c085e4158b" w:history="1">
+      <w:hyperlink r:id="rId131769b9890c2bf03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XANTCI/datasheet</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -18984,51 +18984,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">53</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 62-96. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8726699c085e4165c" w:history="1">
+      <w:hyperlink r:id="rId922369b9890c2bfdd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12913</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19121,51 +19121,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molecular Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 483-496. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4921699c085e4175e" w:history="1">
+      <w:hyperlink r:id="rId330569b9890c2c0e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12019</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19289,51 +19289,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">19</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1302-1318. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1695699c085e4186d" w:history="1">
+      <w:hyperlink r:id="rId675269b9890c2c1fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12638</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19399,51 +19399,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2361. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3530699c085e41920" w:history="1">
+      <w:hyperlink r:id="rId375769b9890c2c2b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2019.02361</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19489,51 +19489,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e7676. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5038699c085e419b4" w:history="1">
+      <w:hyperlink r:id="rId741769b9890c2c348" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">http://doi.org/10.7717/peerj.7676</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19630,81 +19630,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 14-22. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8281699c085e41a97" w:history="1">
+      <w:hyperlink r:id="rId470969b9890c2c428" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-39-1-14</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gochez A (2014) Host pathogen interaction, and copper resistance in Xanthomonads associated with citrus canker. University of Florida, thesis, 161 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9248699c085e41acb" w:history="1">
+      <w:hyperlink r:id="rId945669b9890c2c45e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://ufdc.ufl.edu/ufe0046962/00001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19868,51 +19868,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">64</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1207-1214. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1136699c085e41c15" w:history="1">
+      <w:hyperlink r:id="rId235869b9890c2c5ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ppa.12361</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -19978,51 +19978,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 405-419. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4625699c085e41cc5" w:history="1">
+      <w:hyperlink r:id="rId903969b9890c2c65c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12408</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20088,51 +20088,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">103</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2309-2315. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7410699c085e41d74" w:history="1">
+      <w:hyperlink r:id="rId272169b9890c2c70c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2672.2007.03484.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20374,51 +20374,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">781-787. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2887699c085e41f3a" w:history="1">
+      <w:hyperlink r:id="rId584369b9890c2c8d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-72-0781</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20484,51 +20484,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 749-753. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3316699c085e41fea" w:history="1">
+      <w:hyperlink r:id="rId167669b9890c2c98a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/Phyto-81-749</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20554,101 +20554,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">91</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 30-34. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4753699c085e4205a" w:history="1">
+      <w:hyperlink r:id="rId266969b9890c2ca07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO.2001.91.1.30</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Gottwald TR, Graham JH &amp; Schubert TS (2002) Citrus canker: the pathogen and its impact. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Health Progress.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5197699c085e420ab" w:history="1">
+      <w:hyperlink r:id="rId827269b9890c2ca5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHP-2002-0812-01-RV</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20674,51 +20674,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">75</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1193-1200. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4429699c085e4211c" w:history="1">
+      <w:hyperlink r:id="rId605869b9890c2cad1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-75-1193</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20882,51 +20882,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">5</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-15. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8539699c085e42265" w:history="1">
+      <w:hyperlink r:id="rId439269b9890c2cc21" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1046/j.1364-3703.2004.00197.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20972,51 +20972,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e6632. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6733699c085e422ff" w:history="1">
+      <w:hyperlink r:id="rId354569b9890c2ccb6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0006632</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21111,51 +21111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> subsp. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5628699c085e423f0" w:history="1">
+      <w:hyperlink r:id="rId712369b9890c2cd9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.ippc.int/en/publications/dp-6-2014-xanthomonas-citri-subsp-citri/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21390,51 +21390,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">93</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1074. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1566699c085e425aa" w:history="1">
+      <w:hyperlink r:id="rId841069b9890c2cf70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-93-10-1074B</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21618,51 +21618,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 3-7. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8347699c085e42738" w:history="1">
+      <w:hyperlink r:id="rId236969b9890c2d19a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/0261-2194(90)90038-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21708,51 +21708,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18427-18432. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5365699c085e427cb" w:history="1">
+      <w:hyperlink r:id="rId157469b9890c2d230" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1073/pnas.0705590104</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21849,51 +21849,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Microorganisms </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 986. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4558699c085e428ab" w:history="1">
+      <w:hyperlink r:id="rId570669b9890c2d315" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/microorganisms10050986</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22295,51 +22295,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11,</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 238. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5327699c085e42c1f" w:history="1">
+      <w:hyperlink r:id="rId161369b9890c2d5f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1471-2164-11-238</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22481,51 +22481,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1075. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9417699c085e42d54" w:history="1">
+      <w:hyperlink r:id="rId608169b9890c2d738" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy12051075</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22591,51 +22591,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 140-146. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4599699c085e42e04" w:history="1">
+      <w:hyperlink r:id="rId433569b9890c2d7e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1590/S0100-41582006000200003</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22799,51 +22799,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1-23. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4176699c085e42f4e" w:history="1">
+      <w:hyperlink r:id="rId116769b9890c2d940" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12864-019-6007-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22889,51 +22889,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 665–677. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2145699c085e4300c" w:history="1">
+      <w:hyperlink r:id="rId529869b9890c2d9d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-50-2-665</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22979,51 +22979,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">95</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1098–1111. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4401699c085e4316b" w:history="1">
+      <w:hyperlink r:id="rId238369b9890c2da61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-95-1098</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23069,51 +23069,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">89</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e0210122. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9844699c085e43208" w:history="1">
+      <w:hyperlink r:id="rId308169b9890c2daf2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.02101-22</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23179,51 +23179,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">20</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 296. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6402699c085e432bd" w:history="1">
+      <w:hyperlink r:id="rId261069b9890c2dba2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/s12866-020-01972-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23345,51 +23345,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 14. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8854699c085e433ca" w:history="1">
+      <w:hyperlink r:id="rId101269b9890c2dcac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/1471-2180-12-43</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24031,51 +24031,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">28</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 494-518. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2513699c085e43897" w:history="1">
+      <w:hyperlink r:id="rId424369b9890c2e116" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2005.03.017</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24092,51 +24092,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Systematic and Applied Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 690-695. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6504699c085e43908" w:history="1">
+      <w:hyperlink r:id="rId662469b9890c2e181" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/ 10.1016/j.syapm.2006.08.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24173,51 +24173,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. International Journal of Systematic and Evolutionary Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">57</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 893-897. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8052699c085e43994" w:history="1">
+      <w:hyperlink r:id="rId950269b9890c2e20a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2006.08.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24234,51 +24234,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 388–395. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6756699c085e43a2f" w:history="1">
+      <w:hyperlink r:id="rId729069b9890c2e26f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PD-71-0388</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24304,51 +24304,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">85</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 340-356. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9279699c085e43aa7" w:history="1">
+      <w:hyperlink r:id="rId903769b9890c2e2e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2001.85.4.340</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24423,51 +24423,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">88</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1179-1188. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7148699c085e43b98" w:history="1">
+      <w:hyperlink r:id="rId666669b9890c2e3a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2004.88.11.1179</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24531,51 +24531,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 171. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2842699c085e43c4c" w:history="1">
+      <w:hyperlink r:id="rId956169b9890c2e456" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agriculture10050171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24601,51 +24601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e06137. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1984699c085e43ce8" w:history="1">
+      <w:hyperlink r:id="rId646069b9890c2e4c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.heliyon.2021.e06137</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24682,51 +24682,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Journal of Systematic and Evolutionary Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">45</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 472-489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4692699c085e43d6f" w:history="1">
+      <w:hyperlink r:id="rId743069b9890c2e54d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-45-3-472</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24890,51 +24890,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">59</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 243-249. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1517699c085e43ee6" w:history="1">
+      <w:hyperlink r:id="rId347669b9890c2e699" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.59.1.243-249.1993</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25009,51 +25009,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">European Journal of Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 477–487. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5196699c085e43fd0" w:history="1">
+      <w:hyperlink r:id="rId577569b9890c2e75a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1023/A:1008676508688</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25197,51 +25197,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 235-245. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5107699c085e44128" w:history="1">
+      <w:hyperlink r:id="rId212069b9890c2e886" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTOFR-04-22-0044-FI</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25345,51 +25345,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">31</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 366-377. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6917699c085e4421c" w:history="1">
+      <w:hyperlink r:id="rId896769b9890c2e97f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.syapm.2008.06.004</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25535,51 +25535,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 129–132. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9975699c085e4436f" w:history="1">
+      <w:hyperlink r:id="rId407569b9890c2eaad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5423/rpd.2012.18.2.129</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25803,51 +25803,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xanthomonas citri pv. aurantifolii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1949699c085e44555" w:history="1">
+      <w:hyperlink r:id="rId159869b9890c2ec69" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -25860,63 +25860,63 @@
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">This datasheet was first published online in 2023. It is maintained in an electronic format in the EPPO Global Database. The sections on 'Identity', ‘Hosts’, and 'Geographical distribution' are automatically updated from the database. For other sections, the date of last revision is indicated on the right.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="10272861" name="name7987699c085e44873" descr="eu_funding_250.png"/>
+            <wp:docPr id="25284223" name="name724869b9890c2ed19" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6282699c085e44871" cstate="print"/>
+                    <a:blip r:embed="rId715369b9890c2ed18" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -26014,221 +26014,221 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="127550546">
+  <w:abstractNum w:abstractNumId="862975685">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96076334">
+    <w:lvl w:ilvl="0" w:tplc="79368400">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="96076334" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79368400" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="96076334" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="79368400" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="96076334" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79368400" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="96076334" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79368400" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="96076334" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79368400" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="96076334" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="79368400" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="96076334" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79368400" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="96076334" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79368400" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27168366">
+  <w:abstractNum w:abstractNumId="63832614">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78011486">
+    <w:lvl w:ilvl="0" w:tplc="36541516">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="78011486" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="36541516" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="78011486" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="36541516" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="78011486" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="36541516" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="78011486" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="36541516" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="78011486" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="36541516" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="78011486" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="36541516" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="78011486" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="36541516" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="78011486" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="36541516" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="27168365">
+  <w:abstractNum w:abstractNumId="63832613">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87102653">
+    <w:lvl w:ilvl="0" w:tplc="35551230">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -26980,58 +26980,58 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="27168365">
-    <w:abstractNumId w:val="27168365"/>
+  <w:num w:numId="63832613">
+    <w:abstractNumId w:val="63832613"/>
   </w:num>
-  <w:num w:numId="27168366">
-    <w:abstractNumId w:val="27168366"/>
+  <w:num w:numId="63832614">
+    <w:abstractNumId w:val="63832614"/>
   </w:num>
-  <w:num w:numId="127550546">
-    <w:abstractNumId w:val="127550546"/>
+  <w:num w:numId="862975685">
+    <w:abstractNumId w:val="862975685"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -38581,51 +38581,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId200685150" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId877244015" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1439699c085e37bd7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/datasheet" TargetMode="External"/><Relationship Id="rId4730699c085e37e8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAU/" TargetMode="External"/><Relationship Id="rId5901699c085e37ef5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAU/categorization" TargetMode="External"/><Relationship Id="rId4025699c085e402f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65453-0" TargetMode="External"/><Relationship Id="rId8615699c085e403c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-81-857" TargetMode="External"/><Relationship Id="rId8856699c085e4047b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-20-2498-PDN" TargetMode="External"/><Relationship Id="rId7905699c085e40509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-21-0342-SC" TargetMode="External"/><Relationship Id="rId1375699c085e4057c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-020-00377-2" TargetMode="External"/><Relationship Id="rId1906699c085e40748" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.009514-0" TargetMode="External"/><Relationship Id="rId9395699c085e407dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5772/intechopen.97776" TargetMode="External"/><Relationship Id="rId3786699c085e408ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.RW.03.2017.0071" TargetMode="External"/><Relationship Id="rId4065699c085e40a52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.56921" TargetMode="External"/><Relationship Id="rId6334699c085e40bea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-66-231" TargetMode="External"/><Relationship Id="rId9396699c085e40cba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId4138699c085e40d4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.68.3.1257-1264.2002" TargetMode="External"/><Relationship Id="rId6496699c085e40dce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-1333" TargetMode="External"/><Relationship Id="rId4277699c085e40f6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/417459a" TargetMode="External"/><Relationship Id="rId2687699c085e40fdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-14-0384-RE" TargetMode="External"/><Relationship Id="rId8842699c085e4107f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-12-0351-RE" TargetMode="External"/><Relationship Id="rId1793699c085e41154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/publication/CG040" TargetMode="External"/><Relationship Id="rId2952699c085e41250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-06-14-0184-R" TargetMode="External"/><Relationship Id="rId3314699c085e413d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3027" TargetMode="External"/><Relationship Id="rId7115699c085e41489" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1587" TargetMode="External"/><Relationship Id="rId3565699c085e4151b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12684" TargetMode="External"/><Relationship Id="rId2853699c085e4158b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/datasheet" TargetMode="External"/><Relationship Id="rId8726699c085e4165c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12913" TargetMode="External"/><Relationship Id="rId4921699c085e4175e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12019" TargetMode="External"/><Relationship Id="rId1695699c085e4186d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12638" TargetMode="External"/><Relationship Id="rId3530699c085e41920" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2019.02361" TargetMode="External"/><Relationship Id="rId5038699c085e419b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.7717/peerj.7676" TargetMode="External"/><Relationship Id="rId8281699c085e41a97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-39-1-14" TargetMode="External"/><Relationship Id="rId9248699c085e41acb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ufdc.ufl.edu/ufe0046962/00001" TargetMode="External"/><Relationship Id="rId1136699c085e41c15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12361" TargetMode="External"/><Relationship Id="rId4625699c085e41cc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12408" TargetMode="External"/><Relationship Id="rId7410699c085e41d74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2007.03484.x" TargetMode="External"/><Relationship Id="rId2887699c085e41f3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-72-0781" TargetMode="External"/><Relationship Id="rId3316699c085e41fea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-81-749" TargetMode="External"/><Relationship Id="rId4753699c085e4205a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO.2001.91.1.30" TargetMode="External"/><Relationship Id="rId5197699c085e420ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2002-0812-01-RV" TargetMode="External"/><Relationship Id="rId4429699c085e4211c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-1193" TargetMode="External"/><Relationship Id="rId8539699c085e42265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1364-3703.2004.00197.x" TargetMode="External"/><Relationship Id="rId6733699c085e422ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0006632" TargetMode="External"/><Relationship Id="rId5628699c085e423f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/dp-6-2014-xanthomonas-citri-subsp-citri/" TargetMode="External"/><Relationship Id="rId1566699c085e425aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-10-1074B" TargetMode="External"/><Relationship Id="rId8347699c085e42738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(90)90038-9" TargetMode="External"/><Relationship Id="rId5365699c085e427cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1073/pnas.0705590104" TargetMode="External"/><Relationship Id="rId4558699c085e428ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms10050986" TargetMode="External"/><Relationship Id="rId5327699c085e42c1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2164-11-238" TargetMode="External"/><Relationship Id="rId9417699c085e42d54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy12051075" TargetMode="External"/><Relationship Id="rId4599699c085e42e04" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-41582006000200003" TargetMode="External"/><Relationship Id="rId4176699c085e42f4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-019-6007-4" TargetMode="External"/><Relationship Id="rId2145699c085e4300c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-2-665" TargetMode="External"/><Relationship Id="rId4401699c085e4316b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-1098" TargetMode="External"/><Relationship Id="rId9844699c085e43208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.02101-22" TargetMode="External"/><Relationship Id="rId6402699c085e432bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12866-020-01972-8" TargetMode="External"/><Relationship Id="rId8854699c085e433ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId2513699c085e43897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId6504699c085e43908" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/%2010.1016/j.syapm.2006.08.001" TargetMode="External"/><Relationship Id="rId8052699c085e43994" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2006.08.001" TargetMode="External"/><Relationship Id="rId6756699c085e43a2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-71-0388" TargetMode="External"/><Relationship Id="rId9279699c085e43aa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2001.85.4.340" TargetMode="External"/><Relationship Id="rId7148699c085e43b98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2004.88.11.1179" TargetMode="External"/><Relationship Id="rId2842699c085e43c4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture10050171" TargetMode="External"/><Relationship Id="rId1984699c085e43ce8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.heliyon.2021.e06137" TargetMode="External"/><Relationship Id="rId4692699c085e43d6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId1517699c085e43ee6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.59.1.243-249.1993" TargetMode="External"/><Relationship Id="rId5196699c085e43fd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/A:1008676508688" TargetMode="External"/><Relationship Id="rId5107699c085e44128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTOFR-04-22-0044-FI" TargetMode="External"/><Relationship Id="rId6917699c085e4421c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2008.06.004" TargetMode="External"/><Relationship Id="rId9975699c085e4436f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2012.18.2.129" TargetMode="External"/><Relationship Id="rId1949699c085e44555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1839699c085e3ddf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1839699c085e3ddf7.jpg"/><Relationship Id="rId6282699c085e44871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6282699c085e44871.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId112533942" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId219036104" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId261969b9890c2118f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/datasheet" TargetMode="External"/><Relationship Id="rId151669b9890c2142c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAU/" TargetMode="External"/><Relationship Id="rId106469b9890c21493" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAU/categorization" TargetMode="External"/><Relationship Id="rId736069b9890c2abdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.65453-0" TargetMode="External"/><Relationship Id="rId125069b9890c2acb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-81-857" TargetMode="External"/><Relationship Id="rId167669b9890c2ad6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-11-20-2498-PDN" TargetMode="External"/><Relationship Id="rId437869b9890c2adf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-08-21-0342-SC" TargetMode="External"/><Relationship Id="rId641269b9890c2ae66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-020-00377-2" TargetMode="External"/><Relationship Id="rId102369b9890c2b047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/ijs.0.009514-0" TargetMode="External"/><Relationship Id="rId312069b9890c2b0dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5772/intechopen.97776" TargetMode="External"/><Relationship Id="rId961669b9890c2b1ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/PPJ.RW.03.2017.0071" TargetMode="External"/><Relationship Id="rId991469b9890c2b36f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/10.1079/cabicompendium.56921" TargetMode="External"/><Relationship Id="rId310769b9890c2b501" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-66-231" TargetMode="External"/><Relationship Id="rId732069b9890c2b5d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12461" TargetMode="External"/><Relationship Id="rId405169b9890c2b669" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.68.3.1257-1264.2002" TargetMode="External"/><Relationship Id="rId302069b9890c2b6f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-1333" TargetMode="External"/><Relationship Id="rId388769b9890c2b8a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/417459a" TargetMode="External"/><Relationship Id="rId557569b9890c2b916" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-14-0384-RE" TargetMode="External"/><Relationship Id="rId849369b9890c2b9bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-12-0351-RE" TargetMode="External"/><Relationship Id="rId198169b9890c2ba8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/publication/CG040" TargetMode="External"/><Relationship Id="rId261369b9890c2bb8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-06-14-0184-R" TargetMode="External"/><Relationship Id="rId500269b9890c2bd24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3027" TargetMode="External"/><Relationship Id="rId986869b9890c2bdd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/sp.efsa.2019.EN-1587" TargetMode="External"/><Relationship Id="rId401469b9890c2be76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12684" TargetMode="External"/><Relationship Id="rId131769b9890c2bf03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCI/datasheet" TargetMode="External"/><Relationship Id="rId922369b9890c2bfdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12913" TargetMode="External"/><Relationship Id="rId330569b9890c2c0e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12019" TargetMode="External"/><Relationship Id="rId675269b9890c2c1fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12638" TargetMode="External"/><Relationship Id="rId375769b9890c2c2b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2019.02361" TargetMode="External"/><Relationship Id="rId741769b9890c2c348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.7717/peerj.7676" TargetMode="External"/><Relationship Id="rId470969b9890c2c428" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-39-1-14" TargetMode="External"/><Relationship Id="rId945669b9890c2c45e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ufdc.ufl.edu/ufe0046962/00001" TargetMode="External"/><Relationship Id="rId235869b9890c2c5ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ppa.12361" TargetMode="External"/><Relationship Id="rId903969b9890c2c65c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12408" TargetMode="External"/><Relationship Id="rId272169b9890c2c70c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2672.2007.03484.x" TargetMode="External"/><Relationship Id="rId584369b9890c2c8d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-72-0781" TargetMode="External"/><Relationship Id="rId167669b9890c2c98a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/Phyto-81-749" TargetMode="External"/><Relationship Id="rId266969b9890c2ca07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO.2001.91.1.30" TargetMode="External"/><Relationship Id="rId827269b9890c2ca5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHP-2002-0812-01-RV" TargetMode="External"/><Relationship Id="rId605869b9890c2cad1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-75-1193" TargetMode="External"/><Relationship Id="rId439269b9890c2cc21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1046/j.1364-3703.2004.00197.x" TargetMode="External"/><Relationship Id="rId354569b9890c2ccb6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0006632" TargetMode="External"/><Relationship Id="rId712369b9890c2cd9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.ippc.int/en/publications/dp-6-2014-xanthomonas-citri-subsp-citri/" TargetMode="External"/><Relationship Id="rId841069b9890c2cf70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-93-10-1074B" TargetMode="External"/><Relationship Id="rId236969b9890c2d19a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/0261-2194(90)90038-9" TargetMode="External"/><Relationship Id="rId157469b9890c2d230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1073/pnas.0705590104" TargetMode="External"/><Relationship Id="rId570669b9890c2d315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/microorganisms10050986" TargetMode="External"/><Relationship Id="rId161369b9890c2d5f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2164-11-238" TargetMode="External"/><Relationship Id="rId608169b9890c2d738" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy12051075" TargetMode="External"/><Relationship Id="rId433569b9890c2d7e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1590/S0100-41582006000200003" TargetMode="External"/><Relationship Id="rId116769b9890c2d940" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12864-019-6007-4" TargetMode="External"/><Relationship Id="rId529869b9890c2d9d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-50-2-665" TargetMode="External"/><Relationship Id="rId238369b9890c2da61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-95-1098" TargetMode="External"/><Relationship Id="rId308169b9890c2daf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.02101-22" TargetMode="External"/><Relationship Id="rId261069b9890c2dba2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/s12866-020-01972-8" TargetMode="External"/><Relationship Id="rId101269b9890c2dcac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/1471-2180-12-43" TargetMode="External"/><Relationship Id="rId424369b9890c2e116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2005.03.017" TargetMode="External"/><Relationship Id="rId662469b9890c2e181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/%2010.1016/j.syapm.2006.08.001" TargetMode="External"/><Relationship Id="rId950269b9890c2e20a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2006.08.001" TargetMode="External"/><Relationship Id="rId729069b9890c2e26f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PD-71-0388" TargetMode="External"/><Relationship Id="rId903769b9890c2e2e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2001.85.4.340" TargetMode="External"/><Relationship Id="rId666669b9890c2e3a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2004.88.11.1179" TargetMode="External"/><Relationship Id="rId956169b9890c2e456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agriculture10050171" TargetMode="External"/><Relationship Id="rId646069b9890c2e4c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.heliyon.2021.e06137" TargetMode="External"/><Relationship Id="rId743069b9890c2e54d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-45-3-472" TargetMode="External"/><Relationship Id="rId347669b9890c2e699" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.59.1.243-249.1993" TargetMode="External"/><Relationship Id="rId577569b9890c2e75a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1023/A:1008676508688" TargetMode="External"/><Relationship Id="rId212069b9890c2e886" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTOFR-04-22-0044-FI" TargetMode="External"/><Relationship Id="rId896769b9890c2e97f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.syapm.2008.06.004" TargetMode="External"/><Relationship Id="rId407569b9890c2eaad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5423/rpd.2012.18.2.129" TargetMode="External"/><Relationship Id="rId159869b9890c2ec69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId303669b9890c28481" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId303669b9890c28481.jpg"/><Relationship Id="rId715369b9890c2ed18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId715369b9890c2ed18.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>