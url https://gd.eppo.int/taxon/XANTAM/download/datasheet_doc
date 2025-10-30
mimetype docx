--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Panagopoulos</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial blight of grapevine, canker of grapevine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId438068e707c62bfca" w:history="1">
+            <w:hyperlink r:id="rId98496902b957d8312" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId377868e707c62c037" w:history="1">
+            <w:hyperlink r:id="rId41106902b957d837a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="59607313" name="name590568e707c62c71a" descr="1719.jpg"/>
+                  <wp:docPr id="37819609" name="name55236902b957d8afe" descr="1719.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1719.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId495768e707c62c718" cstate="print"/>
+                          <a:blip r:embed="rId77536902b957d8afc" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId640468e707c62c860" w:history="1">
+            <w:hyperlink r:id="rId25726902b957d8e85" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1597,63 +1597,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2020), another systemic pathogenic bacterium of grapevine which is difficult to diagnose solely on the basis of symptoms.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="38969654" name="name132168e707c62dd66" descr="XANTAM_distribution_map.jpg"/>
+            <wp:docPr id="72206735" name="name72456902b957da6e4" descr="XANTAM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTAM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId968668e707c62dd62" cstate="print"/>
+                    <a:blip r:embed="rId97916902b957da6e0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3856,101 +3856,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">viticola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (leafspot, canker). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId945268e707c62efa4" w:history="1">
+      <w:hyperlink r:id="rId47316902b957db7b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56929</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylophilus ampelinus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (canker of grapevine). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId943868e707c62effc" w:history="1">
+      <w:hyperlink r:id="rId95636902b957db81d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56907</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4210,51 +4210,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12,3291. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId965168e707c62f1ef" w:history="1">
+      <w:hyperlink r:id="rId53306902b957dba0d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3921</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4300,51 +4300,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1), 3989. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId949768e707c62f281" w:history="1">
+      <w:hyperlink r:id="rId11186902b957dba9d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2015.3989</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4410,51 +4410,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), no. 4225, 10 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId661468e707c62f32d" w:history="1">
+      <w:hyperlink r:id="rId57586902b957dbb48" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2015.4225</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4627,51 +4627,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 403-412. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId588768e707c62f487" w:history="1">
+      <w:hyperlink r:id="rId58976902b957dbcc6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4755,51 +4755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">viticola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EU FP-7 project DROPSA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId233468e707c62f563" w:history="1">
+      <w:hyperlink r:id="rId91236902b957dbd95" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XANTCV/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4952,51 +4952,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11-18.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2020) Inspector’s manual on specific pest surveys. Budapest. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId850668e707c62f6a5" w:history="1">
+      <w:hyperlink r:id="rId57236902b957dbedd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4060/cb2071en</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5062,51 +5062,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId445868e707c62f757" w:history="1">
+      <w:hyperlink r:id="rId36356902b957dbf8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2019.00489</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5152,51 +5152,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 8844. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId976368e707c62f7e8" w:history="1">
+      <w:hyperlink r:id="rId73646902b957dc01a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-019-45365-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5253,51 +5253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Applied and Environmental Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,1904-1912. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId985268e707c62f88b" w:history="1">
+      <w:hyperlink r:id="rId45976902b957dc0ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.69.4.1904-1912.2003</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5343,51 +5343,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8292-8300. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId922468e707c62f921" w:history="1">
+      <w:hyperlink r:id="rId90076902b957dc148" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.71.12.8292-8300.2005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5511,51 +5511,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 237–242. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId791068e707c62fa2e" w:history="1">
+      <w:hyperlink r:id="rId91566902b957dc251" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-015-0581-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5601,51 +5601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 409-414. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId582368e707c62fabe" w:history="1">
+      <w:hyperlink r:id="rId40526902b957dc2e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-015-0609-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5691,51 +5691,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 159–164. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId731568e707c62fb4c" w:history="1">
+      <w:hyperlink r:id="rId94326902b957dc36c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-016-0650-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5801,51 +5801,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4160–4166 (2020). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId710868e707c62fbfa" w:history="1">
+      <w:hyperlink r:id="rId40876902b957dc419" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00284-020-02194-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6105,51 +6105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId298368e707c62fdf7" w:history="1">
+      <w:hyperlink r:id="rId64946902b957dc5fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s42003-020-01284-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6681,51 +6681,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roberts WP (1993) Grapevine heat treatment </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– Xanthomonas ampelina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Final report to Grape and Wine Research &amp; Development Corporation, 19 pp. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId624868e707c6301a4" w:history="1">
+      <w:hyperlink r:id="rId97696902b957dc99e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineaustralia.com/getmedia/410a0c86-fcee-4259-acd2-c5c3c281041e/DPI-3V-Final-Report</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7306,51 +7306,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId738668e707c63058b" w:history="1">
+      <w:hyperlink r:id="rId62716902b957dcd94" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-37-1-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7474,51 +7474,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylophilus ampelinus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId760968e707c63069a" w:history="1">
+      <w:hyperlink r:id="rId84806902b957dceb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7700,90 +7700,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 39-44. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId303968e707c6307fb" w:history="1">
+      <w:hyperlink r:id="rId56906902b957dd016" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01979.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="65305444" name="name772468e707c630872" descr="eu_funding_250.png"/>
+            <wp:docPr id="65012096" name="name36586902b957dd0b2" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId345068e707c630871" cstate="print"/>
+                    <a:blip r:embed="rId49676902b957dd0b1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7881,137 +7881,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="85111667">
+  <w:abstractNum w:abstractNumId="20067305">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13713792">
+    <w:lvl w:ilvl="0" w:tplc="59873688">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="13713792" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="59873688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="13713792" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="59873688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="13713792" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="59873688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="13713792" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="59873688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="13713792" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="59873688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="13713792" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="59873688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="13713792" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="59873688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="13713792" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="59873688" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="85111666">
+  <w:abstractNum w:abstractNumId="20067304">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92981563">
+    <w:lvl w:ilvl="0" w:tplc="96420022">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8763,55 +8763,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="85111666">
-    <w:abstractNumId w:val="85111666"/>
+  <w:num w:numId="20067304">
+    <w:abstractNumId w:val="20067304"/>
   </w:num>
-  <w:num w:numId="85111667">
-    <w:abstractNumId w:val="85111667"/>
+  <w:num w:numId="20067305">
+    <w:abstractNumId w:val="20067305"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20361,51 +20361,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId808555103" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId385288672" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId438068e707c62bfca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/" TargetMode="External"/><Relationship Id="rId377868e707c62c037" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/categorization" TargetMode="External"/><Relationship Id="rId640468e707c62c860" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/photos" TargetMode="External"/><Relationship Id="rId945268e707c62efa4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56929" TargetMode="External"/><Relationship Id="rId943868e707c62effc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56907" TargetMode="External"/><Relationship Id="rId965168e707c62f1ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3921" TargetMode="External"/><Relationship Id="rId949768e707c62f281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3989" TargetMode="External"/><Relationship Id="rId661468e707c62f32d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.4225" TargetMode="External"/><Relationship Id="rId588768e707c62f487" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02328.x" TargetMode="External"/><Relationship Id="rId233468e707c62f563" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCV/documents" TargetMode="External"/><Relationship Id="rId850668e707c62f6a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4060/cb2071en" TargetMode="External"/><Relationship Id="rId445868e707c62f757" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00489" TargetMode="External"/><Relationship Id="rId976368e707c62f7e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-019-45365-y" TargetMode="External"/><Relationship Id="rId985268e707c62f88b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.69.4.1904-1912.2003" TargetMode="External"/><Relationship Id="rId922468e707c62f921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.12.8292-8300.2005" TargetMode="External"/><Relationship Id="rId791068e707c62fa2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-015-0581-3" TargetMode="External"/><Relationship Id="rId582368e707c62fabe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-015-0609-8" TargetMode="External"/><Relationship Id="rId731568e707c62fb4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-016-0650-2" TargetMode="External"/><Relationship Id="rId710868e707c62fbfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00284-020-02194-x" TargetMode="External"/><Relationship Id="rId298368e707c62fdf7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s42003-020-01284-7" TargetMode="External"/><Relationship Id="rId624868e707c6301a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineaustralia.com/getmedia/410a0c86-fcee-4259-acd2-c5c3c281041e/DPI-3V-Final-Report" TargetMode="External"/><Relationship Id="rId738668e707c63058b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-37-1-4" TargetMode="External"/><Relationship Id="rId760968e707c63069a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId303968e707c6307fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01979.x" TargetMode="External"/><Relationship Id="rId495768e707c62c718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId495768e707c62c718.jpg"/><Relationship Id="rId968668e707c62dd62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId968668e707c62dd62.jpg"/><Relationship Id="rId345068e707c630871" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId345068e707c630871.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId289192899" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId432687017" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId98496902b957d8312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/" TargetMode="External"/><Relationship Id="rId41106902b957d837a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/categorization" TargetMode="External"/><Relationship Id="rId25726902b957d8e85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/photos" TargetMode="External"/><Relationship Id="rId47316902b957db7b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56929" TargetMode="External"/><Relationship Id="rId95636902b957db81d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56907" TargetMode="External"/><Relationship Id="rId53306902b957dba0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3921" TargetMode="External"/><Relationship Id="rId11186902b957dba9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3989" TargetMode="External"/><Relationship Id="rId57586902b957dbb48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.4225" TargetMode="External"/><Relationship Id="rId58976902b957dbcc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02328.x" TargetMode="External"/><Relationship Id="rId91236902b957dbd95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCV/documents" TargetMode="External"/><Relationship Id="rId57236902b957dbedd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4060/cb2071en" TargetMode="External"/><Relationship Id="rId36356902b957dbf8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00489" TargetMode="External"/><Relationship Id="rId73646902b957dc01a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-019-45365-y" TargetMode="External"/><Relationship Id="rId45976902b957dc0ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.69.4.1904-1912.2003" TargetMode="External"/><Relationship Id="rId90076902b957dc148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.12.8292-8300.2005" TargetMode="External"/><Relationship Id="rId91566902b957dc251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-015-0581-3" TargetMode="External"/><Relationship Id="rId40526902b957dc2e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-015-0609-8" TargetMode="External"/><Relationship Id="rId94326902b957dc36c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-016-0650-2" TargetMode="External"/><Relationship Id="rId40876902b957dc419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00284-020-02194-x" TargetMode="External"/><Relationship Id="rId64946902b957dc5fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s42003-020-01284-7" TargetMode="External"/><Relationship Id="rId97696902b957dc99e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineaustralia.com/getmedia/410a0c86-fcee-4259-acd2-c5c3c281041e/DPI-3V-Final-Report" TargetMode="External"/><Relationship Id="rId62716902b957dcd94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-37-1-4" TargetMode="External"/><Relationship Id="rId84806902b957dceb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId56906902b957dd016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01979.x" TargetMode="External"/><Relationship Id="rId77536902b957d8afc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77536902b957d8afc.jpg"/><Relationship Id="rId97916902b957da6e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId97916902b957da6e0.jpg"/><Relationship Id="rId49676902b957dd0b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId49676902b957dd0b1.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>