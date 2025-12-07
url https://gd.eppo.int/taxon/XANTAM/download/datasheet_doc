--- v1 (2025-10-30)
+++ v2 (2025-12-07)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Panagopoulos</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial blight of grapevine, canker of grapevine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId98496902b957d8312" w:history="1">
+            <w:hyperlink r:id="rId72796935a92bbc32f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41106902b957d837a" w:history="1">
+            <w:hyperlink r:id="rId36716935a92bbc399" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="37819609" name="name55236902b957d8afe" descr="1719.jpg"/>
+                  <wp:docPr id="16372557" name="name34816935a92bbc457" descr="1719.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1719.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId77536902b957d8afc" cstate="print"/>
+                          <a:blip r:embed="rId35286935a92bbc456" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId25726902b957d8e85" w:history="1">
+            <w:hyperlink r:id="rId33016935a92bbc54e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1597,105 +1597,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2020), another systemic pathogenic bacterium of grapevine which is difficult to diagnose solely on the basis of symptoms.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="72206735" name="name72456902b957da6e4" descr="XANTAM_distribution_map.jpg"/>
+            <wp:docPr id="22697839" name="name86796935a92bbd913" descr="XANTAM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTAM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId97916902b957da6e0" cstate="print"/>
+                    <a:blip r:embed="rId86156935a92bbd90f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> France (mainland), Greece (mainland, Kriti), Italy (mainland, Sardegna, Sicilia), Jordan, Moldova, Republic of, Russian Federation (the), Slovenia, Ukraine</w:t>
+        <w:t xml:space="preserve"> France (mainland), Greece (mainland, Kriti), Italy (mainland, Sardegna, Sicilia), Jordan, Moldova, Republic of, Slovenia, Ukraine</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> South Africa</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3856,101 +3856,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">viticola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (leafspot, canker). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47316902b957db7b4" w:history="1">
+      <w:hyperlink r:id="rId87766935a92bbed31" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56929</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylophilus ampelinus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (canker of grapevine). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId95636902b957db81d" w:history="1">
+      <w:hyperlink r:id="rId55256935a92bbedb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56907</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4210,51 +4210,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12,3291. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId53306902b957dba0d" w:history="1">
+      <w:hyperlink r:id="rId97926935a92bbefb3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3921</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4300,51 +4300,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1), 3989. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11186902b957dba9d" w:history="1">
+      <w:hyperlink r:id="rId38506935a92bbf044" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2015.3989</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4410,51 +4410,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), no. 4225, 10 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57586902b957dbb48" w:history="1">
+      <w:hyperlink r:id="rId87876935a92bbf0f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2015.4225</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4627,51 +4627,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 403-412. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58976902b957dbcc6" w:history="1">
+      <w:hyperlink r:id="rId69516935a92bbf24b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4755,51 +4755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">viticola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EU FP-7 project DROPSA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91236902b957dbd95" w:history="1">
+      <w:hyperlink r:id="rId97216935a92bbf319" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XANTCV/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4952,51 +4952,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11-18.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2020) Inspector’s manual on specific pest surveys. Budapest. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57236902b957dbedd" w:history="1">
+      <w:hyperlink r:id="rId86426935a92bbf465" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4060/cb2071en</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5062,51 +5062,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36356902b957dbf8c" w:history="1">
+      <w:hyperlink r:id="rId99366935a92bbf51d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2019.00489</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5152,51 +5152,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 8844. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73646902b957dc01a" w:history="1">
+      <w:hyperlink r:id="rId39326935a92bbf5ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-019-45365-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5253,51 +5253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Applied and Environmental Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,1904-1912. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45976902b957dc0ba" w:history="1">
+      <w:hyperlink r:id="rId89246935a92bbf65e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.69.4.1904-1912.2003</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5343,51 +5343,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8292-8300. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId90076902b957dc148" w:history="1">
+      <w:hyperlink r:id="rId47816935a92bbf6f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.71.12.8292-8300.2005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5511,51 +5511,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 237–242. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91566902b957dc251" w:history="1">
+      <w:hyperlink r:id="rId65896935a92bbf7ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-015-0581-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5601,51 +5601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 409-414. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40526902b957dc2e0" w:history="1">
+      <w:hyperlink r:id="rId21846935a92bbf88e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-015-0609-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5691,51 +5691,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 159–164. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94326902b957dc36c" w:history="1">
+      <w:hyperlink r:id="rId15526935a92bbf92d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-016-0650-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5801,51 +5801,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4160–4166 (2020). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId40876902b957dc419" w:history="1">
+      <w:hyperlink r:id="rId13206935a92bbf9dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00284-020-02194-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6105,51 +6105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64946902b957dc5fa" w:history="1">
+      <w:hyperlink r:id="rId80026935a92bbfbc5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s42003-020-01284-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6681,51 +6681,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roberts WP (1993) Grapevine heat treatment </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– Xanthomonas ampelina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Final report to Grape and Wine Research &amp; Development Corporation, 19 pp. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97696902b957dc99e" w:history="1">
+      <w:hyperlink r:id="rId39366935a92bbff72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineaustralia.com/getmedia/410a0c86-fcee-4259-acd2-c5c3c281041e/DPI-3V-Final-Report</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7306,51 +7306,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62716902b957dcd94" w:history="1">
+      <w:hyperlink r:id="rId69066935a92bc035e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-37-1-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7474,51 +7474,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylophilus ampelinus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84806902b957dceb4" w:history="1">
+      <w:hyperlink r:id="rId83576935a92bc0479" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7700,90 +7700,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 39-44. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56906902b957dd016" w:history="1">
+      <w:hyperlink r:id="rId66176935a92bc05ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01979.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="65012096" name="name36586902b957dd0b2" descr="eu_funding_250.png"/>
+            <wp:docPr id="53672434" name="name30446935a92bc0672" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId49676902b957dd0b1" cstate="print"/>
+                    <a:blip r:embed="rId17196935a92bc0671" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7881,137 +7881,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="20067305">
+  <w:abstractNum w:abstractNumId="60813586">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="59873688">
+    <w:lvl w:ilvl="0" w:tplc="33297844">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="59873688" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="33297844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="59873688" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="33297844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="59873688" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="33297844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="59873688" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="33297844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="59873688" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="33297844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="59873688" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="33297844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="59873688" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="33297844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="59873688" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="33297844" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20067304">
+  <w:abstractNum w:abstractNumId="60813585">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="96420022">
+    <w:lvl w:ilvl="0" w:tplc="27979604">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8763,55 +8763,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="20067304">
-    <w:abstractNumId w:val="20067304"/>
+  <w:num w:numId="60813585">
+    <w:abstractNumId w:val="60813585"/>
   </w:num>
-  <w:num w:numId="20067305">
-    <w:abstractNumId w:val="20067305"/>
+  <w:num w:numId="60813586">
+    <w:abstractNumId w:val="60813586"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20361,51 +20361,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId289192899" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId432687017" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId98496902b957d8312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/" TargetMode="External"/><Relationship Id="rId41106902b957d837a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/categorization" TargetMode="External"/><Relationship Id="rId25726902b957d8e85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/photos" TargetMode="External"/><Relationship Id="rId47316902b957db7b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56929" TargetMode="External"/><Relationship Id="rId95636902b957db81d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56907" TargetMode="External"/><Relationship Id="rId53306902b957dba0d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3921" TargetMode="External"/><Relationship Id="rId11186902b957dba9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3989" TargetMode="External"/><Relationship Id="rId57586902b957dbb48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.4225" TargetMode="External"/><Relationship Id="rId58976902b957dbcc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02328.x" TargetMode="External"/><Relationship Id="rId91236902b957dbd95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCV/documents" TargetMode="External"/><Relationship Id="rId57236902b957dbedd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4060/cb2071en" TargetMode="External"/><Relationship Id="rId36356902b957dbf8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00489" TargetMode="External"/><Relationship Id="rId73646902b957dc01a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-019-45365-y" TargetMode="External"/><Relationship Id="rId45976902b957dc0ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.69.4.1904-1912.2003" TargetMode="External"/><Relationship Id="rId90076902b957dc148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.12.8292-8300.2005" TargetMode="External"/><Relationship Id="rId91566902b957dc251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-015-0581-3" TargetMode="External"/><Relationship Id="rId40526902b957dc2e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-015-0609-8" TargetMode="External"/><Relationship Id="rId94326902b957dc36c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-016-0650-2" TargetMode="External"/><Relationship Id="rId40876902b957dc419" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00284-020-02194-x" TargetMode="External"/><Relationship Id="rId64946902b957dc5fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s42003-020-01284-7" TargetMode="External"/><Relationship Id="rId97696902b957dc99e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineaustralia.com/getmedia/410a0c86-fcee-4259-acd2-c5c3c281041e/DPI-3V-Final-Report" TargetMode="External"/><Relationship Id="rId62716902b957dcd94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-37-1-4" TargetMode="External"/><Relationship Id="rId84806902b957dceb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId56906902b957dd016" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01979.x" TargetMode="External"/><Relationship Id="rId77536902b957d8afc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77536902b957d8afc.jpg"/><Relationship Id="rId97916902b957da6e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId97916902b957da6e0.jpg"/><Relationship Id="rId49676902b957dd0b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId49676902b957dd0b1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId271869810" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId237962282" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId72796935a92bbc32f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/" TargetMode="External"/><Relationship Id="rId36716935a92bbc399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/categorization" TargetMode="External"/><Relationship Id="rId33016935a92bbc54e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/photos" TargetMode="External"/><Relationship Id="rId87766935a92bbed31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56929" TargetMode="External"/><Relationship Id="rId55256935a92bbedb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56907" TargetMode="External"/><Relationship Id="rId97926935a92bbefb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3921" TargetMode="External"/><Relationship Id="rId38506935a92bbf044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3989" TargetMode="External"/><Relationship Id="rId87876935a92bbf0f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.4225" TargetMode="External"/><Relationship Id="rId69516935a92bbf24b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02328.x" TargetMode="External"/><Relationship Id="rId97216935a92bbf319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCV/documents" TargetMode="External"/><Relationship Id="rId86426935a92bbf465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4060/cb2071en" TargetMode="External"/><Relationship Id="rId99366935a92bbf51d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00489" TargetMode="External"/><Relationship Id="rId39326935a92bbf5ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-019-45365-y" TargetMode="External"/><Relationship Id="rId89246935a92bbf65e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.69.4.1904-1912.2003" TargetMode="External"/><Relationship Id="rId47816935a92bbf6f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.12.8292-8300.2005" TargetMode="External"/><Relationship Id="rId65896935a92bbf7ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-015-0581-3" TargetMode="External"/><Relationship Id="rId21846935a92bbf88e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-015-0609-8" TargetMode="External"/><Relationship Id="rId15526935a92bbf92d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-016-0650-2" TargetMode="External"/><Relationship Id="rId13206935a92bbf9dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00284-020-02194-x" TargetMode="External"/><Relationship Id="rId80026935a92bbfbc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s42003-020-01284-7" TargetMode="External"/><Relationship Id="rId39366935a92bbff72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineaustralia.com/getmedia/410a0c86-fcee-4259-acd2-c5c3c281041e/DPI-3V-Final-Report" TargetMode="External"/><Relationship Id="rId69066935a92bc035e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-37-1-4" TargetMode="External"/><Relationship Id="rId83576935a92bc0479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId66176935a92bc05ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01979.x" TargetMode="External"/><Relationship Id="rId35286935a92bbc456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId35286935a92bbc456.jpg"/><Relationship Id="rId86156935a92bbd90f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId86156935a92bbd90f.jpg"/><Relationship Id="rId17196935a92bc0671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId17196935a92bc0671.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>