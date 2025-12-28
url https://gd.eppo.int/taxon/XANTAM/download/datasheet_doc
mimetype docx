--- v2 (2025-12-07)
+++ v3 (2025-12-28)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Panagopoulos</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial blight of grapevine, canker of grapevine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId72796935a92bbc32f" w:history="1">
+            <w:hyperlink r:id="rId1722695172b66347b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36716935a92bbc399" w:history="1">
+            <w:hyperlink r:id="rId2080695172b6634ed" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="16372557" name="name34816935a92bbc457" descr="1719.jpg"/>
+                  <wp:docPr id="16612587" name="name8653695172b6635eb" descr="1719.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1719.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId35286935a92bbc456" cstate="print"/>
+                          <a:blip r:embed="rId9499695172b6635ea" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId33016935a92bbc54e" w:history="1">
+            <w:hyperlink r:id="rId8375695172b663725" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1597,63 +1597,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2020), another systemic pathogenic bacterium of grapevine which is difficult to diagnose solely on the basis of symptoms.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="22697839" name="name86796935a92bbd913" descr="XANTAM_distribution_map.jpg"/>
+            <wp:docPr id="83665632" name="name3838695172b664f37" descr="XANTAM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTAM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId86156935a92bbd90f" cstate="print"/>
+                    <a:blip r:embed="rId4391695172b664f33" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3856,101 +3856,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">viticola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (leafspot, canker). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87766935a92bbed31" w:history="1">
+      <w:hyperlink r:id="rId2841695172b666004" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56929</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylophilus ampelinus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (canker of grapevine). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55256935a92bbedb4" w:history="1">
+      <w:hyperlink r:id="rId5849695172b66605b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56907</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4210,51 +4210,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12,3291. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97926935a92bbefb3" w:history="1">
+      <w:hyperlink r:id="rId2887695172b66624b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3921</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4300,51 +4300,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1), 3989. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId38506935a92bbf044" w:history="1">
+      <w:hyperlink r:id="rId3725695172b6662e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2015.3989</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4410,51 +4410,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), no. 4225, 10 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87876935a92bbf0f1" w:history="1">
+      <w:hyperlink r:id="rId6596695172b666393" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2015.4225</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4627,51 +4627,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 403-412. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69516935a92bbf24b" w:history="1">
+      <w:hyperlink r:id="rId4741695172b6664ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4755,51 +4755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">viticola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EU FP-7 project DROPSA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97216935a92bbf319" w:history="1">
+      <w:hyperlink r:id="rId6149695172b6665ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XANTCV/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4952,51 +4952,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11-18.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2020) Inspector’s manual on specific pest surveys. Budapest. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86426935a92bbf465" w:history="1">
+      <w:hyperlink r:id="rId8589695172b666700" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4060/cb2071en</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5062,51 +5062,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId99366935a92bbf51d" w:history="1">
+      <w:hyperlink r:id="rId7303695172b6667b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2019.00489</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5152,51 +5152,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 8844. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39326935a92bbf5ad" w:history="1">
+      <w:hyperlink r:id="rId6038695172b666843" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-019-45365-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5253,51 +5253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Applied and Environmental Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,1904-1912. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89246935a92bbf65e" w:history="1">
+      <w:hyperlink r:id="rId6538695172b666900" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.69.4.1904-1912.2003</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5343,51 +5343,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8292-8300. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47816935a92bbf6f1" w:history="1">
+      <w:hyperlink r:id="rId5569695172b666992" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.71.12.8292-8300.2005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5511,51 +5511,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 237–242. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId65896935a92bbf7ff" w:history="1">
+      <w:hyperlink r:id="rId4963695172b666aa2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-015-0581-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5601,51 +5601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 409-414. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21846935a92bbf88e" w:history="1">
+      <w:hyperlink r:id="rId6005695172b666b33" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-015-0609-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5691,51 +5691,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 159–164. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15526935a92bbf92d" w:history="1">
+      <w:hyperlink r:id="rId3760695172b666bc3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-016-0650-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5801,51 +5801,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4160–4166 (2020). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13206935a92bbf9dd" w:history="1">
+      <w:hyperlink r:id="rId8779695172b666c73" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00284-020-02194-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6105,51 +6105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId80026935a92bbfbc5" w:history="1">
+      <w:hyperlink r:id="rId3420695172b666e5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s42003-020-01284-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6681,51 +6681,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roberts WP (1993) Grapevine heat treatment </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– Xanthomonas ampelina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Final report to Grape and Wine Research &amp; Development Corporation, 19 pp. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39366935a92bbff72" w:history="1">
+      <w:hyperlink r:id="rId5557695172b6671f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineaustralia.com/getmedia/410a0c86-fcee-4259-acd2-c5c3c281041e/DPI-3V-Final-Report</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7306,51 +7306,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69066935a92bc035e" w:history="1">
+      <w:hyperlink r:id="rId8745695172b6675ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-37-1-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7474,51 +7474,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylophilus ampelinus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83576935a92bc0479" w:history="1">
+      <w:hyperlink r:id="rId4925695172b6676ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7700,90 +7700,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 39-44. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66176935a92bc05ee" w:history="1">
+      <w:hyperlink r:id="rId3289695172b667877" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01979.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="53672434" name="name30446935a92bc0672" descr="eu_funding_250.png"/>
+            <wp:docPr id="35442618" name="name7567695172b66790f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId17196935a92bc0671" cstate="print"/>
+                    <a:blip r:embed="rId7744695172b66790e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7881,137 +7881,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="60813586">
+  <w:abstractNum w:abstractNumId="77713352">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33297844">
+    <w:lvl w:ilvl="0" w:tplc="14556345">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="33297844" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="14556345" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="33297844" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="14556345" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="33297844" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="14556345" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="33297844" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="14556345" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="33297844" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="14556345" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="33297844" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="14556345" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="33297844" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="14556345" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="33297844" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="14556345" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60813585">
+  <w:abstractNum w:abstractNumId="77713351">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="27979604">
+    <w:lvl w:ilvl="0" w:tplc="19601138">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8763,55 +8763,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="60813585">
-    <w:abstractNumId w:val="60813585"/>
+  <w:num w:numId="77713351">
+    <w:abstractNumId w:val="77713351"/>
   </w:num>
-  <w:num w:numId="60813586">
-    <w:abstractNumId w:val="60813586"/>
+  <w:num w:numId="77713352">
+    <w:abstractNumId w:val="77713352"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20361,51 +20361,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId271869810" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId237962282" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId72796935a92bbc32f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/" TargetMode="External"/><Relationship Id="rId36716935a92bbc399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/categorization" TargetMode="External"/><Relationship Id="rId33016935a92bbc54e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/photos" TargetMode="External"/><Relationship Id="rId87766935a92bbed31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56929" TargetMode="External"/><Relationship Id="rId55256935a92bbedb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56907" TargetMode="External"/><Relationship Id="rId97926935a92bbefb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3921" TargetMode="External"/><Relationship Id="rId38506935a92bbf044" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3989" TargetMode="External"/><Relationship Id="rId87876935a92bbf0f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.4225" TargetMode="External"/><Relationship Id="rId69516935a92bbf24b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02328.x" TargetMode="External"/><Relationship Id="rId97216935a92bbf319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCV/documents" TargetMode="External"/><Relationship Id="rId86426935a92bbf465" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4060/cb2071en" TargetMode="External"/><Relationship Id="rId99366935a92bbf51d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00489" TargetMode="External"/><Relationship Id="rId39326935a92bbf5ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-019-45365-y" TargetMode="External"/><Relationship Id="rId89246935a92bbf65e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.69.4.1904-1912.2003" TargetMode="External"/><Relationship Id="rId47816935a92bbf6f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.12.8292-8300.2005" TargetMode="External"/><Relationship Id="rId65896935a92bbf7ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-015-0581-3" TargetMode="External"/><Relationship Id="rId21846935a92bbf88e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-015-0609-8" TargetMode="External"/><Relationship Id="rId15526935a92bbf92d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-016-0650-2" TargetMode="External"/><Relationship Id="rId13206935a92bbf9dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00284-020-02194-x" TargetMode="External"/><Relationship Id="rId80026935a92bbfbc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s42003-020-01284-7" TargetMode="External"/><Relationship Id="rId39366935a92bbff72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineaustralia.com/getmedia/410a0c86-fcee-4259-acd2-c5c3c281041e/DPI-3V-Final-Report" TargetMode="External"/><Relationship Id="rId69066935a92bc035e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-37-1-4" TargetMode="External"/><Relationship Id="rId83576935a92bc0479" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId66176935a92bc05ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01979.x" TargetMode="External"/><Relationship Id="rId35286935a92bbc456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId35286935a92bbc456.jpg"/><Relationship Id="rId86156935a92bbd90f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId86156935a92bbd90f.jpg"/><Relationship Id="rId17196935a92bc0671" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId17196935a92bc0671.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId985582724" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId148665554" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1722695172b66347b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/" TargetMode="External"/><Relationship Id="rId2080695172b6634ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/categorization" TargetMode="External"/><Relationship Id="rId8375695172b663725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/photos" TargetMode="External"/><Relationship Id="rId2841695172b666004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56929" TargetMode="External"/><Relationship Id="rId5849695172b66605b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56907" TargetMode="External"/><Relationship Id="rId2887695172b66624b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3921" TargetMode="External"/><Relationship Id="rId3725695172b6662e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3989" TargetMode="External"/><Relationship Id="rId6596695172b666393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.4225" TargetMode="External"/><Relationship Id="rId4741695172b6664ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02328.x" TargetMode="External"/><Relationship Id="rId6149695172b6665ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCV/documents" TargetMode="External"/><Relationship Id="rId8589695172b666700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4060/cb2071en" TargetMode="External"/><Relationship Id="rId7303695172b6667b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00489" TargetMode="External"/><Relationship Id="rId6038695172b666843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-019-45365-y" TargetMode="External"/><Relationship Id="rId6538695172b666900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.69.4.1904-1912.2003" TargetMode="External"/><Relationship Id="rId5569695172b666992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.12.8292-8300.2005" TargetMode="External"/><Relationship Id="rId4963695172b666aa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-015-0581-3" TargetMode="External"/><Relationship Id="rId6005695172b666b33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-015-0609-8" TargetMode="External"/><Relationship Id="rId3760695172b666bc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-016-0650-2" TargetMode="External"/><Relationship Id="rId8779695172b666c73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00284-020-02194-x" TargetMode="External"/><Relationship Id="rId3420695172b666e5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s42003-020-01284-7" TargetMode="External"/><Relationship Id="rId5557695172b6671f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineaustralia.com/getmedia/410a0c86-fcee-4259-acd2-c5c3c281041e/DPI-3V-Final-Report" TargetMode="External"/><Relationship Id="rId8745695172b6675ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-37-1-4" TargetMode="External"/><Relationship Id="rId4925695172b6676ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3289695172b667877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01979.x" TargetMode="External"/><Relationship Id="rId9499695172b6635ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9499695172b6635ea.jpg"/><Relationship Id="rId4391695172b664f33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4391695172b664f33.jpg"/><Relationship Id="rId7744695172b66790e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7744695172b66790e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>