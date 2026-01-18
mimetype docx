--- v3 (2025-12-28)
+++ v4 (2026-01-18)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Panagopoulos</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial blight of grapevine, canker of grapevine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1722695172b66347b" w:history="1">
+            <w:hyperlink r:id="rId5743696d567e37aeb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2080695172b6634ed" w:history="1">
+            <w:hyperlink r:id="rId5255696d567e37b57" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="16612587" name="name8653695172b6635eb" descr="1719.jpg"/>
+                  <wp:docPr id="85782303" name="name2479696d567e37c4e" descr="1719.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1719.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9499695172b6635ea" cstate="print"/>
+                          <a:blip r:embed="rId3471696d567e37c4d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId8375695172b663725" w:history="1">
+            <w:hyperlink r:id="rId1832696d567e37d7a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1597,63 +1597,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2020), another systemic pathogenic bacterium of grapevine which is difficult to diagnose solely on the basis of symptoms.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="83665632" name="name3838695172b664f37" descr="XANTAM_distribution_map.jpg"/>
+            <wp:docPr id="90987488" name="name2662696d567e387b8" descr="XANTAM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTAM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4391695172b664f33" cstate="print"/>
+                    <a:blip r:embed="rId3667696d567e387b5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3856,101 +3856,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">viticola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (leafspot, canker). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2841695172b666004" w:history="1">
+      <w:hyperlink r:id="rId6345696d567e397f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56929</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylophilus ampelinus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (canker of grapevine). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5849695172b66605b" w:history="1">
+      <w:hyperlink r:id="rId4523696d567e3984a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56907</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4210,51 +4210,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12,3291. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2887695172b66624b" w:history="1">
+      <w:hyperlink r:id="rId5439696d567e39a4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3921</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4300,51 +4300,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1), 3989. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3725695172b6662e4" w:history="1">
+      <w:hyperlink r:id="rId3565696d567e39ade" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2015.3989</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4410,51 +4410,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), no. 4225, 10 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6596695172b666393" w:history="1">
+      <w:hyperlink r:id="rId4840696d567e39b89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2015.4225</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4627,51 +4627,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 403-412. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4741695172b6664ee" w:history="1">
+      <w:hyperlink r:id="rId1699696d567e39cdd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4755,51 +4755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">viticola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EU FP-7 project DROPSA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6149695172b6665ba" w:history="1">
+      <w:hyperlink r:id="rId3304696d567e39da6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XANTCV/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4952,51 +4952,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11-18.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2020) Inspector’s manual on specific pest surveys. Budapest. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8589695172b666700" w:history="1">
+      <w:hyperlink r:id="rId8373696d567e39edd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4060/cb2071en</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5062,51 +5062,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7303695172b6667b2" w:history="1">
+      <w:hyperlink r:id="rId2470696d567e39f89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2019.00489</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5152,51 +5152,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 8844. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6038695172b666843" w:history="1">
+      <w:hyperlink r:id="rId3555696d567e3a015" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-019-45365-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5253,51 +5253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Applied and Environmental Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,1904-1912. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6538695172b666900" w:history="1">
+      <w:hyperlink r:id="rId2498696d567e3a0b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.69.4.1904-1912.2003</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5343,51 +5343,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8292-8300. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5569695172b666992" w:history="1">
+      <w:hyperlink r:id="rId3911696d567e3a141" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.71.12.8292-8300.2005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5511,51 +5511,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 237–242. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4963695172b666aa2" w:history="1">
+      <w:hyperlink r:id="rId9308696d567e3a248" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-015-0581-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5601,51 +5601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 409-414. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6005695172b666b33" w:history="1">
+      <w:hyperlink r:id="rId6607696d567e3a2d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-015-0609-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5691,51 +5691,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 159–164. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3760695172b666bc3" w:history="1">
+      <w:hyperlink r:id="rId8331696d567e3a360" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-016-0650-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5801,51 +5801,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4160–4166 (2020). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8779695172b666c73" w:history="1">
+      <w:hyperlink r:id="rId4494696d567e3a409" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00284-020-02194-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6105,51 +6105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3420695172b666e5d" w:history="1">
+      <w:hyperlink r:id="rId5544696d567e3a5f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s42003-020-01284-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6681,51 +6681,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roberts WP (1993) Grapevine heat treatment </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– Xanthomonas ampelina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Final report to Grape and Wine Research &amp; Development Corporation, 19 pp. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5557695172b6671f7" w:history="1">
+      <w:hyperlink r:id="rId5319696d567e3a993" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineaustralia.com/getmedia/410a0c86-fcee-4259-acd2-c5c3c281041e/DPI-3V-Final-Report</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7306,51 +7306,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8745695172b6675ea" w:history="1">
+      <w:hyperlink r:id="rId7729696d567e3ad78" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-37-1-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7452,73 +7452,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylophilus ampelinus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4925695172b6676ff" w:history="1">
+      <w:hyperlink r:id="rId7578696d567e3ae8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7700,90 +7700,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 39-44. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3289695172b667877" w:history="1">
+      <w:hyperlink r:id="rId8314696d567e3afeb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01979.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="35442618" name="name7567695172b66790f" descr="eu_funding_250.png"/>
+            <wp:docPr id="43340794" name="name8132696d567e3b063" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7744695172b66790e" cstate="print"/>
+                    <a:blip r:embed="rId1692696d567e3b062" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7881,137 +7881,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="77713352">
+  <w:abstractNum w:abstractNumId="65029767">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="14556345">
+    <w:lvl w:ilvl="0" w:tplc="13129895">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="14556345" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="13129895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="14556345" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="13129895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="14556345" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="13129895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="14556345" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="13129895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="14556345" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="13129895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="14556345" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="13129895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="14556345" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="13129895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="14556345" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="13129895" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77713351">
+  <w:abstractNum w:abstractNumId="65029766">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="19601138">
+    <w:lvl w:ilvl="0" w:tplc="99130986">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8763,55 +8763,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="77713351">
-    <w:abstractNumId w:val="77713351"/>
+  <w:num w:numId="65029766">
+    <w:abstractNumId w:val="65029766"/>
   </w:num>
-  <w:num w:numId="77713352">
-    <w:abstractNumId w:val="77713352"/>
+  <w:num w:numId="65029767">
+    <w:abstractNumId w:val="65029767"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20361,51 +20361,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId985582724" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId148665554" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1722695172b66347b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/" TargetMode="External"/><Relationship Id="rId2080695172b6634ed" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/categorization" TargetMode="External"/><Relationship Id="rId8375695172b663725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/photos" TargetMode="External"/><Relationship Id="rId2841695172b666004" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56929" TargetMode="External"/><Relationship Id="rId5849695172b66605b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56907" TargetMode="External"/><Relationship Id="rId2887695172b66624b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3921" TargetMode="External"/><Relationship Id="rId3725695172b6662e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3989" TargetMode="External"/><Relationship Id="rId6596695172b666393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.4225" TargetMode="External"/><Relationship Id="rId4741695172b6664ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02328.x" TargetMode="External"/><Relationship Id="rId6149695172b6665ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCV/documents" TargetMode="External"/><Relationship Id="rId8589695172b666700" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4060/cb2071en" TargetMode="External"/><Relationship Id="rId7303695172b6667b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00489" TargetMode="External"/><Relationship Id="rId6038695172b666843" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-019-45365-y" TargetMode="External"/><Relationship Id="rId6538695172b666900" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.69.4.1904-1912.2003" TargetMode="External"/><Relationship Id="rId5569695172b666992" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.12.8292-8300.2005" TargetMode="External"/><Relationship Id="rId4963695172b666aa2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-015-0581-3" TargetMode="External"/><Relationship Id="rId6005695172b666b33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-015-0609-8" TargetMode="External"/><Relationship Id="rId3760695172b666bc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-016-0650-2" TargetMode="External"/><Relationship Id="rId8779695172b666c73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00284-020-02194-x" TargetMode="External"/><Relationship Id="rId3420695172b666e5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s42003-020-01284-7" TargetMode="External"/><Relationship Id="rId5557695172b6671f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineaustralia.com/getmedia/410a0c86-fcee-4259-acd2-c5c3c281041e/DPI-3V-Final-Report" TargetMode="External"/><Relationship Id="rId8745695172b6675ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-37-1-4" TargetMode="External"/><Relationship Id="rId4925695172b6676ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3289695172b667877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01979.x" TargetMode="External"/><Relationship Id="rId9499695172b6635ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9499695172b6635ea.jpg"/><Relationship Id="rId4391695172b664f33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4391695172b664f33.jpg"/><Relationship Id="rId7744695172b66790e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7744695172b66790e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId675029283" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId241979496" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5743696d567e37aeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/" TargetMode="External"/><Relationship Id="rId5255696d567e37b57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/categorization" TargetMode="External"/><Relationship Id="rId1832696d567e37d7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/photos" TargetMode="External"/><Relationship Id="rId6345696d567e397f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56929" TargetMode="External"/><Relationship Id="rId4523696d567e3984a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56907" TargetMode="External"/><Relationship Id="rId5439696d567e39a4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3921" TargetMode="External"/><Relationship Id="rId3565696d567e39ade" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3989" TargetMode="External"/><Relationship Id="rId4840696d567e39b89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.4225" TargetMode="External"/><Relationship Id="rId1699696d567e39cdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02328.x" TargetMode="External"/><Relationship Id="rId3304696d567e39da6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCV/documents" TargetMode="External"/><Relationship Id="rId8373696d567e39edd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4060/cb2071en" TargetMode="External"/><Relationship Id="rId2470696d567e39f89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00489" TargetMode="External"/><Relationship Id="rId3555696d567e3a015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-019-45365-y" TargetMode="External"/><Relationship Id="rId2498696d567e3a0b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.69.4.1904-1912.2003" TargetMode="External"/><Relationship Id="rId3911696d567e3a141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.12.8292-8300.2005" TargetMode="External"/><Relationship Id="rId9308696d567e3a248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-015-0581-3" TargetMode="External"/><Relationship Id="rId6607696d567e3a2d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-015-0609-8" TargetMode="External"/><Relationship Id="rId8331696d567e3a360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-016-0650-2" TargetMode="External"/><Relationship Id="rId4494696d567e3a409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00284-020-02194-x" TargetMode="External"/><Relationship Id="rId5544696d567e3a5f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s42003-020-01284-7" TargetMode="External"/><Relationship Id="rId5319696d567e3a993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineaustralia.com/getmedia/410a0c86-fcee-4259-acd2-c5c3c281041e/DPI-3V-Final-Report" TargetMode="External"/><Relationship Id="rId7729696d567e3ad78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-37-1-4" TargetMode="External"/><Relationship Id="rId7578696d567e3ae8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8314696d567e3afeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01979.x" TargetMode="External"/><Relationship Id="rId3471696d567e37c4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3471696d567e37c4d.jpg"/><Relationship Id="rId3667696d567e387b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3667696d567e387b5.jpg"/><Relationship Id="rId1692696d567e3b062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1692696d567e3b062.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>