--- v4 (2026-01-18)
+++ v5 (2026-02-08)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Panagopoulos</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial blight of grapevine, canker of grapevine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5743696d567e37aeb" w:history="1">
+            <w:hyperlink r:id="rId196169892100123d6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -372,53 +372,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5255696d567e37b57" w:history="1">
+            <w:hyperlink r:id="rId92106989210012441" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="85782303" name="name2479696d567e37c4e" descr="1719.jpg"/>
+                  <wp:docPr id="38870335" name="name60516989210012ac2" descr="1719.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1719.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3471696d567e37c4d" cstate="print"/>
+                          <a:blip r:embed="rId29916989210012ac0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1832696d567e37d7a" w:history="1">
+            <w:hyperlink r:id="rId63406989210012be2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1592,100 +1592,68 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Moralejo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2020), another systemic pathogenic bacterium of grapevine which is difficult to diagnose solely on the basis of symptoms.</w:t>
       </w:r>
     </w:p>
+    <w:p/>
     <w:p>
-      <w:r>
-[...37 lines deleted...]
-      </w:r>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> France (mainland), Greece (mainland, Kriti), Italy (mainland, Sardegna, Sicilia), Jordan, Moldova, Republic of, Slovenia, Ukraine</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3856,101 +3824,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">viticola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (leafspot, canker). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6345696d567e397f5" w:history="1">
+      <w:hyperlink r:id="rId397769892100144f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56929</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylophilus ampelinus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (canker of grapevine). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4523696d567e3984a" w:history="1">
+      <w:hyperlink r:id="rId25456989210014548" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56907</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4210,51 +4178,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12,3291. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5439696d567e39a4b" w:history="1">
+      <w:hyperlink r:id="rId242669892100149a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3921</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4300,51 +4268,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1), 3989. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3565696d567e39ade" w:history="1">
+      <w:hyperlink r:id="rId50016989210014a4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2015.3989</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4410,51 +4378,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), no. 4225, 10 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4840696d567e39b89" w:history="1">
+      <w:hyperlink r:id="rId29566989210014afb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2015.4225</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4627,51 +4595,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 403-412. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1699696d567e39cdd" w:history="1">
+      <w:hyperlink r:id="rId62256989210014c66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4755,51 +4723,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">viticola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EU FP-7 project DROPSA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3304696d567e39da6" w:history="1">
+      <w:hyperlink r:id="rId83016989210014d87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XANTCV/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4952,51 +4920,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11-18.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2020) Inspector’s manual on specific pest surveys. Budapest. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8373696d567e39edd" w:history="1">
+      <w:hyperlink r:id="rId51456989210014ecb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4060/cb2071en</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5062,51 +5030,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2470696d567e39f89" w:history="1">
+      <w:hyperlink r:id="rId72156989210014f7a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2019.00489</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5152,51 +5120,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 8844. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3555696d567e3a015" w:history="1">
+      <w:hyperlink r:id="rId39766989210015009" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-019-45365-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5253,51 +5221,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Applied and Environmental Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,1904-1912. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2498696d567e3a0b5" w:history="1">
+      <w:hyperlink r:id="rId567969892100150ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.69.4.1904-1912.2003</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5343,51 +5311,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8292-8300. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3911696d567e3a141" w:history="1">
+      <w:hyperlink r:id="rId3447698921001513c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.71.12.8292-8300.2005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5511,51 +5479,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 237–242. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9308696d567e3a248" w:history="1">
+      <w:hyperlink r:id="rId52026989210015265" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-015-0581-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5601,51 +5569,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 409-414. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6607696d567e3a2d4" w:history="1">
+      <w:hyperlink r:id="rId790569892100152f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-015-0609-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5691,51 +5659,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 159–164. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8331696d567e3a360" w:history="1">
+      <w:hyperlink r:id="rId94166989210015389" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-016-0650-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5801,51 +5769,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4160–4166 (2020). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4494696d567e3a409" w:history="1">
+      <w:hyperlink r:id="rId19026989210015437" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00284-020-02194-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6105,51 +6073,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5544696d567e3a5f0" w:history="1">
+      <w:hyperlink r:id="rId940969892100157a2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s42003-020-01284-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6681,51 +6649,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roberts WP (1993) Grapevine heat treatment </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– Xanthomonas ampelina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Final report to Grape and Wine Research &amp; Development Corporation, 19 pp. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5319696d567e3a993" w:history="1">
+      <w:hyperlink r:id="rId13736989210015b70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineaustralia.com/getmedia/410a0c86-fcee-4259-acd2-c5c3c281041e/DPI-3V-Final-Report</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7306,51 +7274,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7729696d567e3ad78" w:history="1">
+      <w:hyperlink r:id="rId96616989210015fb0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-37-1-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7474,51 +7442,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylophilus ampelinus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7578696d567e3ae8b" w:history="1">
+      <w:hyperlink r:id="rId57406989210016102" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7700,90 +7668,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 39-44. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8314696d567e3afeb" w:history="1">
+      <w:hyperlink r:id="rId69066989210016286" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01979.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="43340794" name="name8132696d567e3b063" descr="eu_funding_250.png"/>
+            <wp:docPr id="45555907" name="name10496989210016342" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1692696d567e3b062" cstate="print"/>
+                    <a:blip r:embed="rId58586989210016341" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7881,137 +7849,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="65029767">
+  <w:abstractNum w:abstractNumId="36378623">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13129895">
+    <w:lvl w:ilvl="0" w:tplc="58277349">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="13129895" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="58277349" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="13129895" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="58277349" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="13129895" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="58277349" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="13129895" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="58277349" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="13129895" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="58277349" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="13129895" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="58277349" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="13129895" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="58277349" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="13129895" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="58277349" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="65029766">
+  <w:abstractNum w:abstractNumId="36378622">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="99130986">
+    <w:lvl w:ilvl="0" w:tplc="28703718">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8763,55 +8731,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="65029766">
-    <w:abstractNumId w:val="65029766"/>
+  <w:num w:numId="36378622">
+    <w:abstractNumId w:val="36378622"/>
   </w:num>
-  <w:num w:numId="65029767">
-    <w:abstractNumId w:val="65029767"/>
+  <w:num w:numId="36378623">
+    <w:abstractNumId w:val="36378623"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20361,51 +20329,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId675029283" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId241979496" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId5743696d567e37aeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/" TargetMode="External"/><Relationship Id="rId5255696d567e37b57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/categorization" TargetMode="External"/><Relationship Id="rId1832696d567e37d7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/photos" TargetMode="External"/><Relationship Id="rId6345696d567e397f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56929" TargetMode="External"/><Relationship Id="rId4523696d567e3984a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56907" TargetMode="External"/><Relationship Id="rId5439696d567e39a4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3921" TargetMode="External"/><Relationship Id="rId3565696d567e39ade" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3989" TargetMode="External"/><Relationship Id="rId4840696d567e39b89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.4225" TargetMode="External"/><Relationship Id="rId1699696d567e39cdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02328.x" TargetMode="External"/><Relationship Id="rId3304696d567e39da6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCV/documents" TargetMode="External"/><Relationship Id="rId8373696d567e39edd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4060/cb2071en" TargetMode="External"/><Relationship Id="rId2470696d567e39f89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00489" TargetMode="External"/><Relationship Id="rId3555696d567e3a015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-019-45365-y" TargetMode="External"/><Relationship Id="rId2498696d567e3a0b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.69.4.1904-1912.2003" TargetMode="External"/><Relationship Id="rId3911696d567e3a141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.12.8292-8300.2005" TargetMode="External"/><Relationship Id="rId9308696d567e3a248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-015-0581-3" TargetMode="External"/><Relationship Id="rId6607696d567e3a2d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-015-0609-8" TargetMode="External"/><Relationship Id="rId8331696d567e3a360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-016-0650-2" TargetMode="External"/><Relationship Id="rId4494696d567e3a409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00284-020-02194-x" TargetMode="External"/><Relationship Id="rId5544696d567e3a5f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s42003-020-01284-7" TargetMode="External"/><Relationship Id="rId5319696d567e3a993" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineaustralia.com/getmedia/410a0c86-fcee-4259-acd2-c5c3c281041e/DPI-3V-Final-Report" TargetMode="External"/><Relationship Id="rId7729696d567e3ad78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-37-1-4" TargetMode="External"/><Relationship Id="rId7578696d567e3ae8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8314696d567e3afeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01979.x" TargetMode="External"/><Relationship Id="rId3471696d567e37c4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3471696d567e37c4d.jpg"/><Relationship Id="rId3667696d567e387b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3667696d567e387b5.jpg"/><Relationship Id="rId1692696d567e3b062" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1692696d567e3b062.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId619552578" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId582793671" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId196169892100123d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/" TargetMode="External"/><Relationship Id="rId92106989210012441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/categorization" TargetMode="External"/><Relationship Id="rId63406989210012be2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/photos" TargetMode="External"/><Relationship Id="rId397769892100144f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56929" TargetMode="External"/><Relationship Id="rId25456989210014548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56907" TargetMode="External"/><Relationship Id="rId242669892100149a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3921" TargetMode="External"/><Relationship Id="rId50016989210014a4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3989" TargetMode="External"/><Relationship Id="rId29566989210014afb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.4225" TargetMode="External"/><Relationship Id="rId62256989210014c66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02328.x" TargetMode="External"/><Relationship Id="rId83016989210014d87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCV/documents" TargetMode="External"/><Relationship Id="rId51456989210014ecb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4060/cb2071en" TargetMode="External"/><Relationship Id="rId72156989210014f7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00489" TargetMode="External"/><Relationship Id="rId39766989210015009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-019-45365-y" TargetMode="External"/><Relationship Id="rId567969892100150ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.69.4.1904-1912.2003" TargetMode="External"/><Relationship Id="rId3447698921001513c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.12.8292-8300.2005" TargetMode="External"/><Relationship Id="rId52026989210015265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-015-0581-3" TargetMode="External"/><Relationship Id="rId790569892100152f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-015-0609-8" TargetMode="External"/><Relationship Id="rId94166989210015389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-016-0650-2" TargetMode="External"/><Relationship Id="rId19026989210015437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00284-020-02194-x" TargetMode="External"/><Relationship Id="rId940969892100157a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s42003-020-01284-7" TargetMode="External"/><Relationship Id="rId13736989210015b70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineaustralia.com/getmedia/410a0c86-fcee-4259-acd2-c5c3c281041e/DPI-3V-Final-Report" TargetMode="External"/><Relationship Id="rId96616989210015fb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-37-1-4" TargetMode="External"/><Relationship Id="rId57406989210016102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId69066989210016286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01979.x" TargetMode="External"/><Relationship Id="rId29916989210012ac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29916989210012ac0.jpg"/><Relationship Id="rId58586989210016341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId58586989210016341.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>