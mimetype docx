--- v5 (2026-02-08)
+++ v6 (2026-03-02)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Panagopoulos</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial blight of grapevine, canker of grapevine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId196169892100123d6" w:history="1">
+            <w:hyperlink r:id="rId781869a50409001d5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId92106989210012441" w:history="1">
+            <w:hyperlink r:id="rId607069a5040900248" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="38870335" name="name60516989210012ac2" descr="1719.jpg"/>
+                  <wp:docPr id="92173885" name="name804769a50409007b5" descr="1719.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1719.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId29916989210012ac0" cstate="print"/>
+                          <a:blip r:embed="rId789369a50409007b3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId63406989210012be2" w:history="1">
+            <w:hyperlink r:id="rId748469a5040900930" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1592,68 +1592,100 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (Moralejo </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2020), another systemic pathogenic bacterium of grapevine which is difficult to diagnose solely on the basis of symptoms.</w:t>
       </w:r>
     </w:p>
-    <w:p/>
     <w:p>
-      <w:pPr>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6120000" cy="3067200"/>
+            <wp:docPr id="74952618" name="name603569a504090220a" descr="XANTAM_distribution_map.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="XANTAM_distribution_map.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId508969a5040902204" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6120000" cy="3067200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln w="0">
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> France (mainland), Greece (mainland, Kriti), Italy (mainland, Sardegna, Sicilia), Jordan, Moldova, Republic of, Slovenia, Ukraine</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
@@ -3824,101 +3856,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">viticola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (leafspot, canker). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId397769892100144f3" w:history="1">
+      <w:hyperlink r:id="rId411269a5040903948" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56929</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylophilus ampelinus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (canker of grapevine). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25456989210014548" w:history="1">
+      <w:hyperlink r:id="rId627769a50409039a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56907</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4178,51 +4210,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12,3291. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId242669892100149a7" w:history="1">
+      <w:hyperlink r:id="rId283769a5040903ba0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3921</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4268,51 +4300,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1), 3989. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId50016989210014a4d" w:history="1">
+      <w:hyperlink r:id="rId341369a5040903c2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2015.3989</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4378,51 +4410,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), no. 4225, 10 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29566989210014afb" w:history="1">
+      <w:hyperlink r:id="rId423169a5040903cda" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2015.4225</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4595,51 +4627,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 403-412. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62256989210014c66" w:history="1">
+      <w:hyperlink r:id="rId681569a5040903e2f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4723,51 +4755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">viticola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EU FP-7 project DROPSA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId83016989210014d87" w:history="1">
+      <w:hyperlink r:id="rId390369a5040903f27" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XANTCV/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4920,51 +4952,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11-18.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2020) Inspector’s manual on specific pest surveys. Budapest. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51456989210014ecb" w:history="1">
+      <w:hyperlink r:id="rId330469a5040904064" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4060/cb2071en</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5030,51 +5062,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72156989210014f7a" w:history="1">
+      <w:hyperlink r:id="rId494069a5040904114" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2019.00489</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5120,51 +5152,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 8844. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39766989210015009" w:history="1">
+      <w:hyperlink r:id="rId147469a50409041a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-019-45365-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5221,51 +5253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Applied and Environmental Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,1904-1912. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId567969892100150ab" w:history="1">
+      <w:hyperlink r:id="rId356569a5040904244" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.69.4.1904-1912.2003</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5311,51 +5343,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8292-8300. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3447698921001513c" w:history="1">
+      <w:hyperlink r:id="rId830969a50409042d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.71.12.8292-8300.2005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5479,51 +5511,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 237–242. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52026989210015265" w:history="1">
+      <w:hyperlink r:id="rId745469a50409043ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-015-0581-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5569,51 +5601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 409-414. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId790569892100152f8" w:history="1">
+      <w:hyperlink r:id="rId924869a504090447c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-015-0609-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5659,51 +5691,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 159–164. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94166989210015389" w:history="1">
+      <w:hyperlink r:id="rId527569a5040904509" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-016-0650-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5769,51 +5801,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4160–4166 (2020). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19026989210015437" w:history="1">
+      <w:hyperlink r:id="rId477069a50409045b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00284-020-02194-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6073,51 +6105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId940969892100157a2" w:history="1">
+      <w:hyperlink r:id="rId217069a5040904795" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s42003-020-01284-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6649,51 +6681,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roberts WP (1993) Grapevine heat treatment </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– Xanthomonas ampelina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Final report to Grape and Wine Research &amp; Development Corporation, 19 pp. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13736989210015b70" w:history="1">
+      <w:hyperlink r:id="rId701569a5040904ffb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineaustralia.com/getmedia/410a0c86-fcee-4259-acd2-c5c3c281041e/DPI-3V-Final-Report</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7274,51 +7306,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96616989210015fb0" w:history="1">
+      <w:hyperlink r:id="rId128769a50409054fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-37-1-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7442,51 +7474,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylophilus ampelinus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57406989210016102" w:history="1">
+      <w:hyperlink r:id="rId222869a5040905672" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7668,90 +7700,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 39-44. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69066989210016286" w:history="1">
+      <w:hyperlink r:id="rId231969a5040905812" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01979.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="45555907" name="name10496989210016342" descr="eu_funding_250.png"/>
+            <wp:docPr id="79904846" name="name303569a50409058bc" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId58586989210016341" cstate="print"/>
+                    <a:blip r:embed="rId509169a50409058bb" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7849,137 +7881,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="36378623">
+  <w:abstractNum w:abstractNumId="61224795">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58277349">
+    <w:lvl w:ilvl="0" w:tplc="79442865">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="58277349" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="79442865" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="58277349" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="79442865" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="58277349" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="79442865" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="58277349" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="79442865" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="58277349" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="79442865" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="58277349" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="79442865" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="58277349" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="79442865" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="58277349" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="79442865" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="36378622">
+  <w:abstractNum w:abstractNumId="61224794">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28703718">
+    <w:lvl w:ilvl="0" w:tplc="41173893">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8731,55 +8763,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="36378622">
-    <w:abstractNumId w:val="36378622"/>
+  <w:num w:numId="61224794">
+    <w:abstractNumId w:val="61224794"/>
   </w:num>
-  <w:num w:numId="36378623">
-    <w:abstractNumId w:val="36378623"/>
+  <w:num w:numId="61224795">
+    <w:abstractNumId w:val="61224795"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20329,51 +20361,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId619552578" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId582793671" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId196169892100123d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/" TargetMode="External"/><Relationship Id="rId92106989210012441" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/categorization" TargetMode="External"/><Relationship Id="rId63406989210012be2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/photos" TargetMode="External"/><Relationship Id="rId397769892100144f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56929" TargetMode="External"/><Relationship Id="rId25456989210014548" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56907" TargetMode="External"/><Relationship Id="rId242669892100149a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3921" TargetMode="External"/><Relationship Id="rId50016989210014a4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3989" TargetMode="External"/><Relationship Id="rId29566989210014afb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.4225" TargetMode="External"/><Relationship Id="rId62256989210014c66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02328.x" TargetMode="External"/><Relationship Id="rId83016989210014d87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCV/documents" TargetMode="External"/><Relationship Id="rId51456989210014ecb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4060/cb2071en" TargetMode="External"/><Relationship Id="rId72156989210014f7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00489" TargetMode="External"/><Relationship Id="rId39766989210015009" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-019-45365-y" TargetMode="External"/><Relationship Id="rId567969892100150ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.69.4.1904-1912.2003" TargetMode="External"/><Relationship Id="rId3447698921001513c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.12.8292-8300.2005" TargetMode="External"/><Relationship Id="rId52026989210015265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-015-0581-3" TargetMode="External"/><Relationship Id="rId790569892100152f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-015-0609-8" TargetMode="External"/><Relationship Id="rId94166989210015389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-016-0650-2" TargetMode="External"/><Relationship Id="rId19026989210015437" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00284-020-02194-x" TargetMode="External"/><Relationship Id="rId940969892100157a2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s42003-020-01284-7" TargetMode="External"/><Relationship Id="rId13736989210015b70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineaustralia.com/getmedia/410a0c86-fcee-4259-acd2-c5c3c281041e/DPI-3V-Final-Report" TargetMode="External"/><Relationship Id="rId96616989210015fb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-37-1-4" TargetMode="External"/><Relationship Id="rId57406989210016102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId69066989210016286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01979.x" TargetMode="External"/><Relationship Id="rId29916989210012ac0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId29916989210012ac0.jpg"/><Relationship Id="rId58586989210016341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId58586989210016341.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId480192120" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId251172764" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId781869a50409001d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/" TargetMode="External"/><Relationship Id="rId607069a5040900248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/categorization" TargetMode="External"/><Relationship Id="rId748469a5040900930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/photos" TargetMode="External"/><Relationship Id="rId411269a5040903948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56929" TargetMode="External"/><Relationship Id="rId627769a50409039a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56907" TargetMode="External"/><Relationship Id="rId283769a5040903ba0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3921" TargetMode="External"/><Relationship Id="rId341369a5040903c2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3989" TargetMode="External"/><Relationship Id="rId423169a5040903cda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.4225" TargetMode="External"/><Relationship Id="rId681569a5040903e2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02328.x" TargetMode="External"/><Relationship Id="rId390369a5040903f27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCV/documents" TargetMode="External"/><Relationship Id="rId330469a5040904064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4060/cb2071en" TargetMode="External"/><Relationship Id="rId494069a5040904114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00489" TargetMode="External"/><Relationship Id="rId147469a50409041a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-019-45365-y" TargetMode="External"/><Relationship Id="rId356569a5040904244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.69.4.1904-1912.2003" TargetMode="External"/><Relationship Id="rId830969a50409042d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.12.8292-8300.2005" TargetMode="External"/><Relationship Id="rId745469a50409043ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-015-0581-3" TargetMode="External"/><Relationship Id="rId924869a504090447c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-015-0609-8" TargetMode="External"/><Relationship Id="rId527569a5040904509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-016-0650-2" TargetMode="External"/><Relationship Id="rId477069a50409045b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00284-020-02194-x" TargetMode="External"/><Relationship Id="rId217069a5040904795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s42003-020-01284-7" TargetMode="External"/><Relationship Id="rId701569a5040904ffb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineaustralia.com/getmedia/410a0c86-fcee-4259-acd2-c5c3c281041e/DPI-3V-Final-Report" TargetMode="External"/><Relationship Id="rId128769a50409054fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-37-1-4" TargetMode="External"/><Relationship Id="rId222869a5040905672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId231969a5040905812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01979.x" TargetMode="External"/><Relationship Id="rId789369a50409007b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId789369a50409007b3.jpg"/><Relationship Id="rId508969a5040902204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId508969a5040902204.jpg"/><Relationship Id="rId509169a50409058bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId509169a50409058bb.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>