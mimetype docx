--- v6 (2026-03-02)
+++ v7 (2026-03-23)
@@ -314,51 +314,51 @@
               <w:t xml:space="preserve"> Panagopoulos</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bacterial blight of grapevine, canker of grapevine</w:t>
             </w:r>
-            <w:hyperlink r:id="rId781869a50409001d5" w:history="1">
+            <w:hyperlink r:id="rId775369c09d36c2d71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -374,51 +374,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId607069a5040900248" w:history="1">
+            <w:hyperlink r:id="rId691169c09d36c2ddb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -432,86 +432,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> XANTAM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="92173885" name="name804769a50409007b5" descr="1719.jpg"/>
+                  <wp:docPr id="42719396" name="name566569c09d36c3479" descr="1719.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1719.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId789369a50409007b3" cstate="print"/>
+                          <a:blip r:embed="rId712169c09d36c3477" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId748469a5040900930" w:history="1">
+            <w:hyperlink r:id="rId133769c09d36c35d0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1597,63 +1597,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2020), another systemic pathogenic bacterium of grapevine which is difficult to diagnose solely on the basis of symptoms.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="74952618" name="name603569a504090220a" descr="XANTAM_distribution_map.jpg"/>
+            <wp:docPr id="25438996" name="name391769c09d36c4d3f" descr="XANTAM_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="XANTAM_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId508969a5040902204" cstate="print"/>
+                    <a:blip r:embed="rId123769c09d36c4d3b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3856,101 +3856,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">viticola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (leafspot, canker). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId411269a5040903948" w:history="1">
+      <w:hyperlink r:id="rId165269c09d36c5dfa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56929</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2020) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylophilus ampelinus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (canker of grapevine). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId627769a50409039a0" w:history="1">
+      <w:hyperlink r:id="rId497769c09d36c5e52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/56907</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4210,51 +4210,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 12,3291. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId283769a5040903ba0" w:history="1">
+      <w:hyperlink r:id="rId639769c09d36c6045" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3921</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4300,51 +4300,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (1), 3989. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId341369a5040903c2f" w:history="1">
+      <w:hyperlink r:id="rId319869c09d36c60d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2015.3989</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4410,51 +4410,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(9), no. 4225, 10 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId423169a5040903cda" w:history="1">
+      <w:hyperlink r:id="rId386569c09d36c6183" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2015.4225</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4627,51 +4627,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 403-412. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId681569a5040903e2f" w:history="1">
+      <w:hyperlink r:id="rId380069c09d36c62da" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.2009.02328.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4755,51 +4755,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> pv. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">viticola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EU FP-7 project DROPSA. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId390369a5040903f27" w:history="1">
+      <w:hyperlink r:id="rId173269c09d36c63b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/XANTCV/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4952,51 +4952,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> 11-18.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">FAO (2020) Inspector’s manual on specific pest surveys. Budapest. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId330469a5040904064" w:history="1">
+      <w:hyperlink r:id="rId795969c09d36c6502" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4060/cb2071en</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5062,51 +5062,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 489. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId494069a5040904114" w:history="1">
+      <w:hyperlink r:id="rId215769c09d36c65b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2019.00489</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5152,51 +5152,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 8844. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId147469a50409041a4" w:history="1">
+      <w:hyperlink r:id="rId261069c09d36c6640" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-019-45365-y</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5253,51 +5253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Applied and Environmental Microbiology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">69</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">,1904-1912. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId356569a5040904244" w:history="1">
+      <w:hyperlink r:id="rId769869c09d36c66e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/aem.69.4.1904-1912.2003</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5343,51 +5343,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">71, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8292-8300. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId830969a50409042d3" w:history="1">
+      <w:hyperlink r:id="rId225669c09d36c676f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1128/AEM.71.12.8292-8300.2005</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5511,51 +5511,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 237–242. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId745469a50409043ee" w:history="1">
+      <w:hyperlink r:id="rId456969c09d36c6877" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-015-0581-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5601,51 +5601,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">81</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 409-414. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId924869a504090447c" w:history="1">
+      <w:hyperlink r:id="rId236669c09d36c6904" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-015-0609-8</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5691,51 +5691,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">82</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 159–164. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId527569a5040904509" w:history="1">
+      <w:hyperlink r:id="rId383369c09d36c6991" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10327-016-0650-2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5801,51 +5801,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">77</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4160–4166 (2020). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId477069a50409045b5" w:history="1">
+      <w:hyperlink r:id="rId143269c09d36c6a3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00284-020-02194-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6105,51 +6105,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 560. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId217069a5040904795" w:history="1">
+      <w:hyperlink r:id="rId667069c09d36c6c1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s42003-020-01284-7</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6681,51 +6681,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Roberts WP (1993) Grapevine heat treatment </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">– Xanthomonas ampelina</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. Final report to Grape and Wine Research &amp; Development Corporation, 19 pp. Available from: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId701569a5040904ffb" w:history="1">
+      <w:hyperlink r:id="rId573469c09d36c6faa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.wineaustralia.com/getmedia/410a0c86-fcee-4259-acd2-c5c3c281041e/DPI-3V-Final-Report</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7306,51 +7306,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">37</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 4-18. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId128769a50409054fd" w:history="1">
+      <w:hyperlink r:id="rId211569c09d36c73a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1099/00207713-37-1-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7474,51 +7474,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Xylophilus ampelinus</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId222869a5040905672" w:history="1">
+      <w:hyperlink r:id="rId221069c09d36c74ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -7700,90 +7700,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 39-44. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId231969a5040905812" w:history="1">
+      <w:hyperlink r:id="rId248169c09d36c761d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1984.tb01979.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="79904846" name="name303569a50409058bc" descr="eu_funding_250.png"/>
+            <wp:docPr id="90143304" name="name893169c09d36c768c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId509169a50409058bb" cstate="print"/>
+                    <a:blip r:embed="rId344169c09d36c768b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -7881,137 +7881,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="61224795">
+  <w:abstractNum w:abstractNumId="63720010">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="79442865">
+    <w:lvl w:ilvl="0" w:tplc="54537620">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="79442865" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="54537620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="79442865" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="54537620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="79442865" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="54537620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="79442865" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="54537620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="79442865" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="54537620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="79442865" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="54537620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="79442865" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="54537620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="79442865" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="54537620" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="61224794">
+  <w:abstractNum w:abstractNumId="63720009">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41173893">
+    <w:lvl w:ilvl="0" w:tplc="93150765">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -8763,55 +8763,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="61224794">
-    <w:abstractNumId w:val="61224794"/>
+  <w:num w:numId="63720009">
+    <w:abstractNumId w:val="63720009"/>
   </w:num>
-  <w:num w:numId="61224795">
-    <w:abstractNumId w:val="61224795"/>
+  <w:num w:numId="63720010">
+    <w:abstractNumId w:val="63720010"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20361,51 +20361,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId480192120" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId251172764" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId781869a50409001d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/" TargetMode="External"/><Relationship Id="rId607069a5040900248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/categorization" TargetMode="External"/><Relationship Id="rId748469a5040900930" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/photos" TargetMode="External"/><Relationship Id="rId411269a5040903948" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56929" TargetMode="External"/><Relationship Id="rId627769a50409039a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56907" TargetMode="External"/><Relationship Id="rId283769a5040903ba0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3921" TargetMode="External"/><Relationship Id="rId341369a5040903c2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3989" TargetMode="External"/><Relationship Id="rId423169a5040903cda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.4225" TargetMode="External"/><Relationship Id="rId681569a5040903e2f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02328.x" TargetMode="External"/><Relationship Id="rId390369a5040903f27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCV/documents" TargetMode="External"/><Relationship Id="rId330469a5040904064" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4060/cb2071en" TargetMode="External"/><Relationship Id="rId494069a5040904114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00489" TargetMode="External"/><Relationship Id="rId147469a50409041a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-019-45365-y" TargetMode="External"/><Relationship Id="rId356569a5040904244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.69.4.1904-1912.2003" TargetMode="External"/><Relationship Id="rId830969a50409042d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.12.8292-8300.2005" TargetMode="External"/><Relationship Id="rId745469a50409043ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-015-0581-3" TargetMode="External"/><Relationship Id="rId924869a504090447c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-015-0609-8" TargetMode="External"/><Relationship Id="rId527569a5040904509" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-016-0650-2" TargetMode="External"/><Relationship Id="rId477069a50409045b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00284-020-02194-x" TargetMode="External"/><Relationship Id="rId217069a5040904795" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s42003-020-01284-7" TargetMode="External"/><Relationship Id="rId701569a5040904ffb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineaustralia.com/getmedia/410a0c86-fcee-4259-acd2-c5c3c281041e/DPI-3V-Final-Report" TargetMode="External"/><Relationship Id="rId128769a50409054fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-37-1-4" TargetMode="External"/><Relationship Id="rId222869a5040905672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId231969a5040905812" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01979.x" TargetMode="External"/><Relationship Id="rId789369a50409007b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId789369a50409007b3.jpg"/><Relationship Id="rId508969a5040902204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId508969a5040902204.jpg"/><Relationship Id="rId509169a50409058bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId509169a50409058bb.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId537016543" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId104964468" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId775369c09d36c2d71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/" TargetMode="External"/><Relationship Id="rId691169c09d36c2ddb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/categorization" TargetMode="External"/><Relationship Id="rId133769c09d36c35d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTAM/photos" TargetMode="External"/><Relationship Id="rId165269c09d36c5dfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56929" TargetMode="External"/><Relationship Id="rId497769c09d36c5e52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/56907" TargetMode="External"/><Relationship Id="rId639769c09d36c6045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3921" TargetMode="External"/><Relationship Id="rId319869c09d36c60d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.3989" TargetMode="External"/><Relationship Id="rId386569c09d36c6183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2015.4225" TargetMode="External"/><Relationship Id="rId380069c09d36c62da" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.2009.02328.x" TargetMode="External"/><Relationship Id="rId173269c09d36c63b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/XANTCV/documents" TargetMode="External"/><Relationship Id="rId795969c09d36c6502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4060/cb2071en" TargetMode="External"/><Relationship Id="rId215769c09d36c65b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2019.00489" TargetMode="External"/><Relationship Id="rId261069c09d36c6640" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-019-45365-y" TargetMode="External"/><Relationship Id="rId769869c09d36c66e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/aem.69.4.1904-1912.2003" TargetMode="External"/><Relationship Id="rId225669c09d36c676f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1128/AEM.71.12.8292-8300.2005" TargetMode="External"/><Relationship Id="rId456969c09d36c6877" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-015-0581-3" TargetMode="External"/><Relationship Id="rId236669c09d36c6904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-015-0609-8" TargetMode="External"/><Relationship Id="rId383369c09d36c6991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10327-016-0650-2" TargetMode="External"/><Relationship Id="rId143269c09d36c6a3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00284-020-02194-x" TargetMode="External"/><Relationship Id="rId667069c09d36c6c1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s42003-020-01284-7" TargetMode="External"/><Relationship Id="rId573469c09d36c6faa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.wineaustralia.com/getmedia/410a0c86-fcee-4259-acd2-c5c3c281041e/DPI-3V-Final-Report" TargetMode="External"/><Relationship Id="rId211569c09d36c73a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1099/00207713-37-1-4" TargetMode="External"/><Relationship Id="rId221069c09d36c74ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId248169c09d36c761d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1984.tb01979.x" TargetMode="External"/><Relationship Id="rId712169c09d36c3477" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId712169c09d36c3477.jpg"/><Relationship Id="rId123769c09d36c4d3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId123769c09d36c4d3b.jpg"/><Relationship Id="rId344169c09d36c768b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId344169c09d36c768b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>