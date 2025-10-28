--- v0 (2025-10-05)
+++ v1 (2025-10-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="XANST" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="54">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>CRTHMA</t>
   </si>
   <si>
     <t>Corythucha marmorata</t>
   </si>
   <si>
     <t>* Cho G, Kim W, Kwon YS, Lee S (2020) Check list of lace bugs (Hemiptera: Tingidae) of Korea. Journal of Asia-Pacific Entomology 23(3), 736-745.
 * Kim DE, Kil J (2014) Geographical distribution and host plants of Corythucha marmorata (Uhler) (Hemiptera: Tingidae) in Korea. Korean Journal of Applied Entomology 53(2), 185-191 (in Korean).</t>
   </si>
@@ -113,50 +113,60 @@
   </si>
   <si>
     <t>Tetranychus evansi</t>
   </si>
   <si>
     <t>* Ferreira MA, Sousa ME (2011) Hosts and Distribution of the Spider Mite Tetranychus evansi (Acari: Tetranychidae) in Portugal. Hale, C., Xxviii International Horticultural Congress on Science and Horticulture for People, Leuven 1, Int Soc Horticultural Science, (917): 133-136.</t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
   </si>
   <si>
     <t>* EFSA (2024) Update of the Xylella spp. host plant database – Systematic literature search up to 31 December 2023. EFSA Journal 22, e8898. https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2024.8898
 ------- Xylella fastidiosa subsp. multiplex.</t>
   </si>
   <si>
     <t>XYLEFM</t>
   </si>
   <si>
     <t>Xylella fastidiosa subsp. multiplex</t>
   </si>
   <si>
     <t>Wild/Weed</t>
+  </si>
+  <si>
+    <t>EMPOBI</t>
+  </si>
+  <si>
+    <t>Amrasca biguttula</t>
+  </si>
+  <si>
+    <t>* Saeed R, Razaq M, Hardy IC (2015) The importance of alternative host plants as reservoirs of the cotton leaf hopper, Amrasca devastans, and its natural enemies. Journal of Pest Science 88, 517–531.
+------- true host.</t>
   </si>
   <si>
     <t>BNYVV0</t>
   </si>
   <si>
     <t>Benyvirus necrobetae</t>
   </si>
   <si>
     <t>* Kutluk Yilmaz ND, Erkan N, Bicken S (2000) Weeds as hosts for rhizomania’s agent. Zeitschrift für Pflanzenkrankheiten und Pflanzenschutz 27, 167-171.</t>
   </si>
   <si>
     <t>DIABUN</t>
   </si>
   <si>
     <t>Diabrotica undecimpunctata undecimpunctata</t>
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae, Chrysomelidae, excluding Bruchinae). Coleopterists Society, Special Publication 2, 1-476.
 -------- Adult host.</t>
   </si>
   <si>
     <t>DRAEMI</t>
   </si>
   <si>
     <t>Draeculacephala minerva</t>
@@ -529,51 +539,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D18"/>
+  <dimension ref="A1:D19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -763,77 +773,91 @@
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>31</v>
       </c>
       <c r="B15" t="s">
         <v>44</v>
       </c>
       <c r="C15" t="s">
         <v>45</v>
       </c>
       <c r="D15" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>31</v>
       </c>
       <c r="B16" t="s">
         <v>47</v>
       </c>
       <c r="C16" t="s">
         <v>48</v>
       </c>
-      <c r="D16"/>
+      <c r="D16" t="s">
+        <v>49</v>
+      </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>31</v>
       </c>
       <c r="B17" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C17" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="D17" t="s">
         <v>51</v>
       </c>
+      <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>31</v>
       </c>
       <c r="B18" t="s">
         <v>52</v>
       </c>
       <c r="C18" t="s">
         <v>53</v>
       </c>
-      <c r="D18"/>
+      <c r="D18" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="19" spans="1:4">
+      <c r="A19" t="s">
+        <v>31</v>
+      </c>
+      <c r="B19" t="s">
+        <v>55</v>
+      </c>
+      <c r="C19" t="s">
+        <v>56</v>
+      </c>
+      <c r="D19"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>