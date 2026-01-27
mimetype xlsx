--- v1 (2025-10-28)
+++ v2 (2026-01-27)
@@ -173,69 +173,69 @@
   </si>
   <si>
     <t>* Purcell AH, Frazier NW (1985) Habitats and dispersal of the principal leafhopper vectors of Pierce's disease bacterium in the San Joaquin Valley. Hilgardia 53(4), 1-32.
 ------- Feeding host.</t>
   </si>
   <si>
     <t>HETDGL</t>
   </si>
   <si>
     <t>Heterodera glycines</t>
   </si>
   <si>
     <t>* Poromarto SH, Gramig GG, Nelson BD,  Jain S (2015) Evaluation of weed species from the Northern Great Plains as hosts of soybean cyst nematode. Plant Health Progress 16, 23-28.
 * Rocha LF, Gage KL, Pimentel MF, Bond JP, Fakhoury AM (2021) Weeds hosting the soybean cyst nematode (Heterodera glycines Ichinohe): management implications in agroecological systems. Agronomy 11(1), 146. https://doi.org/10.3390/agronomy11010146</t>
   </si>
   <si>
     <t>GRAGLE</t>
   </si>
   <si>
     <t>Naupactus leucoloma</t>
   </si>
   <si>
     <t>* Chadwick CF (1965) Checklist of the Brachyderinae (Col. Curculionidae) occurring in Australia. Journal of the Entomological Society of Australia (NSW) 2, 21-34.</t>
   </si>
   <si>
+    <t>GNORAB</t>
+  </si>
+  <si>
+    <t>Phthorimaea absoluta</t>
+  </si>
+  <si>
     <t>PLASHA</t>
   </si>
   <si>
     <t>Plasmopara halstedii</t>
   </si>
   <si>
     <t>TRV000</t>
   </si>
   <si>
     <t>Tobravirus tabaci</t>
   </si>
   <si>
     <t>* Dikova B (2006) Establishment of Tobacco rattle virus (TRV) in weeds and Cuscuta, Biotechnology &amp; Biotechnological Equipment 20(3), 42-48.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Tuta absoluta</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -799,65 +799,65 @@
         <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>31</v>
       </c>
       <c r="B17" t="s">
         <v>50</v>
       </c>
       <c r="C17" t="s">
         <v>51</v>
       </c>
       <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>31</v>
       </c>
       <c r="B18" t="s">
         <v>52</v>
       </c>
       <c r="C18" t="s">
         <v>53</v>
       </c>
-      <c r="D18" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>31</v>
       </c>
       <c r="B19" t="s">
+        <v>54</v>
+      </c>
+      <c r="C19" t="s">
         <v>55</v>
       </c>
-      <c r="C19" t="s">
+      <c r="D19" t="s">
         <v>56</v>
       </c>
-      <c r="D19"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>