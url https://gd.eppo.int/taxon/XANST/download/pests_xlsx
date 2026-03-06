--- v2 (2026-01-27)
+++ v3 (2026-03-06)
@@ -12,62 +12,75 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="XANST" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="57">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="59">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
+  </si>
+  <si>
+    <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>GNORAB</t>
+  </si>
+  <si>
+    <t>Phthorimaea absoluta</t>
+  </si>
+  <si>
+    <t>* Wickramasinghe MP, Yen SH (2026) A Review of the Host Plant Records of Phthorimaea absoluta (= Tuta absoluta)(Lepidoptera: Gelechiidae) . Journal of Entomological Science 61(1), 166-192. doi:10.18474/JES25-10
+-------no information on life cycle</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>CRTHMA</t>
   </si>
   <si>
     <t>Corythucha marmorata</t>
   </si>
   <si>
     <t>* Cho G, Kim W, Kwon YS, Lee S (2020) Check list of lace bugs (Hemiptera: Tingidae) of Korea. Journal of Asia-Pacific Entomology 23(3), 736-745.
 * Kim DE, Kil J (2014) Geographical distribution and host plants of Corythucha marmorata (Uhler) (Hemiptera: Tingidae) in Korea. Korean Journal of Applied Entomology 53(2), 185-191 (in Korean).</t>
   </si>
   <si>
     <t>GRCPAT</t>
   </si>
   <si>
     <t>Graphocephala atropunctata</t>
   </si>
   <si>
     <t>* Purcell AH (1976) Seasonal changes in host plant preference of the blue-green sharpshooter Hordnia circellata (Homoptera: Cicadellidae). The Pan-Pacific Entomologist 52(1), 33-37.
 * Wistrom C, Purcell AH (2005) The fate of Xylella fastidiosa in vineyard weeds and other alternate hosts in California. Plant Disease 89, 994-999.</t>
   </si>
   <si>
@@ -171,56 +184,50 @@
   <si>
     <t>Draeculacephala minerva</t>
   </si>
   <si>
     <t>* Purcell AH, Frazier NW (1985) Habitats and dispersal of the principal leafhopper vectors of Pierce's disease bacterium in the San Joaquin Valley. Hilgardia 53(4), 1-32.
 ------- Feeding host.</t>
   </si>
   <si>
     <t>HETDGL</t>
   </si>
   <si>
     <t>Heterodera glycines</t>
   </si>
   <si>
     <t>* Poromarto SH, Gramig GG, Nelson BD,  Jain S (2015) Evaluation of weed species from the Northern Great Plains as hosts of soybean cyst nematode. Plant Health Progress 16, 23-28.
 * Rocha LF, Gage KL, Pimentel MF, Bond JP, Fakhoury AM (2021) Weeds hosting the soybean cyst nematode (Heterodera glycines Ichinohe): management implications in agroecological systems. Agronomy 11(1), 146. https://doi.org/10.3390/agronomy11010146</t>
   </si>
   <si>
     <t>GRAGLE</t>
   </si>
   <si>
     <t>Naupactus leucoloma</t>
   </si>
   <si>
     <t>* Chadwick CF (1965) Checklist of the Brachyderinae (Col. Curculionidae) occurring in Australia. Journal of the Entomological Society of Australia (NSW) 2, 21-34.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Phthorimaea absoluta</t>
   </si>
   <si>
     <t>PLASHA</t>
   </si>
   <si>
     <t>Plasmopara halstedii</t>
   </si>
   <si>
     <t>TRV000</t>
   </si>
   <si>
     <t>Tobravirus tabaci</t>
   </si>
   <si>
     <t>* Dikova B (2006) Establishment of Tobacco rattle virus (TRV) in weeds and Cuscuta, Biotechnology &amp; Biotechnological Equipment 20(3), 42-48.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
@@ -547,316 +554,318 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D19"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="50.559" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>10</v>
+        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D9" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C10" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>31</v>
+        <v>8</v>
       </c>
       <c r="B11" t="s">
+        <v>33</v>
+      </c>
+      <c r="C11" t="s">
+        <v>34</v>
+      </c>
+      <c r="D11" t="s">
         <v>32</v>
-      </c>
-[...4 lines deleted...]
-        <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="B12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C12" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D12" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="B13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C13" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D13" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="B14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C14" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D14" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="B15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C15" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D15" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="B16" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C16" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="D16" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="B17" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="C17" t="s">
-        <v>51</v>
-[...1 lines deleted...]
-      <c r="D17"/>
+        <v>52</v>
+      </c>
+      <c r="D17" t="s">
+        <v>53</v>
+      </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="B18" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C18" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="B19" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C19" t="s">
-        <v>55</v>
+        <v>57</v>
       </c>
       <c r="D19" t="s">
-        <v>56</v>
+        <v>58</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">