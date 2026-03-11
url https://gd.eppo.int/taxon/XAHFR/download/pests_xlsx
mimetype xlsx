--- v0 (2025-10-09)
+++ v1 (2026-03-11)
@@ -35,51 +35,52 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
-    <t>* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035</t>
+    <t>* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035
+* Pegg GS, Carnegie AJ, Giblin FR, Perry S (2018) Managing myrtle rust in Australia CRC2063 Final Report</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>