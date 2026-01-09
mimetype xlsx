--- v0 (2025-10-13)
+++ v1 (2026-01-09)
@@ -56,51 +56,51 @@
   <si>
     <t>Aleurocanthus woglumi</t>
   </si>
   <si>
     <t>* Shaw JG (1950) Hosts of the citrus blackfly in Mexico. United States Bureau of Entomology and Plant Quarantine. E-793, 3 pp.</t>
   </si>
   <si>
     <t>BRONLO</t>
   </si>
   <si>
     <t>Brontispa longissima</t>
   </si>
   <si>
     <t>PHYPAC</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma aculeata'</t>
   </si>
   <si>
     <t>* Ferguson MH, Singh R, Cook M, Burks T, Ong K (2020) Geographic distribution and host range of lethal bronzing associated with phytoplasma subgroup 16SrIV-D on palms in southern Louisiana. Plant health progress 21(4), 350-355. https://doi.org/10.1094/PHP-06-20-0046-S</t>
   </si>
   <si>
     <t>PHYPPA</t>
   </si>
   <si>
-    <t>‘Candidatus Phytoplasma palmae'</t>
+    <t>'Candidatus Phytoplasma palmae'</t>
   </si>
   <si>
     <t>* Poghosyan A, Hernandez-Gonzalez J, Lebsky V, Oropeza C, Narvaez M, Leon de La Luz JL (2019) First report of 16SrIV palm lethal yellowing group phytoplasma (‘Candidatus Phytoplasma palmae’) in palmilla de taco (Brahea brandegeei) and palma colorada (Washingtonia robusta) in the state of Baja California Sur, Mexico. Plant Disease 103(8), 2122. https://doi.org/10.1094/PDIS-02-19-0247-PDN</t>
   </si>
   <si>
     <t>VINSST</t>
   </si>
   <si>
     <t>Ceroplastes stellifer</t>
   </si>
   <si>
     <t>MYNDCR</t>
   </si>
   <si>
     <t>Haplaxius crudus</t>
   </si>
   <si>
     <t>* Howard FW, Mead FW (1980) A survey of Auchenorrhyncha (Insecta: Homoptera) associated with palms in southern Florida. Tropical Agriculture 57(2), pp.145-153.
 --------- Adult host.</t>
   </si>
   <si>
     <t>METAHE</t>
   </si>
   <si>
     <t>Metamasius hemipterus</t>