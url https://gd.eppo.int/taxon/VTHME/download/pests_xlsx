--- v0 (2025-10-07)
+++ v1 (2025-11-29)
@@ -68,51 +68,51 @@
   <si>
     <t>Aleurothrixus trachoides</t>
   </si>
   <si>
     <t>DACUDO</t>
   </si>
   <si>
     <t>Bactrocera dorsalis</t>
   </si>
   <si>
     <t>* Allwood AJ, Chinajariyawong A, Kritsaneepaiboon S, Drew RAI, Hamacek EL, Hancock DL, Hengsawad C, Jinapin JC, Jirasurat M, Krong CK, Leong CTS, Vijaysegaran S (1999) Host plant records for fruit flies (Diptera: Tephritidae) in Southeast Asia. The Raffles Bulletin of Zoology 47(7), 1-92.</t>
   </si>
   <si>
     <t>PHYPAC</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma aculeata'</t>
   </si>
   <si>
     <t>* Lara IC, Narváez LM, Hau CP, Oropeza C, Sáenz L (2017) Detection and identification of lethal yellowing phytoplasma 16SrIV-A and D associated with Adonidia merrillii palms in Mexico. Australasian Plant Pathology 46, 389-396.</t>
   </si>
   <si>
     <t>PHYPPA</t>
   </si>
   <si>
-    <t>‘Candidatus Phytoplasma palmae'</t>
+    <t>'Candidatus Phytoplasma palmae'</t>
   </si>
   <si>
     <t>* Bertaccini A, Arocha-Rosete Y, Contaldo N, Duduk B, Fiore N, Montano HG, Kube M, Kuo CH, Martini M, Oshima K, Quaglino F (2022) Revision of the ‘Candidatus Phytoplasma’ species description guidelines. International Journal of Systematic and Evolutionary Microbiology 72(4), 005353.
 * Myrie WA, Harrison NA, Douglas L, Helmick E, Gore-Francis J, Oropeza C, McLaughlin WA (2014) First report of lethal yellowing disease associated with subgroup 16SrIV-A phytoplasmas in Antigua, West Indies. New Disease Reports (2014) 29, 12. http://dx.doi.org/10.5197/j.2044-0588.2014.029.012</t>
   </si>
   <si>
     <t>FIORCO</t>
   </si>
   <si>
     <t>Fiorinia phantasma</t>
   </si>
   <si>
     <t>MYNDCR</t>
   </si>
   <si>
     <t>Haplaxius crudus</t>
   </si>
   <si>
     <t>* Howard FW, Mead FW (1980) A survey of Auchenorrhyncha (Insecta: Homoptera) associated with palms in southern Florida. Tropical Agriculture 57(2), pp.145-153.
 --------- Adult host.</t>
   </si>
   <si>
     <t>OPOGSC</t>
   </si>
   <si>