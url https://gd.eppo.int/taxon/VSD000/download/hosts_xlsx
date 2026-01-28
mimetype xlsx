--- v0 (2025-10-10)
+++ v1 (2026-01-28)
@@ -12,204 +12,550 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="VSD000" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="51">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="165">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>CCSCA</t>
   </si>
   <si>
     <t>Cercis canadensis</t>
   </si>
   <si>
     <t>* Bily D, Rodriguez Salamanca L, Bush E (2023) Vascular Streak Dieback: an emerging problem on woody ornamentals in the U.S. VCE Publications. SPES-483P (SPES-587P). https://www.pubs.ext.vt.edu/content/pubs_ext_vt_edu/en/SPES/spes-483/spes-483.html</t>
   </si>
   <si>
     <t>CRWFL</t>
   </si>
   <si>
     <t>Cornus florida</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
+    <t>ABEGF</t>
+  </si>
+  <si>
+    <t>Abelia x grandiflora</t>
+  </si>
+  <si>
+    <t>* Bily D, Gyatso T, Avin FA, Bonkowski J, Liyanapathiranage P, Rodriguez Salamanca L, Vinatzer B, Baysal-Gurel F (2026) A Ceratobasidium sp. D.P. Rogers associated with vascular streak dieback of woody ornamental plants in Virginia, U.S.A. Plant Disease (early view) https://doi.org/10.1094/PDIS-02-25-0375-RE</t>
+  </si>
+  <si>
     <t>ACRGS</t>
   </si>
   <si>
     <t>Acer griseum</t>
   </si>
   <si>
+    <t>ACRPA</t>
+  </si>
+  <si>
+    <t>Acer palmatum</t>
+  </si>
+  <si>
     <t>ACRRB</t>
   </si>
   <si>
     <t>Acer rubrum</t>
   </si>
   <si>
     <t>ACRFE</t>
   </si>
   <si>
     <t>Acer x freemanii</t>
   </si>
   <si>
+    <t>AECSY</t>
+  </si>
+  <si>
+    <t>Aesculus sylvatica</t>
+  </si>
+  <si>
+    <t>ALBJU</t>
+  </si>
+  <si>
+    <t>Albizia julibrissin</t>
+  </si>
+  <si>
     <t>AMECA</t>
   </si>
   <si>
     <t>Amelanchier canadensis</t>
   </si>
   <si>
+    <t>AMELA</t>
+  </si>
+  <si>
+    <t>Amelanchier laevis</t>
+  </si>
+  <si>
+    <t>BETNI</t>
+  </si>
+  <si>
+    <t>Betula nigra</t>
+  </si>
+  <si>
     <t>CALFL</t>
   </si>
   <si>
     <t>Calycanthus floridus</t>
   </si>
   <si>
+    <t>CALSS</t>
+  </si>
+  <si>
+    <t>Calycanthus sp.</t>
+  </si>
+  <si>
+    <t>* Liyanapathiranage P, Avin FA, Bonkowski J, Beckerman JL, Munster M, Hadziabdic D, Trigiano RN, Baysal-Gurel F (2025) Vascular streak dieback: A novel threat to redbud and other woody ornamental production in the United States. Plant Disease 109(5), 953-970</t>
+  </si>
+  <si>
+    <t>CIPBE</t>
+  </si>
+  <si>
+    <t>Carpinus betulus</t>
+  </si>
+  <si>
+    <t>CIPCA</t>
+  </si>
+  <si>
+    <t>Carpinus caroliniana</t>
+  </si>
+  <si>
+    <t>CYAGL</t>
+  </si>
+  <si>
+    <t>Carya glabra</t>
+  </si>
+  <si>
     <t>CTLBI</t>
   </si>
   <si>
     <t>Catalpa bignonioides</t>
   </si>
   <si>
     <t>CTLSP</t>
   </si>
   <si>
     <t>Catalpa speciosa</t>
   </si>
   <si>
+    <t>CETOC</t>
+  </si>
+  <si>
+    <t>Celtis occidentalis</t>
+  </si>
+  <si>
+    <t>CPLOC</t>
+  </si>
+  <si>
+    <t>Cephalanthus occidentalis</t>
+  </si>
+  <si>
+    <t>CIORE</t>
+  </si>
+  <si>
+    <t>Chionanthus retusus</t>
+  </si>
+  <si>
+    <t>CLQLU</t>
+  </si>
+  <si>
+    <t>Cladrastis lutea</t>
+  </si>
+  <si>
+    <t>* Bily D, Gyatso T, Avin FA, Bonkowski J, Liyanapathiranage P, Rodriguez Salamanca L, Vinatzer B, Baysal-Gurel F (2026) A Ceratobasidium sp. D.P. Rogers associated with vascular streak dieback of woody ornamental plants in Virginia, U.S.A. Plant Disease (early view) https://doi.org/10.1094/PDIS-02-25-0375-RE
+------- as Cladrastis kentukea</t>
+  </si>
+  <si>
     <t>CRWKO</t>
   </si>
   <si>
     <t>Cornus kousa</t>
   </si>
   <si>
+    <t>COTCO</t>
+  </si>
+  <si>
+    <t>Cotinus coggygria</t>
+  </si>
+  <si>
     <t>CSCVI</t>
   </si>
   <si>
     <t>Crataegus viridis</t>
   </si>
   <si>
     <t>FOHSS</t>
   </si>
   <si>
     <t>Fothergilla sp.</t>
   </si>
   <si>
+    <t>GIKBI</t>
+  </si>
+  <si>
+    <t>Ginkgo biloba</t>
+  </si>
+  <si>
     <t>HAMVI</t>
   </si>
   <si>
     <t>Hamamelis virginiana</t>
   </si>
   <si>
+    <t>HAMIN</t>
+  </si>
+  <si>
+    <t>Hamamelis x intermedia</t>
+  </si>
+  <si>
+    <t>HPDMI</t>
+  </si>
+  <si>
+    <t>Heptacodium miconioides</t>
+  </si>
+  <si>
+    <t>HYEAR</t>
+  </si>
+  <si>
+    <t>Hydrangea arborescens</t>
+  </si>
+  <si>
+    <t>HYEAP</t>
+  </si>
+  <si>
+    <t>Hydrangea petiolaris</t>
+  </si>
+  <si>
+    <t>* Bily D, Gyatso T, Avin FA, Bonkowski J, Liyanapathiranage P, Rodriguez Salamanca L, Vinatzer B, Baysal-Gurel F (2026) A Ceratobasidium sp. D.P. Rogers associated with vascular streak dieback of woody ornamental plants in Virginia, U.S.A. Plant Disease (early view) https://doi.org/10.1094/PDIS-02-25-0375-RE
+-------as Hydrangea anomala subsp. petiolaris</t>
+  </si>
+  <si>
+    <t>ILEGL</t>
+  </si>
+  <si>
+    <t>Ilex glabra</t>
+  </si>
+  <si>
+    <t>IUPCH</t>
+  </si>
+  <si>
+    <t>Juniperus chinensis</t>
+  </si>
+  <si>
+    <t>LAEIN</t>
+  </si>
+  <si>
+    <t>Lagerstroemia indica</t>
+  </si>
+  <si>
     <t>LIEBE</t>
   </si>
   <si>
     <t>Lindera benzoin</t>
   </si>
   <si>
+    <t>LIESS</t>
+  </si>
+  <si>
+    <t>Lindera sp.</t>
+  </si>
+  <si>
+    <t>LIQST</t>
+  </si>
+  <si>
+    <t>Liquidambar styraciflua</t>
+  </si>
+  <si>
     <t>LIRTU</t>
   </si>
   <si>
     <t>Liriodendron tulipifera</t>
   </si>
   <si>
+    <t>MAGAS</t>
+  </si>
+  <si>
+    <t>Magnolia ashei</t>
+  </si>
+  <si>
+    <t>MAGGR</t>
+  </si>
+  <si>
+    <t>Magnolia grandiflora</t>
+  </si>
+  <si>
     <t>MAGTR</t>
   </si>
   <si>
     <t>Magnolia tripetala</t>
+  </si>
+  <si>
+    <t>MAGVI</t>
+  </si>
+  <si>
+    <t>Magnolia virginiana</t>
   </si>
   <si>
     <t>MYRCE</t>
   </si>
   <si>
     <t>Myrica cerifera</t>
   </si>
   <si>
     <t>* Bily D, Rodriguez Salamanca L, Bush E (2023) Vascular Streak Dieback: an emerging problem on woody ornamentals in the U.S. VCE Publications. SPES-483P (SPES-587P). https://www.pubs.ext.vt.edu/content/pubs_ext_vt_edu/en/SPES/spes-483/spes-483.html
 -------as Myrica cerifera.</t>
   </si>
   <si>
     <t>NYSSY</t>
   </si>
   <si>
     <t>Nyssa sylvatica</t>
   </si>
   <si>
+    <t>OSUHE</t>
+  </si>
+  <si>
+    <t>Osmanthus heterophyllus</t>
+  </si>
+  <si>
+    <t>OSUFO</t>
+  </si>
+  <si>
+    <t>Osmanthus x fortunei</t>
+  </si>
+  <si>
+    <t>OXDAR</t>
+  </si>
+  <si>
+    <t>Oxydendrum arboreum</t>
+  </si>
+  <si>
+    <t>PLTSS</t>
+  </si>
+  <si>
+    <t>Platanus sp.</t>
+  </si>
+  <si>
+    <t>PLTHY</t>
+  </si>
+  <si>
+    <t>Platanus x hispanica</t>
+  </si>
+  <si>
+    <t>* Bily D, Gyatso T, Avin FA, Bonkowski J, Liyanapathiranage P, Rodriguez Salamanca L, Vinatzer B, Baysal-Gurel F (2026) A Ceratobasidium sp. D.P. Rogers associated with vascular streak dieback of woody ornamental plants in Virginia, U.S.A. Plant Disease (early view) https://doi.org/10.1094/PDIS-02-25-0375-RE
+------- as Platanus x acerifolia</t>
+  </si>
+  <si>
+    <t>PRNAM</t>
+  </si>
+  <si>
+    <t>Prunus americana</t>
+  </si>
+  <si>
+    <t>PRNPS</t>
+  </si>
+  <si>
+    <t>Prunus persica</t>
+  </si>
+  <si>
+    <t>* Bily D, Gyatso T, Avin FA, Bonkowski J, Liyanapathiranage P, Rodriguez Salamanca L, Vinatzer B, Baysal-Gurel F (2026) A Ceratobasidium sp. D.P. Rogers associated with vascular streak dieback of woody ornamental plants in Virginia, U.S.A. Plant Disease (early view) https://doi.org/10.1094/PDIS-02-25-0375-RE
+* Liyanapathiranage P, Avin FA, Bonkowski J, Beckerman JL, Munster M, Hadziabdic D, Trigiano RN, Baysal-Gurel F (2025) Vascular streak dieback: A novel threat to redbud and other woody ornamental production in the United States. Plant Disease 109(5), 953-970</t>
+  </si>
+  <si>
     <t>PRNSC</t>
   </si>
   <si>
     <t>Prunus salicina</t>
   </si>
   <si>
     <t>* Bily D, Rodriguez Salamanca L, Bush E (2023) Vascular Streak Dieback: an emerging problem on woody ornamentals in the U.S. VCE Publications. SPES-483P (SPES-587P). https://www.pubs.ext.vt.edu/content/pubs_ext_vt_edu/en/SPES/spes-483/spes-483.htm</t>
   </si>
   <si>
+    <t>PRNYE</t>
+  </si>
+  <si>
+    <t>Prunus x yedoensis</t>
+  </si>
+  <si>
+    <t>QUEAL</t>
+  </si>
+  <si>
+    <t>Quercus alba</t>
+  </si>
+  <si>
+    <t>QUERU</t>
+  </si>
+  <si>
+    <t>Quercus rubra</t>
+  </si>
+  <si>
+    <t>QUESH</t>
+  </si>
+  <si>
+    <t>Quercus shumardii</t>
+  </si>
+  <si>
+    <t>RHOHY</t>
+  </si>
+  <si>
+    <t>Rhododendron hybrids</t>
+  </si>
+  <si>
     <t>RHUAR</t>
   </si>
   <si>
     <t>Rhus aromatica</t>
   </si>
   <si>
+    <t>SAXHD</t>
+  </si>
+  <si>
+    <t>Salix hybrids</t>
+  </si>
+  <si>
+    <t>SAXJA</t>
+  </si>
+  <si>
+    <t>Salix japonica</t>
+  </si>
+  <si>
+    <t>SSAAL</t>
+  </si>
+  <si>
+    <t>Sassafras albidum</t>
+  </si>
+  <si>
+    <t>SPVHB</t>
+  </si>
+  <si>
+    <t>Spiraea hybrids</t>
+  </si>
+  <si>
+    <t>SPVJA</t>
+  </si>
+  <si>
+    <t>Spiraea japonica</t>
+  </si>
+  <si>
+    <t>STXJA</t>
+  </si>
+  <si>
+    <t>Styrax japonicus</t>
+  </si>
+  <si>
+    <t>SYRME</t>
+  </si>
+  <si>
+    <t>Syringa meyeri</t>
+  </si>
+  <si>
+    <t>SYRPA</t>
+  </si>
+  <si>
+    <t>Syringa pubescens subsp. patula</t>
+  </si>
+  <si>
     <t>SYRRT</t>
   </si>
   <si>
     <t>Syringa reticulata</t>
+  </si>
+  <si>
+    <t>TADDI</t>
+  </si>
+  <si>
+    <t>Taxodium distichum</t>
+  </si>
+  <si>
+    <t>TILAM</t>
+  </si>
+  <si>
+    <t>Tilia americana</t>
+  </si>
+  <si>
+    <t>TILCO</t>
+  </si>
+  <si>
+    <t>Tilia cordata</t>
+  </si>
+  <si>
+    <t>ULMPA</t>
+  </si>
+  <si>
+    <t>Ulmus parvifolia</t>
+  </si>
+  <si>
+    <t>VIBMA</t>
+  </si>
+  <si>
+    <t>Viburnum macrocephalum</t>
+  </si>
+  <si>
+    <t>VIBOP</t>
+  </si>
+  <si>
+    <t>Viburnum opulus</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -513,62 +859,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D22"/>
+  <dimension ref="A1:D76"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
-    <col min="3" max="3" width="28.136" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="293.643" bestFit="true" customWidth="true" style="0"/>
+    <col min="3" max="3" width="37.705" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="365.625" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
@@ -580,303 +926,1059 @@
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>10</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
         <v>10</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
         <v>10</v>
       </c>
       <c r="B6" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="C6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="D6" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>10</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="D7" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="C8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D8" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>10</v>
       </c>
       <c r="B9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="C9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="D9" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>10</v>
       </c>
       <c r="B10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D10" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
         <v>10</v>
       </c>
       <c r="B11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D11" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
         <v>10</v>
       </c>
       <c r="B12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D12" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
         <v>10</v>
       </c>
       <c r="B13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D13" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>10</v>
       </c>
       <c r="B14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="C14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="D14" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>10</v>
       </c>
       <c r="B15" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C15" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D15" t="s">
-        <v>7</v>
+        <v>36</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>10</v>
       </c>
       <c r="B16" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="C16" t="s">
+        <v>38</v>
+      </c>
+      <c r="D16" t="s">
         <v>36</v>
-      </c>
-[...1 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>10</v>
       </c>
       <c r="B17" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C17" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D17" t="s">
-        <v>7</v>
+        <v>13</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>10</v>
       </c>
       <c r="B18" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="C18" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="D18" t="s">
-        <v>41</v>
+        <v>36</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>10</v>
       </c>
       <c r="B19" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C19" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D19" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>10</v>
       </c>
       <c r="B20" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C20" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D20" t="s">
-        <v>46</v>
+        <v>7</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>10</v>
       </c>
       <c r="B21" t="s">
         <v>47</v>
       </c>
       <c r="C21" t="s">
         <v>48</v>
       </c>
       <c r="D21" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>10</v>
       </c>
       <c r="B22" t="s">
         <v>49</v>
       </c>
       <c r="C22" t="s">
         <v>50</v>
       </c>
       <c r="D22" t="s">
-        <v>46</v>
+        <v>13</v>
+      </c>
+    </row>
+    <row r="23" spans="1:4">
+      <c r="A23" t="s">
+        <v>10</v>
+      </c>
+      <c r="B23" t="s">
+        <v>51</v>
+      </c>
+      <c r="C23" t="s">
+        <v>52</v>
+      </c>
+      <c r="D23" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="24" spans="1:4">
+      <c r="A24" t="s">
+        <v>10</v>
+      </c>
+      <c r="B24" t="s">
+        <v>53</v>
+      </c>
+      <c r="C24" t="s">
+        <v>54</v>
+      </c>
+      <c r="D24" t="s">
+        <v>55</v>
+      </c>
+    </row>
+    <row r="25" spans="1:4">
+      <c r="A25" t="s">
+        <v>10</v>
+      </c>
+      <c r="B25" t="s">
+        <v>56</v>
+      </c>
+      <c r="C25" t="s">
+        <v>57</v>
+      </c>
+      <c r="D25" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="26" spans="1:4">
+      <c r="A26" t="s">
+        <v>10</v>
+      </c>
+      <c r="B26" t="s">
+        <v>58</v>
+      </c>
+      <c r="C26" t="s">
+        <v>59</v>
+      </c>
+      <c r="D26" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="27" spans="1:4">
+      <c r="A27" t="s">
+        <v>10</v>
+      </c>
+      <c r="B27" t="s">
+        <v>60</v>
+      </c>
+      <c r="C27" t="s">
+        <v>61</v>
+      </c>
+      <c r="D27" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4">
+      <c r="A28" t="s">
+        <v>10</v>
+      </c>
+      <c r="B28" t="s">
+        <v>62</v>
+      </c>
+      <c r="C28" t="s">
+        <v>63</v>
+      </c>
+      <c r="D28" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4">
+      <c r="A29" t="s">
+        <v>10</v>
+      </c>
+      <c r="B29" t="s">
+        <v>64</v>
+      </c>
+      <c r="C29" t="s">
+        <v>65</v>
+      </c>
+      <c r="D29" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4">
+      <c r="A30" t="s">
+        <v>10</v>
+      </c>
+      <c r="B30" t="s">
+        <v>66</v>
+      </c>
+      <c r="C30" t="s">
+        <v>67</v>
+      </c>
+      <c r="D30" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="31" spans="1:4">
+      <c r="A31" t="s">
+        <v>10</v>
+      </c>
+      <c r="B31" t="s">
+        <v>68</v>
+      </c>
+      <c r="C31" t="s">
+        <v>69</v>
+      </c>
+      <c r="D31" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="32" spans="1:4">
+      <c r="A32" t="s">
+        <v>10</v>
+      </c>
+      <c r="B32" t="s">
+        <v>70</v>
+      </c>
+      <c r="C32" t="s">
+        <v>71</v>
+      </c>
+      <c r="D32" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="33" spans="1:4">
+      <c r="A33" t="s">
+        <v>10</v>
+      </c>
+      <c r="B33" t="s">
+        <v>72</v>
+      </c>
+      <c r="C33" t="s">
+        <v>73</v>
+      </c>
+      <c r="D33" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="34" spans="1:4">
+      <c r="A34" t="s">
+        <v>10</v>
+      </c>
+      <c r="B34" t="s">
+        <v>74</v>
+      </c>
+      <c r="C34" t="s">
+        <v>75</v>
+      </c>
+      <c r="D34" t="s">
+        <v>76</v>
+      </c>
+    </row>
+    <row r="35" spans="1:4">
+      <c r="A35" t="s">
+        <v>10</v>
+      </c>
+      <c r="B35" t="s">
+        <v>77</v>
+      </c>
+      <c r="C35" t="s">
+        <v>78</v>
+      </c>
+      <c r="D35" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="36" spans="1:4">
+      <c r="A36" t="s">
+        <v>10</v>
+      </c>
+      <c r="B36" t="s">
+        <v>79</v>
+      </c>
+      <c r="C36" t="s">
+        <v>80</v>
+      </c>
+      <c r="D36" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="37" spans="1:4">
+      <c r="A37" t="s">
+        <v>10</v>
+      </c>
+      <c r="B37" t="s">
+        <v>81</v>
+      </c>
+      <c r="C37" t="s">
+        <v>82</v>
+      </c>
+      <c r="D37" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4">
+      <c r="A38" t="s">
+        <v>10</v>
+      </c>
+      <c r="B38" t="s">
+        <v>83</v>
+      </c>
+      <c r="C38" t="s">
+        <v>84</v>
+      </c>
+      <c r="D38" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4">
+      <c r="A39" t="s">
+        <v>10</v>
+      </c>
+      <c r="B39" t="s">
+        <v>85</v>
+      </c>
+      <c r="C39" t="s">
+        <v>86</v>
+      </c>
+      <c r="D39" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="40" spans="1:4">
+      <c r="A40" t="s">
+        <v>10</v>
+      </c>
+      <c r="B40" t="s">
+        <v>87</v>
+      </c>
+      <c r="C40" t="s">
+        <v>88</v>
+      </c>
+      <c r="D40" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="41" spans="1:4">
+      <c r="A41" t="s">
+        <v>10</v>
+      </c>
+      <c r="B41" t="s">
+        <v>89</v>
+      </c>
+      <c r="C41" t="s">
+        <v>90</v>
+      </c>
+      <c r="D41" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="42" spans="1:4">
+      <c r="A42" t="s">
+        <v>10</v>
+      </c>
+      <c r="B42" t="s">
+        <v>91</v>
+      </c>
+      <c r="C42" t="s">
+        <v>92</v>
+      </c>
+      <c r="D42" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="43" spans="1:4">
+      <c r="A43" t="s">
+        <v>10</v>
+      </c>
+      <c r="B43" t="s">
+        <v>93</v>
+      </c>
+      <c r="C43" t="s">
+        <v>94</v>
+      </c>
+      <c r="D43" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="44" spans="1:4">
+      <c r="A44" t="s">
+        <v>10</v>
+      </c>
+      <c r="B44" t="s">
+        <v>95</v>
+      </c>
+      <c r="C44" t="s">
+        <v>96</v>
+      </c>
+      <c r="D44" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="45" spans="1:4">
+      <c r="A45" t="s">
+        <v>10</v>
+      </c>
+      <c r="B45" t="s">
+        <v>97</v>
+      </c>
+      <c r="C45" t="s">
+        <v>98</v>
+      </c>
+      <c r="D45" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="46" spans="1:4">
+      <c r="A46" t="s">
+        <v>10</v>
+      </c>
+      <c r="B46" t="s">
+        <v>99</v>
+      </c>
+      <c r="C46" t="s">
+        <v>100</v>
+      </c>
+      <c r="D46" t="s">
+        <v>101</v>
+      </c>
+    </row>
+    <row r="47" spans="1:4">
+      <c r="A47" t="s">
+        <v>10</v>
+      </c>
+      <c r="B47" t="s">
+        <v>102</v>
+      </c>
+      <c r="C47" t="s">
+        <v>103</v>
+      </c>
+      <c r="D47" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="48" spans="1:4">
+      <c r="A48" t="s">
+        <v>10</v>
+      </c>
+      <c r="B48" t="s">
+        <v>104</v>
+      </c>
+      <c r="C48" t="s">
+        <v>105</v>
+      </c>
+      <c r="D48" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="49" spans="1:4">
+      <c r="A49" t="s">
+        <v>10</v>
+      </c>
+      <c r="B49" t="s">
+        <v>106</v>
+      </c>
+      <c r="C49" t="s">
+        <v>107</v>
+      </c>
+      <c r="D49" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="50" spans="1:4">
+      <c r="A50" t="s">
+        <v>10</v>
+      </c>
+      <c r="B50" t="s">
+        <v>108</v>
+      </c>
+      <c r="C50" t="s">
+        <v>109</v>
+      </c>
+      <c r="D50" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4">
+      <c r="A51" t="s">
+        <v>10</v>
+      </c>
+      <c r="B51" t="s">
+        <v>110</v>
+      </c>
+      <c r="C51" t="s">
+        <v>111</v>
+      </c>
+      <c r="D51" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4">
+      <c r="A52" t="s">
+        <v>10</v>
+      </c>
+      <c r="B52" t="s">
+        <v>112</v>
+      </c>
+      <c r="C52" t="s">
+        <v>113</v>
+      </c>
+      <c r="D52" t="s">
+        <v>114</v>
+      </c>
+    </row>
+    <row r="53" spans="1:4">
+      <c r="A53" t="s">
+        <v>10</v>
+      </c>
+      <c r="B53" t="s">
+        <v>115</v>
+      </c>
+      <c r="C53" t="s">
+        <v>116</v>
+      </c>
+      <c r="D53" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="54" spans="1:4">
+      <c r="A54" t="s">
+        <v>10</v>
+      </c>
+      <c r="B54" t="s">
+        <v>117</v>
+      </c>
+      <c r="C54" t="s">
+        <v>118</v>
+      </c>
+      <c r="D54" t="s">
+        <v>119</v>
+      </c>
+    </row>
+    <row r="55" spans="1:4">
+      <c r="A55" t="s">
+        <v>10</v>
+      </c>
+      <c r="B55" t="s">
+        <v>120</v>
+      </c>
+      <c r="C55" t="s">
+        <v>121</v>
+      </c>
+      <c r="D55" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="56" spans="1:4">
+      <c r="A56" t="s">
+        <v>10</v>
+      </c>
+      <c r="B56" t="s">
+        <v>123</v>
+      </c>
+      <c r="C56" t="s">
+        <v>124</v>
+      </c>
+      <c r="D56" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="57" spans="1:4">
+      <c r="A57" t="s">
+        <v>10</v>
+      </c>
+      <c r="B57" t="s">
+        <v>125</v>
+      </c>
+      <c r="C57" t="s">
+        <v>126</v>
+      </c>
+      <c r="D57" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="58" spans="1:4">
+      <c r="A58" t="s">
+        <v>10</v>
+      </c>
+      <c r="B58" t="s">
+        <v>127</v>
+      </c>
+      <c r="C58" t="s">
+        <v>128</v>
+      </c>
+      <c r="D58" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="59" spans="1:4">
+      <c r="A59" t="s">
+        <v>10</v>
+      </c>
+      <c r="B59" t="s">
+        <v>129</v>
+      </c>
+      <c r="C59" t="s">
+        <v>130</v>
+      </c>
+      <c r="D59" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="60" spans="1:4">
+      <c r="A60" t="s">
+        <v>10</v>
+      </c>
+      <c r="B60" t="s">
+        <v>131</v>
+      </c>
+      <c r="C60" t="s">
+        <v>132</v>
+      </c>
+      <c r="D60" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="61" spans="1:4">
+      <c r="A61" t="s">
+        <v>10</v>
+      </c>
+      <c r="B61" t="s">
+        <v>133</v>
+      </c>
+      <c r="C61" t="s">
+        <v>134</v>
+      </c>
+      <c r="D61" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="62" spans="1:4">
+      <c r="A62" t="s">
+        <v>10</v>
+      </c>
+      <c r="B62" t="s">
+        <v>135</v>
+      </c>
+      <c r="C62" t="s">
+        <v>136</v>
+      </c>
+      <c r="D62" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="63" spans="1:4">
+      <c r="A63" t="s">
+        <v>10</v>
+      </c>
+      <c r="B63" t="s">
+        <v>137</v>
+      </c>
+      <c r="C63" t="s">
+        <v>138</v>
+      </c>
+      <c r="D63" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="64" spans="1:4">
+      <c r="A64" t="s">
+        <v>10</v>
+      </c>
+      <c r="B64" t="s">
+        <v>139</v>
+      </c>
+      <c r="C64" t="s">
+        <v>140</v>
+      </c>
+      <c r="D64" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="65" spans="1:4">
+      <c r="A65" t="s">
+        <v>10</v>
+      </c>
+      <c r="B65" t="s">
+        <v>141</v>
+      </c>
+      <c r="C65" t="s">
+        <v>142</v>
+      </c>
+      <c r="D65" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="66" spans="1:4">
+      <c r="A66" t="s">
+        <v>10</v>
+      </c>
+      <c r="B66" t="s">
+        <v>143</v>
+      </c>
+      <c r="C66" t="s">
+        <v>144</v>
+      </c>
+      <c r="D66" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="67" spans="1:4">
+      <c r="A67" t="s">
+        <v>10</v>
+      </c>
+      <c r="B67" t="s">
+        <v>145</v>
+      </c>
+      <c r="C67" t="s">
+        <v>146</v>
+      </c>
+      <c r="D67" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4">
+      <c r="A68" t="s">
+        <v>10</v>
+      </c>
+      <c r="B68" t="s">
+        <v>147</v>
+      </c>
+      <c r="C68" t="s">
+        <v>148</v>
+      </c>
+      <c r="D68" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4">
+      <c r="A69" t="s">
+        <v>10</v>
+      </c>
+      <c r="B69" t="s">
+        <v>149</v>
+      </c>
+      <c r="C69" t="s">
+        <v>150</v>
+      </c>
+      <c r="D69" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4">
+      <c r="A70" t="s">
+        <v>10</v>
+      </c>
+      <c r="B70" t="s">
+        <v>151</v>
+      </c>
+      <c r="C70" t="s">
+        <v>152</v>
+      </c>
+      <c r="D70" t="s">
+        <v>122</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4">
+      <c r="A71" t="s">
+        <v>10</v>
+      </c>
+      <c r="B71" t="s">
+        <v>153</v>
+      </c>
+      <c r="C71" t="s">
+        <v>154</v>
+      </c>
+      <c r="D71" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="72" spans="1:4">
+      <c r="A72" t="s">
+        <v>10</v>
+      </c>
+      <c r="B72" t="s">
+        <v>155</v>
+      </c>
+      <c r="C72" t="s">
+        <v>156</v>
+      </c>
+      <c r="D72" t="s">
+        <v>36</v>
+      </c>
+    </row>
+    <row r="73" spans="1:4">
+      <c r="A73" t="s">
+        <v>10</v>
+      </c>
+      <c r="B73" t="s">
+        <v>157</v>
+      </c>
+      <c r="C73" t="s">
+        <v>158</v>
+      </c>
+      <c r="D73" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="74" spans="1:4">
+      <c r="A74" t="s">
+        <v>10</v>
+      </c>
+      <c r="B74" t="s">
+        <v>159</v>
+      </c>
+      <c r="C74" t="s">
+        <v>160</v>
+      </c>
+      <c r="D74" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="75" spans="1:4">
+      <c r="A75" t="s">
+        <v>10</v>
+      </c>
+      <c r="B75" t="s">
+        <v>161</v>
+      </c>
+      <c r="C75" t="s">
+        <v>162</v>
+      </c>
+      <c r="D75" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="76" spans="1:4">
+      <c r="A76" t="s">
+        <v>10</v>
+      </c>
+      <c r="B76" t="s">
+        <v>163</v>
+      </c>
+      <c r="C76" t="s">
+        <v>164</v>
+      </c>
+      <c r="D76" t="s">
+        <v>13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">