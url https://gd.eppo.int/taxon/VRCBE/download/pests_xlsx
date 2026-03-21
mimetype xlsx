--- v0 (2025-10-11)
+++ v1 (2026-03-21)
@@ -36,51 +36,52 @@
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
     <t>* Carnegie A, Lidbetter J (2012) Rapidly expanding host range of Puccinia psidii sensu lato in Australia. Australasian Plant Pathology 41, 13-29
-* Pegg GS, Giblin FR, McTaggart AR, Guymer GP, Taylor H, Ireland KB, Shivas RG, Perry S (2014) Puccinia psidii in Queensland, Australia: Disease symptoms, distribution and impact. Plant Pathology 63 (5), 1005-1021. https://doi.org/10.1111/ppa.12173</t>
+* Pegg GS, Giblin FR, McTaggart AR, Guymer GP, Taylor H, Ireland KB, Shivas RG, Perry S (2014) Puccinia psidii in Queensland, Australia: Disease symptoms, distribution and impact. Plant Pathology 63 (5), 1005-1021. https://doi.org/10.1111/ppa.12173
+* Pegg G, Taylor T, Entwistle P, Guymer G, Giblin F, Carnegie A (2017) Impact of Austropuccinia psidii (myrtle rust) on Myrtaceae-rich wet sclerophyll forests in south east Queensland. PLOS ONE 12 (11):e0188058. doi:10.1371/journal.pone.0188058</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>