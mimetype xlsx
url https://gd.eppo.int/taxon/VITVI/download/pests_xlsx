--- v0 (2025-10-14)
+++ v1 (2025-12-14)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="VITVI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="531">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="535">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>PHYPPH</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma phoenicium'</t>
   </si>
   <si>
     <t>* Zamharir MG, Paltrinieri S, Hajivand S, Taheri M, Bertaccini A (2017) Molecular identification of diverse ‘Candidatus Phytoplasma’ species associated with grapevine decline in Iran. Journal of Phytopathology 165(7-8), 407-413.
 ------- "related strain"
 * Canik D, Ertunc F, Paltrinieri S, Contaldo N &amp; Bertaccini A (2011) Identification of different phytoplasmas infecting grapevine in Turkey. Bulletin of Insectology 64, S225-S226.
@@ -426,50 +426,60 @@
 * Ioriatti C, Guzzon R, Anfora G, Ghidoni F, Mazzoni V, Roman Villegas T, Dalton DT, Walton VM (2018) Drosophila suzukii (Diptera: Drosophilidae) contributes to the development of sour rot in grape. Journal of Economic Entomology 111(1), 283-292.</t>
   </si>
   <si>
     <t>EOTELE</t>
   </si>
   <si>
     <t>Eotetranychus lewisi</t>
   </si>
   <si>
     <t>* Sazo L, Agurto L, Contador F, Mondaca C (2003) Nuevas especies de ácaros fitófagos asociados a la vid vinífera en Chile. Aconex, 79: 10-17.</t>
   </si>
   <si>
     <t>TORTPO</t>
   </si>
   <si>
     <t>Epiphyas postvittana</t>
   </si>
   <si>
     <t>EUTEBA</t>
   </si>
   <si>
     <t>Eutetranychus banksi</t>
   </si>
   <si>
     <t>* Migeon A &amp; Dorkeld F (2024) Spider Mites Web: a comprehensive database for the Tetranychidae. Available from https://www1.montpellier.inrae.fr/CBGP/spmweb (Accessed 2024/04/23)</t>
+  </si>
+  <si>
+    <t>EUTEOR</t>
+  </si>
+  <si>
+    <t>Eutetranychus orientalis</t>
+  </si>
+  <si>
+    <t>* Darvishzadeh I, Kamali K (2009) Faunistic survey of mite (Acari) associated with grapevine yards in Safiabad, Khuzestan, Iran. Journal of Entomological Research 1(1), 79-93.
+* Khanjani M, Khanjani M, Seeman OD (2017) New spider mites (Acari: Tetranychidae) of the genera Paraplonobia and Eurytetranychus from Iran, and a description of all life stages of Eutetranychus orientalis (Klein). Acarologia 57(3), 465-491.</t>
   </si>
   <si>
     <t>XYLBFO</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu lato</t>
   </si>
   <si>
     <t>* Eskalen A, Stouthamer R, Lynch SC, Rugman-Jones PF, Twizeyimana M, Gonzalez A, Thibault T (2013) Host range of Fusarium dieback and its ambrosia beetle (Coleoptera: Scolytinae) vector in southern California. Plant Disease 97(7), 938-951.
 * van Rooyen E, Paap T, de Beer W, Townsend G, Fell S, Nel WJ, Morgan S, Hill M, Gonzalez A, Roets F (2021) The polyphagous shot hole borer beetle: Current status of a perfect invader in South Africa. South African Journal of Science 117(11/12). https://doi.org/10.17159/sajs.2021/9736
 ------- As Euwallacea fornicatus sensu stricto. Non-reproductive host in South Africa.</t>
   </si>
   <si>
     <t>EUWAWH</t>
   </si>
   <si>
     <t>Euwallacea fornicatus sensu stricto</t>
   </si>
   <si>
     <t>* Mendel Z, Lynch SC, Eskalen A, Protasov A, Maymon M, Freeman S (2021) What determines host range and reproductive performance of an invasive ambrosia beetle Euwallacea fornicatus; lessons from Israel and California. Frontiers in Forests and Global Change 4, 654702.
 ------- Non reproductive host tree in California (US).
 * van Rooyen E, Paap T, de Beer W, Townsend G, Fell S, Nel WJ, Morgan S, Hill M, Gonzalez A, Roets F (2021) The polyphagous shot hole borer beetle: Current status of a perfect invader in South Africa. South African Journal of Science 117(11/12). https://doi.org/10.17159/sajs.2021/9736
 ------- Non-reproductive host.</t>
   </si>
   <si>
@@ -796,56 +806,50 @@
   </si>
   <si>
     <t>Oligonychus punicae</t>
   </si>
   <si>
     <t>* Bolland HR, Gutierrez J, Flechtmann CH (1988) World catalogue of the spider mite family (Acari: Tetranychidae). Brill, 392 pp.
 * Domingos CA, Melo JWS, Oliveira JEM, Gondim Jr AMGC (2014) Mites on grapevines in northeast Brazil: occurrence, population dynamics and within-plant distribution. International Journal of Acarology 40(2), 145-151. https://doi.org/10.1080/01647954.2014.891651
 * Migeon A, Dorkeld F (2024) Spider Mites Web: a comprehensive database for the Tetranychidae.  https://www1.montpellier.inrae.fr/CBGP/spmweb
 * Sidhu AS, Singh G (1972) Studies on the chemical control of Oligonychus mangiferus (Rahman and Sapra) on grapevine. Journal of Research, Punjab Agricultural University (1971, pub. in 1972), 8(4), 462-465.</t>
   </si>
   <si>
     <t>OMOPLE</t>
   </si>
   <si>
     <t>Omophlus lepturoides</t>
   </si>
   <si>
     <t>ORIEIS</t>
   </si>
   <si>
     <t>Orientus ishidae</t>
   </si>
   <si>
     <t>* Lessio F, Picciau L, Gonella E, Mandrioli M, Tota F, Alma A (2016) The mosaic leafhopper Orientus ishidae: host plants, spatial distribution, infectivity, and transmission of 16SrV phytoplasmas to vines. Bulletin of Insectology 69(2), 277-289.
 ------- Putative host plant (adults were collected).</t>
-  </si>
-[...4 lines deleted...]
-    <t>Orthotospovirus tomatomaculae</t>
   </si>
   <si>
     <t>PHENSO</t>
   </si>
   <si>
     <t>Phenacoccus solenopsis</t>
   </si>
   <si>
     <t>Phenacoccus solenopsis (as Vitis)</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
     <t>* Stroiński A, Balderi M, Marraccini D, Mazza G (2022) First records of Pochazia shantungensis (Chou &amp; Lu, 1977) (Hemiptera: Fulgoromorpha: Ricaniidae) in Italy. Zootaxa 5188 (3), 275–282, https://doi.org/10.11646/zootaxa.5188.3.4</t>
   </si>
   <si>
     <t>CEVD00</t>
   </si>
   <si>
     <t>Pospiviroid exocortiscitri</t>
   </si>
@@ -1784,50 +1788,64 @@
   </si>
   <si>
     <t>Xylotrechus pyrrhoderus</t>
   </si>
   <si>
     <t>* Han Y, Lyu D (2010) Taxonomic review of the genus Xylotrechus (Coleoptera: Cerambycidae: Cerambycinae) in Korea with a newly recorded species. Korean Journal of Applied Entomology 49(2), 69-82.
 * Lin M, Ge S, Xiao N (2021) A study of the genus Xylotrechus Chevrolat (Coleoptera: Cerambycidae) from Beijing, China. Entomotaxonomia 43(3), 20 pp. https://doi.org/10.11680/entomotax.2021021
 * Tsuchiya T (1988) Studies on bionomics and control measures of the Grape borer (Xylotrechus pyrrhoderus Bates). Extra no. 2. Bulletin of the Yamanachi Fruit Tree Experiment Station 63(8). 92 pp.
 * EPPO (in preparation) EPPO Technical Document. Pest risk analysis for Xylotrechus pyrrhoderus. EPPO, Paris.
 ------- confirmed host</t>
   </si>
   <si>
     <t>Non-host</t>
   </si>
   <si>
     <t>FUSAEW</t>
   </si>
   <si>
     <t>Fusarium euwallaceae</t>
   </si>
   <si>
     <t>* Eskalen A, Stouthamer R, Lynch SC, Twizeyimana M, Gonzalez A, Thibault T (2013) Host range of Fusarium dieback and its ambrosia beetle (Coleoptera: Scolytinae) vector in southern California. Plant Disease 97(7),  938-951.
 ------- Considered it as a host.
 * de Jager M, Roets F (2022) Pathogenicity of Fusarium euwallaceae towards apple (Malus domestica) and grapevine (Vitis vinifera). Australasian Plant Disease Notes, 17(1), 1-4.
 ------- Inoculation studies showed that F. euwallaceae is not pathogenic to grapevine and does not persist internally longer than three months</t>
+  </si>
+  <si>
+    <t>TSWV00</t>
+  </si>
+  <si>
+    <t>Orthotospovirus tomatomaculae</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vitis vinifera is not a host of TSWV.  Existing reports as a host may come from publications on on a virus resembling TSWV. 
+Chen et al. (1981) compared a new virus to TSWV merely because of a morphological similarity between the particles observed under the electron microscope (and not based on molecular or serological tests). In Bovey &amp; Martelli (1986), the authors summarize Chen’s work as “Yellow dwarf of grapevine, a new disease in Taiwan, possibly caused by a virus of the tomato spotted wilt type”   Finally, Stobbs &amp; Broadbent (1993) experimentally tested 52 Vitis cultivars and concluded that grapevine is not susceptible to TSWV under their conditions. None of the plants became infected despite inoculation via thrips vectors.*
+* Bovey R &amp; Martelli GP (1986) The viroses and virus-like diseases of the grapevine: A bibliographic report, 1979–1984. Vitis, 25, 227–275.
+* Chen HL, Tzeng DS &amp; Chen MJ (1981) Grapevine yellow dwarf, a new virus disease in Taiwan. National Science Council Monthly 9(7): 584–591.
+* Stobbs LW &amp; Broadbent BA (1993) Susceptibility of grapevine cultivars to tomato spotted wilt virus in southern Ontario, Canada. Plant Disease 77(3), 318
+</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -2131,62 +2149,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D195"/>
+  <dimension ref="A1:D196"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="54.13" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="452.889" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="727.822" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
@@ -2843,172 +2861,172 @@
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>30</v>
       </c>
       <c r="B50" t="s">
         <v>142</v>
       </c>
       <c r="C50" t="s">
         <v>143</v>
       </c>
       <c r="D50" t="s">
         <v>144</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>30</v>
       </c>
       <c r="B51" t="s">
         <v>145</v>
       </c>
       <c r="C51" t="s">
         <v>146</v>
       </c>
-      <c r="D51"/>
+      <c r="D51" t="s">
+        <v>147</v>
+      </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>30</v>
       </c>
       <c r="B52" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C52" t="s">
-        <v>148</v>
-[...1 lines deleted...]
-      <c r="D52" t="s">
         <v>149</v>
       </c>
+      <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>30</v>
       </c>
       <c r="B53" t="s">
         <v>150</v>
       </c>
       <c r="C53" t="s">
         <v>151</v>
       </c>
       <c r="D53" t="s">
         <v>152</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>30</v>
       </c>
       <c r="B54" t="s">
         <v>153</v>
       </c>
       <c r="C54" t="s">
         <v>154</v>
       </c>
       <c r="D54" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>30</v>
       </c>
       <c r="B55" t="s">
-        <v>153</v>
+        <v>156</v>
       </c>
       <c r="C55" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D55" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
         <v>30</v>
       </c>
       <c r="B56" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="C56" t="s">
         <v>159</v>
       </c>
       <c r="D56" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
         <v>30</v>
       </c>
       <c r="B57" t="s">
         <v>161</v>
       </c>
       <c r="C57" t="s">
         <v>162</v>
       </c>
-      <c r="D57"/>
+      <c r="D57" t="s">
+        <v>163</v>
+      </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
         <v>30</v>
       </c>
       <c r="B58" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="C58" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
         <v>30</v>
       </c>
       <c r="B59" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C59" t="s">
-        <v>166</v>
-[...3 lines deleted...]
-      </c>
+        <v>167</v>
+      </c>
+      <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>30</v>
       </c>
       <c r="B60" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C60" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D60" t="s">
-        <v>169</v>
+        <v>41</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>30</v>
       </c>
       <c r="B61" t="s">
         <v>170</v>
       </c>
       <c r="C61" t="s">
         <v>171</v>
       </c>
       <c r="D61" t="s">
         <v>172</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>30</v>
       </c>
       <c r="B62" t="s">
         <v>173</v>
       </c>
       <c r="C62" t="s">
         <v>174</v>
@@ -3117,1734 +3135,1748 @@
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="s">
         <v>30</v>
       </c>
       <c r="B70" t="s">
         <v>197</v>
       </c>
       <c r="C70" t="s">
         <v>198</v>
       </c>
       <c r="D70" t="s">
         <v>199</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="s">
         <v>30</v>
       </c>
       <c r="B71" t="s">
         <v>200</v>
       </c>
       <c r="C71" t="s">
         <v>201</v>
       </c>
-      <c r="D71"/>
+      <c r="D71" t="s">
+        <v>202</v>
+      </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="s">
         <v>30</v>
       </c>
       <c r="B72" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C72" t="s">
-        <v>203</v>
-[...1 lines deleted...]
-      <c r="D72" t="s">
         <v>204</v>
       </c>
+      <c r="D72"/>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="s">
         <v>30</v>
       </c>
       <c r="B73" t="s">
         <v>205</v>
       </c>
       <c r="C73" t="s">
         <v>206</v>
       </c>
       <c r="D73" t="s">
-        <v>41</v>
+        <v>207</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="s">
         <v>30</v>
       </c>
       <c r="B74" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C74" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="D74" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="s">
         <v>30</v>
       </c>
       <c r="B75" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
       <c r="C75" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="D75" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="s">
         <v>30</v>
       </c>
       <c r="B76" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="C76" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="D76" t="s">
-        <v>213</v>
+        <v>41</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="s">
         <v>30</v>
       </c>
       <c r="B77" t="s">
         <v>214</v>
       </c>
       <c r="C77" t="s">
         <v>215</v>
       </c>
       <c r="D77" t="s">
         <v>216</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="s">
         <v>30</v>
       </c>
       <c r="B78" t="s">
         <v>217</v>
       </c>
       <c r="C78" t="s">
         <v>218</v>
       </c>
       <c r="D78" t="s">
         <v>219</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="s">
         <v>30</v>
       </c>
       <c r="B79" t="s">
         <v>220</v>
       </c>
       <c r="C79" t="s">
         <v>221</v>
       </c>
       <c r="D79" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="s">
         <v>30</v>
       </c>
       <c r="B80" t="s">
+        <v>223</v>
+      </c>
+      <c r="C80" t="s">
+        <v>224</v>
+      </c>
+      <c r="D80" t="s">
         <v>222</v>
-      </c>
-[...4 lines deleted...]
-        <v>219</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>30</v>
       </c>
       <c r="B81" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="C81" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="D81" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>30</v>
       </c>
       <c r="B82" t="s">
         <v>227</v>
       </c>
       <c r="C82" t="s">
         <v>228</v>
       </c>
       <c r="D82" t="s">
         <v>229</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>30</v>
       </c>
       <c r="B83" t="s">
         <v>230</v>
       </c>
       <c r="C83" t="s">
         <v>231</v>
       </c>
       <c r="D83" t="s">
         <v>232</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>30</v>
       </c>
       <c r="B84" t="s">
         <v>233</v>
       </c>
       <c r="C84" t="s">
         <v>234</v>
       </c>
-      <c r="D84"/>
+      <c r="D84" t="s">
+        <v>235</v>
+      </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>30</v>
       </c>
       <c r="B85" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="C85" t="s">
-        <v>236</v>
-[...1 lines deleted...]
-      <c r="D85" t="s">
         <v>237</v>
       </c>
+      <c r="D85"/>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>30</v>
       </c>
       <c r="B86" t="s">
         <v>238</v>
       </c>
       <c r="C86" t="s">
         <v>239</v>
       </c>
       <c r="D86" t="s">
-        <v>41</v>
+        <v>240</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>30</v>
       </c>
       <c r="B87" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C87" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="D87"/>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>30</v>
       </c>
       <c r="B88" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C88" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="D88"/>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="s">
         <v>30</v>
       </c>
       <c r="B89" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="C89" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="D89" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="s">
         <v>30</v>
       </c>
       <c r="B90" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C90" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="D90" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="s">
         <v>30</v>
       </c>
       <c r="B91" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="C91" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="D91" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="s">
         <v>30</v>
       </c>
       <c r="B92" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C92" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="D92" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>30</v>
       </c>
       <c r="B93" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C93" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="D93" t="s">
-        <v>257</v>
+        <v>258</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>30</v>
       </c>
       <c r="B94" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="C94" t="s">
-        <v>258</v>
+        <v>259</v>
       </c>
       <c r="D94"/>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>30</v>
       </c>
       <c r="B95" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="C95" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="D95" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>30</v>
       </c>
       <c r="B96" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="C96" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="D96"/>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>30</v>
       </c>
       <c r="B97" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="C97" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="D97"/>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>30</v>
       </c>
       <c r="B98" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="C98" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="D98"/>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>30</v>
       </c>
       <c r="B99" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="C99" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="D99" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>30</v>
       </c>
       <c r="B100" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
       <c r="C100" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="D100" t="s">
-        <v>273</v>
+        <v>274</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>30</v>
       </c>
       <c r="B101" t="s">
-        <v>274</v>
+        <v>275</v>
       </c>
       <c r="C101" t="s">
-        <v>275</v>
+        <v>276</v>
       </c>
       <c r="D101" t="s">
-        <v>276</v>
+        <v>277</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="s">
         <v>30</v>
       </c>
       <c r="B102" t="s">
-        <v>277</v>
+        <v>278</v>
       </c>
       <c r="C102" t="s">
-        <v>278</v>
+        <v>279</v>
       </c>
       <c r="D102" t="s">
-        <v>279</v>
+        <v>280</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="s">
         <v>30</v>
       </c>
       <c r="B103" t="s">
-        <v>280</v>
+        <v>281</v>
       </c>
       <c r="C103" t="s">
-        <v>281</v>
+        <v>282</v>
       </c>
       <c r="D103" t="s">
-        <v>282</v>
+        <v>283</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="s">
         <v>30</v>
       </c>
       <c r="B104" t="s">
-        <v>283</v>
+        <v>284</v>
       </c>
       <c r="C104" t="s">
-        <v>284</v>
+        <v>285</v>
       </c>
       <c r="D104" t="s">
-        <v>285</v>
+        <v>286</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="s">
         <v>30</v>
       </c>
       <c r="B105" t="s">
-        <v>286</v>
+        <v>287</v>
       </c>
       <c r="C105" t="s">
-        <v>287</v>
+        <v>288</v>
       </c>
       <c r="D105" t="s">
-        <v>288</v>
+        <v>289</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="s">
         <v>30</v>
       </c>
       <c r="B106" t="s">
-        <v>289</v>
+        <v>290</v>
       </c>
       <c r="C106" t="s">
-        <v>290</v>
+        <v>291</v>
       </c>
       <c r="D106" t="s">
-        <v>291</v>
+        <v>292</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="s">
         <v>30</v>
       </c>
       <c r="B107" t="s">
-        <v>292</v>
+        <v>293</v>
       </c>
       <c r="C107" t="s">
-        <v>293</v>
+        <v>294</v>
       </c>
       <c r="D107" t="s">
-        <v>294</v>
+        <v>295</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>30</v>
       </c>
       <c r="B108" t="s">
-        <v>295</v>
+        <v>296</v>
       </c>
       <c r="C108" t="s">
-        <v>296</v>
+        <v>297</v>
       </c>
       <c r="D108" t="s">
-        <v>297</v>
+        <v>298</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>30</v>
       </c>
       <c r="B109" t="s">
-        <v>298</v>
+        <v>299</v>
       </c>
       <c r="C109" t="s">
-        <v>299</v>
+        <v>300</v>
       </c>
       <c r="D109" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>30</v>
       </c>
       <c r="B110" t="s">
-        <v>300</v>
+        <v>301</v>
       </c>
       <c r="C110" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="D110" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>30</v>
       </c>
       <c r="B111" t="s">
-        <v>303</v>
+        <v>304</v>
       </c>
       <c r="C111" t="s">
-        <v>304</v>
+        <v>305</v>
       </c>
       <c r="D111" t="s">
-        <v>305</v>
+        <v>306</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>30</v>
       </c>
       <c r="B112" t="s">
-        <v>306</v>
+        <v>307</v>
       </c>
       <c r="C112" t="s">
-        <v>307</v>
+        <v>308</v>
       </c>
       <c r="D112"/>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>30</v>
       </c>
       <c r="B113" t="s">
-        <v>308</v>
+        <v>309</v>
       </c>
       <c r="C113" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="D113" t="s">
-        <v>310</v>
+        <v>311</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>30</v>
       </c>
       <c r="B114" t="s">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="C114" t="s">
-        <v>312</v>
+        <v>313</v>
       </c>
       <c r="D114"/>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>30</v>
       </c>
       <c r="B115" t="s">
-        <v>313</v>
+        <v>314</v>
       </c>
       <c r="C115" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="D115" t="s">
-        <v>315</v>
+        <v>316</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>30</v>
       </c>
       <c r="B116" t="s">
-        <v>316</v>
+        <v>317</v>
       </c>
       <c r="C116" t="s">
-        <v>317</v>
+        <v>318</v>
       </c>
       <c r="D116"/>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>30</v>
       </c>
       <c r="B117" t="s">
-        <v>318</v>
+        <v>319</v>
       </c>
       <c r="C117" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="D117" t="s">
-        <v>320</v>
+        <v>321</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>30</v>
       </c>
       <c r="B118" t="s">
-        <v>321</v>
+        <v>322</v>
       </c>
       <c r="C118" t="s">
-        <v>322</v>
+        <v>323</v>
       </c>
       <c r="D118" t="s">
-        <v>323</v>
+        <v>324</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>30</v>
       </c>
       <c r="B119" t="s">
-        <v>324</v>
+        <v>325</v>
       </c>
       <c r="C119" t="s">
-        <v>325</v>
+        <v>326</v>
       </c>
       <c r="D119" t="s">
-        <v>326</v>
+        <v>327</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="s">
         <v>30</v>
       </c>
       <c r="B120" t="s">
-        <v>327</v>
+        <v>328</v>
       </c>
       <c r="C120" t="s">
-        <v>328</v>
+        <v>329</v>
       </c>
       <c r="D120" t="s">
-        <v>329</v>
+        <v>330</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="s">
         <v>30</v>
       </c>
       <c r="B121" t="s">
-        <v>330</v>
+        <v>331</v>
       </c>
       <c r="C121" t="s">
-        <v>331</v>
+        <v>332</v>
       </c>
       <c r="D121" t="s">
-        <v>332</v>
+        <v>333</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="s">
         <v>30</v>
       </c>
       <c r="B122" t="s">
-        <v>333</v>
+        <v>334</v>
       </c>
       <c r="C122" t="s">
-        <v>334</v>
+        <v>335</v>
       </c>
       <c r="D122" t="s">
-        <v>335</v>
+        <v>336</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="s">
         <v>30</v>
       </c>
       <c r="B123" t="s">
-        <v>336</v>
+        <v>337</v>
       </c>
       <c r="C123" t="s">
-        <v>337</v>
+        <v>338</v>
       </c>
       <c r="D123" t="s">
-        <v>338</v>
+        <v>339</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="s">
         <v>30</v>
       </c>
       <c r="B124" t="s">
-        <v>339</v>
+        <v>340</v>
       </c>
       <c r="C124" t="s">
-        <v>340</v>
+        <v>341</v>
       </c>
       <c r="D124" t="s">
-        <v>341</v>
+        <v>342</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="s">
         <v>30</v>
       </c>
       <c r="B125" t="s">
-        <v>342</v>
+        <v>343</v>
       </c>
       <c r="C125" t="s">
-        <v>343</v>
+        <v>344</v>
       </c>
       <c r="D125" t="s">
-        <v>344</v>
+        <v>345</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="s">
         <v>30</v>
       </c>
       <c r="B126" t="s">
-        <v>345</v>
+        <v>346</v>
       </c>
       <c r="C126" t="s">
-        <v>346</v>
+        <v>347</v>
       </c>
       <c r="D126" t="s">
-        <v>347</v>
+        <v>348</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="s">
         <v>30</v>
       </c>
       <c r="B127" t="s">
-        <v>348</v>
+        <v>349</v>
       </c>
       <c r="C127" t="s">
-        <v>349</v>
+        <v>350</v>
       </c>
       <c r="D127" t="s">
-        <v>350</v>
+        <v>351</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="s">
         <v>30</v>
       </c>
       <c r="B128" t="s">
-        <v>351</v>
+        <v>352</v>
       </c>
       <c r="C128" t="s">
-        <v>352</v>
+        <v>353</v>
       </c>
       <c r="D128" t="s">
-        <v>353</v>
+        <v>354</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
         <v>30</v>
       </c>
       <c r="B129" t="s">
-        <v>354</v>
+        <v>355</v>
       </c>
       <c r="C129" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="D129" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
         <v>30</v>
       </c>
       <c r="B130" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="C130" t="s">
-        <v>358</v>
+        <v>359</v>
       </c>
       <c r="D130"/>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
         <v>30</v>
       </c>
       <c r="B131" t="s">
-        <v>359</v>
+        <v>360</v>
       </c>
       <c r="C131" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="D131" t="s">
-        <v>361</v>
+        <v>362</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B132" t="s">
-        <v>363</v>
+        <v>364</v>
       </c>
       <c r="C132" t="s">
-        <v>364</v>
+        <v>365</v>
       </c>
       <c r="D132"/>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B133" t="s">
-        <v>365</v>
+        <v>366</v>
       </c>
       <c r="C133" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="D133"/>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B134" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="C134" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="D134" t="s">
-        <v>369</v>
+        <v>370</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B135" t="s">
-        <v>370</v>
+        <v>371</v>
       </c>
       <c r="C135" t="s">
-        <v>371</v>
+        <v>372</v>
       </c>
       <c r="D135" t="s">
-        <v>372</v>
+        <v>373</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B136" t="s">
-        <v>373</v>
+        <v>374</v>
       </c>
       <c r="C136" t="s">
-        <v>374</v>
+        <v>375</v>
       </c>
       <c r="D136"/>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B137" t="s">
         <v>45</v>
       </c>
       <c r="C137" t="s">
-        <v>375</v>
+        <v>376</v>
       </c>
       <c r="D137" t="s">
-        <v>376</v>
+        <v>377</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B138" t="s">
         <v>51</v>
       </c>
       <c r="C138" t="s">
-        <v>377</v>
+        <v>378</v>
       </c>
       <c r="D138"/>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B139" t="s">
-        <v>378</v>
+        <v>379</v>
       </c>
       <c r="C139" t="s">
-        <v>379</v>
+        <v>380</v>
       </c>
       <c r="D139" t="s">
-        <v>380</v>
+        <v>381</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B140" t="s">
-        <v>381</v>
+        <v>382</v>
       </c>
       <c r="C140" t="s">
-        <v>382</v>
+        <v>383</v>
       </c>
       <c r="D140" t="s">
-        <v>383</v>
+        <v>384</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B141" t="s">
-        <v>384</v>
+        <v>385</v>
       </c>
       <c r="C141" t="s">
-        <v>385</v>
+        <v>386</v>
       </c>
       <c r="D141" t="s">
-        <v>386</v>
+        <v>387</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B142" t="s">
-        <v>387</v>
+        <v>388</v>
       </c>
       <c r="C142" t="s">
-        <v>388</v>
+        <v>389</v>
       </c>
       <c r="D142" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B143" t="s">
-        <v>389</v>
+        <v>390</v>
       </c>
       <c r="C143" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="D143" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B144" t="s">
-        <v>392</v>
+        <v>393</v>
       </c>
       <c r="C144" t="s">
-        <v>393</v>
+        <v>394</v>
       </c>
       <c r="D144" t="s">
-        <v>394</v>
+        <v>395</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B145" t="s">
-        <v>395</v>
+        <v>396</v>
       </c>
       <c r="C145" t="s">
-        <v>396</v>
+        <v>397</v>
       </c>
       <c r="D145" t="s">
-        <v>397</v>
+        <v>398</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B146" t="s">
-        <v>398</v>
+        <v>399</v>
       </c>
       <c r="C146" t="s">
-        <v>399</v>
+        <v>400</v>
       </c>
       <c r="D146" t="s">
-        <v>400</v>
+        <v>401</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B147" t="s">
-        <v>401</v>
+        <v>402</v>
       </c>
       <c r="C147" t="s">
-        <v>402</v>
+        <v>403</v>
       </c>
       <c r="D147" t="s">
-        <v>403</v>
+        <v>404</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B148" t="s">
-        <v>404</v>
+        <v>405</v>
       </c>
       <c r="C148" t="s">
-        <v>405</v>
+        <v>406</v>
       </c>
       <c r="D148" t="s">
-        <v>406</v>
+        <v>407</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B149" t="s">
-        <v>407</v>
+        <v>408</v>
       </c>
       <c r="C149" t="s">
-        <v>408</v>
+        <v>409</v>
       </c>
       <c r="D149"/>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B150" t="s">
-        <v>409</v>
+        <v>410</v>
       </c>
       <c r="C150" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="D150" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B151" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
       <c r="C151" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="D151" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B152" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
       <c r="C152" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="D152"/>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B153" t="s">
-        <v>417</v>
+        <v>418</v>
       </c>
       <c r="C153" t="s">
-        <v>418</v>
+        <v>419</v>
       </c>
       <c r="D153" t="s">
-        <v>419</v>
+        <v>420</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B154" t="s">
-        <v>420</v>
+        <v>421</v>
       </c>
       <c r="C154" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="D154"/>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B155" t="s">
-        <v>422</v>
+        <v>423</v>
       </c>
       <c r="C155" t="s">
-        <v>423</v>
+        <v>424</v>
       </c>
       <c r="D155" t="s">
-        <v>424</v>
+        <v>425</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B156" t="s">
-        <v>425</v>
+        <v>426</v>
       </c>
       <c r="C156" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="D156"/>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B157" t="s">
-        <v>427</v>
+        <v>428</v>
       </c>
       <c r="C157" t="s">
-        <v>428</v>
+        <v>429</v>
       </c>
       <c r="D157" t="s">
-        <v>429</v>
+        <v>430</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B158" t="s">
-        <v>430</v>
+        <v>431</v>
       </c>
       <c r="C158" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="D158"/>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B159" t="s">
-        <v>432</v>
+        <v>433</v>
       </c>
       <c r="C159" t="s">
-        <v>433</v>
+        <v>434</v>
       </c>
       <c r="D159"/>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B160" t="s">
-        <v>434</v>
+        <v>435</v>
       </c>
       <c r="C160" t="s">
-        <v>435</v>
+        <v>436</v>
       </c>
       <c r="D160" t="s">
-        <v>436</v>
+        <v>437</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B161" t="s">
-        <v>437</v>
+        <v>438</v>
       </c>
       <c r="C161" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="D161"/>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B162" t="s">
-        <v>439</v>
+        <v>440</v>
       </c>
       <c r="C162" t="s">
-        <v>440</v>
+        <v>441</v>
       </c>
       <c r="D162" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B163" t="s">
-        <v>441</v>
+        <v>442</v>
       </c>
       <c r="C163" t="s">
-        <v>442</v>
+        <v>443</v>
       </c>
       <c r="D163" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B164" t="s">
-        <v>443</v>
+        <v>444</v>
       </c>
       <c r="C164" t="s">
-        <v>444</v>
+        <v>445</v>
       </c>
       <c r="D164" t="s">
-        <v>445</v>
+        <v>446</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B165" t="s">
-        <v>446</v>
+        <v>447</v>
       </c>
       <c r="C165" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="D165" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B166" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
       <c r="C166" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="D166" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B167" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
       <c r="C167" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="D167" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B168" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
       <c r="C168" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="D168" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B169" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
       <c r="C169" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="D169" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B170" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
       <c r="C170" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="D170" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B171" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
       <c r="C171" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="D171" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B172" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="C172" t="s">
-        <v>467</v>
+        <v>468</v>
       </c>
       <c r="D172" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B173" t="s">
-        <v>468</v>
+        <v>469</v>
       </c>
       <c r="C173" t="s">
-        <v>469</v>
+        <v>470</v>
       </c>
       <c r="D173" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B174" t="s">
-        <v>470</v>
+        <v>471</v>
       </c>
       <c r="C174" t="s">
-        <v>471</v>
+        <v>472</v>
       </c>
       <c r="D174" t="s">
-        <v>472</v>
+        <v>473</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B175" t="s">
-        <v>473</v>
+        <v>474</v>
       </c>
       <c r="C175" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="D175" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B176" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
       <c r="C176" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="D176" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B177" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
       <c r="C177" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="D177" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B178" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
       <c r="C178" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="D178" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B179" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
       <c r="C179" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="D179" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B180" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
       <c r="C180" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="D180" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B181" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
       <c r="C181" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="D181" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B182" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
       <c r="C182" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="D182" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B183" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
       <c r="C183" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="D183"/>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B184" t="s">
-        <v>499</v>
+        <v>500</v>
       </c>
       <c r="C184" t="s">
-        <v>500</v>
+        <v>501</v>
       </c>
       <c r="D184"/>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B185" t="s">
-        <v>501</v>
+        <v>502</v>
       </c>
       <c r="C185" t="s">
-        <v>502</v>
+        <v>503</v>
       </c>
       <c r="D185"/>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B186" t="s">
-        <v>503</v>
+        <v>504</v>
       </c>
       <c r="C186" t="s">
-        <v>504</v>
+        <v>505</v>
       </c>
       <c r="D186"/>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B187" t="s">
-        <v>505</v>
+        <v>506</v>
       </c>
       <c r="C187" t="s">
-        <v>506</v>
+        <v>507</v>
       </c>
       <c r="D187" t="s">
-        <v>507</v>
+        <v>508</v>
       </c>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B188" t="s">
-        <v>508</v>
+        <v>509</v>
       </c>
       <c r="C188" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="D188" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B189" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
       <c r="C189" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="D189" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B190" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="C190" t="s">
-        <v>514</v>
+        <v>515</v>
       </c>
       <c r="D190" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B191" t="s">
-        <v>515</v>
+        <v>516</v>
       </c>
       <c r="C191" t="s">
-        <v>516</v>
+        <v>517</v>
       </c>
       <c r="D191" t="s">
-        <v>517</v>
+        <v>518</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B192" t="s">
-        <v>518</v>
+        <v>519</v>
       </c>
       <c r="C192" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="D192" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B193" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
       <c r="C193" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="D193" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>362</v>
+        <v>363</v>
       </c>
       <c r="B194" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
       <c r="C194" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="D194" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
       <c r="B195" t="s">
+        <v>529</v>
+      </c>
+      <c r="C195" t="s">
+        <v>530</v>
+      </c>
+      <c r="D195" t="s">
+        <v>531</v>
+      </c>
+    </row>
+    <row r="196" spans="1:4">
+      <c r="A196" t="s">
         <v>528</v>
       </c>
-      <c r="C195" t="s">
-[...3 lines deleted...]
-        <v>530</v>
+      <c r="B196" t="s">
+        <v>532</v>
+      </c>
+      <c r="C196" t="s">
+        <v>533</v>
+      </c>
+      <c r="D196" t="s">
+        <v>534</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">