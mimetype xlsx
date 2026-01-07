--- v1 (2025-12-14)
+++ v2 (2026-01-07)
@@ -1771,51 +1771,51 @@
     <t>* Commission database of host plants found to be susceptible to Xylella fastidiosa in the Union Territory (update 12 of 2019-04-11).
 ------- As X. fastidiosa subsp. fastidiosa.
 * EFSA (2024) Update of the Xylella spp. host plant database – Systematic literature search up to 31 December 2023. EFSA Journal 22, e8898. https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2024.8898
 ------- Subspecies (fastidiosa, multiplex) and undetermined.</t>
   </si>
   <si>
     <t>XANTAM</t>
   </si>
   <si>
     <t>Xylophilus ampelinus</t>
   </si>
   <si>
     <t>* Grall S &amp; Manceau C (2003) Colonization of Vitis vinifera by a green fluorescence protein-labeled, gfp-marked strain of Xylophilus ampelinus, the causal agent of bacterial necrosis of grapevine. Applied and Environmental Microbiology 69,1904-1912. 
 * Panagopoulos CG (1987) Recent research progress on Xanthomonas ampelina. EPPO Bulletin 17(2), 225-230.</t>
   </si>
   <si>
     <t>XYLOPY</t>
   </si>
   <si>
     <t>Xylotrechus pyrrhoderus</t>
   </si>
   <si>
     <t>* Han Y, Lyu D (2010) Taxonomic review of the genus Xylotrechus (Coleoptera: Cerambycidae: Cerambycinae) in Korea with a newly recorded species. Korean Journal of Applied Entomology 49(2), 69-82.
 * Lin M, Ge S, Xiao N (2021) A study of the genus Xylotrechus Chevrolat (Coleoptera: Cerambycidae) from Beijing, China. Entomotaxonomia 43(3), 20 pp. https://doi.org/10.11680/entomotax.2021021
 * Tsuchiya T (1988) Studies on bionomics and control measures of the Grape borer (Xylotrechus pyrrhoderus Bates). Extra no. 2. Bulletin of the Yamanachi Fruit Tree Experiment Station 63(8). 92 pp.
-* EPPO (in preparation) EPPO Technical Document. Pest risk analysis for Xylotrechus pyrrhoderus. EPPO, Paris.
+* EPPO (2025) EPPO Technical Document No. 1098. Pest risk analysis for Xylotrechus pyrrhoderus. EPPO, Paris. Available at https://gd.eppo.int/taxon/XYLOPY/documents 
 ------- confirmed host</t>
   </si>
   <si>
     <t>Non-host</t>
   </si>
   <si>
     <t>FUSAEW</t>
   </si>
   <si>
     <t>Fusarium euwallaceae</t>
   </si>
   <si>
     <t>* Eskalen A, Stouthamer R, Lynch SC, Twizeyimana M, Gonzalez A, Thibault T (2013) Host range of Fusarium dieback and its ambrosia beetle (Coleoptera: Scolytinae) vector in southern California. Plant Disease 97(7),  938-951.
 ------- Considered it as a host.
 * de Jager M, Roets F (2022) Pathogenicity of Fusarium euwallaceae towards apple (Malus domestica) and grapevine (Vitis vinifera). Australasian Plant Disease Notes, 17(1), 1-4.
 ------- Inoculation studies showed that F. euwallaceae is not pathogenic to grapevine and does not persist internally longer than three months</t>
   </si>
   <si>
     <t>TSWV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatomaculae</t>
   </si>
   <si>
     <t xml:space="preserve">Vitis vinifera is not a host of TSWV.  Existing reports as a host may come from publications on on a virus resembling TSWV. 