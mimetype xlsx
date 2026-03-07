--- v2 (2026-01-07)
+++ v3 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="VITVI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="535">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="539">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>PHYPPH</t>
   </si>
   <si>
     <t>'Candidatus Phytoplasma phoenicium'</t>
   </si>
   <si>
     <t>* Zamharir MG, Paltrinieri S, Hajivand S, Taheri M, Bertaccini A (2017) Molecular identification of diverse ‘Candidatus Phytoplasma’ species associated with grapevine decline in Iran. Journal of Phytopathology 165(7-8), 407-413.
 ------- "related strain"
 * Canik D, Ertunc F, Paltrinieri S, Contaldo N &amp; Bertaccini A (2011) Identification of different phytoplasmas infecting grapevine in Turkey. Bulletin of Insectology 64, S225-S226.
@@ -823,79 +823,90 @@
     <t>ORIEIS</t>
   </si>
   <si>
     <t>Orientus ishidae</t>
   </si>
   <si>
     <t>* Lessio F, Picciau L, Gonella E, Mandrioli M, Tota F, Alma A (2016) The mosaic leafhopper Orientus ishidae: host plants, spatial distribution, infectivity, and transmission of 16SrV phytoplasmas to vines. Bulletin of Insectology 69(2), 277-289.
 ------- Putative host plant (adults were collected).</t>
   </si>
   <si>
     <t>PHENSO</t>
   </si>
   <si>
     <t>Phenacoccus solenopsis</t>
   </si>
   <si>
     <t>Phenacoccus solenopsis (as Vitis)</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
-    <t>* Stroiński A, Balderi M, Marraccini D, Mazza G (2022) First records of Pochazia shantungensis (Chou &amp; Lu, 1977) (Hemiptera: Fulgoromorpha: Ricaniidae) in Italy. Zootaxa 5188 (3), 275–282, https://doi.org/10.11646/zootaxa.5188.3.4</t>
+    <t>* Çetin G, Göksel PH, Ak K, Hızal E (2025) Determining host preferences, population density, and geographical distribution of Pochazia shantungensis (Chu &amp; Lu, 1977)(Hemiptera: Ricaniidae) in the Eastern Marmara Region. Plant Protection Bulletin 65(4), 57-68.
+* Stroiński A, Balderi M, Marraccini D, Mazza G (2022) First records of Pochazia shantungensis (Chou &amp; Lu, 1977) (Hemiptera: Fulgoromorpha: Ricaniidae) in Italy. Zootaxa 5188 (3), 275–282, https://doi.org/10.11646/zootaxa.5188.3.4</t>
   </si>
   <si>
     <t>CEVD00</t>
   </si>
   <si>
     <t>Pospiviroid exocortiscitri</t>
   </si>
   <si>
     <t>* Morgan SW, Read DA, Burger JT, Pietersen G (2023) Diversity of viroids infecting grapevines in the South African Vitis germplasm collection. Virus Genes 59(2), 244-253.</t>
   </si>
   <si>
     <t>CSYV00</t>
   </si>
   <si>
     <t>Potexvirus citriflavivenae</t>
   </si>
   <si>
     <t>* Afloukou FM, Önelge N (2020) First report of natural infection of grapevine (Vitis vinifera) by Citrus yellow vein clearing virus. New Disease Reports 42, 5. http://dx.doi.org/10.5197/j.2044-0588.2020.042.005</t>
   </si>
   <si>
     <t>PRDILO</t>
   </si>
   <si>
     <t>Prodiplosis longifila</t>
   </si>
   <si>
     <t>* Dhileepan K, Neser S, Rumiz D, Raman A, Sharma A (2017) Host associations of gall-inducing Prodiplosis longifila (Diptera: Cecidomyiidae) from Bolivia: Implications for its use as a biological control agent for Jatropha gossypiifolia (Euphorbiaceae). Florida Entomologist, 100(4), 777-786.
 * Diaz-Silva F (2011) [Agroecological aspects for the integrated management of Prodiplosis longifila Gagné in the irrigation of Chavimochic]. Escuela de Ciencias Biológicas, Universidad de Trujillo, Trujillo, PERU (in Spanish).</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Vitis)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>PSECCO</t>
   </si>
   <si>
     <t>Pseudococcus comstocki</t>
   </si>
   <si>
     <t>* Ülgentürk S, Ercan C, Yaşar B, Kaydan MB (2022) Checklist of Turkish Coccoidea (Hemiptera: Sternorryncha) species. Trakya University Journal of Natural Sciences 23(Special Issue), S113-S129. https://doi.org/10.23902/trkjnat.1123152</t>
   </si>
   <si>
     <t>Pseudococcus comstocki (as Vitis)</t>
   </si>
   <si>
     <t>PSDMVF</t>
   </si>
   <si>
     <t>Pseudomonas viridiflava</t>
   </si>
   <si>
     <t>* Akrami S, Charkhabi NF, Khodakaramian G, Khodaygan P, Beiki F, Basavand E. (2024) Bacterial species causing leaf and fruit spots and stem lesions of grapevine (Vitis vinifera L.) in Iran. European Journal of Plant Pathology. 5, 1-2.</t>
   </si>
   <si>
     <t>REPTPA</t>
   </si>
@@ -1380,50 +1391,53 @@
 -------- Vitis vinifera cv. Merlot (European cultivar). Leaf (Scions). In commercial vineyards.
 * Viala P, Ravaz L (1901) American vines (resistant stock) : their adaptation, culture, grafting and propagation. San Francisco. California Ed. https://www.biodiversitylibrary.org/item/59934#page/201/mode/1up
 ------- Vitis vinifera sativa ssp. (European cultivar). Root (own-rooted).
 * Vidart MV, Mujica MV, Bao L, Duarte F, Bentancourt CM, Franco J, Scatoni IB (2013) Life history and assessment of grapevine phylloxera leaf galling incidence on Vitis species in Uruguay. SpringerPlus 2, 181. https://doi.org/10.1186/2193-1801-2-181
 -------- Vitis vinifera cvs. Cabernet Sauvignon, Viognier (European cultivar). Leaf (Scions). In commercial vineyards.
 * Wapshere AJ, Helm KF (1987) Phylloxera and Vitis: an experimentally testable coevolutionary hypothesis. American Journal of Enology and Viticulture  38,  216–222.
 -------- Vitis vinifera cv. Riesling (European cultivar). Leaf (Scions). In commercial vineyards.
 * Wilmink J, Breuer M, Forneck A (2022) Effects of grape phylloxera leaf infestation on grapevine growth and yield parameters in commercial vineyards: a pilot study. OENO One 56(1). https://doi.org/10.20870/oeno-one.2022.56.1.4803
 -------- Vitis vinifera cvs. Chasselas,  Gelber Muskateller (European cultivars). Leaf (Scions). In commercial vineyards.</t>
   </si>
   <si>
     <t>ERYTVU</t>
   </si>
   <si>
     <t>Erasmoneura vulnerata</t>
   </si>
   <si>
     <t>* Chireceanu C, Bosoi M, Podrumar T, Ghica M , Teodoru A, Chiriloaie-Palade A, Zaharia R (2020) Invasive Insect Species Detected on Grapevines in Romania during 2016–2019 and First Record of Erasmoneura vulnerata (Fitch, 1851) (Hemiptera: Cicadellidae). Acta Zoologica Bulgarica 72 (4), 649-659.
 * Duso C, Moret R, Manera A, Berto D, Fornasiero D,Marchgiani G, Pozzebon A (2019) Investigations on the grape leafhopper Erasmoneura vulnerata in North-Eastern Italy. Insects 10, 44. https://doi.org/10.3390/insects10020044</t>
   </si>
   <si>
     <t>CLYSAM</t>
   </si>
   <si>
     <t>Eupoecilia ambiguella</t>
+  </si>
+  <si>
+    <t>* Ricciardi R, Benelli G, Di Giovanni F, Lucchi A. (2024) The European grape berry moth, Eupoecilia ambiguella (Lepidoptera: Tortricidae): Current knowledge and management challenges. Crop Protection 180, 106641. https://doi.org/10.1016/j.cropro.2024.106641</t>
   </si>
   <si>
     <t>EURHBR</t>
   </si>
   <si>
     <t>Eurhizococcus brasiliensis</t>
   </si>
   <si>
     <t>* Broetto D, Baumann OJ, Sato AJ, Botelho RV (2011) Desenvolvimento e ocorrência de pérola-da-terra em videiras rústicas e finas enxertadas sobre os porta-enxertos 'VR 043-43' e 'Paulsen 1103. Revista Brasileira de Fruticultura 33 (special issue), 404-410.</t>
   </si>
   <si>
     <t>EUTYLA</t>
   </si>
   <si>
     <t>Eutypa lata</t>
   </si>
   <si>
     <t>* Lolas MA, Castro A, Polanco R, Gainza-Cortés F, Ferrada E, Sosnowski MR, Díaz GA (2020) First report of Eutypa lata causing dieback of grapevines (Vitis vinifera) in Chile. Plant Disease 104(7), 2024. https://doi.org/10.1094/PDIS-12-19-2531-PDN
 * Rolshausen PE, Mahoney NE, Molyneux RJ, Gubler WD (2006) A reassessment of the species concept in Eutypa lata, the causal agent of Eutypa dieback of grapevine. Phytopathology 96(4), 369-377.</t>
   </si>
   <si>
     <t>FRANCS</t>
   </si>
   <si>
     <t>Frankliniella australis</t>
@@ -2149,51 +2163,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D196"/>
+  <dimension ref="A1:D197"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="727.822" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -3444,120 +3458,120 @@
         <v>254</v>
       </c>
       <c r="D92" t="s">
         <v>255</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="s">
         <v>30</v>
       </c>
       <c r="B93" t="s">
         <v>256</v>
       </c>
       <c r="C93" t="s">
         <v>257</v>
       </c>
       <c r="D93" t="s">
         <v>258</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="s">
         <v>30</v>
       </c>
       <c r="B94" t="s">
-        <v>256</v>
+        <v>259</v>
       </c>
       <c r="C94" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="D94"/>
+        <v>260</v>
+      </c>
+      <c r="D94" t="s">
+        <v>261</v>
+      </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="s">
         <v>30</v>
       </c>
       <c r="B95" t="s">
-        <v>260</v>
+        <v>259</v>
       </c>
       <c r="C95" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="D95" t="s">
         <v>262</v>
       </c>
+      <c r="D95"/>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="s">
         <v>30</v>
       </c>
       <c r="B96" t="s">
         <v>263</v>
       </c>
       <c r="C96" t="s">
         <v>264</v>
       </c>
-      <c r="D96"/>
+      <c r="D96" t="s">
+        <v>265</v>
+      </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="s">
         <v>30</v>
       </c>
       <c r="B97" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="C97" t="s">
-        <v>266</v>
+        <v>267</v>
       </c>
       <c r="D97"/>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="s">
         <v>30</v>
       </c>
       <c r="B98" t="s">
-        <v>267</v>
+        <v>268</v>
       </c>
       <c r="C98" t="s">
-        <v>268</v>
+        <v>269</v>
       </c>
       <c r="D98"/>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="s">
         <v>30</v>
       </c>
       <c r="B99" t="s">
-        <v>269</v>
+        <v>270</v>
       </c>
       <c r="C99" t="s">
-        <v>270</v>
-[...1 lines deleted...]
-      <c r="D99" t="s">
         <v>271</v>
       </c>
+      <c r="D99"/>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="s">
         <v>30</v>
       </c>
       <c r="B100" t="s">
         <v>272</v>
       </c>
       <c r="C100" t="s">
         <v>273</v>
       </c>
       <c r="D100" t="s">
         <v>274</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="s">
         <v>30</v>
       </c>
       <c r="B101" t="s">
         <v>275</v>
       </c>
       <c r="C101" t="s">
         <v>276</v>
       </c>
@@ -3652,158 +3666,158 @@
     <row r="108" spans="1:4">
       <c r="A108" t="s">
         <v>30</v>
       </c>
       <c r="B108" t="s">
         <v>296</v>
       </c>
       <c r="C108" t="s">
         <v>297</v>
       </c>
       <c r="D108" t="s">
         <v>298</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="s">
         <v>30</v>
       </c>
       <c r="B109" t="s">
         <v>299</v>
       </c>
       <c r="C109" t="s">
         <v>300</v>
       </c>
       <c r="D109" t="s">
-        <v>41</v>
+        <v>301</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="s">
         <v>30</v>
       </c>
       <c r="B110" t="s">
-        <v>301</v>
+        <v>302</v>
       </c>
       <c r="C110" t="s">
-        <v>302</v>
+        <v>303</v>
       </c>
       <c r="D110" t="s">
-        <v>303</v>
+        <v>41</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="s">
         <v>30</v>
       </c>
       <c r="B111" t="s">
         <v>304</v>
       </c>
       <c r="C111" t="s">
         <v>305</v>
       </c>
       <c r="D111" t="s">
         <v>306</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="s">
         <v>30</v>
       </c>
       <c r="B112" t="s">
         <v>307</v>
       </c>
       <c r="C112" t="s">
         <v>308</v>
       </c>
-      <c r="D112"/>
+      <c r="D112" t="s">
+        <v>309</v>
+      </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="s">
         <v>30</v>
       </c>
       <c r="B113" t="s">
-        <v>309</v>
+        <v>310</v>
       </c>
       <c r="C113" t="s">
-        <v>310</v>
-[...1 lines deleted...]
-      <c r="D113" t="s">
         <v>311</v>
       </c>
+      <c r="D113"/>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="s">
         <v>30</v>
       </c>
       <c r="B114" t="s">
         <v>312</v>
       </c>
       <c r="C114" t="s">
         <v>313</v>
       </c>
-      <c r="D114"/>
+      <c r="D114" t="s">
+        <v>314</v>
+      </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="s">
         <v>30</v>
       </c>
       <c r="B115" t="s">
-        <v>314</v>
+        <v>315</v>
       </c>
       <c r="C115" t="s">
-        <v>315</v>
-[...1 lines deleted...]
-      <c r="D115" t="s">
         <v>316</v>
       </c>
+      <c r="D115"/>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="s">
         <v>30</v>
       </c>
       <c r="B116" t="s">
         <v>317</v>
       </c>
       <c r="C116" t="s">
         <v>318</v>
       </c>
-      <c r="D116"/>
+      <c r="D116" t="s">
+        <v>319</v>
+      </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="s">
         <v>30</v>
       </c>
       <c r="B117" t="s">
-        <v>319</v>
+        <v>320</v>
       </c>
       <c r="C117" t="s">
-        <v>320</v>
-[...1 lines deleted...]
-      <c r="D117" t="s">
         <v>321</v>
       </c>
+      <c r="D117"/>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="s">
         <v>30</v>
       </c>
       <c r="B118" t="s">
         <v>322</v>
       </c>
       <c r="C118" t="s">
         <v>323</v>
       </c>
       <c r="D118" t="s">
         <v>324</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="s">
         <v>30</v>
       </c>
       <c r="B119" t="s">
         <v>325</v>
       </c>
       <c r="C119" t="s">
         <v>326</v>
       </c>
@@ -3939,944 +3953,960 @@
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="s">
         <v>30</v>
       </c>
       <c r="B129" t="s">
         <v>355</v>
       </c>
       <c r="C129" t="s">
         <v>356</v>
       </c>
       <c r="D129" t="s">
         <v>357</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="s">
         <v>30</v>
       </c>
       <c r="B130" t="s">
         <v>358</v>
       </c>
       <c r="C130" t="s">
         <v>359</v>
       </c>
-      <c r="D130"/>
+      <c r="D130" t="s">
+        <v>360</v>
+      </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="s">
         <v>30</v>
       </c>
       <c r="B131" t="s">
-        <v>360</v>
+        <v>361</v>
       </c>
       <c r="C131" t="s">
-        <v>361</v>
-[...1 lines deleted...]
-      <c r="D131" t="s">
         <v>362</v>
       </c>
+      <c r="D131"/>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="s">
+        <v>30</v>
+      </c>
+      <c r="B132" t="s">
         <v>363</v>
       </c>
-      <c r="B132" t="s">
+      <c r="C132" t="s">
         <v>364</v>
       </c>
-      <c r="C132" t="s">
+      <c r="D132" t="s">
         <v>365</v>
       </c>
-      <c r="D132"/>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B133" t="s">
-        <v>366</v>
+        <v>367</v>
       </c>
       <c r="C133" t="s">
-        <v>367</v>
+        <v>368</v>
       </c>
       <c r="D133"/>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B134" t="s">
-        <v>368</v>
+        <v>369</v>
       </c>
       <c r="C134" t="s">
-        <v>369</v>
-[...1 lines deleted...]
-      <c r="D134" t="s">
         <v>370</v>
       </c>
+      <c r="D134"/>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B135" t="s">
         <v>371</v>
       </c>
       <c r="C135" t="s">
         <v>372</v>
       </c>
       <c r="D135" t="s">
         <v>373</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B136" t="s">
         <v>374</v>
       </c>
       <c r="C136" t="s">
         <v>375</v>
       </c>
-      <c r="D136"/>
+      <c r="D136" t="s">
+        <v>376</v>
+      </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B137" t="s">
-        <v>45</v>
+        <v>377</v>
       </c>
       <c r="C137" t="s">
-        <v>376</v>
-[...3 lines deleted...]
-      </c>
+        <v>378</v>
+      </c>
+      <c r="D137"/>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B138" t="s">
-        <v>51</v>
+        <v>45</v>
       </c>
       <c r="C138" t="s">
-        <v>378</v>
-[...1 lines deleted...]
-      <c r="D138"/>
+        <v>379</v>
+      </c>
+      <c r="D138" t="s">
+        <v>380</v>
+      </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B139" t="s">
-        <v>379</v>
+        <v>51</v>
       </c>
       <c r="C139" t="s">
-        <v>380</v>
-[...1 lines deleted...]
-      <c r="D139" t="s">
         <v>381</v>
       </c>
+      <c r="D139"/>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B140" t="s">
         <v>382</v>
       </c>
       <c r="C140" t="s">
         <v>383</v>
       </c>
       <c r="D140" t="s">
         <v>384</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B141" t="s">
         <v>385</v>
       </c>
       <c r="C141" t="s">
         <v>386</v>
       </c>
       <c r="D141" t="s">
         <v>387</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B142" t="s">
         <v>388</v>
       </c>
       <c r="C142" t="s">
         <v>389</v>
       </c>
       <c r="D142" t="s">
-        <v>67</v>
+        <v>390</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B143" t="s">
-        <v>390</v>
+        <v>391</v>
       </c>
       <c r="C143" t="s">
-        <v>391</v>
+        <v>392</v>
       </c>
       <c r="D143" t="s">
-        <v>392</v>
+        <v>67</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B144" t="s">
         <v>393</v>
       </c>
       <c r="C144" t="s">
         <v>394</v>
       </c>
       <c r="D144" t="s">
         <v>395</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B145" t="s">
         <v>396</v>
       </c>
       <c r="C145" t="s">
         <v>397</v>
       </c>
       <c r="D145" t="s">
         <v>398</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B146" t="s">
         <v>399</v>
       </c>
       <c r="C146" t="s">
         <v>400</v>
       </c>
       <c r="D146" t="s">
         <v>401</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B147" t="s">
         <v>402</v>
       </c>
       <c r="C147" t="s">
         <v>403</v>
       </c>
       <c r="D147" t="s">
         <v>404</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B148" t="s">
         <v>405</v>
       </c>
       <c r="C148" t="s">
         <v>406</v>
       </c>
       <c r="D148" t="s">
         <v>407</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B149" t="s">
         <v>408</v>
       </c>
       <c r="C149" t="s">
         <v>409</v>
       </c>
-      <c r="D149"/>
+      <c r="D149" t="s">
+        <v>410</v>
+      </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B150" t="s">
-        <v>410</v>
+        <v>411</v>
       </c>
       <c r="C150" t="s">
-        <v>411</v>
+        <v>412</v>
       </c>
       <c r="D150" t="s">
-        <v>412</v>
+        <v>413</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B151" t="s">
-        <v>413</v>
+        <v>414</v>
       </c>
       <c r="C151" t="s">
-        <v>414</v>
+        <v>415</v>
       </c>
       <c r="D151" t="s">
-        <v>415</v>
+        <v>416</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B152" t="s">
-        <v>416</v>
+        <v>417</v>
       </c>
       <c r="C152" t="s">
-        <v>417</v>
-[...1 lines deleted...]
-      <c r="D152"/>
+        <v>418</v>
+      </c>
+      <c r="D152" t="s">
+        <v>419</v>
+      </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B153" t="s">
-        <v>418</v>
+        <v>420</v>
       </c>
       <c r="C153" t="s">
-        <v>419</v>
-[...3 lines deleted...]
-      </c>
+        <v>421</v>
+      </c>
+      <c r="D153"/>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B154" t="s">
-        <v>421</v>
+        <v>422</v>
       </c>
       <c r="C154" t="s">
-        <v>422</v>
-[...1 lines deleted...]
-      <c r="D154"/>
+        <v>423</v>
+      </c>
+      <c r="D154" t="s">
+        <v>424</v>
+      </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B155" t="s">
-        <v>423</v>
+        <v>425</v>
       </c>
       <c r="C155" t="s">
-        <v>424</v>
-[...3 lines deleted...]
-      </c>
+        <v>426</v>
+      </c>
+      <c r="D155"/>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B156" t="s">
-        <v>426</v>
+        <v>427</v>
       </c>
       <c r="C156" t="s">
-        <v>427</v>
-[...1 lines deleted...]
-      <c r="D156"/>
+        <v>428</v>
+      </c>
+      <c r="D156" t="s">
+        <v>429</v>
+      </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B157" t="s">
-        <v>428</v>
+        <v>430</v>
       </c>
       <c r="C157" t="s">
-        <v>429</v>
-[...3 lines deleted...]
-      </c>
+        <v>431</v>
+      </c>
+      <c r="D157"/>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B158" t="s">
-        <v>431</v>
+        <v>432</v>
       </c>
       <c r="C158" t="s">
-        <v>432</v>
-[...1 lines deleted...]
-      <c r="D158"/>
+        <v>433</v>
+      </c>
+      <c r="D158" t="s">
+        <v>434</v>
+      </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B159" t="s">
-        <v>433</v>
+        <v>435</v>
       </c>
       <c r="C159" t="s">
-        <v>434</v>
+        <v>436</v>
       </c>
       <c r="D159"/>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B160" t="s">
-        <v>435</v>
+        <v>437</v>
       </c>
       <c r="C160" t="s">
-        <v>436</v>
-[...3 lines deleted...]
-      </c>
+        <v>438</v>
+      </c>
+      <c r="D160"/>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B161" t="s">
-        <v>438</v>
+        <v>439</v>
       </c>
       <c r="C161" t="s">
-        <v>439</v>
-[...1 lines deleted...]
-      <c r="D161"/>
+        <v>440</v>
+      </c>
+      <c r="D161" t="s">
+        <v>441</v>
+      </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B162" t="s">
-        <v>440</v>
+        <v>442</v>
       </c>
       <c r="C162" t="s">
-        <v>441</v>
-[...3 lines deleted...]
-      </c>
+        <v>443</v>
+      </c>
+      <c r="D162"/>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B163" t="s">
-        <v>442</v>
+        <v>444</v>
       </c>
       <c r="C163" t="s">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="D163" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B164" t="s">
-        <v>444</v>
+        <v>446</v>
       </c>
       <c r="C164" t="s">
-        <v>445</v>
+        <v>447</v>
       </c>
       <c r="D164" t="s">
-        <v>446</v>
+        <v>41</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B165" t="s">
-        <v>447</v>
+        <v>448</v>
       </c>
       <c r="C165" t="s">
-        <v>448</v>
+        <v>449</v>
       </c>
       <c r="D165" t="s">
-        <v>449</v>
+        <v>450</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B166" t="s">
-        <v>450</v>
+        <v>451</v>
       </c>
       <c r="C166" t="s">
-        <v>451</v>
+        <v>452</v>
       </c>
       <c r="D166" t="s">
-        <v>452</v>
+        <v>453</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B167" t="s">
-        <v>453</v>
+        <v>454</v>
       </c>
       <c r="C167" t="s">
-        <v>454</v>
+        <v>455</v>
       </c>
       <c r="D167" t="s">
-        <v>455</v>
+        <v>456</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B168" t="s">
-        <v>456</v>
+        <v>457</v>
       </c>
       <c r="C168" t="s">
-        <v>457</v>
+        <v>458</v>
       </c>
       <c r="D168" t="s">
-        <v>458</v>
+        <v>459</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B169" t="s">
-        <v>459</v>
+        <v>460</v>
       </c>
       <c r="C169" t="s">
-        <v>460</v>
+        <v>461</v>
       </c>
       <c r="D169" t="s">
-        <v>461</v>
+        <v>462</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B170" t="s">
-        <v>462</v>
+        <v>463</v>
       </c>
       <c r="C170" t="s">
-        <v>463</v>
+        <v>464</v>
       </c>
       <c r="D170" t="s">
-        <v>464</v>
+        <v>465</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B171" t="s">
-        <v>465</v>
+        <v>466</v>
       </c>
       <c r="C171" t="s">
-        <v>466</v>
+        <v>467</v>
       </c>
       <c r="D171" t="s">
-        <v>41</v>
+        <v>468</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B172" t="s">
-        <v>467</v>
+        <v>469</v>
       </c>
       <c r="C172" t="s">
-        <v>468</v>
+        <v>470</v>
       </c>
       <c r="D172" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B173" t="s">
-        <v>469</v>
+        <v>471</v>
       </c>
       <c r="C173" t="s">
-        <v>470</v>
+        <v>472</v>
       </c>
       <c r="D173" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B174" t="s">
-        <v>471</v>
+        <v>473</v>
       </c>
       <c r="C174" t="s">
-        <v>472</v>
+        <v>474</v>
       </c>
       <c r="D174" t="s">
-        <v>473</v>
+        <v>41</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B175" t="s">
-        <v>474</v>
+        <v>475</v>
       </c>
       <c r="C175" t="s">
-        <v>475</v>
+        <v>476</v>
       </c>
       <c r="D175" t="s">
-        <v>476</v>
+        <v>477</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B176" t="s">
-        <v>477</v>
+        <v>478</v>
       </c>
       <c r="C176" t="s">
-        <v>478</v>
+        <v>479</v>
       </c>
       <c r="D176" t="s">
-        <v>479</v>
+        <v>480</v>
       </c>
     </row>
     <row r="177" spans="1:4">
       <c r="A177" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B177" t="s">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="C177" t="s">
-        <v>481</v>
+        <v>482</v>
       </c>
       <c r="D177" t="s">
-        <v>482</v>
+        <v>483</v>
       </c>
     </row>
     <row r="178" spans="1:4">
       <c r="A178" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B178" t="s">
-        <v>483</v>
+        <v>484</v>
       </c>
       <c r="C178" t="s">
-        <v>484</v>
+        <v>485</v>
       </c>
       <c r="D178" t="s">
-        <v>485</v>
+        <v>486</v>
       </c>
     </row>
     <row r="179" spans="1:4">
       <c r="A179" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B179" t="s">
-        <v>486</v>
+        <v>487</v>
       </c>
       <c r="C179" t="s">
-        <v>487</v>
+        <v>488</v>
       </c>
       <c r="D179" t="s">
-        <v>488</v>
+        <v>489</v>
       </c>
     </row>
     <row r="180" spans="1:4">
       <c r="A180" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B180" t="s">
-        <v>489</v>
+        <v>490</v>
       </c>
       <c r="C180" t="s">
-        <v>490</v>
+        <v>491</v>
       </c>
       <c r="D180" t="s">
-        <v>491</v>
+        <v>492</v>
       </c>
     </row>
     <row r="181" spans="1:4">
       <c r="A181" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B181" t="s">
-        <v>492</v>
+        <v>493</v>
       </c>
       <c r="C181" t="s">
-        <v>493</v>
+        <v>494</v>
       </c>
       <c r="D181" t="s">
-        <v>494</v>
+        <v>495</v>
       </c>
     </row>
     <row r="182" spans="1:4">
       <c r="A182" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B182" t="s">
-        <v>495</v>
+        <v>496</v>
       </c>
       <c r="C182" t="s">
-        <v>496</v>
+        <v>497</v>
       </c>
       <c r="D182" t="s">
-        <v>497</v>
+        <v>498</v>
       </c>
     </row>
     <row r="183" spans="1:4">
       <c r="A183" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B183" t="s">
-        <v>498</v>
+        <v>499</v>
       </c>
       <c r="C183" t="s">
-        <v>499</v>
-[...1 lines deleted...]
-      <c r="D183"/>
+        <v>500</v>
+      </c>
+      <c r="D183" t="s">
+        <v>501</v>
+      </c>
     </row>
     <row r="184" spans="1:4">
       <c r="A184" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B184" t="s">
-        <v>500</v>
+        <v>502</v>
       </c>
       <c r="C184" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="D184"/>
     </row>
     <row r="185" spans="1:4">
       <c r="A185" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B185" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
       <c r="C185" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="D185"/>
     </row>
     <row r="186" spans="1:4">
       <c r="A186" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B186" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="C186" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
       <c r="D186"/>
     </row>
     <row r="187" spans="1:4">
       <c r="A187" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B187" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="C187" t="s">
-        <v>507</v>
-[...3 lines deleted...]
-      </c>
+        <v>509</v>
+      </c>
+      <c r="D187"/>
     </row>
     <row r="188" spans="1:4">
       <c r="A188" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B188" t="s">
-        <v>509</v>
+        <v>510</v>
       </c>
       <c r="C188" t="s">
-        <v>510</v>
+        <v>511</v>
       </c>
       <c r="D188" t="s">
-        <v>511</v>
+        <v>512</v>
       </c>
     </row>
     <row r="189" spans="1:4">
       <c r="A189" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B189" t="s">
-        <v>512</v>
+        <v>513</v>
       </c>
       <c r="C189" t="s">
-        <v>513</v>
+        <v>514</v>
       </c>
       <c r="D189" t="s">
-        <v>41</v>
+        <v>515</v>
       </c>
     </row>
     <row r="190" spans="1:4">
       <c r="A190" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B190" t="s">
-        <v>514</v>
+        <v>516</v>
       </c>
       <c r="C190" t="s">
-        <v>515</v>
+        <v>517</v>
       </c>
       <c r="D190" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="191" spans="1:4">
       <c r="A191" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B191" t="s">
-        <v>516</v>
+        <v>518</v>
       </c>
       <c r="C191" t="s">
-        <v>517</v>
+        <v>519</v>
       </c>
       <c r="D191" t="s">
-        <v>518</v>
+        <v>41</v>
       </c>
     </row>
     <row r="192" spans="1:4">
       <c r="A192" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B192" t="s">
-        <v>519</v>
+        <v>520</v>
       </c>
       <c r="C192" t="s">
-        <v>520</v>
+        <v>521</v>
       </c>
       <c r="D192" t="s">
-        <v>521</v>
+        <v>522</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B193" t="s">
-        <v>522</v>
+        <v>523</v>
       </c>
       <c r="C193" t="s">
-        <v>523</v>
+        <v>524</v>
       </c>
       <c r="D193" t="s">
-        <v>524</v>
+        <v>525</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B194" t="s">
-        <v>525</v>
+        <v>526</v>
       </c>
       <c r="C194" t="s">
-        <v>526</v>
+        <v>527</v>
       </c>
       <c r="D194" t="s">
-        <v>527</v>
+        <v>528</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="s">
-        <v>528</v>
+        <v>366</v>
       </c>
       <c r="B195" t="s">
         <v>529</v>
       </c>
       <c r="C195" t="s">
         <v>530</v>
       </c>
       <c r="D195" t="s">
         <v>531</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="s">
-        <v>528</v>
+        <v>532</v>
       </c>
       <c r="B196" t="s">
+        <v>533</v>
+      </c>
+      <c r="C196" t="s">
+        <v>534</v>
+      </c>
+      <c r="D196" t="s">
+        <v>535</v>
+      </c>
+    </row>
+    <row r="197" spans="1:4">
+      <c r="A197" t="s">
         <v>532</v>
       </c>
-      <c r="C196" t="s">
-[...3 lines deleted...]
-        <v>534</v>
+      <c r="B197" t="s">
+        <v>536</v>
+      </c>
+      <c r="C197" t="s">
+        <v>537</v>
+      </c>
+      <c r="D197" t="s">
+        <v>538</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">