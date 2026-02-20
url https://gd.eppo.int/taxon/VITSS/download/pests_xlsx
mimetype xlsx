--- v0 (2025-10-10)
+++ v1 (2026-02-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="VITSS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="104">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="107">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>MELGMY</t>
   </si>
   <si>
     <t>Meloidogyne enterolobii</t>
   </si>
   <si>
     <t>* Freitas VM, Correa VR, Carneiro MDG, Silva JG, Gomes CB, Mattos JK, Somavilla L &amp; Carneiro RMDG (2014) Host status of fruit plants to Meloidogyne enterolobii. Journal of Nematology 46(2), 165. (abstract)
 ------- greenhouse stud
 * Freitas VM, Silva JGP, Gomes CB, Castro JMC, Correa VR (2017) Host status of selected cultivated fruit crops to Meloidogyne enterolobii. European Journal of Plant Pathology 148, 307-319.
@@ -278,50 +278,60 @@
   </si>
   <si>
     <t>PGARFU</t>
   </si>
   <si>
     <t>Pagaronia furcata</t>
   </si>
   <si>
     <t>* Nielson MW (1968) The leafhopper vectors of phytopathogenic viruses (Homoptera, Cicadellidae). Taxonomy, biology and virus transmission. Technical Bulletin No. 1392. USDA Agricultural Research Service, 386 pp.
 -------- Biology unkown, poor survival on grape and alfalfa plants.</t>
   </si>
   <si>
     <t>PHENSO</t>
   </si>
   <si>
     <t>Phenacoccus solenopsis (as Vitis)</t>
   </si>
   <si>
     <t>POCZSH</t>
   </si>
   <si>
     <t>Pochazia shantungensis</t>
   </si>
   <si>
     <t>* Kobayashi S, Suzuki M, Kuwahara R, Park J, Yamada K, Jung S (2024) Reevaluation of taxonomic identity of the recently introduced invasive planthopper, Pochazia shantungensis (Chou &amp; Lu, 1977)(Hemiptera: Fulgoroidea: Ricaniidae) in Japan. Zootaxa 5446(2), 151-178.</t>
+  </si>
+  <si>
+    <t>PSEAPE</t>
+  </si>
+  <si>
+    <t>Pseudaulacaspis pentagona (as Vitis)</t>
+  </si>
+  <si>
+    <t>* García Morales M, Denno BD, Miller DR, Miller GL, Ben-Dov Y, Hardy NB (2016) ScaleNet: A literature-based model of scale insect biology and systematics. Database. doi: 10.1093/database/bav118. http://scalenet.info [accessed 2026-02].
+* Miller DR &amp; Davidson JA (2005) Armored Scale Insect Pests of Trees and Shrubs. Cornell Univ. Press Ithaca, NY 442 pp.</t>
   </si>
   <si>
     <t>PSECCO</t>
   </si>
   <si>
     <t>Pseudococcus comstocki (as Vitis)</t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
   </si>
   <si>
     <t>* EFSA (2024) Update of the Xylella spp. host plant database – Systematic literature search up to 31 December 2023. EFSA Journal 22, e8898. https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2024.8898
 ------- Subspecies (fastidiosa, multiplex) and undetermined.</t>
   </si>
   <si>
     <t>XYLEFF</t>
   </si>
   <si>
     <t>Xylella fastidiosa subsp. fastidiosa</t>
   </si>
   <si>
     <t>* EFSA (2024) Update of the Xylella spp. host plant database – Systematic literature search up to 31 December 2023. EFSA Journal 22, e8898. https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2024.8898
@@ -695,51 +705,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D35"/>
+  <dimension ref="A1:D36"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="434.037" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1103,132 +1113,146 @@
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>8</v>
       </c>
       <c r="B28" t="s">
         <v>80</v>
       </c>
       <c r="C28" t="s">
         <v>81</v>
       </c>
       <c r="D28" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>8</v>
       </c>
       <c r="B29" t="s">
         <v>83</v>
       </c>
       <c r="C29" t="s">
         <v>84</v>
       </c>
-      <c r="D29"/>
+      <c r="D29" t="s">
+        <v>85</v>
+      </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>8</v>
       </c>
       <c r="B30" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C30" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="D30" t="s">
         <v>87</v>
       </c>
+      <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>88</v>
       </c>
       <c r="C31" t="s">
         <v>89</v>
       </c>
       <c r="D31" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
         <v>91</v>
       </c>
       <c r="C32" t="s">
         <v>92</v>
       </c>
       <c r="D32" t="s">
         <v>93</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
+        <v>8</v>
+      </c>
+      <c r="B33" t="s">
         <v>94</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>95</v>
       </c>
-      <c r="C33" t="s">
+      <c r="D33" t="s">
         <v>96</v>
       </c>
-      <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="B34" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C34" t="s">
-        <v>98</v>
-[...1 lines deleted...]
-      <c r="D34" t="s">
         <v>99</v>
       </c>
+      <c r="D34"/>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
+        <v>97</v>
+      </c>
+      <c r="B35" t="s">
         <v>100</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>101</v>
       </c>
-      <c r="C35" t="s">
+      <c r="D35" t="s">
         <v>102</v>
       </c>
-      <c r="D35" t="s">
+    </row>
+    <row r="36" spans="1:4">
+      <c r="A36" t="s">
         <v>103</v>
+      </c>
+      <c r="B36" t="s">
+        <v>104</v>
+      </c>
+      <c r="C36" t="s">
+        <v>105</v>
+      </c>
+      <c r="D36" t="s">
+        <v>106</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">