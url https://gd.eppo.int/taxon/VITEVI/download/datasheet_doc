--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -446,51 +446,51 @@
               <w:t xml:space="preserve"> (Fitch)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> grapevine leaf louse, grapevine louse, grapevine phylloxera, vine louse</w:t>
             </w:r>
-            <w:hyperlink r:id="rId163368e095a16b1ef" w:history="1">
+            <w:hyperlink r:id="rId889268fce1bce3c21" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -506,51 +506,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId877368e095a16b283" w:history="1">
+            <w:hyperlink r:id="rId565168fce1bce3c8d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -564,86 +564,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> VITEVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="59188873" name="name182568e095a16b3b0" descr="14653.jpg"/>
+                  <wp:docPr id="7386384" name="name773968fce1bce3d79" descr="14653.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14653.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId354768e095a16b3af" cstate="print"/>
+                          <a:blip r:embed="rId672368fce1bce3d78" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId237568e095a16b4dd" w:history="1">
+            <w:hyperlink r:id="rId759368fce1bce3ea8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1809,63 +1809,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> century and is now found in all wine growing areas worldwide. Grapevine phylloxera occurs in cultivated vineyards, often feeding on roots (of rootstocks) and infections may be latent (in particular with the use of resistant hosts).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="78268904" name="name710768e095a16ca6f" descr="VITEVI_distribution_map.jpg"/>
+            <wp:docPr id="6231447" name="name706268fce1bce589a" descr="VITEVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="VITEVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId399168e095a16ca6c" cstate="print"/>
+                    <a:blip r:embed="rId701368fce1bce5897" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2031,51 +2031,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">BIOLOGY</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grapevine phylloxera has a complex lifecycle with several variants (reviewed in Forneck &amp; Huber, 2009; see also life cycle provided at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId439668e095a16cd67" w:history="1">
+      <w:hyperlink r:id="rId914268fce1bce5c03" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/VITEVI/photos</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Forneck &amp; Bauer, 2020). On American </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4021,51 +4021,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 21229. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId562568e095a16dacb" w:history="1">
+      <w:hyperlink r:id="rId974268fce1bce6c80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-77928-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4111,51 +4111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">66</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 46-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId162068e095a16db5e" w:history="1">
+      <w:hyperlink r:id="rId712068fce1bce6d3e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5344/ajev.2014.14026</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4201,51 +4201,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">161</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 91-115.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId450368e095a16dbf1" w:history="1">
+      <w:hyperlink r:id="rId146868fce1bce6ded" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.2012.00561.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4271,51 +4271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 507-514. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId930768e095a16dc63" w:history="1">
+      <w:hyperlink r:id="rId868868fce1bce6e65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">htpps://doi.org/10.1071/FP05315</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4361,51 +4361,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) rootstock. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Journal of Grape and Wine Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 8 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId846868e095a16dcf3" w:history="1">
+      <w:hyperlink r:id="rId538868fce1bce6efb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1155/2023/2259967</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4654,51 +4654,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 979–986. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId189868e095a16decc" w:history="1">
+      <w:hyperlink r:id="rId465268fce1bce70e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/0046-225X-29.5.979</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4744,51 +4744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 3678, pp. 67. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId320168e095a16df5b" w:history="1">
+      <w:hyperlink r:id="rId855368fce1bce7176" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/.org/10.2903/j.efsa.2014.3678</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4814,51 +4814,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 422-429. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId922768e095a16dfd9" w:history="1">
+      <w:hyperlink r:id="rId184368fce1bce71fe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/87/pm4-008-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4904,51 +4904,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484-486. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId296268e095a16e067" w:history="1">
+      <w:hyperlink r:id="rId695968fce1bce7291" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/278/pm10-016-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4994,51 +4994,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 496-497. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId481668e095a16e0f8" w:history="1">
+      <w:hyperlink r:id="rId399468fce1bce7323" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/282/pm10-020-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5084,51 +5084,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId322068e095a16e186" w:history="1">
+      <w:hyperlink r:id="rId710568fce1bce73b3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/VITEVI/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5165,81 +5165,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Journal of Pest Management </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">61</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 340-345. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId340268e095a16e20b" w:history="1">
+      <w:hyperlink r:id="rId556268fce1bce743b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/09670874.2015.1067734</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forneck A &amp; Bauer M (2020) Figure Phylloxera Lifecycle. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId135468e095a16e23c" w:history="1">
+      <w:hyperlink r:id="rId350568fce1bce746e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/VITEVI/photos</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5343,51 +5343,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId217968e095a16e32a" w:history="1">
+      <w:hyperlink r:id="rId899968fce1bce755c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5344/ajev.2016.15106</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5589,51 +5589,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Journal of Grape and Wine Research </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 469-</w:t>
       </w:r>
-      <w:hyperlink r:id="rId673068e095a16e4ba" w:history="1">
+      <w:hyperlink r:id="rId625768fce1bce7732" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ajgw.12237</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6015,51 +6015,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">733</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 107-114.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId432468e095a16e779" w:history="1">
+      <w:hyperlink r:id="rId987668fce1bce79f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://openresearch-repository.anu.edu.au/bitstream/1885/51686/4/02_Kingston_Grape_Phylloxera_External_2007.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6241,51 +6241,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e0170678. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId911968e095a16e8ea" w:history="1">
+      <w:hyperlink r:id="rId249968fce1bce7b89" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0170678</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6594,51 +6594,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 552-558. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId757068e095a16eb30" w:history="1">
+      <w:hyperlink r:id="rId700968fce1bce7e19" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7455,51 +7455,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1),181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId431968e095a16f365" w:history="1">
+      <w:hyperlink r:id="rId960268fce1bce84ae" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/2193-1801-2-181</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7525,51 +7525,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Compendium of Plant Genomes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Springer, Cham. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId943868e095a16f3de" w:history="1">
+      <w:hyperlink r:id="rId206968fce1bce8525" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-030-18601-2_2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7769,51 +7769,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId918568e095a16f60d" w:history="1">
+      <w:hyperlink r:id="rId736168fce1bce879a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.20870/oeno-one.2022.56.1.4803</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7957,51 +7957,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Daktulosphaira vitifoliae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId564468e095a16f840" w:history="1">
+      <w:hyperlink r:id="rId489368fce1bce88e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8192,81 +8192,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId214768e095a16fa22" w:history="1">
+      <w:hyperlink r:id="rId256868fce1bce8a76" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01740.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="26631495" name="name331868e095a16fb08" descr="eu_funding_250.png"/>
+            <wp:docPr id="82677696" name="name261268fce1bce8afe" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId604568e095a16fb06" cstate="print"/>
+                    <a:blip r:embed="rId793068fce1bce8afd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8364,137 +8364,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="33894996">
+  <w:abstractNum w:abstractNumId="91745603">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="36115091">
+    <w:lvl w:ilvl="0" w:tplc="71254120">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="36115091" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="71254120" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="36115091" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="71254120" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="36115091" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="71254120" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="36115091" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="71254120" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="36115091" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="71254120" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="36115091" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="71254120" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="36115091" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="71254120" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="36115091" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="71254120" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="33894995">
+  <w:abstractNum w:abstractNumId="91745602">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94037650">
+    <w:lvl w:ilvl="0" w:tplc="95160935">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9246,55 +9246,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="33894995">
-    <w:abstractNumId w:val="33894995"/>
+  <w:num w:numId="91745602">
+    <w:abstractNumId w:val="91745602"/>
   </w:num>
-  <w:num w:numId="33894996">
-    <w:abstractNumId w:val="33894996"/>
+  <w:num w:numId="91745603">
+    <w:abstractNumId w:val="91745603"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20844,51 +20844,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId176058485" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId920782098" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId163368e095a16b1ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/" TargetMode="External"/><Relationship Id="rId877368e095a16b283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/categorization" TargetMode="External"/><Relationship Id="rId237568e095a16b4dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId439668e095a16cd67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId562568e095a16dacb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-77928-9" TargetMode="External"/><Relationship Id="rId162068e095a16db5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5344/ajev.2014.14026" TargetMode="External"/><Relationship Id="rId450368e095a16dbf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.2012.00561.x" TargetMode="External"/><Relationship Id="rId930768e095a16dc63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://htpps%3A//doi.org/10.1071/FP05315" TargetMode="External"/><Relationship Id="rId846868e095a16dcf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1155/2023/2259967" TargetMode="External"/><Relationship Id="rId189868e095a16decc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0046-225X-29.5.979" TargetMode="External"/><Relationship Id="rId320168e095a16df5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/.org/10.2903/j.efsa.2014.3678" TargetMode="External"/><Relationship Id="rId922768e095a16dfd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/87/pm4-008-2-en.pdf" TargetMode="External"/><Relationship Id="rId296268e095a16e067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/278/pm10-016-1-en.pdf" TargetMode="External"/><Relationship Id="rId481668e095a16e0f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/282/pm10-020-1-en.pdf" TargetMode="External"/><Relationship Id="rId322068e095a16e186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/documents" TargetMode="External"/><Relationship Id="rId340268e095a16e20b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670874.2015.1067734" TargetMode="External"/><Relationship Id="rId135468e095a16e23c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId217968e095a16e32a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5344/ajev.2016.15106" TargetMode="External"/><Relationship Id="rId673068e095a16e4ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ajgw.12237" TargetMode="External"/><Relationship Id="rId432468e095a16e779" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openresearch-repository.anu.edu.au/bitstream/1885/51686/4/02_Kingston_Grape_Phylloxera_External_2007.pdf" TargetMode="External"/><Relationship Id="rId911968e095a16e8ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170678" TargetMode="External"/><Relationship Id="rId757068e095a16eb30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId431968e095a16f365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-181" TargetMode="External"/><Relationship Id="rId943868e095a16f3de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-18601-2_2" TargetMode="External"/><Relationship Id="rId918568e095a16f60d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20870/oeno-one.2022.56.1.4803" TargetMode="External"/><Relationship Id="rId564468e095a16f840" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId214768e095a16fa22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01740.x" TargetMode="External"/><Relationship Id="rId354768e095a16b3af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId354768e095a16b3af.jpg"/><Relationship Id="rId399168e095a16ca6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId399168e095a16ca6c.jpg"/><Relationship Id="rId604568e095a16fb06" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId604568e095a16fb06.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId491740667" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId361260900" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId889268fce1bce3c21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/" TargetMode="External"/><Relationship Id="rId565168fce1bce3c8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/categorization" TargetMode="External"/><Relationship Id="rId759368fce1bce3ea8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId914268fce1bce5c03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId974268fce1bce6c80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-77928-9" TargetMode="External"/><Relationship Id="rId712068fce1bce6d3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5344/ajev.2014.14026" TargetMode="External"/><Relationship Id="rId146868fce1bce6ded" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.2012.00561.x" TargetMode="External"/><Relationship Id="rId868868fce1bce6e65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://htpps%3A//doi.org/10.1071/FP05315" TargetMode="External"/><Relationship Id="rId538868fce1bce6efb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1155/2023/2259967" TargetMode="External"/><Relationship Id="rId465268fce1bce70e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0046-225X-29.5.979" TargetMode="External"/><Relationship Id="rId855368fce1bce7176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/.org/10.2903/j.efsa.2014.3678" TargetMode="External"/><Relationship Id="rId184368fce1bce71fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/87/pm4-008-2-en.pdf" TargetMode="External"/><Relationship Id="rId695968fce1bce7291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/278/pm10-016-1-en.pdf" TargetMode="External"/><Relationship Id="rId399468fce1bce7323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/282/pm10-020-1-en.pdf" TargetMode="External"/><Relationship Id="rId710568fce1bce73b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/documents" TargetMode="External"/><Relationship Id="rId556268fce1bce743b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670874.2015.1067734" TargetMode="External"/><Relationship Id="rId350568fce1bce746e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId899968fce1bce755c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5344/ajev.2016.15106" TargetMode="External"/><Relationship Id="rId625768fce1bce7732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ajgw.12237" TargetMode="External"/><Relationship Id="rId987668fce1bce79f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openresearch-repository.anu.edu.au/bitstream/1885/51686/4/02_Kingston_Grape_Phylloxera_External_2007.pdf" TargetMode="External"/><Relationship Id="rId249968fce1bce7b89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170678" TargetMode="External"/><Relationship Id="rId700968fce1bce7e19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId960268fce1bce84ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-181" TargetMode="External"/><Relationship Id="rId206968fce1bce8525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-18601-2_2" TargetMode="External"/><Relationship Id="rId736168fce1bce879a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20870/oeno-one.2022.56.1.4803" TargetMode="External"/><Relationship Id="rId489368fce1bce88e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId256868fce1bce8a76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01740.x" TargetMode="External"/><Relationship Id="rId672368fce1bce3d78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId672368fce1bce3d78.jpg"/><Relationship Id="rId701368fce1bce5897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId701368fce1bce5897.jpg"/><Relationship Id="rId793068fce1bce8afd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId793068fce1bce8afd.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>