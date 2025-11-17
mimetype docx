--- v1 (2025-10-25)
+++ v2 (2025-11-17)
@@ -446,51 +446,51 @@
               <w:t xml:space="preserve"> (Fitch)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> grapevine leaf louse, grapevine louse, grapevine phylloxera, vine louse</w:t>
             </w:r>
-            <w:hyperlink r:id="rId889268fce1bce3c21" w:history="1">
+            <w:hyperlink r:id="rId6793691ab2ab383b7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -506,51 +506,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId565168fce1bce3c8d" w:history="1">
+            <w:hyperlink r:id="rId2309691ab2ab3841e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -564,86 +564,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> VITEVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="7386384" name="name773968fce1bce3d79" descr="14653.jpg"/>
+                  <wp:docPr id="81966912" name="name7179691ab2ab38bb5" descr="14653.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14653.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId672368fce1bce3d78" cstate="print"/>
+                          <a:blip r:embed="rId3179691ab2ab38bb3" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId759368fce1bce3ea8" w:history="1">
+            <w:hyperlink r:id="rId9086691ab2ab38cf2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1809,63 +1809,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> century and is now found in all wine growing areas worldwide. Grapevine phylloxera occurs in cultivated vineyards, often feeding on roots (of rootstocks) and infections may be latent (in particular with the use of resistant hosts).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="6231447" name="name706268fce1bce589a" descr="VITEVI_distribution_map.jpg"/>
+            <wp:docPr id="15172366" name="name8865691ab2ab3a380" descr="VITEVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="VITEVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId701368fce1bce5897" cstate="print"/>
+                    <a:blip r:embed="rId7389691ab2ab3a37d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2031,51 +2031,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">BIOLOGY</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grapevine phylloxera has a complex lifecycle with several variants (reviewed in Forneck &amp; Huber, 2009; see also life cycle provided at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId914268fce1bce5c03" w:history="1">
+      <w:hyperlink r:id="rId3129691ab2ab3a66f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/VITEVI/photos</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Forneck &amp; Bauer, 2020). On American </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4021,51 +4021,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 21229. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId974268fce1bce6c80" w:history="1">
+      <w:hyperlink r:id="rId8440691ab2ab3b826" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-77928-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4111,51 +4111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">66</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 46-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId712068fce1bce6d3e" w:history="1">
+      <w:hyperlink r:id="rId4720691ab2ab3b8c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5344/ajev.2014.14026</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4201,51 +4201,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">161</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 91-115.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId146868fce1bce6ded" w:history="1">
+      <w:hyperlink r:id="rId6179691ab2ab3ba7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.2012.00561.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4271,51 +4271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 507-514. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId868868fce1bce6e65" w:history="1">
+      <w:hyperlink r:id="rId3943691ab2ab3bafe" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">htpps://doi.org/10.1071/FP05315</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4361,51 +4361,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) rootstock. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Journal of Grape and Wine Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 8 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId538868fce1bce6efb" w:history="1">
+      <w:hyperlink r:id="rId5728691ab2ab3bb96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1155/2023/2259967</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4654,51 +4654,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 979–986. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId465268fce1bce70e2" w:history="1">
+      <w:hyperlink r:id="rId7280691ab2ab3bdff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/0046-225X-29.5.979</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4744,51 +4744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 3678, pp. 67. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId855368fce1bce7176" w:history="1">
+      <w:hyperlink r:id="rId3629691ab2ab3be93" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/.org/10.2903/j.efsa.2014.3678</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4814,51 +4814,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 422-429. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId184368fce1bce71fe" w:history="1">
+      <w:hyperlink r:id="rId4883691ab2ab3bf34" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/87/pm4-008-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4904,51 +4904,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484-486. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId695968fce1bce7291" w:history="1">
+      <w:hyperlink r:id="rId9103691ab2ab3bfc9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/278/pm10-016-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4994,51 +4994,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 496-497. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId399468fce1bce7323" w:history="1">
+      <w:hyperlink r:id="rId9285691ab2ab3c05e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/282/pm10-020-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5084,51 +5084,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId710568fce1bce73b3" w:history="1">
+      <w:hyperlink r:id="rId3461691ab2ab3c125" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/VITEVI/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5165,81 +5165,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Journal of Pest Management </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">61</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 340-345. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId556268fce1bce743b" w:history="1">
+      <w:hyperlink r:id="rId2853691ab2ab3c1b0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/09670874.2015.1067734</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forneck A &amp; Bauer M (2020) Figure Phylloxera Lifecycle. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId350568fce1bce746e" w:history="1">
+      <w:hyperlink r:id="rId8913691ab2ab3c24a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/VITEVI/photos</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5343,51 +5343,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId899968fce1bce755c" w:history="1">
+      <w:hyperlink r:id="rId3686691ab2ab3c346" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5344/ajev.2016.15106</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5589,51 +5589,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Journal of Grape and Wine Research </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 469-</w:t>
       </w:r>
-      <w:hyperlink r:id="rId625768fce1bce7732" w:history="1">
+      <w:hyperlink r:id="rId7783691ab2ab3c51e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ajgw.12237</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6015,51 +6015,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">733</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 107-114.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId987668fce1bce79f7" w:history="1">
+      <w:hyperlink r:id="rId8847691ab2ab3c817" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://openresearch-repository.anu.edu.au/bitstream/1885/51686/4/02_Kingston_Grape_Phylloxera_External_2007.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6241,51 +6241,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e0170678. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId249968fce1bce7b89" w:history="1">
+      <w:hyperlink r:id="rId9940691ab2ab3ca72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0170678</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6594,51 +6594,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 552-558. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId700968fce1bce7e19" w:history="1">
+      <w:hyperlink r:id="rId7221691ab2ab3ccf3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7455,51 +7455,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1),181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId960268fce1bce84ae" w:history="1">
+      <w:hyperlink r:id="rId9103691ab2ab3d382" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/2193-1801-2-181</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7525,51 +7525,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Compendium of Plant Genomes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Springer, Cham. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId206968fce1bce8525" w:history="1">
+      <w:hyperlink r:id="rId1691691ab2ab3d3fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-030-18601-2_2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7769,51 +7769,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId736168fce1bce879a" w:history="1">
+      <w:hyperlink r:id="rId2820691ab2ab3d5d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.20870/oeno-one.2022.56.1.4803</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7957,51 +7957,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Daktulosphaira vitifoliae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId489368fce1bce88e3" w:history="1">
+      <w:hyperlink r:id="rId4613691ab2ab3d761" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8192,81 +8192,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId256868fce1bce8a76" w:history="1">
+      <w:hyperlink r:id="rId1069691ab2ab3d918" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01740.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="82677696" name="name261268fce1bce8afe" descr="eu_funding_250.png"/>
+            <wp:docPr id="54200543" name="name7448691ab2ab3d983" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId793068fce1bce8afd" cstate="print"/>
+                    <a:blip r:embed="rId8486691ab2ab3d982" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8364,137 +8364,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="91745603">
+  <w:abstractNum w:abstractNumId="19953033">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="71254120">
+    <w:lvl w:ilvl="0" w:tplc="93026469">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="71254120" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="93026469" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="71254120" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="93026469" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="71254120" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="93026469" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="71254120" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="93026469" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="71254120" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="93026469" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="71254120" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="93026469" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="71254120" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="93026469" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="71254120" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="93026469" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="91745602">
+  <w:abstractNum w:abstractNumId="19953032">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="95160935">
+    <w:lvl w:ilvl="0" w:tplc="12713437">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9246,55 +9246,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="91745602">
-    <w:abstractNumId w:val="91745602"/>
+  <w:num w:numId="19953032">
+    <w:abstractNumId w:val="19953032"/>
   </w:num>
-  <w:num w:numId="91745603">
-    <w:abstractNumId w:val="91745603"/>
+  <w:num w:numId="19953033">
+    <w:abstractNumId w:val="19953033"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20844,51 +20844,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId491740667" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId361260900" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId889268fce1bce3c21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/" TargetMode="External"/><Relationship Id="rId565168fce1bce3c8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/categorization" TargetMode="External"/><Relationship Id="rId759368fce1bce3ea8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId914268fce1bce5c03" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId974268fce1bce6c80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-77928-9" TargetMode="External"/><Relationship Id="rId712068fce1bce6d3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5344/ajev.2014.14026" TargetMode="External"/><Relationship Id="rId146868fce1bce6ded" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.2012.00561.x" TargetMode="External"/><Relationship Id="rId868868fce1bce6e65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://htpps%3A//doi.org/10.1071/FP05315" TargetMode="External"/><Relationship Id="rId538868fce1bce6efb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1155/2023/2259967" TargetMode="External"/><Relationship Id="rId465268fce1bce70e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0046-225X-29.5.979" TargetMode="External"/><Relationship Id="rId855368fce1bce7176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/.org/10.2903/j.efsa.2014.3678" TargetMode="External"/><Relationship Id="rId184368fce1bce71fe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/87/pm4-008-2-en.pdf" TargetMode="External"/><Relationship Id="rId695968fce1bce7291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/278/pm10-016-1-en.pdf" TargetMode="External"/><Relationship Id="rId399468fce1bce7323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/282/pm10-020-1-en.pdf" TargetMode="External"/><Relationship Id="rId710568fce1bce73b3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/documents" TargetMode="External"/><Relationship Id="rId556268fce1bce743b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670874.2015.1067734" TargetMode="External"/><Relationship Id="rId350568fce1bce746e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId899968fce1bce755c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5344/ajev.2016.15106" TargetMode="External"/><Relationship Id="rId625768fce1bce7732" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ajgw.12237" TargetMode="External"/><Relationship Id="rId987668fce1bce79f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openresearch-repository.anu.edu.au/bitstream/1885/51686/4/02_Kingston_Grape_Phylloxera_External_2007.pdf" TargetMode="External"/><Relationship Id="rId249968fce1bce7b89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170678" TargetMode="External"/><Relationship Id="rId700968fce1bce7e19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId960268fce1bce84ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-181" TargetMode="External"/><Relationship Id="rId206968fce1bce8525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-18601-2_2" TargetMode="External"/><Relationship Id="rId736168fce1bce879a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20870/oeno-one.2022.56.1.4803" TargetMode="External"/><Relationship Id="rId489368fce1bce88e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId256868fce1bce8a76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01740.x" TargetMode="External"/><Relationship Id="rId672368fce1bce3d78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId672368fce1bce3d78.jpg"/><Relationship Id="rId701368fce1bce5897" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId701368fce1bce5897.jpg"/><Relationship Id="rId793068fce1bce8afd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId793068fce1bce8afd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId741620872" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId636943689" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6793691ab2ab383b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/" TargetMode="External"/><Relationship Id="rId2309691ab2ab3841e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/categorization" TargetMode="External"/><Relationship Id="rId9086691ab2ab38cf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId3129691ab2ab3a66f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId8440691ab2ab3b826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-77928-9" TargetMode="External"/><Relationship Id="rId4720691ab2ab3b8c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5344/ajev.2014.14026" TargetMode="External"/><Relationship Id="rId6179691ab2ab3ba7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.2012.00561.x" TargetMode="External"/><Relationship Id="rId3943691ab2ab3bafe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://htpps%3A//doi.org/10.1071/FP05315" TargetMode="External"/><Relationship Id="rId5728691ab2ab3bb96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1155/2023/2259967" TargetMode="External"/><Relationship Id="rId7280691ab2ab3bdff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0046-225X-29.5.979" TargetMode="External"/><Relationship Id="rId3629691ab2ab3be93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/.org/10.2903/j.efsa.2014.3678" TargetMode="External"/><Relationship Id="rId4883691ab2ab3bf34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/87/pm4-008-2-en.pdf" TargetMode="External"/><Relationship Id="rId9103691ab2ab3bfc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/278/pm10-016-1-en.pdf" TargetMode="External"/><Relationship Id="rId9285691ab2ab3c05e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/282/pm10-020-1-en.pdf" TargetMode="External"/><Relationship Id="rId3461691ab2ab3c125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/documents" TargetMode="External"/><Relationship Id="rId2853691ab2ab3c1b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670874.2015.1067734" TargetMode="External"/><Relationship Id="rId8913691ab2ab3c24a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId3686691ab2ab3c346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5344/ajev.2016.15106" TargetMode="External"/><Relationship Id="rId7783691ab2ab3c51e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ajgw.12237" TargetMode="External"/><Relationship Id="rId8847691ab2ab3c817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openresearch-repository.anu.edu.au/bitstream/1885/51686/4/02_Kingston_Grape_Phylloxera_External_2007.pdf" TargetMode="External"/><Relationship Id="rId9940691ab2ab3ca72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170678" TargetMode="External"/><Relationship Id="rId7221691ab2ab3ccf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId9103691ab2ab3d382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-181" TargetMode="External"/><Relationship Id="rId1691691ab2ab3d3fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-18601-2_2" TargetMode="External"/><Relationship Id="rId2820691ab2ab3d5d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20870/oeno-one.2022.56.1.4803" TargetMode="External"/><Relationship Id="rId4613691ab2ab3d761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1069691ab2ab3d918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01740.x" TargetMode="External"/><Relationship Id="rId3179691ab2ab38bb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3179691ab2ab38bb3.jpg"/><Relationship Id="rId7389691ab2ab3a37d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7389691ab2ab3a37d.jpg"/><Relationship Id="rId8486691ab2ab3d982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8486691ab2ab3d982.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>