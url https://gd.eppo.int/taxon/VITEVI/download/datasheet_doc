--- v2 (2025-11-17)
+++ v3 (2025-12-10)
@@ -446,51 +446,51 @@
               <w:t xml:space="preserve"> (Fitch)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> grapevine leaf louse, grapevine louse, grapevine phylloxera, vine louse</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6793691ab2ab383b7" w:history="1">
+            <w:hyperlink r:id="rId36076939b86eeb3f0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -506,51 +506,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2309691ab2ab3841e" w:history="1">
+            <w:hyperlink r:id="rId89676939b86eeb45e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -564,86 +564,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> VITEVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="81966912" name="name7179691ab2ab38bb5" descr="14653.jpg"/>
+                  <wp:docPr id="98119035" name="name24106939b86eebd51" descr="14653.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14653.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3179691ab2ab38bb3" cstate="print"/>
+                          <a:blip r:embed="rId34736939b86eebd50" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId9086691ab2ab38cf2" w:history="1">
+            <w:hyperlink r:id="rId10676939b86eebe64" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1809,63 +1809,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> century and is now found in all wine growing areas worldwide. Grapevine phylloxera occurs in cultivated vineyards, often feeding on roots (of rootstocks) and infections may be latent (in particular with the use of resistant hosts).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="15172366" name="name8865691ab2ab3a380" descr="VITEVI_distribution_map.jpg"/>
+            <wp:docPr id="11666759" name="name35736939b86eedac8" descr="VITEVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="VITEVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7389691ab2ab3a37d" cstate="print"/>
+                    <a:blip r:embed="rId35886939b86eedac5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2031,51 +2031,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">BIOLOGY</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grapevine phylloxera has a complex lifecycle with several variants (reviewed in Forneck &amp; Huber, 2009; see also life cycle provided at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3129691ab2ab3a66f" w:history="1">
+      <w:hyperlink r:id="rId88166939b86eedd9c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/VITEVI/photos</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Forneck &amp; Bauer, 2020). On American </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4021,51 +4021,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 21229. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8440691ab2ab3b826" w:history="1">
+      <w:hyperlink r:id="rId24606939b86eeeaef" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-77928-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4111,51 +4111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">66</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 46-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4720691ab2ab3b8c6" w:history="1">
+      <w:hyperlink r:id="rId87096939b86eeeb81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5344/ajev.2014.14026</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4201,51 +4201,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">161</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 91-115.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId6179691ab2ab3ba7b" w:history="1">
+      <w:hyperlink r:id="rId40566939b86eeec11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.2012.00561.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4271,51 +4271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 507-514. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3943691ab2ab3bafe" w:history="1">
+      <w:hyperlink r:id="rId75466939b86eeec82" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">htpps://doi.org/10.1071/FP05315</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4361,51 +4361,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) rootstock. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Journal of Grape and Wine Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 8 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5728691ab2ab3bb96" w:history="1">
+      <w:hyperlink r:id="rId10386939b86eeed13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1155/2023/2259967</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4654,51 +4654,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 979–986. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7280691ab2ab3bdff" w:history="1">
+      <w:hyperlink r:id="rId34856939b86eeeee9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/0046-225X-29.5.979</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4744,51 +4744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 3678, pp. 67. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3629691ab2ab3be93" w:history="1">
+      <w:hyperlink r:id="rId51016939b86eeef79" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/.org/10.2903/j.efsa.2014.3678</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4814,51 +4814,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 422-429. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4883691ab2ab3bf34" w:history="1">
+      <w:hyperlink r:id="rId56866939b86eeeff6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/87/pm4-008-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4904,51 +4904,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484-486. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9103691ab2ab3bfc9" w:history="1">
+      <w:hyperlink r:id="rId77036939b86eef087" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/278/pm10-016-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4994,51 +4994,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 496-497. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9285691ab2ab3c05e" w:history="1">
+      <w:hyperlink r:id="rId26946939b86eef11f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/282/pm10-020-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5084,51 +5084,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3461691ab2ab3c125" w:history="1">
+      <w:hyperlink r:id="rId64996939b86eef1b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/VITEVI/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5165,81 +5165,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Journal of Pest Management </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">61</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 340-345. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2853691ab2ab3c1b0" w:history="1">
+      <w:hyperlink r:id="rId97506939b86eef237" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/09670874.2015.1067734</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forneck A &amp; Bauer M (2020) Figure Phylloxera Lifecycle. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8913691ab2ab3c24a" w:history="1">
+      <w:hyperlink r:id="rId72216939b86eef26a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/VITEVI/photos</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5343,51 +5343,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3686691ab2ab3c346" w:history="1">
+      <w:hyperlink r:id="rId94456939b86eef355" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5344/ajev.2016.15106</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5589,51 +5589,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Journal of Grape and Wine Research </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 469-</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7783691ab2ab3c51e" w:history="1">
+      <w:hyperlink r:id="rId49556939b86eef4fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ajgw.12237</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6015,51 +6015,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">733</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 107-114.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8847691ab2ab3c817" w:history="1">
+      <w:hyperlink r:id="rId29286939b86eef7a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://openresearch-repository.anu.edu.au/bitstream/1885/51686/4/02_Kingston_Grape_Phylloxera_External_2007.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6241,51 +6241,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e0170678. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9940691ab2ab3ca72" w:history="1">
+      <w:hyperlink r:id="rId62356939b86eef912" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0170678</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6594,51 +6594,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 552-558. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7221691ab2ab3ccf3" w:history="1">
+      <w:hyperlink r:id="rId44906939b86eefb4e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7455,51 +7455,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1),181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9103691ab2ab3d382" w:history="1">
+      <w:hyperlink r:id="rId79006939b86ef00b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/2193-1801-2-181</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7525,51 +7525,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Compendium of Plant Genomes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Springer, Cham. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1691691ab2ab3d3fa" w:history="1">
+      <w:hyperlink r:id="rId84916939b86ef0128" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-030-18601-2_2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7769,51 +7769,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2820691ab2ab3d5d3" w:history="1">
+      <w:hyperlink r:id="rId19376939b86ef02af" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.20870/oeno-one.2022.56.1.4803</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7957,51 +7957,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Daktulosphaira vitifoliae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4613691ab2ab3d761" w:history="1">
+      <w:hyperlink r:id="rId32186939b86ef03f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8192,81 +8192,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1069691ab2ab3d918" w:history="1">
+      <w:hyperlink r:id="rId49926939b86ef057c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01740.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="54200543" name="name7448691ab2ab3d983" descr="eu_funding_250.png"/>
+            <wp:docPr id="90435439" name="name76186939b86ef05f9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8486691ab2ab3d982" cstate="print"/>
+                    <a:blip r:embed="rId39646939b86ef05f8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8364,137 +8364,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="19953033">
+  <w:abstractNum w:abstractNumId="28384826">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93026469">
+    <w:lvl w:ilvl="0" w:tplc="53646549">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="93026469" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="53646549" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="93026469" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="53646549" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="93026469" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="53646549" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="93026469" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="53646549" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="93026469" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="53646549" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="93026469" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="53646549" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="93026469" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="53646549" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="93026469" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="53646549" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19953032">
+  <w:abstractNum w:abstractNumId="28384825">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="12713437">
+    <w:lvl w:ilvl="0" w:tplc="43866413">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9246,55 +9246,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="19953032">
-    <w:abstractNumId w:val="19953032"/>
+  <w:num w:numId="28384825">
+    <w:abstractNumId w:val="28384825"/>
   </w:num>
-  <w:num w:numId="19953033">
-    <w:abstractNumId w:val="19953033"/>
+  <w:num w:numId="28384826">
+    <w:abstractNumId w:val="28384826"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20844,51 +20844,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId741620872" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId636943689" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6793691ab2ab383b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/" TargetMode="External"/><Relationship Id="rId2309691ab2ab3841e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/categorization" TargetMode="External"/><Relationship Id="rId9086691ab2ab38cf2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId3129691ab2ab3a66f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId8440691ab2ab3b826" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-77928-9" TargetMode="External"/><Relationship Id="rId4720691ab2ab3b8c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5344/ajev.2014.14026" TargetMode="External"/><Relationship Id="rId6179691ab2ab3ba7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.2012.00561.x" TargetMode="External"/><Relationship Id="rId3943691ab2ab3bafe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://htpps%3A//doi.org/10.1071/FP05315" TargetMode="External"/><Relationship Id="rId5728691ab2ab3bb96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1155/2023/2259967" TargetMode="External"/><Relationship Id="rId7280691ab2ab3bdff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0046-225X-29.5.979" TargetMode="External"/><Relationship Id="rId3629691ab2ab3be93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/.org/10.2903/j.efsa.2014.3678" TargetMode="External"/><Relationship Id="rId4883691ab2ab3bf34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/87/pm4-008-2-en.pdf" TargetMode="External"/><Relationship Id="rId9103691ab2ab3bfc9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/278/pm10-016-1-en.pdf" TargetMode="External"/><Relationship Id="rId9285691ab2ab3c05e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/282/pm10-020-1-en.pdf" TargetMode="External"/><Relationship Id="rId3461691ab2ab3c125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/documents" TargetMode="External"/><Relationship Id="rId2853691ab2ab3c1b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670874.2015.1067734" TargetMode="External"/><Relationship Id="rId8913691ab2ab3c24a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId3686691ab2ab3c346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5344/ajev.2016.15106" TargetMode="External"/><Relationship Id="rId7783691ab2ab3c51e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ajgw.12237" TargetMode="External"/><Relationship Id="rId8847691ab2ab3c817" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openresearch-repository.anu.edu.au/bitstream/1885/51686/4/02_Kingston_Grape_Phylloxera_External_2007.pdf" TargetMode="External"/><Relationship Id="rId9940691ab2ab3ca72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170678" TargetMode="External"/><Relationship Id="rId7221691ab2ab3ccf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId9103691ab2ab3d382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-181" TargetMode="External"/><Relationship Id="rId1691691ab2ab3d3fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-18601-2_2" TargetMode="External"/><Relationship Id="rId2820691ab2ab3d5d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20870/oeno-one.2022.56.1.4803" TargetMode="External"/><Relationship Id="rId4613691ab2ab3d761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1069691ab2ab3d918" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01740.x" TargetMode="External"/><Relationship Id="rId3179691ab2ab38bb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3179691ab2ab38bb3.jpg"/><Relationship Id="rId7389691ab2ab3a37d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7389691ab2ab3a37d.jpg"/><Relationship Id="rId8486691ab2ab3d982" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8486691ab2ab3d982.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId564412388" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId448366528" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId36076939b86eeb3f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/" TargetMode="External"/><Relationship Id="rId89676939b86eeb45e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/categorization" TargetMode="External"/><Relationship Id="rId10676939b86eebe64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId88166939b86eedd9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId24606939b86eeeaef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-77928-9" TargetMode="External"/><Relationship Id="rId87096939b86eeeb81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5344/ajev.2014.14026" TargetMode="External"/><Relationship Id="rId40566939b86eeec11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.2012.00561.x" TargetMode="External"/><Relationship Id="rId75466939b86eeec82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://htpps%3A//doi.org/10.1071/FP05315" TargetMode="External"/><Relationship Id="rId10386939b86eeed13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1155/2023/2259967" TargetMode="External"/><Relationship Id="rId34856939b86eeeee9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0046-225X-29.5.979" TargetMode="External"/><Relationship Id="rId51016939b86eeef79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/.org/10.2903/j.efsa.2014.3678" TargetMode="External"/><Relationship Id="rId56866939b86eeeff6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/87/pm4-008-2-en.pdf" TargetMode="External"/><Relationship Id="rId77036939b86eef087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/278/pm10-016-1-en.pdf" TargetMode="External"/><Relationship Id="rId26946939b86eef11f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/282/pm10-020-1-en.pdf" TargetMode="External"/><Relationship Id="rId64996939b86eef1b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/documents" TargetMode="External"/><Relationship Id="rId97506939b86eef237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670874.2015.1067734" TargetMode="External"/><Relationship Id="rId72216939b86eef26a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId94456939b86eef355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5344/ajev.2016.15106" TargetMode="External"/><Relationship Id="rId49556939b86eef4fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ajgw.12237" TargetMode="External"/><Relationship Id="rId29286939b86eef7a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openresearch-repository.anu.edu.au/bitstream/1885/51686/4/02_Kingston_Grape_Phylloxera_External_2007.pdf" TargetMode="External"/><Relationship Id="rId62356939b86eef912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170678" TargetMode="External"/><Relationship Id="rId44906939b86eefb4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId79006939b86ef00b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-181" TargetMode="External"/><Relationship Id="rId84916939b86ef0128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-18601-2_2" TargetMode="External"/><Relationship Id="rId19376939b86ef02af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20870/oeno-one.2022.56.1.4803" TargetMode="External"/><Relationship Id="rId32186939b86ef03f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId49926939b86ef057c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01740.x" TargetMode="External"/><Relationship Id="rId34736939b86eebd50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId34736939b86eebd50.jpg"/><Relationship Id="rId35886939b86eedac5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId35886939b86eedac5.jpg"/><Relationship Id="rId39646939b86ef05f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId39646939b86ef05f8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>