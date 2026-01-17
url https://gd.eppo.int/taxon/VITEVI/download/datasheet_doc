--- v3 (2025-12-10)
+++ v4 (2026-01-17)
@@ -446,51 +446,51 @@
               <w:t xml:space="preserve"> (Fitch)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> grapevine leaf louse, grapevine louse, grapevine phylloxera, vine louse</w:t>
             </w:r>
-            <w:hyperlink r:id="rId36076939b86eeb3f0" w:history="1">
+            <w:hyperlink r:id="rId2545696c0101415c5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -506,51 +506,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest (Annex III), RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId89676939b86eeb45e" w:history="1">
+            <w:hyperlink r:id="rId1803696c010141630" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -564,86 +564,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> VITEVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="98119035" name="name24106939b86eebd51" descr="14653.jpg"/>
+                  <wp:docPr id="81678492" name="name9670696c010141b3b" descr="14653.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14653.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId34736939b86eebd50" cstate="print"/>
+                          <a:blip r:embed="rId1038696c010141b3a" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId10676939b86eebe64" w:history="1">
+            <w:hyperlink r:id="rId3151696c010141c63" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1809,63 +1809,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> century and is now found in all wine growing areas worldwide. Grapevine phylloxera occurs in cultivated vineyards, often feeding on roots (of rootstocks) and infections may be latent (in particular with the use of resistant hosts).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="11666759" name="name35736939b86eedac8" descr="VITEVI_distribution_map.jpg"/>
+            <wp:docPr id="67659486" name="name8900696c01014362f" descr="VITEVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="VITEVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId35886939b86eedac5" cstate="print"/>
+                    <a:blip r:embed="rId7452696c01014362b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2031,51 +2031,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">BIOLOGY</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grapevine phylloxera has a complex lifecycle with several variants (reviewed in Forneck &amp; Huber, 2009; see also life cycle provided at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88166939b86eedd9c" w:history="1">
+      <w:hyperlink r:id="rId6101696c010143921" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/VITEVI/photos</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Forneck &amp; Bauer, 2020). On American </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4021,51 +4021,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 21229. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24606939b86eeeaef" w:history="1">
+      <w:hyperlink r:id="rId2518696c01014465b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-77928-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4111,51 +4111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">66</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 46-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87096939b86eeeb81" w:history="1">
+      <w:hyperlink r:id="rId8044696c0101446f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5344/ajev.2014.14026</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4201,51 +4201,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">161</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 91-115.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId40566939b86eeec11" w:history="1">
+      <w:hyperlink r:id="rId2559696c010144783" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.2012.00561.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4271,51 +4271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 507-514. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75466939b86eeec82" w:history="1">
+      <w:hyperlink r:id="rId9170696c0101447f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">htpps://doi.org/10.1071/FP05315</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4361,51 +4361,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) rootstock. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Journal of Grape and Wine Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 8 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10386939b86eeed13" w:history="1">
+      <w:hyperlink r:id="rId5894696c010144888" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1155/2023/2259967</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4654,51 +4654,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 979–986. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34856939b86eeeee9" w:history="1">
+      <w:hyperlink r:id="rId8718696c010144a5e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/0046-225X-29.5.979</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4744,51 +4744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 3678, pp. 67. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId51016939b86eeef79" w:history="1">
+      <w:hyperlink r:id="rId2998696c010144aee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/.org/10.2903/j.efsa.2014.3678</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4814,51 +4814,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 422-429. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId56866939b86eeeff6" w:history="1">
+      <w:hyperlink r:id="rId5699696c010144b5e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/87/pm4-008-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4904,51 +4904,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484-486. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId77036939b86eef087" w:history="1">
+      <w:hyperlink r:id="rId9372696c010144bfa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/278/pm10-016-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4994,51 +4994,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 496-497. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26946939b86eef11f" w:history="1">
+      <w:hyperlink r:id="rId7243696c010144c8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/282/pm10-020-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5084,51 +5084,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId64996939b86eef1b2" w:history="1">
+      <w:hyperlink r:id="rId7758696c010144d1c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/VITEVI/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5165,81 +5165,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Journal of Pest Management </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">61</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 340-345. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97506939b86eef237" w:history="1">
+      <w:hyperlink r:id="rId3689696c010144da1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/09670874.2015.1067734</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forneck A &amp; Bauer M (2020) Figure Phylloxera Lifecycle. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72216939b86eef26a" w:history="1">
+      <w:hyperlink r:id="rId6404696c010144dd3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/VITEVI/photos</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5343,51 +5343,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId94456939b86eef355" w:history="1">
+      <w:hyperlink r:id="rId5773696c010144ec2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5344/ajev.2016.15106</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5589,51 +5589,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Journal of Grape and Wine Research </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 469-</w:t>
       </w:r>
-      <w:hyperlink r:id="rId49556939b86eef4fd" w:history="1">
+      <w:hyperlink r:id="rId6592696c0101450b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ajgw.12237</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6015,51 +6015,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">733</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 107-114.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29286939b86eef7a6" w:history="1">
+      <w:hyperlink r:id="rId5631696c010145384" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://openresearch-repository.anu.edu.au/bitstream/1885/51686/4/02_Kingston_Grape_Phylloxera_External_2007.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6241,51 +6241,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e0170678. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId62356939b86eef912" w:history="1">
+      <w:hyperlink r:id="rId6414696c010145504" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0170678</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6594,51 +6594,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 552-558. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44906939b86eefb4e" w:history="1">
+      <w:hyperlink r:id="rId5283696c01014580a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7455,51 +7455,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1),181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79006939b86ef00b5" w:history="1">
+      <w:hyperlink r:id="rId6257696c010145dc3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/2193-1801-2-181</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7525,51 +7525,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Compendium of Plant Genomes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Springer, Cham. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84916939b86ef0128" w:history="1">
+      <w:hyperlink r:id="rId5822696c010145e37" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-030-18601-2_2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7769,51 +7769,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId19376939b86ef02af" w:history="1">
+      <w:hyperlink r:id="rId2963696c010145fc1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.20870/oeno-one.2022.56.1.4803</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7935,73 +7935,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Daktulosphaira vitifoliae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32186939b86ef03f6" w:history="1">
+      <w:hyperlink r:id="rId3794696c0101460f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8192,81 +8192,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId49926939b86ef057c" w:history="1">
+      <w:hyperlink r:id="rId6072696c010146280" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01740.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="90435439" name="name76186939b86ef05f9" descr="eu_funding_250.png"/>
+            <wp:docPr id="66060250" name="name3247696c0101463bb" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId39646939b86ef05f8" cstate="print"/>
+                    <a:blip r:embed="rId3797696c0101463b9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8364,137 +8364,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="28384826">
+  <w:abstractNum w:abstractNumId="63606178">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53646549">
+    <w:lvl w:ilvl="0" w:tplc="22588927">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="53646549" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22588927" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="53646549" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22588927" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="53646549" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22588927" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="53646549" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22588927" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="53646549" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22588927" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="53646549" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22588927" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="53646549" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22588927" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="53646549" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22588927" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28384825">
+  <w:abstractNum w:abstractNumId="63606177">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43866413">
+    <w:lvl w:ilvl="0" w:tplc="61706861">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9246,55 +9246,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="28384825">
-    <w:abstractNumId w:val="28384825"/>
+  <w:num w:numId="63606177">
+    <w:abstractNumId w:val="63606177"/>
   </w:num>
-  <w:num w:numId="28384826">
-    <w:abstractNumId w:val="28384826"/>
+  <w:num w:numId="63606178">
+    <w:abstractNumId w:val="63606178"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20844,51 +20844,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId564412388" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId448366528" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId36076939b86eeb3f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/" TargetMode="External"/><Relationship Id="rId89676939b86eeb45e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/categorization" TargetMode="External"/><Relationship Id="rId10676939b86eebe64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId88166939b86eedd9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId24606939b86eeeaef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-77928-9" TargetMode="External"/><Relationship Id="rId87096939b86eeeb81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5344/ajev.2014.14026" TargetMode="External"/><Relationship Id="rId40566939b86eeec11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.2012.00561.x" TargetMode="External"/><Relationship Id="rId75466939b86eeec82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://htpps%3A//doi.org/10.1071/FP05315" TargetMode="External"/><Relationship Id="rId10386939b86eeed13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1155/2023/2259967" TargetMode="External"/><Relationship Id="rId34856939b86eeeee9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0046-225X-29.5.979" TargetMode="External"/><Relationship Id="rId51016939b86eeef79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/.org/10.2903/j.efsa.2014.3678" TargetMode="External"/><Relationship Id="rId56866939b86eeeff6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/87/pm4-008-2-en.pdf" TargetMode="External"/><Relationship Id="rId77036939b86eef087" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/278/pm10-016-1-en.pdf" TargetMode="External"/><Relationship Id="rId26946939b86eef11f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/282/pm10-020-1-en.pdf" TargetMode="External"/><Relationship Id="rId64996939b86eef1b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/documents" TargetMode="External"/><Relationship Id="rId97506939b86eef237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670874.2015.1067734" TargetMode="External"/><Relationship Id="rId72216939b86eef26a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId94456939b86eef355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5344/ajev.2016.15106" TargetMode="External"/><Relationship Id="rId49556939b86eef4fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ajgw.12237" TargetMode="External"/><Relationship Id="rId29286939b86eef7a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openresearch-repository.anu.edu.au/bitstream/1885/51686/4/02_Kingston_Grape_Phylloxera_External_2007.pdf" TargetMode="External"/><Relationship Id="rId62356939b86eef912" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170678" TargetMode="External"/><Relationship Id="rId44906939b86eefb4e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId79006939b86ef00b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-181" TargetMode="External"/><Relationship Id="rId84916939b86ef0128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-18601-2_2" TargetMode="External"/><Relationship Id="rId19376939b86ef02af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20870/oeno-one.2022.56.1.4803" TargetMode="External"/><Relationship Id="rId32186939b86ef03f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId49926939b86ef057c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01740.x" TargetMode="External"/><Relationship Id="rId34736939b86eebd50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId34736939b86eebd50.jpg"/><Relationship Id="rId35886939b86eedac5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId35886939b86eedac5.jpg"/><Relationship Id="rId39646939b86ef05f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId39646939b86ef05f8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId523878026" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId700386209" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2545696c0101415c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/" TargetMode="External"/><Relationship Id="rId1803696c010141630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/categorization" TargetMode="External"/><Relationship Id="rId3151696c010141c63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId6101696c010143921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId2518696c01014465b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-77928-9" TargetMode="External"/><Relationship Id="rId8044696c0101446f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5344/ajev.2014.14026" TargetMode="External"/><Relationship Id="rId2559696c010144783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.2012.00561.x" TargetMode="External"/><Relationship Id="rId9170696c0101447f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://htpps%3A//doi.org/10.1071/FP05315" TargetMode="External"/><Relationship Id="rId5894696c010144888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1155/2023/2259967" TargetMode="External"/><Relationship Id="rId8718696c010144a5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0046-225X-29.5.979" TargetMode="External"/><Relationship Id="rId2998696c010144aee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/.org/10.2903/j.efsa.2014.3678" TargetMode="External"/><Relationship Id="rId5699696c010144b5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/87/pm4-008-2-en.pdf" TargetMode="External"/><Relationship Id="rId9372696c010144bfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/278/pm10-016-1-en.pdf" TargetMode="External"/><Relationship Id="rId7243696c010144c8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/282/pm10-020-1-en.pdf" TargetMode="External"/><Relationship Id="rId7758696c010144d1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/documents" TargetMode="External"/><Relationship Id="rId3689696c010144da1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670874.2015.1067734" TargetMode="External"/><Relationship Id="rId6404696c010144dd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId5773696c010144ec2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5344/ajev.2016.15106" TargetMode="External"/><Relationship Id="rId6592696c0101450b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ajgw.12237" TargetMode="External"/><Relationship Id="rId5631696c010145384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openresearch-repository.anu.edu.au/bitstream/1885/51686/4/02_Kingston_Grape_Phylloxera_External_2007.pdf" TargetMode="External"/><Relationship Id="rId6414696c010145504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170678" TargetMode="External"/><Relationship Id="rId5283696c01014580a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId6257696c010145dc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-181" TargetMode="External"/><Relationship Id="rId5822696c010145e37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-18601-2_2" TargetMode="External"/><Relationship Id="rId2963696c010145fc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20870/oeno-one.2022.56.1.4803" TargetMode="External"/><Relationship Id="rId3794696c0101460f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6072696c010146280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01740.x" TargetMode="External"/><Relationship Id="rId1038696c010141b3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1038696c010141b3a.jpg"/><Relationship Id="rId7452696c01014362b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7452696c01014362b.jpg"/><Relationship Id="rId3797696c0101463b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3797696c0101463b9.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>