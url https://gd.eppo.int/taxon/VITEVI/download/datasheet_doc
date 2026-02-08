--- v4 (2026-01-17)
+++ v5 (2026-02-08)
@@ -446,51 +446,51 @@
               <w:t xml:space="preserve"> (Fitch)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> grapevine leaf louse, grapevine louse, grapevine phylloxera, vine louse</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2545696c0101415c5" w:history="1">
+            <w:hyperlink r:id="rId174769889b5ea029c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -504,53 +504,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> PZ Quarantine pest (Annex III), RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III), RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1803696c010141630" w:history="1">
+            <w:hyperlink r:id="rId346869889b5ea0305" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -564,86 +564,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> VITEVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="81678492" name="name9670696c010141b3b" descr="14653.jpg"/>
+                  <wp:docPr id="78932840" name="name565569889b5ea0752" descr="14653.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14653.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1038696c010141b3a" cstate="print"/>
+                          <a:blip r:embed="rId962869889b5ea0750" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3151696c010141c63" w:history="1">
+            <w:hyperlink r:id="rId634869889b5ea083a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1809,105 +1809,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> century and is now found in all wine growing areas worldwide. Grapevine phylloxera occurs in cultivated vineyards, often feeding on roots (of rootstocks) and infections may be latent (in particular with the use of resistant hosts).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="67659486" name="name8900696c01014362f" descr="VITEVI_distribution_map.jpg"/>
+            <wp:docPr id="15510709" name="name287469889b5ea176c" descr="VITEVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="VITEVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7452696c01014362b" cstate="print"/>
+                    <a:blip r:embed="rId155669889b5ea176a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Algeria, Armenia, Austria, Azerbaijan, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, France (mainland, Corse), Georgia, Germany, Greece (mainland), Hungary, Israel, Italy (mainland, Sardegna, Sicilia), Jordan, Luxembourg, Malta, Moldova, Republic of, Montenegro, Morocco, North Macedonia, Poland, Portugal (mainland, Azores, Madeira), Romania, Russian Federation (the) (Southern Russia), Serbia, Slovakia, Slovenia, Spain (mainland, Islas Baleares, Islas Canárias), Switzerland, Tunisia, Türkiye, Ukraine, United Kingdom (England)</w:t>
+        <w:t xml:space="preserve"> Algeria, Armenia, Austria, Azerbaijan, Bosnia and Herzegovina, Bulgaria, Croatia, Czechia, France (mainland, Corse), Georgia, Germany, Greece (mainland), Hungary, Israel, Italy (mainland, Sardegna, Sicilia), Jordan, Luxembourg, Malta, Moldova, Republic of, Montenegro, Morocco, North Macedonia, Poland, Portugal (mainland, Azores, Madeira), Romania, Russian Federation (Southern Russia), Serbia, Slovakia, Slovenia, Spain (mainland, Islas Baleares, Islas Canárias), Switzerland, Tunisia, Türkiye, Ukraine, United Kingdom (England)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Algeria, Morocco, South Africa, Tunisia, Zimbabwe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2031,51 +2031,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">BIOLOGY</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grapevine phylloxera has a complex lifecycle with several variants (reviewed in Forneck &amp; Huber, 2009; see also life cycle provided at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6101696c010143921" w:history="1">
+      <w:hyperlink r:id="rId107969889b5ea19a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/VITEVI/photos</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Forneck &amp; Bauer, 2020). On American </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4021,51 +4021,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 21229. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2518696c01014465b" w:history="1">
+      <w:hyperlink r:id="rId516769889b5ea26d4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-77928-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4111,51 +4111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">66</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 46-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8044696c0101446f0" w:history="1">
+      <w:hyperlink r:id="rId520869889b5ea2766" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5344/ajev.2014.14026</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4201,51 +4201,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">161</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 91-115.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2559696c010144783" w:history="1">
+      <w:hyperlink r:id="rId120169889b5ea27f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.2012.00561.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4271,51 +4271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 507-514. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9170696c0101447f6" w:history="1">
+      <w:hyperlink r:id="rId870269889b5ea2866" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">htpps://doi.org/10.1071/FP05315</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4361,51 +4361,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) rootstock. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Journal of Grape and Wine Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 8 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5894696c010144888" w:history="1">
+      <w:hyperlink r:id="rId728169889b5ea28f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1155/2023/2259967</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4654,51 +4654,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 979–986. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8718696c010144a5e" w:history="1">
+      <w:hyperlink r:id="rId643769889b5ea2aca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/0046-225X-29.5.979</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4744,51 +4744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 3678, pp. 67. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2998696c010144aee" w:history="1">
+      <w:hyperlink r:id="rId620369889b5ea2c6a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/.org/10.2903/j.efsa.2014.3678</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4814,51 +4814,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 422-429. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5699696c010144b5e" w:history="1">
+      <w:hyperlink r:id="rId938469889b5ea2d17" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/87/pm4-008-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4904,51 +4904,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484-486. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9372696c010144bfa" w:history="1">
+      <w:hyperlink r:id="rId608269889b5ea2ddb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/278/pm10-016-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4994,51 +4994,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 496-497. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7243696c010144c8b" w:history="1">
+      <w:hyperlink r:id="rId435069889b5ea2e8e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/282/pm10-020-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5084,51 +5084,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7758696c010144d1c" w:history="1">
+      <w:hyperlink r:id="rId669569889b5ea2f23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/VITEVI/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5165,81 +5165,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Journal of Pest Management </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">61</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 340-345. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3689696c010144da1" w:history="1">
+      <w:hyperlink r:id="rId626869889b5ea2fc8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/09670874.2015.1067734</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forneck A &amp; Bauer M (2020) Figure Phylloxera Lifecycle. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6404696c010144dd3" w:history="1">
+      <w:hyperlink r:id="rId677569889b5ea300a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/VITEVI/photos</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5343,51 +5343,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5773696c010144ec2" w:history="1">
+      <w:hyperlink r:id="rId123069889b5ea3131" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5344/ajev.2016.15106</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5589,51 +5589,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Journal of Grape and Wine Research </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 469-</w:t>
       </w:r>
-      <w:hyperlink r:id="rId6592696c0101450b2" w:history="1">
+      <w:hyperlink r:id="rId643369889b5ea32d0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ajgw.12237</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6015,51 +6015,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">733</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 107-114.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5631696c010145384" w:history="1">
+      <w:hyperlink r:id="rId887669889b5ea35c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://openresearch-repository.anu.edu.au/bitstream/1885/51686/4/02_Kingston_Grape_Phylloxera_External_2007.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6241,51 +6241,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e0170678. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6414696c010145504" w:history="1">
+      <w:hyperlink r:id="rId873069889b5ea3736" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0170678</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6594,51 +6594,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 552-558. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5283696c01014580a" w:history="1">
+      <w:hyperlink r:id="rId310269889b5ea3973" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7455,51 +7455,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1),181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6257696c010145dc3" w:history="1">
+      <w:hyperlink r:id="rId120369889b5ea4162" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/2193-1801-2-181</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7525,51 +7525,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Compendium of Plant Genomes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Springer, Cham. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5822696c010145e37" w:history="1">
+      <w:hyperlink r:id="rId792869889b5ea41d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-030-18601-2_2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7769,51 +7769,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2963696c010145fc1" w:history="1">
+      <w:hyperlink r:id="rId405869889b5ea4365" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.20870/oeno-one.2022.56.1.4803</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7957,51 +7957,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Daktulosphaira vitifoliae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3794696c0101460f7" w:history="1">
+      <w:hyperlink r:id="rId694469889b5ea449e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8192,81 +8192,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6072696c010146280" w:history="1">
+      <w:hyperlink r:id="rId134869889b5ea4625" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01740.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="66060250" name="name3247696c0101463bb" descr="eu_funding_250.png"/>
+            <wp:docPr id="11881634" name="name912669889b5ea468c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3797696c0101463b9" cstate="print"/>
+                    <a:blip r:embed="rId439669889b5ea468b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8364,137 +8364,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="63606178">
+  <w:abstractNum w:abstractNumId="20155790">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="22588927">
+    <w:lvl w:ilvl="0" w:tplc="21019562">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="22588927" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="21019562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="22588927" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="21019562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="22588927" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="21019562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="22588927" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="21019562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="22588927" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="21019562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="22588927" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="21019562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="22588927" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="21019562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="22588927" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="21019562" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="63606177">
+  <w:abstractNum w:abstractNumId="20155789">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="61706861">
+    <w:lvl w:ilvl="0" w:tplc="26596146">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9246,55 +9246,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="63606177">
-    <w:abstractNumId w:val="63606177"/>
+  <w:num w:numId="20155789">
+    <w:abstractNumId w:val="20155789"/>
   </w:num>
-  <w:num w:numId="63606178">
-    <w:abstractNumId w:val="63606178"/>
+  <w:num w:numId="20155790">
+    <w:abstractNumId w:val="20155790"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20844,51 +20844,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId523878026" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId700386209" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2545696c0101415c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/" TargetMode="External"/><Relationship Id="rId1803696c010141630" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/categorization" TargetMode="External"/><Relationship Id="rId3151696c010141c63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId6101696c010143921" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId2518696c01014465b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-77928-9" TargetMode="External"/><Relationship Id="rId8044696c0101446f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5344/ajev.2014.14026" TargetMode="External"/><Relationship Id="rId2559696c010144783" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.2012.00561.x" TargetMode="External"/><Relationship Id="rId9170696c0101447f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://htpps%3A//doi.org/10.1071/FP05315" TargetMode="External"/><Relationship Id="rId5894696c010144888" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1155/2023/2259967" TargetMode="External"/><Relationship Id="rId8718696c010144a5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0046-225X-29.5.979" TargetMode="External"/><Relationship Id="rId2998696c010144aee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/.org/10.2903/j.efsa.2014.3678" TargetMode="External"/><Relationship Id="rId5699696c010144b5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/87/pm4-008-2-en.pdf" TargetMode="External"/><Relationship Id="rId9372696c010144bfa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/278/pm10-016-1-en.pdf" TargetMode="External"/><Relationship Id="rId7243696c010144c8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/282/pm10-020-1-en.pdf" TargetMode="External"/><Relationship Id="rId7758696c010144d1c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/documents" TargetMode="External"/><Relationship Id="rId3689696c010144da1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670874.2015.1067734" TargetMode="External"/><Relationship Id="rId6404696c010144dd3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId5773696c010144ec2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5344/ajev.2016.15106" TargetMode="External"/><Relationship Id="rId6592696c0101450b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ajgw.12237" TargetMode="External"/><Relationship Id="rId5631696c010145384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openresearch-repository.anu.edu.au/bitstream/1885/51686/4/02_Kingston_Grape_Phylloxera_External_2007.pdf" TargetMode="External"/><Relationship Id="rId6414696c010145504" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170678" TargetMode="External"/><Relationship Id="rId5283696c01014580a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId6257696c010145dc3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-181" TargetMode="External"/><Relationship Id="rId5822696c010145e37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-18601-2_2" TargetMode="External"/><Relationship Id="rId2963696c010145fc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20870/oeno-one.2022.56.1.4803" TargetMode="External"/><Relationship Id="rId3794696c0101460f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6072696c010146280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01740.x" TargetMode="External"/><Relationship Id="rId1038696c010141b3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1038696c010141b3a.jpg"/><Relationship Id="rId7452696c01014362b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7452696c01014362b.jpg"/><Relationship Id="rId3797696c0101463b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3797696c0101463b9.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId474495318" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId373127308" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId174769889b5ea029c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/" TargetMode="External"/><Relationship Id="rId346869889b5ea0305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/categorization" TargetMode="External"/><Relationship Id="rId634869889b5ea083a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId107969889b5ea19a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId516769889b5ea26d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-77928-9" TargetMode="External"/><Relationship Id="rId520869889b5ea2766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5344/ajev.2014.14026" TargetMode="External"/><Relationship Id="rId120169889b5ea27f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.2012.00561.x" TargetMode="External"/><Relationship Id="rId870269889b5ea2866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://htpps%3A//doi.org/10.1071/FP05315" TargetMode="External"/><Relationship Id="rId728169889b5ea28f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1155/2023/2259967" TargetMode="External"/><Relationship Id="rId643769889b5ea2aca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0046-225X-29.5.979" TargetMode="External"/><Relationship Id="rId620369889b5ea2c6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/.org/10.2903/j.efsa.2014.3678" TargetMode="External"/><Relationship Id="rId938469889b5ea2d17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/87/pm4-008-2-en.pdf" TargetMode="External"/><Relationship Id="rId608269889b5ea2ddb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/278/pm10-016-1-en.pdf" TargetMode="External"/><Relationship Id="rId435069889b5ea2e8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/282/pm10-020-1-en.pdf" TargetMode="External"/><Relationship Id="rId669569889b5ea2f23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/documents" TargetMode="External"/><Relationship Id="rId626869889b5ea2fc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670874.2015.1067734" TargetMode="External"/><Relationship Id="rId677569889b5ea300a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId123069889b5ea3131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5344/ajev.2016.15106" TargetMode="External"/><Relationship Id="rId643369889b5ea32d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ajgw.12237" TargetMode="External"/><Relationship Id="rId887669889b5ea35c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openresearch-repository.anu.edu.au/bitstream/1885/51686/4/02_Kingston_Grape_Phylloxera_External_2007.pdf" TargetMode="External"/><Relationship Id="rId873069889b5ea3736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170678" TargetMode="External"/><Relationship Id="rId310269889b5ea3973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId120369889b5ea4162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-181" TargetMode="External"/><Relationship Id="rId792869889b5ea41d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-18601-2_2" TargetMode="External"/><Relationship Id="rId405869889b5ea4365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20870/oeno-one.2022.56.1.4803" TargetMode="External"/><Relationship Id="rId694469889b5ea449e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId134869889b5ea4625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01740.x" TargetMode="External"/><Relationship Id="rId962869889b5ea0750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId962869889b5ea0750.jpg"/><Relationship Id="rId155669889b5ea176a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId155669889b5ea176a.jpg"/><Relationship Id="rId439669889b5ea468b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId439669889b5ea468b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>