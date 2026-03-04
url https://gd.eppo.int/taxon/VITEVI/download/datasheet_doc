--- v5 (2026-02-08)
+++ v6 (2026-03-04)
@@ -446,51 +446,51 @@
               <w:t xml:space="preserve"> (Fitch)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> grapevine leaf louse, grapevine louse, grapevine phylloxera, vine louse</w:t>
             </w:r>
-            <w:hyperlink r:id="rId174769889b5ea029c" w:history="1">
+            <w:hyperlink r:id="rId209469a7bf4bdc98c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -506,51 +506,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> PZ Quarantine pest ((EU) 2019/2072 Annex III), RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId346869889b5ea0305" w:history="1">
+            <w:hyperlink r:id="rId163169a7bf4bdc9f6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -564,86 +564,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> VITEVI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="78932840" name="name565569889b5ea0752" descr="14653.jpg"/>
+                  <wp:docPr id="22028141" name="name788569a7bf4bdd1d2" descr="14653.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="14653.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId962869889b5ea0750" cstate="print"/>
+                          <a:blip r:embed="rId546069a7bf4bdd1d0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId634869889b5ea083a" w:history="1">
+            <w:hyperlink r:id="rId286269a7bf4bdd2cb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1809,63 +1809,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:position w:val="4"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t xml:space="preserve">th</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> century and is now found in all wine growing areas worldwide. Grapevine phylloxera occurs in cultivated vineyards, often feeding on roots (of rootstocks) and infections may be latent (in particular with the use of resistant hosts).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="15510709" name="name287469889b5ea176c" descr="VITEVI_distribution_map.jpg"/>
+            <wp:docPr id="36915846" name="name468169a7bf4bde91e" descr="VITEVI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="VITEVI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId155669889b5ea176a" cstate="print"/>
+                    <a:blip r:embed="rId506969a7bf4bde91b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2031,51 +2031,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">BIOLOGY</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="both"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Grapevine phylloxera has a complex lifecycle with several variants (reviewed in Forneck &amp; Huber, 2009; see also life cycle provided at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId107969889b5ea19a7" w:history="1">
+      <w:hyperlink r:id="rId232169a7bf4bdec2e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/VITEVI/photos</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> - Forneck &amp; Bauer, 2020). On American </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -4021,51 +4021,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 21229. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId516769889b5ea26d4" w:history="1">
+      <w:hyperlink r:id="rId359269a7bf4bdfb3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-77928-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4111,51 +4111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">66</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 46-53. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId520869889b5ea2766" w:history="1">
+      <w:hyperlink r:id="rId774869a7bf4bdfbd9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5344/ajev.2014.14026</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4201,51 +4201,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">161</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 91-115.</w:t>
       </w:r>
-      <w:hyperlink r:id="rId120169889b5ea27f6" w:history="1">
+      <w:hyperlink r:id="rId623469a7bf4bdfc70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1744-7348.2012.00561.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4271,51 +4271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 507-514. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId870269889b5ea2866" w:history="1">
+      <w:hyperlink r:id="rId604669a7bf4bdfce7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">htpps://doi.org/10.1071/FP05315</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4361,51 +4361,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">) rootstock. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Journal of Grape and Wine Research</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 8 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId728169889b5ea28f5" w:history="1">
+      <w:hyperlink r:id="rId561069a7bf4bdfd7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1155/2023/2259967</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4654,51 +4654,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 979–986. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId643769889b5ea2aca" w:history="1">
+      <w:hyperlink r:id="rId203969a7bf4bdffb4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1603/0046-225X-29.5.979</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4744,51 +4744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 3678, pp. 67. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId620369889b5ea2c6a" w:history="1">
+      <w:hyperlink r:id="rId315669a7bf4be004b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi/.org/10.2903/j.efsa.2014.3678</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4814,51 +4814,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">38</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 422-429. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId938469889b5ea2d17" w:history="1">
+      <w:hyperlink r:id="rId942169a7bf4be00c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/87/pm4-008-2-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4904,51 +4904,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 484-486. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId608269889b5ea2ddb" w:history="1">
+      <w:hyperlink r:id="rId919469a7bf4be016e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/278/pm10-016-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4994,51 +4994,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">42</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 496-497. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId435069889b5ea2e8e" w:history="1">
+      <w:hyperlink r:id="rId962469a7bf4be0208" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/download/standard/282/pm10-020-1-en.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5084,51 +5084,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 330-349. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId669569889b5ea2f23" w:history="1">
+      <w:hyperlink r:id="rId946569a7bf4be02a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/VITEVI/documents</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5165,81 +5165,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">International Journal of Pest Management </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">61</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 340-345. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId626869889b5ea2fc8" w:history="1">
+      <w:hyperlink r:id="rId826069a7bf4be0337" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/09670874.2015.1067734</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Forneck A &amp; Bauer M (2020) Figure Phylloxera Lifecycle. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId677569889b5ea300a" w:history="1">
+      <w:hyperlink r:id="rId515769a7bf4be0376" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/VITEVI/photos</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5343,51 +5343,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">67</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId123069889b5ea3131" w:history="1">
+      <w:hyperlink r:id="rId924069a7bf4be048f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5344/ajev.2016.15106</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5589,51 +5589,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Australian Journal of Grape and Wine Research </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">22</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 469-</w:t>
       </w:r>
-      <w:hyperlink r:id="rId643369889b5ea32d0" w:history="1">
+      <w:hyperlink r:id="rId126969a7bf4be064a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/ajgw.12237</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6015,51 +6015,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">733</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 107-114.  Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId887669889b5ea35c9" w:history="1">
+      <w:hyperlink r:id="rId593169a7bf4be0926" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://openresearch-repository.anu.edu.au/bitstream/1885/51686/4/02_Kingston_Grape_Phylloxera_External_2007.pdf</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6241,51 +6241,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e0170678. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId873069889b5ea3736" w:history="1">
+      <w:hyperlink r:id="rId332969a7bf4be0ad2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0170678</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6594,51 +6594,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">48</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 552-558. Available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId310269889b5ea3973" w:history="1">
+      <w:hyperlink r:id="rId636469a7bf4be0d4b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7455,51 +7455,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">2</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1),181. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId120369889b5ea4162" w:history="1">
+      <w:hyperlink r:id="rId698569a7bf4be1346" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1186/2193-1801-2-181</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7525,51 +7525,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Compendium of Plant Genomes.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Springer, Cham. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId792869889b5ea41d9" w:history="1">
+      <w:hyperlink r:id="rId683869a7bf4be13bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/978-3-030-18601-2_2</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7769,51 +7769,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">56</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId405869889b5ea4365" w:history="1">
+      <w:hyperlink r:id="rId759869a7bf4be1555" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.20870/oeno-one.2022.56.1.4803</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7957,51 +7957,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Daktulosphaira vitifoliae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId694469889b5ea449e" w:history="1">
+      <w:hyperlink r:id="rId256269a7bf4be17d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8192,81 +8192,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 5 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId134869889b5ea4625" w:history="1">
+      <w:hyperlink r:id="rId859569a7bf4be199b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01740.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="11881634" name="name912669889b5ea468c" descr="eu_funding_250.png"/>
+            <wp:docPr id="42500575" name="name885569a7bf4be1a49" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId439669889b5ea468b" cstate="print"/>
+                    <a:blip r:embed="rId160869a7bf4be1a48" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8364,137 +8364,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="20155790">
+  <w:abstractNum w:abstractNumId="34509058">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21019562">
+    <w:lvl w:ilvl="0" w:tplc="52733218">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="21019562" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52733218" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="21019562" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52733218" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="21019562" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52733218" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="21019562" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52733218" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="21019562" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52733218" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="21019562" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52733218" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="21019562" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52733218" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="21019562" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52733218" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20155789">
+  <w:abstractNum w:abstractNumId="34509057">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="26596146">
+    <w:lvl w:ilvl="0" w:tplc="62443735">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9246,55 +9246,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="20155789">
-    <w:abstractNumId w:val="20155789"/>
+  <w:num w:numId="34509057">
+    <w:abstractNumId w:val="34509057"/>
   </w:num>
-  <w:num w:numId="20155790">
-    <w:abstractNumId w:val="20155790"/>
+  <w:num w:numId="34509058">
+    <w:abstractNumId w:val="34509058"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20844,51 +20844,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId474495318" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId373127308" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId174769889b5ea029c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/" TargetMode="External"/><Relationship Id="rId346869889b5ea0305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/categorization" TargetMode="External"/><Relationship Id="rId634869889b5ea083a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId107969889b5ea19a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId516769889b5ea26d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-77928-9" TargetMode="External"/><Relationship Id="rId520869889b5ea2766" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5344/ajev.2014.14026" TargetMode="External"/><Relationship Id="rId120169889b5ea27f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.2012.00561.x" TargetMode="External"/><Relationship Id="rId870269889b5ea2866" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://htpps%3A//doi.org/10.1071/FP05315" TargetMode="External"/><Relationship Id="rId728169889b5ea28f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1155/2023/2259967" TargetMode="External"/><Relationship Id="rId643769889b5ea2aca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0046-225X-29.5.979" TargetMode="External"/><Relationship Id="rId620369889b5ea2c6a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/.org/10.2903/j.efsa.2014.3678" TargetMode="External"/><Relationship Id="rId938469889b5ea2d17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/87/pm4-008-2-en.pdf" TargetMode="External"/><Relationship Id="rId608269889b5ea2ddb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/278/pm10-016-1-en.pdf" TargetMode="External"/><Relationship Id="rId435069889b5ea2e8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/282/pm10-020-1-en.pdf" TargetMode="External"/><Relationship Id="rId669569889b5ea2f23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/documents" TargetMode="External"/><Relationship Id="rId626869889b5ea2fc8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670874.2015.1067734" TargetMode="External"/><Relationship Id="rId677569889b5ea300a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId123069889b5ea3131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5344/ajev.2016.15106" TargetMode="External"/><Relationship Id="rId643369889b5ea32d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ajgw.12237" TargetMode="External"/><Relationship Id="rId887669889b5ea35c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openresearch-repository.anu.edu.au/bitstream/1885/51686/4/02_Kingston_Grape_Phylloxera_External_2007.pdf" TargetMode="External"/><Relationship Id="rId873069889b5ea3736" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170678" TargetMode="External"/><Relationship Id="rId310269889b5ea3973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId120369889b5ea4162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-181" TargetMode="External"/><Relationship Id="rId792869889b5ea41d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-18601-2_2" TargetMode="External"/><Relationship Id="rId405869889b5ea4365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20870/oeno-one.2022.56.1.4803" TargetMode="External"/><Relationship Id="rId694469889b5ea449e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId134869889b5ea4625" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01740.x" TargetMode="External"/><Relationship Id="rId962869889b5ea0750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId962869889b5ea0750.jpg"/><Relationship Id="rId155669889b5ea176a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId155669889b5ea176a.jpg"/><Relationship Id="rId439669889b5ea468b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId439669889b5ea468b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId901845223" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId274755255" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId209469a7bf4bdc98c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/" TargetMode="External"/><Relationship Id="rId163169a7bf4bdc9f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/categorization" TargetMode="External"/><Relationship Id="rId286269a7bf4bdd2cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId232169a7bf4bdec2e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId359269a7bf4bdfb3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-77928-9" TargetMode="External"/><Relationship Id="rId774869a7bf4bdfbd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5344/ajev.2014.14026" TargetMode="External"/><Relationship Id="rId623469a7bf4bdfc70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1744-7348.2012.00561.x" TargetMode="External"/><Relationship Id="rId604669a7bf4bdfce7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://htpps%3A//doi.org/10.1071/FP05315" TargetMode="External"/><Relationship Id="rId561069a7bf4bdfd7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1155/2023/2259967" TargetMode="External"/><Relationship Id="rId203969a7bf4bdffb4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1603/0046-225X-29.5.979" TargetMode="External"/><Relationship Id="rId315669a7bf4be004b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi/.org/10.2903/j.efsa.2014.3678" TargetMode="External"/><Relationship Id="rId942169a7bf4be00c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/87/pm4-008-2-en.pdf" TargetMode="External"/><Relationship Id="rId919469a7bf4be016e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/278/pm10-016-1-en.pdf" TargetMode="External"/><Relationship Id="rId962469a7bf4be0208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/download/standard/282/pm10-020-1-en.pdf" TargetMode="External"/><Relationship Id="rId946569a7bf4be02a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/documents" TargetMode="External"/><Relationship Id="rId826069a7bf4be0337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/09670874.2015.1067734" TargetMode="External"/><Relationship Id="rId515769a7bf4be0376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VITEVI/photos" TargetMode="External"/><Relationship Id="rId924069a7bf4be048f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5344/ajev.2016.15106" TargetMode="External"/><Relationship Id="rId126969a7bf4be064a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/ajgw.12237" TargetMode="External"/><Relationship Id="rId593169a7bf4be0926" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://openresearch-repository.anu.edu.au/bitstream/1885/51686/4/02_Kingston_Grape_Phylloxera_External_2007.pdf" TargetMode="External"/><Relationship Id="rId332969a7bf4be0ad2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0170678" TargetMode="External"/><Relationship Id="rId636469a7bf4be0d4b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/" TargetMode="External"/><Relationship Id="rId698569a7bf4be1346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1186/2193-1801-2-181" TargetMode="External"/><Relationship Id="rId683869a7bf4be13bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/978-3-030-18601-2_2" TargetMode="External"/><Relationship Id="rId759869a7bf4be1555" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.20870/oeno-one.2022.56.1.4803" TargetMode="External"/><Relationship Id="rId256269a7bf4be17d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId859569a7bf4be199b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1981.tb01740.x" TargetMode="External"/><Relationship Id="rId546069a7bf4bdd1d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId546069a7bf4bdd1d0.jpg"/><Relationship Id="rId506969a7bf4bde91b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId506969a7bf4bde91b.jpg"/><Relationship Id="rId160869a7bf4be1a48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId160869a7bf4be1a48.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>