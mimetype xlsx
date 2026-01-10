--- v0 (2025-10-04)
+++ v1 (2026-01-10)
@@ -12,84 +12,91 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="VIGWI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="13">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
+  </si>
+  <si>
+    <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>BGMV00</t>
+  </si>
+  <si>
+    <t>Begomovirus costai (as Vigna)</t>
+  </si>
+  <si>
+    <t>Mentioned in EPPO/CABI (1997) Data Sheet on Bean golden mosaic bigeminivirus. 
+However, the datasheet pre-dates the separation of bean golden mosaic virus and bean golden yellow mosaic virus. No more recent reference was found to species of this genus as hosts of bean golden mosaic virus, and the host status is therefore considered doubtful (2025-11).</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>HETDGL</t>
   </si>
   <si>
     <t>Heterodera glycines</t>
   </si>
   <si>
     <t>* Riggs RD, Hamblen ML (1962) Soybean-cyst nematode host studies in the family Leguminosae. Report Series 110. Agricultural Experiment Station. University of Arkansas, Fayetteville (US), 18 pp.
 ------- Host range experiments.</t>
   </si>
   <si>
     <t>Host</t>
-  </si>
-[...4 lines deleted...]
-    <t>Begomovirus costai (as Vigna)</t>
   </si>
   <si>
     <t>LIRITR</t>
   </si>
   <si>
     <t>Liriomyza trifolii (as Vigna)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
@@ -407,105 +414,107 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="228.801" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="324.349" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
-      <c r="D3"/>
+      <c r="D3" t="s">
+        <v>11</v>
+      </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="D4"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>