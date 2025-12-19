--- v0 (2025-10-16)
+++ v1 (2025-12-19)
@@ -12,71 +12,78 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="VIGSU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="12">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="14">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
+    <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>BGMV00</t>
+  </si>
+  <si>
+    <t>Begomovirus costai (as Vigna)</t>
+  </si>
+  <si>
+    <t>Mentioned in EPPO/CABI (1997) Data Sheet on Bean golden mosaic bigeminivirus. 
+However, the datasheet pre-dates the separation of bean golden mosaic virus and bean golden yellow mosaic virus. No more recent reference was found to species of this genus as hosts of bean golden mosaic virus, and the host status is therefore considered doubtful (2025-11).</t>
+  </si>
+  <si>
     <t>Host</t>
-  </si>
-[...4 lines deleted...]
-    <t>Begomovirus costai (as Vigna)</t>
   </si>
   <si>
     <t>CPMMV0</t>
   </si>
   <si>
     <t>Carlavirus vignae</t>
   </si>
   <si>
     <t>* Jeyanandarajah P, Brunt AA (1993) The natural occurrence, transmission, properties and possible affinities of cowpea mild mottle virus. Journal of Phytopathology 137, 148-156.
 ------- As Voandzeia subterranea.
 * Thouvenel JC, Monsarrat A, Fauquet C (1982) Isolation of cowpea mild mottle virus from diseased soybeans in the Ivory Coast. Plant Disease 66(4), 336-337.
 --------- As Voandzeia subterranea.</t>
   </si>
   <si>
     <t>LIRITR</t>
   </si>
   <si>
     <t>Liriomyza trifolii (as Vigna)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
@@ -406,105 +413,107 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D4"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="209.949" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="324.349" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
-      <c r="D2"/>
+      <c r="D2" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>