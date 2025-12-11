--- v0 (2025-10-09)
+++ v1 (2025-12-11)
@@ -12,93 +12,100 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="VIGSQ" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="42">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
+  </si>
+  <si>
+    <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>BGMV00</t>
+  </si>
+  <si>
+    <t>Begomovirus costai (as Vigna)</t>
+  </si>
+  <si>
+    <t>Mentioned in EPPO/CABI (1997) Data Sheet on Bean golden mosaic bigeminivirus. 
+However, the datasheet pre-dates the separation of bean golden mosaic virus and bean golden yellow mosaic virus. No more recent reference was found to species of this genus as hosts of bean golden mosaic virus, and the host status is therefore considered doubtful (2025-11).</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>PVT000</t>
   </si>
   <si>
     <t>Tepovirus tafsolani</t>
   </si>
   <si>
     <t>* Salazar LF, Harrison BD (1978) Host range, purification and properties of potato virus T. Annals of Applied Biology 89, 223-235.
 ------- As Vigna sesquipedalis.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALECSN</t>
   </si>
   <si>
     <t>Aleurocanthus spiniferus</t>
   </si>
   <si>
     <t>* Gillespie PS (2012) A review of the whitefly genus Aleurocanthus Quaintance &amp; Baker (Hemiptera: Aleyrodidae) in Australia. Zootaxa 3252, 1-42.</t>
-  </si>
-[...4 lines deleted...]
-    <t>Begomovirus costai (as Vigna)</t>
   </si>
   <si>
     <t>BRAPSU</t>
   </si>
   <si>
     <t>Brachyplatys subaeneus</t>
   </si>
   <si>
     <t>* Rédei D (2016) The identity of the Brachyplatys species recently introduced to Panama, with a review of bionomics (Hemiptera: Heteroptera: Plataspidae). Zootaxa 4136(1), 141-154.</t>
   </si>
   <si>
     <t>CPMMV0</t>
   </si>
   <si>
     <t>Carlavirus vignae</t>
   </si>
   <si>
     <t>* Brito M, Fernández-Rodríguez T, Garrido MJ, Mejías A, Romano M, Marys E (2012) First report of Cowpea mild mottle carlavirus on yardlong bean (Vigna unguiculata subsp. sesquipedalis) in Venezuela. Viruses 4(12), 3804-3811.</t>
   </si>
   <si>
     <t>CORBFL</t>
   </si>
   <si>
     <t>Curtobacterium flaccumfaciens pv. flaccumfaciens</t>
   </si>
@@ -491,232 +498,234 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="339.631" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>8</v>
       </c>
       <c r="B3" t="s">
         <v>9</v>
       </c>
       <c r="C3" t="s">
         <v>10</v>
       </c>
       <c r="D3" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="C4" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D4"/>
+        <v>14</v>
+      </c>
+      <c r="D4" t="s">
+        <v>15</v>
+      </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="D6" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
       <c r="C7" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="D7" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B8" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C8" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D8" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B9" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B10" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="C10" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
       <c r="D10" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B11" t="s">
-        <v>31</v>
+        <v>33</v>
       </c>
       <c r="C11" t="s">
-        <v>32</v>
+        <v>34</v>
       </c>
       <c r="D11" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B12" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C12" t="s">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="D12" t="s">
-        <v>36</v>
+        <v>38</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>12</v>
       </c>
       <c r="B13" t="s">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="D13" t="s">
-        <v>39</v>
+        <v>41</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">