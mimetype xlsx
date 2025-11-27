--- v0 (2025-10-19)
+++ v1 (2025-11-27)
@@ -12,65 +12,75 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="VIGSI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="195">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="197">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>BGMV00</t>
+  </si>
+  <si>
+    <t>Begomovirus costai (as Vigna)</t>
+  </si>
+  <si>
+    <t>Mentioned in EPPO/CABI (1997) Data Sheet on Bean golden mosaic bigeminivirus. 
+However, the datasheet pre-dates the separation of bean golden mosaic virus and bean golden yellow mosaic virus. No more recent reference was found to species of this genus as hosts of bean golden mosaic virus, and the host status is therefore considered doubtful (2025-11).</t>
   </si>
   <si>
     <t>LEUIOR</t>
   </si>
   <si>
     <t>Leucinodes orbonalis</t>
   </si>
   <si>
     <t>* EFSA Plant Health Panel (2024) Pest risk assessment of Leucinodes orbonalis for the European Union.  EFSA Journal 22(3), e8498. doi 10.2903/j.efsa.2024.8498
 -------  mentions 1 literature reference considering this plant as host, with feeding. "Records of L. orbonalis on non-Solanaceae host plants appear to be incidental, and the species is unlikely to complete its life cycle on these plants"</t>
   </si>
   <si>
     <t>MEAGOP</t>
   </si>
   <si>
     <t>Melanagromyza obtusa</t>
   </si>
   <si>
     <t>* Shanower TG, Lal SS, Bhagwat VR (1998) Biology and management of Melanagromyza obtusa (Malloch)(Diptera: Agromyzidae). Crop Protection 17(3), 249-263.</t>
   </si>
   <si>
     <t>ARGPLE</t>
   </si>
   <si>
     <t>Thaumatotibia leucotreta</t>
@@ -197,56 +207,50 @@
   <si>
     <t>* Kamble CS, Sathe TV (2015) Incidence and host plants for Amrasca biguttula (Ishida) from Kolhapur region, India. International Journal of Development Research 5(3), 3658-3661.</t>
   </si>
   <si>
     <t>APLOBE</t>
   </si>
   <si>
     <t>Aphelenchoides besseyi</t>
   </si>
   <si>
     <t xml:space="preserve">* Favoreto L, Bueno R, Calandrelli A, França PP, Meyer MC, Machado AC (2022) Aphelenchoides besseyi parasitizing cowpea (Vigna unguiculata) in Brazil. Plant Disease 106(6), 1555-1557.
 ------- under greenhouse conditions. 
 * Noronha MD, Assunção MC, Muniz MD, Machado AC (2023) Aphelenchoides besseyi causing leaf spot on cowpea under field conditions in Brazil. Australasian Plant Disease Notes 18, 11. https://doi.org/10.1007/s13314-023-00496-0
 ------- in fields.
 </t>
   </si>
   <si>
     <t>TYLCV0</t>
   </si>
   <si>
     <t>Begomovirus coheni</t>
   </si>
   <si>
     <t>* Chatzivassiliou EK (2021) An annotated list of legume-infecting viruses in the light of metagenomics. Plants 10(7):1413. https://doi.org/10.3390/plants10071413
 * Li F, Qiao R, Yang X (2022) Occurrence, distribution, and management of tomato yellow leaf curl virus in China. Phytopathological Research 4, 28. https://doi.org/10.1186/s42483-022-00133-1</t>
-  </si>
-[...4 lines deleted...]
-    <t>Begomovirus costai (as Vigna)</t>
   </si>
   <si>
     <t>BEMITA</t>
   </si>
   <si>
     <t>Bemisia tabaci</t>
   </si>
   <si>
     <t>* McKenzie CL, Sparks Jr AN, Roberts P, Oetting RD, Osborne LS (2020) Survey of Bemisia tabaci (Hemiptera: Aleyrodidae) in agricultural ecosystems in Georgia. Journal of Entomological Science 55(2), 163-170.</t>
   </si>
   <si>
     <t>CPMMV0</t>
   </si>
   <si>
     <t>Carlavirus vignae</t>
   </si>
   <si>
     <t>* Brunt AA, Kenten RH (1973) Cowpea mild mottle, a newly recognized virus infecting cowpeas (Vigna unguiculata) in Ghana. Annals of Applied Biology 74(1), 67-74.
 * Jeyanandarajah P, Brunt AA (1993) The natural occurrence, transmission, properties and possible affinities of Cowpea mild mottle virus. Journal of Phytopathology 137(2), 148-156.
 * Thouvenel JC, Monsarrat A, Fauquet C (1982) Isolation of cowpea mild mottle virus from diseased soybeans in the Ivory Coast. Plant Disease 66(4), 336-337.</t>
   </si>
   <si>
     <t>CRTZBR</t>
   </si>
   <si>
@@ -460,59 +464,50 @@
   </si>
   <si>
     <t>* O’Bannon JH, Santo GS, Nyczepir AP (1982) Host range of the Columbia root-knot nematode. Plant Disease 66, 1045-1048.</t>
   </si>
   <si>
     <t>MELGET</t>
   </si>
   <si>
     <t>Meloidogyne ethiopica</t>
   </si>
   <si>
     <t>* Whitehead AG (1968) Taxonomy of Meloidogyne (Nematoda: Heteroderidae) with description of four new species. Transactions of the Zoological Society of London 31, 263-401.
 * Lima E A, Mattos J K, Moita A W, Carneiro R G &amp; Carneiro R M D G (2009) Host status of different crops for Meloidogyne ethiopica control. Tropical Plant Pathology 34, 152-157. 
 ------In experiments, cvs. 'Espace 10' and 'Australian' were found to be poor hosts (0.1&lt;RF&lt;1).</t>
   </si>
   <si>
     <t>MELGFL</t>
   </si>
   <si>
     <t>Meloidogyne floridensis</t>
   </si>
   <si>
     <t>* Marquez J, Hajihassani A (2023) Identification and virulence of five isolates of root-knot nematode Meloidogyne floridensis on vegetables. Plant Disease 107(5), 1522-15888.</t>
   </si>
   <si>
-    <t>MELGGC</t>
-[...7 lines deleted...]
-  <si>
     <t>GRAGLE</t>
   </si>
   <si>
     <t>Naupactus leucoloma</t>
   </si>
   <si>
     <t>* Álvarez LJ, Bernardis AM, Defea B, Dellapé P, del Río MG, Gittins López CG,  Lanteri AA, López Armengol MF, Marino de Remes Lenicov AM, Minghetti E, Paradell S, Rizzo ME (2021) Inventory of Hemiptera, Coleoptera (Curculionidae) and Hymenoptera associated with the horticultural production of the Alto Valle de Río Negro and Neuquén provinces (Argentina). Revista de la Sociedad Entomológica Argentina 80(1), 48-69.</t>
   </si>
   <si>
     <t>TSWV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatomaculae</t>
   </si>
   <si>
     <t>* Chatzivassiliou EK (2021) An annotated list of legume-infecting viruses in the light of metagenomics. Plants 10(7):1413. https://doi.org/10.3390/plants10071413
 * Xiao L, Li YY, Lan PX, Tan GL, Ding M, Li RH, Li F (2016) First report of Tomato spotted wilt virus infecting cowpea in China. Plant Disease 100(1), 233.
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>PLAAST</t>
   </si>
   <si>
     <t>Platynota stultana</t>
   </si>
@@ -647,50 +642,63 @@
     <t>XANTPH</t>
   </si>
   <si>
     <t>Xanthomonas phaseoli pv. phaseoli</t>
   </si>
   <si>
     <t>* Zaumeyer WJ &amp; Thomas HR (1957) A monographic study of bean diseases and methods for their control. United States Department of Agriculture, Economic Research Service.</t>
   </si>
   <si>
     <t>DACUCU</t>
   </si>
   <si>
     <t>Zeugodacus cucurbitae</t>
   </si>
   <si>
     <t>* Leblanc L (2022) The dacine fruit flies (Diptera: Tephritidae: Dacini) of Oceania. Insecta Mundi 0948, 1-167. https://journals.flvc.org/mundi/article/view/131965/135549</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>MARUTE</t>
   </si>
   <si>
     <t>Maruca vitrata</t>
+  </si>
+  <si>
+    <t>Non-host</t>
+  </si>
+  <si>
+    <t>MELGGC</t>
+  </si>
+  <si>
+    <t>Meloidogyne graminicola</t>
+  </si>
+  <si>
+    <t>* Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163
+------- ------- mentioned as "non-host".</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>HETDGL</t>
   </si>
   <si>
     <t>Heterodera glycines</t>
   </si>
   <si>
     <t>* Rocha LF, Gage KL, Pimentel MF, Bond JP, Fakhoury AM (2021) Weeds hosting the soybean cyst nematode (Heterodera glycines Ichinohe): management implications in agroecological systems. Agronomy 11(1), 146. https://doi.org/10.3390/agronomy11010146</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
@@ -1078,910 +1086,912 @@
         <v>8</v>
       </c>
       <c r="C3" t="s">
         <v>9</v>
       </c>
       <c r="D3" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
         <v>4</v>
       </c>
       <c r="B4" t="s">
         <v>11</v>
       </c>
       <c r="C4" t="s">
         <v>12</v>
       </c>
       <c r="D4" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" t="s">
         <v>14</v>
       </c>
-      <c r="B5" t="s">
+      <c r="C5" t="s">
         <v>15</v>
       </c>
-      <c r="C5" t="s">
+      <c r="D5" t="s">
         <v>16</v>
-      </c>
-[...1 lines deleted...]
-        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B6" t="s">
         <v>18</v>
       </c>
       <c r="C6" t="s">
         <v>19</v>
       </c>
       <c r="D6" t="s">
         <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B7" t="s">
         <v>21</v>
       </c>
       <c r="C7" t="s">
         <v>22</v>
       </c>
       <c r="D7" t="s">
         <v>23</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
-      <c r="D8"/>
+      <c r="D8" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C9" t="s">
-        <v>27</v>
-[...1 lines deleted...]
-      <c r="D9" t="s">
         <v>28</v>
       </c>
+      <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B10" t="s">
         <v>29</v>
       </c>
       <c r="C10" t="s">
         <v>30</v>
       </c>
       <c r="D10" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B11" t="s">
         <v>32</v>
       </c>
       <c r="C11" t="s">
         <v>33</v>
       </c>
       <c r="D11" t="s">
         <v>34</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B12" t="s">
         <v>35</v>
       </c>
       <c r="C12" t="s">
         <v>36</v>
       </c>
-      <c r="D12"/>
+      <c r="D12" t="s">
+        <v>37</v>
+      </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="B13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C13" t="s">
-        <v>38</v>
-[...1 lines deleted...]
-      <c r="D13" t="s">
         <v>39</v>
       </c>
+      <c r="D13"/>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
+        <v>17</v>
+      </c>
+      <c r="B14" t="s">
         <v>40</v>
       </c>
-      <c r="B14" t="s">
+      <c r="C14" t="s">
         <v>41</v>
       </c>
-      <c r="C14" t="s">
+      <c r="D14" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B15" t="s">
         <v>44</v>
       </c>
       <c r="C15" t="s">
         <v>45</v>
       </c>
       <c r="D15" t="s">
         <v>46</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B16" t="s">
         <v>47</v>
       </c>
       <c r="C16" t="s">
         <v>48</v>
       </c>
       <c r="D16" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B17" t="s">
         <v>50</v>
       </c>
       <c r="C17" t="s">
         <v>51</v>
       </c>
       <c r="D17" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B18" t="s">
         <v>53</v>
       </c>
       <c r="C18" t="s">
         <v>54</v>
       </c>
       <c r="D18" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B19" t="s">
         <v>56</v>
       </c>
       <c r="C19" t="s">
         <v>57</v>
       </c>
-      <c r="D19"/>
+      <c r="D19" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B20" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C20" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D20" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B21" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="C21" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="D21" t="s">
-        <v>63</v>
+        <v>64</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B22" t="s">
-        <v>64</v>
+        <v>65</v>
       </c>
       <c r="C22" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B23" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
       <c r="C23" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="D23" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B24" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C24" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D24" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B25" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="C25" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="D25" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B26" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C26" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="D26" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B27" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C27" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D27" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B28" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C28" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D28" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B29" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
       <c r="C29" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B30" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="C30" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="D30" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B31" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C31" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D31" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B32" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C32" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D32" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B33" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C33" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="D33" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B34" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C34" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
       <c r="D34" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B35" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C35" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D35" t="s">
-        <v>23</v>
+        <v>26</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B36" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C36" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="D36" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B37" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="C37" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B38" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="C38" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="D38" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B39" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C39" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D39" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B40" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C40" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D40" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B41" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
       <c r="C41" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
       <c r="D41"/>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B42" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="C42" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="D42"/>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B43" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
       <c r="C43" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="D43" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B44" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
       <c r="C44" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="D44" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B45" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="C45" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D45" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B46" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="C46" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="D46" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B47" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="C47" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D47" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B48" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C48" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D48" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B49" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="C49" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D49" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B50" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C50" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="D50" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B51" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C51" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D51" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B52" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C52" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D52" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B53" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C53" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D53" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B54" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C54" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D54" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B55" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C55" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="D55" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B56" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="C56" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D56" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B57" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="C57" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="D57" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B58" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="C58" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D58" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B59" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C59" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="D59" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B60" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C60" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D60" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B61" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C61" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="D61" t="s">
-        <v>176</v>
+        <v>171</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B62" t="s">
         <v>177</v>
       </c>
       <c r="C62" t="s">
         <v>178</v>
       </c>
       <c r="D62" t="s">
-        <v>173</v>
+        <v>179</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B63" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="C63" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D63" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>40</v>
+        <v>43</v>
       </c>
       <c r="B64" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C64" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="D64" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>40</v>
+        <v>186</v>
       </c>
       <c r="B65" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C65" t="s">
-        <v>186</v>
-[...3 lines deleted...]
-      </c>
+        <v>188</v>
+      </c>
+      <c r="D65"/>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="B66" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="C66" t="s">
-        <v>190</v>
-[...1 lines deleted...]
-      <c r="D66"/>
+        <v>191</v>
+      </c>
+      <c r="D66" t="s">
+        <v>192</v>
+      </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="B67" t="s">
-        <v>192</v>
+        <v>194</v>
       </c>
       <c r="C67" t="s">
-        <v>193</v>
+        <v>195</v>
       </c>
       <c r="D67" t="s">
-        <v>194</v>
+        <v>196</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">