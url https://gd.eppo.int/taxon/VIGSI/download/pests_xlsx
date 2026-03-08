--- v1 (2025-11-27)
+++ v2 (2026-03-08)
@@ -183,51 +183,52 @@
   <si>
     <t>ALEDDI</t>
   </si>
   <si>
     <t>Aleurodicus dispersus</t>
   </si>
   <si>
     <t>* Boopathi T (2022) New host plants, natural enemy complex and newly distributed potential areas of exotic spiralling whitefly (Hemiptera: Aleyrodidae) in India. Phytoparasitica 50(2), 335-357.</t>
   </si>
   <si>
     <t>AMV000</t>
   </si>
   <si>
     <t>Alfamovirus AMV</t>
   </si>
   <si>
     <t>* Harveson RM, Porter LD (2023) First Report of Alfalfa Mosaic Virus on Cowpea in the United States. Plant Health Progress. 2023 Jul 28:PHP-03. https://doi.org/10.1094/PHP-03-23-0021-BR</t>
   </si>
   <si>
     <t>EMPOBI</t>
   </si>
   <si>
     <t>Amrasca biguttula</t>
   </si>
   <si>
-    <t>* Kamble CS, Sathe TV (2015) Incidence and host plants for Amrasca biguttula (Ishida) from Kolhapur region, India. International Journal of Development Research 5(3), 3658-3661.</t>
+    <t>* Jaod AS, Nawar MH (2023). Molecular identification and field control of cowpea jassid Amrasca biguttula (Hemiptera: Cicadellidae) infecting cowpea in Baghdad-Iraq. IOP Conference Series: Earth and Environmental Science, 1225, 012084. https://doi.org/10.1088/1755-1315/1225/1/012084
+* Kamble CS, Sathe TV (2015) Incidence and host plants for Amrasca biguttula (Ishida) from Kolhapur region, India. International Journal of Development Research 5(3), 3658-3661.</t>
   </si>
   <si>
     <t>APLOBE</t>
   </si>
   <si>
     <t>Aphelenchoides besseyi</t>
   </si>
   <si>
     <t xml:space="preserve">* Favoreto L, Bueno R, Calandrelli A, França PP, Meyer MC, Machado AC (2022) Aphelenchoides besseyi parasitizing cowpea (Vigna unguiculata) in Brazil. Plant Disease 106(6), 1555-1557.
 ------- under greenhouse conditions. 
 * Noronha MD, Assunção MC, Muniz MD, Machado AC (2023) Aphelenchoides besseyi causing leaf spot on cowpea under field conditions in Brazil. Australasian Plant Disease Notes 18, 11. https://doi.org/10.1007/s13314-023-00496-0
 ------- in fields.
 </t>
   </si>
   <si>
     <t>TYLCV0</t>
   </si>
   <si>
     <t>Begomovirus coheni</t>
   </si>
   <si>
     <t>* Chatzivassiliou EK (2021) An annotated list of legume-infecting viruses in the light of metagenomics. Plants 10(7):1413. https://doi.org/10.3390/plants10071413
 * Li F, Qiao R, Yang X (2022) Occurrence, distribution, and management of tomato yellow leaf curl virus in China. Phytopathological Research 4, 28. https://doi.org/10.1186/s42483-022-00133-1</t>
   </si>
   <si>