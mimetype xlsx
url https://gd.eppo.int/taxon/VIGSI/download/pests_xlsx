--- v2 (2026-03-08)
+++ v3 (2026-03-28)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="VIGSI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="197">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="200">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>BGMV00</t>
   </si>
   <si>
     <t>Begomovirus costai (as Vigna)</t>
   </si>
   <si>
     <t>Mentioned in EPPO/CABI (1997) Data Sheet on Bean golden mosaic bigeminivirus. 
 However, the datasheet pre-dates the separation of bean golden mosaic virus and bean golden yellow mosaic virus. No more recent reference was found to species of this genus as hosts of bean golden mosaic virus, and the host status is therefore considered doubtful (2025-11).</t>
   </si>
@@ -472,50 +472,59 @@
   <si>
     <t>Meloidogyne ethiopica</t>
   </si>
   <si>
     <t>* Whitehead AG (1968) Taxonomy of Meloidogyne (Nematoda: Heteroderidae) with description of four new species. Transactions of the Zoological Society of London 31, 263-401.
 * Lima E A, Mattos J K, Moita A W, Carneiro R G &amp; Carneiro R M D G (2009) Host status of different crops for Meloidogyne ethiopica control. Tropical Plant Pathology 34, 152-157. 
 ------In experiments, cvs. 'Espace 10' and 'Australian' were found to be poor hosts (0.1&lt;RF&lt;1).</t>
   </si>
   <si>
     <t>MELGFL</t>
   </si>
   <si>
     <t>Meloidogyne floridensis</t>
   </si>
   <si>
     <t>* Marquez J, Hajihassani A (2023) Identification and virulence of five isolates of root-knot nematode Meloidogyne floridensis on vegetables. Plant Disease 107(5), 1522-15888.</t>
   </si>
   <si>
     <t>GRAGLE</t>
   </si>
   <si>
     <t>Naupactus leucoloma</t>
   </si>
   <si>
     <t>* Álvarez LJ, Bernardis AM, Defea B, Dellapé P, del Río MG, Gittins López CG,  Lanteri AA, López Armengol MF, Marino de Remes Lenicov AM, Minghetti E, Paradell S, Rizzo ME (2021) Inventory of Hemiptera, Coleoptera (Curculionidae) and Hymenoptera associated with the horticultural production of the Alto Valle de Río Negro and Neuquén provinces (Argentina). Revista de la Sociedad Entomológica Argentina 80(1), 48-69.</t>
+  </si>
+  <si>
+    <t>GBNV00</t>
+  </si>
+  <si>
+    <t>Orthotospovirus arachinecrosis</t>
+  </si>
+  <si>
+    <t>* Holkar SK, Kumar R, Yogita M, Katiyar A, Jain RK, Mandal B (2017) Diagnostic assays for two closely related tospovirus species, Watermelon bud necrosis virus and Groundnut bud necrosis virus and identification of new natural hosts. Journal of plant biochemistry and biotechnology 26(1), 43-51.</t>
   </si>
   <si>
     <t>TSWV00</t>
   </si>
   <si>
     <t>Orthotospovirus tomatomaculae</t>
   </si>
   <si>
     <t>* Chatzivassiliou EK (2021) An annotated list of legume-infecting viruses in the light of metagenomics. Plants 10(7):1413. https://doi.org/10.3390/plants10071413
 * Xiao L, Li YY, Lan PX, Tan GL, Ding M, Li RH, Li F (2016) First report of Tomato spotted wilt virus infecting cowpea in China. Plant Disease 100(1), 233.
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>PLAAST</t>
   </si>
   <si>
     <t>Platynota stultana</t>
   </si>
   <si>
     <t>* Hoover GA, Biddinger DJ (2014) Omnivorous leafroller, Platynota stultana (Lepidoptera: Tortricidae). Penn State Extension Pest Alert. https://ento.psu.edu/files/omnivorous-leafroller/view</t>
   </si>
   <si>
     <t>PVX000</t>
   </si>
   <si>
@@ -1015,51 +1024,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D67"/>
+  <dimension ref="A1:D68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="491.88" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1866,133 +1875,147 @@
     <row r="60" spans="1:4">
       <c r="A60" t="s">
         <v>43</v>
       </c>
       <c r="B60" t="s">
         <v>172</v>
       </c>
       <c r="C60" t="s">
         <v>173</v>
       </c>
       <c r="D60" t="s">
         <v>174</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
         <v>43</v>
       </c>
       <c r="B61" t="s">
         <v>175</v>
       </c>
       <c r="C61" t="s">
         <v>176</v>
       </c>
       <c r="D61" t="s">
-        <v>171</v>
+        <v>177</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
         <v>43</v>
       </c>
       <c r="B62" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="C62" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="D62" t="s">
-        <v>179</v>
+        <v>174</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
         <v>43</v>
       </c>
       <c r="B63" t="s">
         <v>180</v>
       </c>
       <c r="C63" t="s">
         <v>181</v>
       </c>
       <c r="D63" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
         <v>43</v>
       </c>
       <c r="B64" t="s">
         <v>183</v>
       </c>
       <c r="C64" t="s">
         <v>184</v>
       </c>
       <c r="D64" t="s">
         <v>185</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
+        <v>43</v>
+      </c>
+      <c r="B65" t="s">
         <v>186</v>
       </c>
-      <c r="B65" t="s">
+      <c r="C65" t="s">
         <v>187</v>
       </c>
-      <c r="C65" t="s">
+      <c r="D65" t="s">
         <v>188</v>
       </c>
-      <c r="D65"/>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
         <v>189</v>
       </c>
       <c r="B66" t="s">
         <v>190</v>
       </c>
       <c r="C66" t="s">
         <v>191</v>
       </c>
-      <c r="D66" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D66"/>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
+        <v>192</v>
+      </c>
+      <c r="B67" t="s">
         <v>193</v>
       </c>
-      <c r="B67" t="s">
+      <c r="C67" t="s">
         <v>194</v>
       </c>
-      <c r="C67" t="s">
+      <c r="D67" t="s">
         <v>195</v>
       </c>
-      <c r="D67" t="s">
+    </row>
+    <row r="68" spans="1:4">
+      <c r="A68" t="s">
         <v>196</v>
+      </c>
+      <c r="B68" t="s">
+        <v>197</v>
+      </c>
+      <c r="C68" t="s">
+        <v>198</v>
+      </c>
+      <c r="D68" t="s">
+        <v>199</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">