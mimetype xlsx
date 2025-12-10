--- v0 (2025-10-08)
+++ v1 (2025-12-10)
@@ -12,71 +12,78 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="VIGLU" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="15">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="17">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
+    <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>BGMV00</t>
+  </si>
+  <si>
+    <t>Begomovirus costai (as Vigna)</t>
+  </si>
+  <si>
+    <t>Mentioned in EPPO/CABI (1997) Data Sheet on Bean golden mosaic bigeminivirus. 
+However, the datasheet pre-dates the separation of bean golden mosaic virus and bean golden yellow mosaic virus. No more recent reference was found to species of this genus as hosts of bean golden mosaic virus, and the host status is therefore considered doubtful (2025-11).</t>
+  </si>
+  <si>
     <t>Host</t>
-  </si>
-[...4 lines deleted...]
-    <t>Begomovirus costai (as Vigna)</t>
   </si>
   <si>
     <t>ELASLI</t>
   </si>
   <si>
     <t>Elasmopalpus lignosellus</t>
   </si>
   <si>
     <t>* Sandhu HS (2010) Biology and cultural control of lesser cornstalk borer on sugarcane. PhD thesis. University of Florida. https://ufdcimages.uflib.ufl.edu/UF/E0/04/14/72/00001/sandhu_h.pdf</t>
   </si>
   <si>
     <t>LIRISA</t>
   </si>
   <si>
     <t>Liriomyza sativae</t>
   </si>
   <si>
     <t>* Spencer KA (1973) Agromyzidae (Diptera) of economic importance. Series Entomologica Volume 9. Dr. W. Junk B.V. The Hague, The Netherlands. 418 pp.
 * Stegmaier CE (1966) Host plants and parasites of Liriomyza munda in Florida (Diptera: Agromyzidae). Florida Entomologist 49(2), 81-86.
 ------- confirmed host. Rearing record. as Vigna repens</t>
   </si>
   <si>
     <t>LIRITR</t>
   </si>
   <si>
@@ -414,119 +421,121 @@
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
   <dimension ref="A1:D5"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="5.856" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="35.277" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="224.088" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="324.349" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
-      <c r="D2"/>
+      <c r="D2" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B3" t="s">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="C3" t="s">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D5"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>