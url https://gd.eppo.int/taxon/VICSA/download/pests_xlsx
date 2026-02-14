--- v0 (2025-10-16)
+++ v1 (2026-02-14)
@@ -144,51 +144,51 @@
   <si>
     <t>Pseudomonas syringae pv. pisi (as Vicia)</t>
   </si>
   <si>
     <t>SPODLI</t>
   </si>
   <si>
     <t>Spodoptera littoralis</t>
   </si>
   <si>
     <t>* Prasad J, Bhattacharya AK (1975) Growth and development of Spodoptera littoralis (Boisd.) (Lepidoptera, Noctuidae) on several plants. Zeitschrift für Angewandte Entomologie 79, 34-48.</t>
   </si>
   <si>
     <t>THRISE</t>
   </si>
   <si>
     <t>Thrips setosus</t>
   </si>
   <si>
     <t>UROMVF</t>
   </si>
   <si>
     <t>Uromyces viciae-fabae</t>
   </si>
   <si>
-    <t>* Singh AK, Kushwaha C, Shikha K, Chand R, Mishra GP, Dikshit HK, Devi J, Aski MS, Kumar S, Gupta S, Nair RM. Rust (Uromyces viciae-fabae Pers. de-Bary) of pea (Pisum sativum L.): Present status and future resistance breeding opportunities. Genes 14(2), 374. https://doi.org/10.3390/genes14020374</t>
+    <t>* Singh AK, Kushwaha C, Shikha K, Chand R, Mishra GP, Dikshit HK, Devi J, Aski MS, Kumar S, Gupta S, Nair RM (2023) Rust (Uromyces viciae-fabae Pers. de-Bary) of pea (Pisum sativum L.): Present status and future resistance breeding opportunities. Genes 14(2), 374. https://doi.org/10.3390/genes14020374</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>APHRPE</t>
   </si>
   <si>
     <t>Aphrophora permutata</t>
   </si>
   <si>
     <t>* Beal DJ, Adams AG, Cooper ML, Varela LG, Smith RJ, Kron CR, Almeida RP, Daugherty MP (2021) Assessment of nymphal ecology and adult Xylella fastidiosa transmission biology of Aphrophora Nr. Permutata (Hemiptera: Aphrophoridae) in California vineyards. Environmental Entomology 50(6), 1446-1454.</t>
   </si>
   <si>
     <t>HETDGL</t>
   </si>
   <si>
     <t>Heterodera glycines</t>
   </si>
   <si>
     <t>* Riggs RD, Hamblen ML (1966) Further studies on the host range of the soybean-cyst. Bulletin of the Agricultural Experiment Station no. 718. University of Arkansas, Fayetteville (US), 19 pp.
 ------- Host range experiments.
 * Rocha LF, Gage KL, Pimentel MF, Bond JP, Fakhoury AM (2021) Weeds hosting the soybean cyst nematode (Heterodera glycines Ichinohe): management implications in agroecological systems. Agronomy 11(1), 146. https://doi.org/10.3390/agronomy11010146</t>
   </si>
   <si>