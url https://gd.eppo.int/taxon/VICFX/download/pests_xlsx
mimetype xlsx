--- v0 (2025-10-07)
+++ v1 (2026-02-08)
@@ -426,51 +426,51 @@
     <t>PRODOR</t>
   </si>
   <si>
     <t>Spodoptera ornithogalli</t>
   </si>
   <si>
     <t>* Brito R, Specht A, Gonçalves GL, Moreira GRP, Carneiro E, Santos FL, Roque-Specht VF, Mielke OHH, Casagrande MM (2019) Spodoptera marima: a new synonym of Spodoptera ornithogalli (Lepidoptera: Noctuidae), with notes on adult morphology, host plant use and genetic variation along its geographic range. Neotropical Entomology 48(3), 433-448.
 * Coto D, Saunders JL, Vargas-S CL, King ABS (1995) Plagas invertebradas de cultivos tropicales con énfasis em América Central-Um invetário. Turrialba, CATIE, 200 pp.</t>
   </si>
   <si>
     <t>THRIPL</t>
   </si>
   <si>
     <t>Thrips palmi</t>
   </si>
   <si>
     <t xml:space="preserve">* Rebijith KB, Asokan R, Krishna V, Ranjitha HH, Kumar NKK, Ramamurthy VV (2014) DNA barcoding and elucidation of cryptic diversity in thrips (Thysanoptera). Florida Entomologist 97(4), 1328-1347. </t>
   </si>
   <si>
     <t>UROMVF</t>
   </si>
   <si>
     <t>Uromyces viciae-fabae</t>
   </si>
   <si>
-    <t>* Singh AK, Kushwaha C, Shikha K, Chand R, Mishra GP, Dikshit HK, Devi J, Aski MS, Kumar S, Gupta S, Nair RM. Rust (Uromyces viciae-fabae Pers. de-Bary) of pea (Pisum sativum L.): Present status and future resistance breeding opportunities. Genes 14(2), 374. https://doi.org/10.3390/genes14020374</t>
+    <t>* Singh AK, Kushwaha C, Shikha K, Chand R, Mishra GP, Dikshit HK, Devi J, Aski MS, Kumar S, Gupta S, Nair RM (2023) Rust (Uromyces viciae-fabae Pers. de-Bary) of pea (Pisum sativum L.): Present status and future resistance breeding opportunities. Genes 14(2), 374. https://doi.org/10.3390/genes14020374</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>DITYGI</t>
   </si>
   <si>
     <t>Ditylenchus gigas</t>
   </si>
   <si>
     <t>* Saadi I, De Luca F, Fanelli E, Troccoli A, Greco N, Benbouza H (2019) Morpho-molecular characterization of Ditylenchus gigas and D. oncogenus parasitizing broad bean, Vicia faba, in Algeria. European Journal of Plant Pathology 155(2), 505-513.</t>
   </si>
   <si>
     <t>MYSVV0</t>
   </si>
   <si>
     <t>Orthotospovirus meloflavi</t>
   </si>
   <si>
     <t>* Sun K, Zhang P, Liu G, Yu X (2020) First report of Melon yellow spot virus in broad beans (Vicia faba L.) in China. Plant Disease DOI: 10.1094/PDIS-11-19-2429-PDN
 ------ Confirmed host. Causing symptoms in commercial crops in Zheijiang (China).</t>
   </si>
   <si>
     <t>TSWV00</t>