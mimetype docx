--- v0 (2025-10-08)
+++ v1 (2025-10-29)
@@ -284,51 +284,51 @@
               <w:t xml:space="preserve"> Fungi: Ascomycota: Pezizomycotina: Sordariomycetes: Hypocreomycetidae: Glomerellales: Plectosphaerellaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> verticillium wilt of hop</w:t>
             </w:r>
-            <w:hyperlink r:id="rId564568e60f71bd271" w:history="1">
+            <w:hyperlink r:id="rId9600690245b2d61e0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -344,51 +344,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId307168e60f71bd2e4" w:history="1">
+            <w:hyperlink r:id="rId5803690245b2d6249" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -402,86 +402,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> VERTDH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="93218692" name="name548568e60f71bd945" descr="15087.jpg"/>
+                  <wp:docPr id="29396870" name="name9942690245b2d6354" descr="15087.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15087.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId602868e60f71bd943" cstate="print"/>
+                          <a:blip r:embed="rId1992690245b2d6353" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId301568e60f71bda5c" w:history="1">
+            <w:hyperlink r:id="rId5771690245b2d648e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1598,63 +1598,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">V. dahliae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been isolated in some cases, as shown in the map below.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="10988912" name="name732968e60f71bec81" descr="VERTDH_distribution_map.jpg"/>
+            <wp:docPr id="4218158" name="name8036690245b2d7dc2" descr="VERTDH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="VERTDH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId228968e60f71bec7e" cstate="print"/>
+                    <a:blip r:embed="rId6459690245b2d7dbf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3751,51 +3751,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fungal Genetics and Biology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 416–422. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId984668e60f71bfd63" w:history="1">
+      <w:hyperlink r:id="rId6667690245b2d8d9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.fgb.2010.02.003</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3841,101 +3841,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">297–305. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId798868e60f71bfdf8" w:history="1">
+      <w:hyperlink r:id="rId7180690245b2d8e32" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://bsppjournals.onlinelibrary.wiley.com/doi/full/10.1046/j.1364-3703.2003.00172.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Berlanger I &amp; Powelson ML (2005) Verticillium wilt. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Plant Health Instructor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId829168e60f71bfe4a" w:history="1">
+      <w:hyperlink r:id="rId7492690245b2d8e85" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHI-I-2000-0801-01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3961,51 +3961,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1318. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId310368e60f71bfeba" w:history="1">
+      <w:hyperlink r:id="rId4259690245b2d8ef8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9101318</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4111,51 +4111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1186. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId368068e60f71bffac" w:history="1">
+      <w:hyperlink r:id="rId7363690245b2d8fe9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.frontiersin.org/journals/microbiology/articles/10.3389/fmicb.2017.01186/full</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4192,51 +4192,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3928. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId313468e60f71c002f" w:history="1">
+      <w:hyperlink r:id="rId4055690245b2d906b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3928</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4262,51 +4262,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 278–283 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId337868e60f71c009e" w:history="1">
+      <w:hyperlink r:id="rId9606690245b2d90db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM4/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4363,131 +4363,131 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 462–476. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId744368e60f71c013c" w:history="1">
+      <w:hyperlink r:id="rId9583690245b2d917b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12701</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) EPPO Global Database: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verticillium dahliae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (VERTDA) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId671668e60f71c01b7" w:history="1">
+      <w:hyperlink r:id="rId7381690245b2d91ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/VERTDA</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId593968e60f71c01ee" w:history="1">
+      <w:hyperlink r:id="rId6539690245b2d91fd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4564,51 +4564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mycological Research </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 822–830. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId243868e60f71c02b0" w:history="1">
+      <w:hyperlink r:id="rId5325690245b2d92bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S0953756203008050</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4761,51 +4761,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e28341. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId274468e60f71c03eb" w:history="1">
+      <w:hyperlink r:id="rId6451690245b2d9402" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0028341</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4851,51 +4851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 288–298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId183668e60f71c047b" w:history="1">
+      <w:hyperlink r:id="rId2624690245b2d9495" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-96-0288</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4941,51 +4941,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 39–62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId989968e60f71c0508" w:history="1">
+      <w:hyperlink r:id="rId7184690245b2d9525" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081748</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5022,51 +5022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molecular Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 596–608. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId901168e60f71c058e" w:history="1">
+      <w:hyperlink r:id="rId6500690245b2d95a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12520</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5132,51 +5132,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 841. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId639168e60f71c0651" w:history="1">
+      <w:hyperlink r:id="rId6792690245b2d9656" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9070841</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5202,51 +5202,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">236</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 765–779. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId648968e60f71c06c3" w:history="1">
+      <w:hyperlink r:id="rId7509690245b2d96c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00425-012-1696-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5292,51 +5292,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 638–645. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId765168e60f71c0752" w:history="1">
+      <w:hyperlink r:id="rId6411690245b2d9753" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/pdf/10.1094/PHYTO-09-14-0259-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5404,51 +5404,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 195–209. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId550968e60f71c080c" w:history="1">
+      <w:hyperlink r:id="rId3826690245b2d980a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12390</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5630,51 +5630,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1261–1274. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId542968e60f71c0973" w:history="1">
+      <w:hyperlink r:id="rId1397690245b2d9970" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1462-2920.12563</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5876,51 +5876,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verticillium dahliae hop strains</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId911768e60f71c0afe" w:history="1">
+      <w:hyperlink r:id="rId7887690245b2d9af8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6016,63 +6016,63 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="5137974" name="name587168e60f71c0c54" descr="eu_funding_250.png"/>
+            <wp:docPr id="76357187" name="name9026690245b2d9c59" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId877768e60f71c0c53" cstate="print"/>
+                    <a:blip r:embed="rId6279690245b2d9c58" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6170,137 +6170,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="54493877">
+  <w:abstractNum w:abstractNumId="49315089">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64427707">
+    <w:lvl w:ilvl="0" w:tplc="69782378">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="64427707" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="69782378" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="64427707" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="69782378" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="64427707" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="69782378" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="64427707" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="69782378" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="64427707" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="69782378" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="64427707" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="69782378" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="64427707" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="69782378" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="64427707" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="69782378" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="54493876">
+  <w:abstractNum w:abstractNumId="49315088">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11316768">
+    <w:lvl w:ilvl="0" w:tplc="78421901">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7052,55 +7052,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="54493876">
-    <w:abstractNumId w:val="54493876"/>
+  <w:num w:numId="49315088">
+    <w:abstractNumId w:val="49315088"/>
   </w:num>
-  <w:num w:numId="54493877">
-    <w:abstractNumId w:val="54493877"/>
+  <w:num w:numId="49315089">
+    <w:abstractNumId w:val="49315089"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18650,51 +18650,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId219646753" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId891218212" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId564568e60f71bd271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/" TargetMode="External"/><Relationship Id="rId307168e60f71bd2e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/categorization" TargetMode="External"/><Relationship Id="rId301568e60f71bda5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/photos" TargetMode="External"/><Relationship Id="rId984668e60f71bfd63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.fgb.2010.02.003" TargetMode="External"/><Relationship Id="rId798868e60f71bfdf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bsppjournals.onlinelibrary.wiley.com/doi/full/10.1046/j.1364-3703.2003.00172.x" TargetMode="External"/><Relationship Id="rId829168e60f71bfe4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2000-0801-01" TargetMode="External"/><Relationship Id="rId310368e60f71bfeba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9101318" TargetMode="External"/><Relationship Id="rId368068e60f71bffac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/journals/microbiology/articles/10.3389/fmicb.2017.01186/full" TargetMode="External"/><Relationship Id="rId313468e60f71c002f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3928" TargetMode="External"/><Relationship Id="rId337868e60f71c009e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId744368e60f71c013c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12701" TargetMode="External"/><Relationship Id="rId671668e60f71c01b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDA" TargetMode="External"/><Relationship Id="rId593968e60f71c01ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId243868e60f71c02b0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756203008050" TargetMode="External"/><Relationship Id="rId274468e60f71c03eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028341" TargetMode="External"/><Relationship Id="rId183668e60f71c047b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-96-0288" TargetMode="External"/><Relationship Id="rId989968e60f71c0508" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081748" TargetMode="External"/><Relationship Id="rId901168e60f71c058e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12520" TargetMode="External"/><Relationship Id="rId639168e60f71c0651" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9070841" TargetMode="External"/><Relationship Id="rId648968e60f71c06c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00425-012-1696-9" TargetMode="External"/><Relationship Id="rId765168e60f71c0752" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/pdf/10.1094/PHYTO-09-14-0259-R" TargetMode="External"/><Relationship Id="rId550968e60f71c080c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12390" TargetMode="External"/><Relationship Id="rId542968e60f71c0973" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1462-2920.12563" TargetMode="External"/><Relationship Id="rId911768e60f71c0afe" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId602868e60f71bd943" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId602868e60f71bd943.jpg"/><Relationship Id="rId228968e60f71bec7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId228968e60f71bec7e.jpg"/><Relationship Id="rId877768e60f71c0c53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId877768e60f71c0c53.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId174459181" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId630067609" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9600690245b2d61e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/" TargetMode="External"/><Relationship Id="rId5803690245b2d6249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/categorization" TargetMode="External"/><Relationship Id="rId5771690245b2d648e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/photos" TargetMode="External"/><Relationship Id="rId6667690245b2d8d9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.fgb.2010.02.003" TargetMode="External"/><Relationship Id="rId7180690245b2d8e32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bsppjournals.onlinelibrary.wiley.com/doi/full/10.1046/j.1364-3703.2003.00172.x" TargetMode="External"/><Relationship Id="rId7492690245b2d8e85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2000-0801-01" TargetMode="External"/><Relationship Id="rId4259690245b2d8ef8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9101318" TargetMode="External"/><Relationship Id="rId7363690245b2d8fe9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/journals/microbiology/articles/10.3389/fmicb.2017.01186/full" TargetMode="External"/><Relationship Id="rId4055690245b2d906b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3928" TargetMode="External"/><Relationship Id="rId9606690245b2d90db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId9583690245b2d917b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12701" TargetMode="External"/><Relationship Id="rId7381690245b2d91ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDA" TargetMode="External"/><Relationship Id="rId6539690245b2d91fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId5325690245b2d92bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756203008050" TargetMode="External"/><Relationship Id="rId6451690245b2d9402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028341" TargetMode="External"/><Relationship Id="rId2624690245b2d9495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-96-0288" TargetMode="External"/><Relationship Id="rId7184690245b2d9525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081748" TargetMode="External"/><Relationship Id="rId6500690245b2d95a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12520" TargetMode="External"/><Relationship Id="rId6792690245b2d9656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9070841" TargetMode="External"/><Relationship Id="rId7509690245b2d96c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00425-012-1696-9" TargetMode="External"/><Relationship Id="rId6411690245b2d9753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/pdf/10.1094/PHYTO-09-14-0259-R" TargetMode="External"/><Relationship Id="rId3826690245b2d980a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12390" TargetMode="External"/><Relationship Id="rId1397690245b2d9970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1462-2920.12563" TargetMode="External"/><Relationship Id="rId7887690245b2d9af8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1992690245b2d6353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1992690245b2d6353.jpg"/><Relationship Id="rId6459690245b2d7dbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6459690245b2d7dbf.jpg"/><Relationship Id="rId6279690245b2d9c58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6279690245b2d9c58.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>