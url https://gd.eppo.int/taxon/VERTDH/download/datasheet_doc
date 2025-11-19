--- v1 (2025-10-29)
+++ v2 (2025-11-19)
@@ -284,51 +284,51 @@
               <w:t xml:space="preserve"> Fungi: Ascomycota: Pezizomycotina: Sordariomycetes: Hypocreomycetidae: Glomerellales: Plectosphaerellaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> verticillium wilt of hop</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9600690245b2d61e0" w:history="1">
+            <w:hyperlink r:id="rId7754691d0cb6c4033" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -344,51 +344,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5803690245b2d6249" w:history="1">
+            <w:hyperlink r:id="rId3181691d0cb6c409e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -402,86 +402,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> VERTDH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="29396870" name="name9942690245b2d6354" descr="15087.jpg"/>
+                  <wp:docPr id="12262625" name="name6780691d0cb6c49d0" descr="15087.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15087.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId1992690245b2d6353" cstate="print"/>
+                          <a:blip r:embed="rId2191691d0cb6c49cf" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5771690245b2d648e" w:history="1">
+            <w:hyperlink r:id="rId5835691d0cb6c4acd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1598,63 +1598,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">V. dahliae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been isolated in some cases, as shown in the map below.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="4218158" name="name8036690245b2d7dc2" descr="VERTDH_distribution_map.jpg"/>
+            <wp:docPr id="90260374" name="name3155691d0cb6c5eb1" descr="VERTDH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="VERTDH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6459690245b2d7dbf" cstate="print"/>
+                    <a:blip r:embed="rId5129691d0cb6c5eaf" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3751,51 +3751,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fungal Genetics and Biology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 416–422. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6667690245b2d8d9a" w:history="1">
+      <w:hyperlink r:id="rId2895691d0cb6c6e23" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.fgb.2010.02.003</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3841,101 +3841,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">297–305. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7180690245b2d8e32" w:history="1">
+      <w:hyperlink r:id="rId3146691d0cb6c6eb8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://bsppjournals.onlinelibrary.wiley.com/doi/full/10.1046/j.1364-3703.2003.00172.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Berlanger I &amp; Powelson ML (2005) Verticillium wilt. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Plant Health Instructor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7492690245b2d8e85" w:history="1">
+      <w:hyperlink r:id="rId2886691d0cb6c6f0b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHI-I-2000-0801-01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3961,51 +3961,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1318. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4259690245b2d8ef8" w:history="1">
+      <w:hyperlink r:id="rId9294691d0cb6c6f7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9101318</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4111,51 +4111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1186. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7363690245b2d8fe9" w:history="1">
+      <w:hyperlink r:id="rId2315691d0cb6c706e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.frontiersin.org/journals/microbiology/articles/10.3389/fmicb.2017.01186/full</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4192,51 +4192,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3928. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4055690245b2d906b" w:history="1">
+      <w:hyperlink r:id="rId6601691d0cb6c70f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3928</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4262,51 +4262,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 278–283 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9606690245b2d90db" w:history="1">
+      <w:hyperlink r:id="rId6666691d0cb6c7161" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM4/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4363,131 +4363,131 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 462–476. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9583690245b2d917b" w:history="1">
+      <w:hyperlink r:id="rId7043691d0cb6c71ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12701</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) EPPO Global Database: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verticillium dahliae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (VERTDA) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7381690245b2d91ca" w:history="1">
+      <w:hyperlink r:id="rId3377691d0cb6c724f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/VERTDA</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6539690245b2d91fd" w:history="1">
+      <w:hyperlink r:id="rId7141691d0cb6c7282" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4564,51 +4564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mycological Research </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 822–830. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5325690245b2d92bd" w:history="1">
+      <w:hyperlink r:id="rId6175691d0cb6c7356" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S0953756203008050</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4761,51 +4761,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e28341. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6451690245b2d9402" w:history="1">
+      <w:hyperlink r:id="rId4268691d0cb6c74a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0028341</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4851,51 +4851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 288–298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2624690245b2d9495" w:history="1">
+      <w:hyperlink r:id="rId6160691d0cb6c7535" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-96-0288</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4941,51 +4941,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 39–62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7184690245b2d9525" w:history="1">
+      <w:hyperlink r:id="rId5017691d0cb6c75c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081748</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5022,51 +5022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molecular Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 596–608. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6500690245b2d95a9" w:history="1">
+      <w:hyperlink r:id="rId7391691d0cb6c7648" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12520</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5132,51 +5132,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 841. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6792690245b2d9656" w:history="1">
+      <w:hyperlink r:id="rId5286691d0cb6c76f6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9070841</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5202,51 +5202,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">236</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 765–779. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7509690245b2d96c5" w:history="1">
+      <w:hyperlink r:id="rId5450691d0cb6c7765" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00425-012-1696-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5292,51 +5292,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 638–645. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6411690245b2d9753" w:history="1">
+      <w:hyperlink r:id="rId7334691d0cb6c77f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/pdf/10.1094/PHYTO-09-14-0259-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5404,51 +5404,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 195–209. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3826690245b2d980a" w:history="1">
+      <w:hyperlink r:id="rId5312691d0cb6c78ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12390</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5630,51 +5630,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1261–1274. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1397690245b2d9970" w:history="1">
+      <w:hyperlink r:id="rId7120691d0cb6c7a12" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1462-2920.12563</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5876,51 +5876,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verticillium dahliae hop strains</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7887690245b2d9af8" w:history="1">
+      <w:hyperlink r:id="rId6791691d0cb6c7b9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6016,63 +6016,63 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="76357187" name="name9026690245b2d9c59" descr="eu_funding_250.png"/>
+            <wp:docPr id="57846234" name="name7577691d0cb6c7ce8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6279690245b2d9c58" cstate="print"/>
+                    <a:blip r:embed="rId2532691d0cb6c7ce6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6170,137 +6170,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="49315089">
+  <w:abstractNum w:abstractNumId="28086207">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69782378">
+    <w:lvl w:ilvl="0" w:tplc="46831824">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="69782378" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="46831824" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="69782378" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="46831824" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="69782378" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="46831824" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="69782378" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="46831824" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="69782378" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="46831824" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="69782378" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="46831824" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="69782378" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="46831824" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="69782378" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="46831824" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="49315088">
+  <w:abstractNum w:abstractNumId="28086206">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78421901">
+    <w:lvl w:ilvl="0" w:tplc="11446418">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7052,55 +7052,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="49315088">
-    <w:abstractNumId w:val="49315088"/>
+  <w:num w:numId="28086206">
+    <w:abstractNumId w:val="28086206"/>
   </w:num>
-  <w:num w:numId="49315089">
-    <w:abstractNumId w:val="49315089"/>
+  <w:num w:numId="28086207">
+    <w:abstractNumId w:val="28086207"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18650,51 +18650,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId174459181" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId630067609" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9600690245b2d61e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/" TargetMode="External"/><Relationship Id="rId5803690245b2d6249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/categorization" TargetMode="External"/><Relationship Id="rId5771690245b2d648e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/photos" TargetMode="External"/><Relationship Id="rId6667690245b2d8d9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.fgb.2010.02.003" TargetMode="External"/><Relationship Id="rId7180690245b2d8e32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bsppjournals.onlinelibrary.wiley.com/doi/full/10.1046/j.1364-3703.2003.00172.x" TargetMode="External"/><Relationship Id="rId7492690245b2d8e85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2000-0801-01" TargetMode="External"/><Relationship Id="rId4259690245b2d8ef8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9101318" TargetMode="External"/><Relationship Id="rId7363690245b2d8fe9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/journals/microbiology/articles/10.3389/fmicb.2017.01186/full" TargetMode="External"/><Relationship Id="rId4055690245b2d906b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3928" TargetMode="External"/><Relationship Id="rId9606690245b2d90db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId9583690245b2d917b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12701" TargetMode="External"/><Relationship Id="rId7381690245b2d91ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDA" TargetMode="External"/><Relationship Id="rId6539690245b2d91fd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId5325690245b2d92bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756203008050" TargetMode="External"/><Relationship Id="rId6451690245b2d9402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028341" TargetMode="External"/><Relationship Id="rId2624690245b2d9495" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-96-0288" TargetMode="External"/><Relationship Id="rId7184690245b2d9525" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081748" TargetMode="External"/><Relationship Id="rId6500690245b2d95a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12520" TargetMode="External"/><Relationship Id="rId6792690245b2d9656" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9070841" TargetMode="External"/><Relationship Id="rId7509690245b2d96c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00425-012-1696-9" TargetMode="External"/><Relationship Id="rId6411690245b2d9753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/pdf/10.1094/PHYTO-09-14-0259-R" TargetMode="External"/><Relationship Id="rId3826690245b2d980a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12390" TargetMode="External"/><Relationship Id="rId1397690245b2d9970" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1462-2920.12563" TargetMode="External"/><Relationship Id="rId7887690245b2d9af8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId1992690245b2d6353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1992690245b2d6353.jpg"/><Relationship Id="rId6459690245b2d7dbf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6459690245b2d7dbf.jpg"/><Relationship Id="rId6279690245b2d9c58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6279690245b2d9c58.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId571220302" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId775656204" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7754691d0cb6c4033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/" TargetMode="External"/><Relationship Id="rId3181691d0cb6c409e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/categorization" TargetMode="External"/><Relationship Id="rId5835691d0cb6c4acd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/photos" TargetMode="External"/><Relationship Id="rId2895691d0cb6c6e23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.fgb.2010.02.003" TargetMode="External"/><Relationship Id="rId3146691d0cb6c6eb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bsppjournals.onlinelibrary.wiley.com/doi/full/10.1046/j.1364-3703.2003.00172.x" TargetMode="External"/><Relationship Id="rId2886691d0cb6c6f0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2000-0801-01" TargetMode="External"/><Relationship Id="rId9294691d0cb6c6f7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9101318" TargetMode="External"/><Relationship Id="rId2315691d0cb6c706e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/journals/microbiology/articles/10.3389/fmicb.2017.01186/full" TargetMode="External"/><Relationship Id="rId6601691d0cb6c70f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3928" TargetMode="External"/><Relationship Id="rId6666691d0cb6c7161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId7043691d0cb6c71ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12701" TargetMode="External"/><Relationship Id="rId3377691d0cb6c724f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDA" TargetMode="External"/><Relationship Id="rId7141691d0cb6c7282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId6175691d0cb6c7356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756203008050" TargetMode="External"/><Relationship Id="rId4268691d0cb6c74a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028341" TargetMode="External"/><Relationship Id="rId6160691d0cb6c7535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-96-0288" TargetMode="External"/><Relationship Id="rId5017691d0cb6c75c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081748" TargetMode="External"/><Relationship Id="rId7391691d0cb6c7648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12520" TargetMode="External"/><Relationship Id="rId5286691d0cb6c76f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9070841" TargetMode="External"/><Relationship Id="rId5450691d0cb6c7765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00425-012-1696-9" TargetMode="External"/><Relationship Id="rId7334691d0cb6c77f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/pdf/10.1094/PHYTO-09-14-0259-R" TargetMode="External"/><Relationship Id="rId5312691d0cb6c78ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12390" TargetMode="External"/><Relationship Id="rId7120691d0cb6c7a12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1462-2920.12563" TargetMode="External"/><Relationship Id="rId6791691d0cb6c7b9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2191691d0cb6c49cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2191691d0cb6c49cf.jpg"/><Relationship Id="rId5129691d0cb6c5eaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5129691d0cb6c5eaf.jpg"/><Relationship Id="rId2532691d0cb6c7ce6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2532691d0cb6c7ce6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>