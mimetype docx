--- v2 (2025-11-19)
+++ v3 (2026-01-24)
@@ -284,51 +284,51 @@
               <w:t xml:space="preserve"> Fungi: Ascomycota: Pezizomycotina: Sordariomycetes: Hypocreomycetidae: Glomerellales: Plectosphaerellaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> verticillium wilt of hop</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7754691d0cb6c4033" w:history="1">
+            <w:hyperlink r:id="rId573869753905d87a0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -344,51 +344,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3181691d0cb6c409e" w:history="1">
+            <w:hyperlink r:id="rId930169753905d880a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -402,86 +402,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> VERTDH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="12262625" name="name6780691d0cb6c49d0" descr="15087.jpg"/>
+                  <wp:docPr id="51220617" name="name323069753905d8f0f" descr="15087.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15087.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2191691d0cb6c49cf" cstate="print"/>
+                          <a:blip r:embed="rId588569753905d8f0c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5835691d0cb6c4acd" w:history="1">
+            <w:hyperlink r:id="rId257269753905d9070" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1598,63 +1598,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">V. dahliae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been isolated in some cases, as shown in the map below.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="90260374" name="name3155691d0cb6c5eb1" descr="VERTDH_distribution_map.jpg"/>
+            <wp:docPr id="51522546" name="name547369753905da3e1" descr="VERTDH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="VERTDH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5129691d0cb6c5eaf" cstate="print"/>
+                    <a:blip r:embed="rId986069753905da3de" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3751,51 +3751,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fungal Genetics and Biology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 416–422. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2895691d0cb6c6e23" w:history="1">
+      <w:hyperlink r:id="rId641969753905db3b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.fgb.2010.02.003</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3841,101 +3841,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">297–305. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3146691d0cb6c6eb8" w:history="1">
+      <w:hyperlink r:id="rId147769753905db447" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://bsppjournals.onlinelibrary.wiley.com/doi/full/10.1046/j.1364-3703.2003.00172.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Berlanger I &amp; Powelson ML (2005) Verticillium wilt. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Plant Health Instructor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2886691d0cb6c6f0b" w:history="1">
+      <w:hyperlink r:id="rId346169753905db499" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHI-I-2000-0801-01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3961,51 +3961,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1318. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9294691d0cb6c6f7d" w:history="1">
+      <w:hyperlink r:id="rId265269753905db50a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9101318</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4111,51 +4111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1186. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2315691d0cb6c706e" w:history="1">
+      <w:hyperlink r:id="rId689369753905db5fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.frontiersin.org/journals/microbiology/articles/10.3389/fmicb.2017.01186/full</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4192,51 +4192,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3928. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6601691d0cb6c70f2" w:history="1">
+      <w:hyperlink r:id="rId711969753905db67c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3928</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4262,51 +4262,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 278–283 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6666691d0cb6c7161" w:history="1">
+      <w:hyperlink r:id="rId811769753905db6eb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM4/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4363,131 +4363,131 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 462–476. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7043691d0cb6c71ff" w:history="1">
+      <w:hyperlink r:id="rId834669753905db789" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12701</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) EPPO Global Database: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verticillium dahliae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (VERTDA) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3377691d0cb6c724f" w:history="1">
+      <w:hyperlink r:id="rId817769753905db7d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/VERTDA</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7141691d0cb6c7282" w:history="1">
+      <w:hyperlink r:id="rId984469753905db80a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4564,51 +4564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mycological Research </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 822–830. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6175691d0cb6c7356" w:history="1">
+      <w:hyperlink r:id="rId557669753905db8c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S0953756203008050</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4761,51 +4761,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e28341. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4268691d0cb6c74a3" w:history="1">
+      <w:hyperlink r:id="rId260469753905dba00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0028341</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4851,51 +4851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 288–298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6160691d0cb6c7535" w:history="1">
+      <w:hyperlink r:id="rId887569753905dba8f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-96-0288</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4941,51 +4941,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 39–62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5017691d0cb6c75c3" w:history="1">
+      <w:hyperlink r:id="rId937469753905dbb29" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081748</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5022,51 +5022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molecular Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 596–608. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7391691d0cb6c7648" w:history="1">
+      <w:hyperlink r:id="rId351969753905dbbc0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12520</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5132,51 +5132,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 841. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5286691d0cb6c76f6" w:history="1">
+      <w:hyperlink r:id="rId646469753905dbc70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9070841</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5202,51 +5202,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">236</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 765–779. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5450691d0cb6c7765" w:history="1">
+      <w:hyperlink r:id="rId467269753905dbce1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00425-012-1696-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5292,51 +5292,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 638–645. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7334691d0cb6c77f3" w:history="1">
+      <w:hyperlink r:id="rId670669753905dbd70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/pdf/10.1094/PHYTO-09-14-0259-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5404,51 +5404,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 195–209. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5312691d0cb6c78ac" w:history="1">
+      <w:hyperlink r:id="rId717869753905dbe28" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12390</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5630,51 +5630,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1261–1274. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7120691d0cb6c7a12" w:history="1">
+      <w:hyperlink r:id="rId668069753905dbf91" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1462-2920.12563</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5854,73 +5854,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verticillium dahliae hop strains</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6791691d0cb6c7b9b" w:history="1">
+      <w:hyperlink r:id="rId748869753905dc11b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6016,63 +6016,63 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="57846234" name="name7577691d0cb6c7ce8" descr="eu_funding_250.png"/>
+            <wp:docPr id="50388488" name="name586769753905dc569" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2532691d0cb6c7ce6" cstate="print"/>
+                    <a:blip r:embed="rId394069753905dc567" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6170,137 +6170,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="28086207">
+  <w:abstractNum w:abstractNumId="60715684">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46831824">
+    <w:lvl w:ilvl="0" w:tplc="37223711">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="46831824" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="37223711" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="46831824" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="37223711" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="46831824" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="37223711" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="46831824" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="37223711" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="46831824" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="37223711" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="46831824" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="37223711" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="46831824" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="37223711" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="46831824" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="37223711" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="28086206">
+  <w:abstractNum w:abstractNumId="60715683">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="11446418">
+    <w:lvl w:ilvl="0" w:tplc="13603400">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7052,55 +7052,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="28086206">
-    <w:abstractNumId w:val="28086206"/>
+  <w:num w:numId="60715683">
+    <w:abstractNumId w:val="60715683"/>
   </w:num>
-  <w:num w:numId="28086207">
-    <w:abstractNumId w:val="28086207"/>
+  <w:num w:numId="60715684">
+    <w:abstractNumId w:val="60715684"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18650,51 +18650,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId571220302" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId775656204" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId7754691d0cb6c4033" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/" TargetMode="External"/><Relationship Id="rId3181691d0cb6c409e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/categorization" TargetMode="External"/><Relationship Id="rId5835691d0cb6c4acd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/photos" TargetMode="External"/><Relationship Id="rId2895691d0cb6c6e23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.fgb.2010.02.003" TargetMode="External"/><Relationship Id="rId3146691d0cb6c6eb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bsppjournals.onlinelibrary.wiley.com/doi/full/10.1046/j.1364-3703.2003.00172.x" TargetMode="External"/><Relationship Id="rId2886691d0cb6c6f0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2000-0801-01" TargetMode="External"/><Relationship Id="rId9294691d0cb6c6f7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9101318" TargetMode="External"/><Relationship Id="rId2315691d0cb6c706e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/journals/microbiology/articles/10.3389/fmicb.2017.01186/full" TargetMode="External"/><Relationship Id="rId6601691d0cb6c70f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3928" TargetMode="External"/><Relationship Id="rId6666691d0cb6c7161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId7043691d0cb6c71ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12701" TargetMode="External"/><Relationship Id="rId3377691d0cb6c724f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDA" TargetMode="External"/><Relationship Id="rId7141691d0cb6c7282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId6175691d0cb6c7356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756203008050" TargetMode="External"/><Relationship Id="rId4268691d0cb6c74a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028341" TargetMode="External"/><Relationship Id="rId6160691d0cb6c7535" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-96-0288" TargetMode="External"/><Relationship Id="rId5017691d0cb6c75c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081748" TargetMode="External"/><Relationship Id="rId7391691d0cb6c7648" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12520" TargetMode="External"/><Relationship Id="rId5286691d0cb6c76f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9070841" TargetMode="External"/><Relationship Id="rId5450691d0cb6c7765" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00425-012-1696-9" TargetMode="External"/><Relationship Id="rId7334691d0cb6c77f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/pdf/10.1094/PHYTO-09-14-0259-R" TargetMode="External"/><Relationship Id="rId5312691d0cb6c78ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12390" TargetMode="External"/><Relationship Id="rId7120691d0cb6c7a12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1462-2920.12563" TargetMode="External"/><Relationship Id="rId6791691d0cb6c7b9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2191691d0cb6c49cf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2191691d0cb6c49cf.jpg"/><Relationship Id="rId5129691d0cb6c5eaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5129691d0cb6c5eaf.jpg"/><Relationship Id="rId2532691d0cb6c7ce6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2532691d0cb6c7ce6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId648300696" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId483752612" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId573869753905d87a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/" TargetMode="External"/><Relationship Id="rId930169753905d880a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/categorization" TargetMode="External"/><Relationship Id="rId257269753905d9070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/photos" TargetMode="External"/><Relationship Id="rId641969753905db3b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.fgb.2010.02.003" TargetMode="External"/><Relationship Id="rId147769753905db447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bsppjournals.onlinelibrary.wiley.com/doi/full/10.1046/j.1364-3703.2003.00172.x" TargetMode="External"/><Relationship Id="rId346169753905db499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2000-0801-01" TargetMode="External"/><Relationship Id="rId265269753905db50a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9101318" TargetMode="External"/><Relationship Id="rId689369753905db5fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/journals/microbiology/articles/10.3389/fmicb.2017.01186/full" TargetMode="External"/><Relationship Id="rId711969753905db67c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3928" TargetMode="External"/><Relationship Id="rId811769753905db6eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId834669753905db789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12701" TargetMode="External"/><Relationship Id="rId817769753905db7d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDA" TargetMode="External"/><Relationship Id="rId984469753905db80a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId557669753905db8c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756203008050" TargetMode="External"/><Relationship Id="rId260469753905dba00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028341" TargetMode="External"/><Relationship Id="rId887569753905dba8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-96-0288" TargetMode="External"/><Relationship Id="rId937469753905dbb29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081748" TargetMode="External"/><Relationship Id="rId351969753905dbbc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12520" TargetMode="External"/><Relationship Id="rId646469753905dbc70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9070841" TargetMode="External"/><Relationship Id="rId467269753905dbce1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00425-012-1696-9" TargetMode="External"/><Relationship Id="rId670669753905dbd70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/pdf/10.1094/PHYTO-09-14-0259-R" TargetMode="External"/><Relationship Id="rId717869753905dbe28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12390" TargetMode="External"/><Relationship Id="rId668069753905dbf91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1462-2920.12563" TargetMode="External"/><Relationship Id="rId748869753905dc11b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId588569753905d8f0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId588569753905d8f0c.jpg"/><Relationship Id="rId986069753905da3de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId986069753905da3de.jpg"/><Relationship Id="rId394069753905dc567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId394069753905dc567.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>