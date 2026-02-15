--- v3 (2026-01-24)
+++ v4 (2026-02-15)
@@ -284,51 +284,51 @@
               <w:t xml:space="preserve"> Fungi: Ascomycota: Pezizomycotina: Sordariomycetes: Hypocreomycetidae: Glomerellales: Plectosphaerellaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> verticillium wilt of hop</w:t>
             </w:r>
-            <w:hyperlink r:id="rId573869753905d87a0" w:history="1">
+            <w:hyperlink r:id="rId126069910cc88c56e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -342,53 +342,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId930169753905d880a" w:history="1">
+            <w:hyperlink r:id="rId689369910cc88c5d5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -402,86 +402,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> VERTDH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="51220617" name="name323069753905d8f0f" descr="15087.jpg"/>
+                  <wp:docPr id="998740" name="name858669910cc88c68d" descr="15087.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15087.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId588569753905d8f0c" cstate="print"/>
+                          <a:blip r:embed="rId368469910cc88c68c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId257269753905d9070" w:history="1">
+            <w:hyperlink r:id="rId824869910cc88c79e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1598,63 +1598,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">V. dahliae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been isolated in some cases, as shown in the map below.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="51522546" name="name547369753905da3e1" descr="VERTDH_distribution_map.jpg"/>
+            <wp:docPr id="689732" name="name342769910cc88dafd" descr="VERTDH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="VERTDH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId986069753905da3de" cstate="print"/>
+                    <a:blip r:embed="rId340969910cc88dafa" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3751,51 +3751,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fungal Genetics and Biology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 416–422. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId641969753905db3b2" w:history="1">
+      <w:hyperlink r:id="rId997069910cc88ea4d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.fgb.2010.02.003</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3841,101 +3841,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">297–305. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId147769753905db447" w:history="1">
+      <w:hyperlink r:id="rId935869910cc88eae3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://bsppjournals.onlinelibrary.wiley.com/doi/full/10.1046/j.1364-3703.2003.00172.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Berlanger I &amp; Powelson ML (2005) Verticillium wilt. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Plant Health Instructor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId346169753905db499" w:history="1">
+      <w:hyperlink r:id="rId537369910cc88eb36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHI-I-2000-0801-01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3961,51 +3961,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1318. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId265269753905db50a" w:history="1">
+      <w:hyperlink r:id="rId475569910cc88ebb8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9101318</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4111,51 +4111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1186. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId689369753905db5fa" w:history="1">
+      <w:hyperlink r:id="rId572369910cc88ecb0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.frontiersin.org/journals/microbiology/articles/10.3389/fmicb.2017.01186/full</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4192,51 +4192,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3928. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId711969753905db67c" w:history="1">
+      <w:hyperlink r:id="rId290669910cc88ed35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3928</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4262,51 +4262,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 278–283 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId811769753905db6eb" w:history="1">
+      <w:hyperlink r:id="rId375169910cc88edf1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM4/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4363,131 +4363,131 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 462–476. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId834669753905db789" w:history="1">
+      <w:hyperlink r:id="rId992069910cc88ee96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12701</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) EPPO Global Database: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verticillium dahliae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (VERTDA) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId817769753905db7d7" w:history="1">
+      <w:hyperlink r:id="rId368669910cc88eee8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/VERTDA</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId984469753905db80a" w:history="1">
+      <w:hyperlink r:id="rId545969910cc88ef1b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4564,51 +4564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mycological Research </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 822–830. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId557669753905db8c9" w:history="1">
+      <w:hyperlink r:id="rId410969910cc88efdd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S0953756203008050</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4761,51 +4761,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e28341. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId260469753905dba00" w:history="1">
+      <w:hyperlink r:id="rId959569910cc88f11b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0028341</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4851,51 +4851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 288–298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId887569753905dba8f" w:history="1">
+      <w:hyperlink r:id="rId363769910cc88f1d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-96-0288</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4941,51 +4941,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 39–62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId937469753905dbb29" w:history="1">
+      <w:hyperlink r:id="rId481769910cc88f26a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081748</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5022,51 +5022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molecular Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 596–608. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId351969753905dbbc0" w:history="1">
+      <w:hyperlink r:id="rId318469910cc88f2f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12520</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5132,51 +5132,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 841. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId646469753905dbc70" w:history="1">
+      <w:hyperlink r:id="rId311369910cc88f3a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9070841</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5202,51 +5202,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">236</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 765–779. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId467269753905dbce1" w:history="1">
+      <w:hyperlink r:id="rId702369910cc88f413" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00425-012-1696-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5292,51 +5292,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 638–645. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId670669753905dbd70" w:history="1">
+      <w:hyperlink r:id="rId746869910cc88f4a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/pdf/10.1094/PHYTO-09-14-0259-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5404,51 +5404,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 195–209. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId717869753905dbe28" w:history="1">
+      <w:hyperlink r:id="rId534969910cc88f55d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12390</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5630,51 +5630,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1261–1274. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId668069753905dbf91" w:history="1">
+      <w:hyperlink r:id="rId137269910cc88f6c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1462-2920.12563</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5876,51 +5876,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verticillium dahliae hop strains</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId748869753905dc11b" w:history="1">
+      <w:hyperlink r:id="rId857369910cc88f855" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6016,63 +6016,63 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="50388488" name="name586769753905dc569" descr="eu_funding_250.png"/>
+            <wp:docPr id="10628387" name="name373669910cc88f982" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId394069753905dc567" cstate="print"/>
+                    <a:blip r:embed="rId973969910cc88f981" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6170,137 +6170,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="60715684">
+  <w:abstractNum w:abstractNumId="90458850">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37223711">
+    <w:lvl w:ilvl="0" w:tplc="38971750">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="37223711" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="38971750" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="37223711" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="38971750" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="37223711" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="38971750" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="37223711" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="38971750" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="37223711" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="38971750" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="37223711" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="38971750" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="37223711" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="38971750" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="37223711" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="38971750" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="60715683">
+  <w:abstractNum w:abstractNumId="90458849">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13603400">
+    <w:lvl w:ilvl="0" w:tplc="54953794">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7052,55 +7052,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="60715683">
-    <w:abstractNumId w:val="60715683"/>
+  <w:num w:numId="90458849">
+    <w:abstractNumId w:val="90458849"/>
   </w:num>
-  <w:num w:numId="60715684">
-    <w:abstractNumId w:val="60715684"/>
+  <w:num w:numId="90458850">
+    <w:abstractNumId w:val="90458850"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18650,51 +18650,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId648300696" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId483752612" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId573869753905d87a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/" TargetMode="External"/><Relationship Id="rId930169753905d880a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/categorization" TargetMode="External"/><Relationship Id="rId257269753905d9070" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/photos" TargetMode="External"/><Relationship Id="rId641969753905db3b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.fgb.2010.02.003" TargetMode="External"/><Relationship Id="rId147769753905db447" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bsppjournals.onlinelibrary.wiley.com/doi/full/10.1046/j.1364-3703.2003.00172.x" TargetMode="External"/><Relationship Id="rId346169753905db499" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2000-0801-01" TargetMode="External"/><Relationship Id="rId265269753905db50a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9101318" TargetMode="External"/><Relationship Id="rId689369753905db5fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/journals/microbiology/articles/10.3389/fmicb.2017.01186/full" TargetMode="External"/><Relationship Id="rId711969753905db67c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3928" TargetMode="External"/><Relationship Id="rId811769753905db6eb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId834669753905db789" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12701" TargetMode="External"/><Relationship Id="rId817769753905db7d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDA" TargetMode="External"/><Relationship Id="rId984469753905db80a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId557669753905db8c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756203008050" TargetMode="External"/><Relationship Id="rId260469753905dba00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028341" TargetMode="External"/><Relationship Id="rId887569753905dba8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-96-0288" TargetMode="External"/><Relationship Id="rId937469753905dbb29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081748" TargetMode="External"/><Relationship Id="rId351969753905dbbc0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12520" TargetMode="External"/><Relationship Id="rId646469753905dbc70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9070841" TargetMode="External"/><Relationship Id="rId467269753905dbce1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00425-012-1696-9" TargetMode="External"/><Relationship Id="rId670669753905dbd70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/pdf/10.1094/PHYTO-09-14-0259-R" TargetMode="External"/><Relationship Id="rId717869753905dbe28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12390" TargetMode="External"/><Relationship Id="rId668069753905dbf91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1462-2920.12563" TargetMode="External"/><Relationship Id="rId748869753905dc11b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId588569753905d8f0c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId588569753905d8f0c.jpg"/><Relationship Id="rId986069753905da3de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId986069753905da3de.jpg"/><Relationship Id="rId394069753905dc567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId394069753905dc567.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId274885669" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId751055456" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId126069910cc88c56e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/" TargetMode="External"/><Relationship Id="rId689369910cc88c5d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/categorization" TargetMode="External"/><Relationship Id="rId824869910cc88c79e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/photos" TargetMode="External"/><Relationship Id="rId997069910cc88ea4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.fgb.2010.02.003" TargetMode="External"/><Relationship Id="rId935869910cc88eae3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bsppjournals.onlinelibrary.wiley.com/doi/full/10.1046/j.1364-3703.2003.00172.x" TargetMode="External"/><Relationship Id="rId537369910cc88eb36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2000-0801-01" TargetMode="External"/><Relationship Id="rId475569910cc88ebb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9101318" TargetMode="External"/><Relationship Id="rId572369910cc88ecb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/journals/microbiology/articles/10.3389/fmicb.2017.01186/full" TargetMode="External"/><Relationship Id="rId290669910cc88ed35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3928" TargetMode="External"/><Relationship Id="rId375169910cc88edf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId992069910cc88ee96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12701" TargetMode="External"/><Relationship Id="rId368669910cc88eee8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDA" TargetMode="External"/><Relationship Id="rId545969910cc88ef1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId410969910cc88efdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756203008050" TargetMode="External"/><Relationship Id="rId959569910cc88f11b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028341" TargetMode="External"/><Relationship Id="rId363769910cc88f1d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-96-0288" TargetMode="External"/><Relationship Id="rId481769910cc88f26a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081748" TargetMode="External"/><Relationship Id="rId318469910cc88f2f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12520" TargetMode="External"/><Relationship Id="rId311369910cc88f3a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9070841" TargetMode="External"/><Relationship Id="rId702369910cc88f413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00425-012-1696-9" TargetMode="External"/><Relationship Id="rId746869910cc88f4a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/pdf/10.1094/PHYTO-09-14-0259-R" TargetMode="External"/><Relationship Id="rId534969910cc88f55d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12390" TargetMode="External"/><Relationship Id="rId137269910cc88f6c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1462-2920.12563" TargetMode="External"/><Relationship Id="rId857369910cc88f855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId368469910cc88c68c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId368469910cc88c68c.jpg"/><Relationship Id="rId340969910cc88dafa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId340969910cc88dafa.jpg"/><Relationship Id="rId973969910cc88f981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId973969910cc88f981.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>