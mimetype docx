--- v4 (2026-02-15)
+++ v5 (2026-03-07)
@@ -284,51 +284,51 @@
               <w:t xml:space="preserve"> Fungi: Ascomycota: Pezizomycotina: Sordariomycetes: Hypocreomycetidae: Glomerellales: Plectosphaerellaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> verticillium wilt of hop</w:t>
             </w:r>
-            <w:hyperlink r:id="rId126069910cc88c56e" w:history="1">
+            <w:hyperlink r:id="rId790869abcae649171" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -344,51 +344,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId689369910cc88c5d5" w:history="1">
+            <w:hyperlink r:id="rId806969abcae6491d9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -402,86 +402,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> VERTDH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="998740" name="name858669910cc88c68d" descr="15087.jpg"/>
+                  <wp:docPr id="69858896" name="name112969abcae6496e6" descr="15087.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15087.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId368469910cc88c68c" cstate="print"/>
+                          <a:blip r:embed="rId636869abcae6496e4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId824869910cc88c79e" w:history="1">
+            <w:hyperlink r:id="rId396769abcae6497e2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1598,63 +1598,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">V. dahliae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been isolated in some cases, as shown in the map below.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="689732" name="name342769910cc88dafd" descr="VERTDH_distribution_map.jpg"/>
+            <wp:docPr id="31885039" name="name223269abcae64a9f1" descr="VERTDH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="VERTDH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId340969910cc88dafa" cstate="print"/>
+                    <a:blip r:embed="rId985569abcae64a9ee" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3751,51 +3751,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fungal Genetics and Biology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 416–422. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId997069910cc88ea4d" w:history="1">
+      <w:hyperlink r:id="rId224069abcae64b974" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.fgb.2010.02.003</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3841,101 +3841,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">297–305. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId935869910cc88eae3" w:history="1">
+      <w:hyperlink r:id="rId383469abcae64ba0b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://bsppjournals.onlinelibrary.wiley.com/doi/full/10.1046/j.1364-3703.2003.00172.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Berlanger I &amp; Powelson ML (2005) Verticillium wilt. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Plant Health Instructor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId537369910cc88eb36" w:history="1">
+      <w:hyperlink r:id="rId941469abcae64ba5f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHI-I-2000-0801-01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3961,51 +3961,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1318. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId475569910cc88ebb8" w:history="1">
+      <w:hyperlink r:id="rId750469abcae64bad0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9101318</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4111,51 +4111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1186. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId572369910cc88ecb0" w:history="1">
+      <w:hyperlink r:id="rId156569abcae64bbc1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.frontiersin.org/journals/microbiology/articles/10.3389/fmicb.2017.01186/full</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4192,51 +4192,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3928. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId290669910cc88ed35" w:history="1">
+      <w:hyperlink r:id="rId598669abcae64bc44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3928</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4262,51 +4262,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 278–283 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId375169910cc88edf1" w:history="1">
+      <w:hyperlink r:id="rId998669abcae64bcb5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM4/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4363,131 +4363,131 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 462–476. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId992069910cc88ee96" w:history="1">
+      <w:hyperlink r:id="rId941769abcae64bd55" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12701</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) EPPO Global Database: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verticillium dahliae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (VERTDA) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId368669910cc88eee8" w:history="1">
+      <w:hyperlink r:id="rId224669abcae64bda5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/VERTDA</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId545969910cc88ef1b" w:history="1">
+      <w:hyperlink r:id="rId867469abcae64bdd8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4564,51 +4564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mycological Research </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 822–830. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId410969910cc88efdd" w:history="1">
+      <w:hyperlink r:id="rId661969abcae64be99" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S0953756203008050</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4761,51 +4761,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e28341. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId959569910cc88f11b" w:history="1">
+      <w:hyperlink r:id="rId866369abcae64c08f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0028341</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4851,51 +4851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 288–298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId363769910cc88f1d7" w:history="1">
+      <w:hyperlink r:id="rId906569abcae64c19e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-96-0288</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4941,51 +4941,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 39–62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId481769910cc88f26a" w:history="1">
+      <w:hyperlink r:id="rId322469abcae64c29d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081748</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5022,51 +5022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molecular Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 596–608. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId318469910cc88f2f1" w:history="1">
+      <w:hyperlink r:id="rId472469abcae64c33e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12520</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5132,51 +5132,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 841. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId311369910cc88f3a1" w:history="1">
+      <w:hyperlink r:id="rId319569abcae64c3f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9070841</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5202,51 +5202,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">236</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 765–779. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId702369910cc88f413" w:history="1">
+      <w:hyperlink r:id="rId121269abcae64c462" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00425-012-1696-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5292,51 +5292,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 638–645. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId746869910cc88f4a3" w:history="1">
+      <w:hyperlink r:id="rId877069abcae64c527" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/pdf/10.1094/PHYTO-09-14-0259-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5404,51 +5404,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 195–209. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId534969910cc88f55d" w:history="1">
+      <w:hyperlink r:id="rId658869abcae64c5ea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12390</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5630,51 +5630,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1261–1274. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId137269910cc88f6c7" w:history="1">
+      <w:hyperlink r:id="rId243769abcae64c78d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1462-2920.12563</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5876,51 +5876,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verticillium dahliae hop strains</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId857369910cc88f855" w:history="1">
+      <w:hyperlink r:id="rId107069abcae64c9a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6016,63 +6016,63 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="10628387" name="name373669910cc88f982" descr="eu_funding_250.png"/>
+            <wp:docPr id="18034445" name="name335769abcae64cc9a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId973969910cc88f981" cstate="print"/>
+                    <a:blip r:embed="rId360169abcae64cc98" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6170,137 +6170,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="90458850">
+  <w:abstractNum w:abstractNumId="87050859">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38971750">
+    <w:lvl w:ilvl="0" w:tplc="70837605">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="38971750" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="70837605" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="38971750" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="70837605" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="38971750" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="70837605" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="38971750" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="70837605" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="38971750" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="70837605" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="38971750" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="70837605" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="38971750" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="70837605" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="38971750" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="70837605" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="90458849">
+  <w:abstractNum w:abstractNumId="87050858">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54953794">
+    <w:lvl w:ilvl="0" w:tplc="56330065">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7052,55 +7052,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="90458849">
-    <w:abstractNumId w:val="90458849"/>
+  <w:num w:numId="87050858">
+    <w:abstractNumId w:val="87050858"/>
   </w:num>
-  <w:num w:numId="90458850">
-    <w:abstractNumId w:val="90458850"/>
+  <w:num w:numId="87050859">
+    <w:abstractNumId w:val="87050859"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18650,51 +18650,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId274885669" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId751055456" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId126069910cc88c56e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/" TargetMode="External"/><Relationship Id="rId689369910cc88c5d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/categorization" TargetMode="External"/><Relationship Id="rId824869910cc88c79e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/photos" TargetMode="External"/><Relationship Id="rId997069910cc88ea4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.fgb.2010.02.003" TargetMode="External"/><Relationship Id="rId935869910cc88eae3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bsppjournals.onlinelibrary.wiley.com/doi/full/10.1046/j.1364-3703.2003.00172.x" TargetMode="External"/><Relationship Id="rId537369910cc88eb36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2000-0801-01" TargetMode="External"/><Relationship Id="rId475569910cc88ebb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9101318" TargetMode="External"/><Relationship Id="rId572369910cc88ecb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/journals/microbiology/articles/10.3389/fmicb.2017.01186/full" TargetMode="External"/><Relationship Id="rId290669910cc88ed35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3928" TargetMode="External"/><Relationship Id="rId375169910cc88edf1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId992069910cc88ee96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12701" TargetMode="External"/><Relationship Id="rId368669910cc88eee8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDA" TargetMode="External"/><Relationship Id="rId545969910cc88ef1b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId410969910cc88efdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756203008050" TargetMode="External"/><Relationship Id="rId959569910cc88f11b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028341" TargetMode="External"/><Relationship Id="rId363769910cc88f1d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-96-0288" TargetMode="External"/><Relationship Id="rId481769910cc88f26a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081748" TargetMode="External"/><Relationship Id="rId318469910cc88f2f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12520" TargetMode="External"/><Relationship Id="rId311369910cc88f3a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9070841" TargetMode="External"/><Relationship Id="rId702369910cc88f413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00425-012-1696-9" TargetMode="External"/><Relationship Id="rId746869910cc88f4a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/pdf/10.1094/PHYTO-09-14-0259-R" TargetMode="External"/><Relationship Id="rId534969910cc88f55d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12390" TargetMode="External"/><Relationship Id="rId137269910cc88f6c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1462-2920.12563" TargetMode="External"/><Relationship Id="rId857369910cc88f855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId368469910cc88c68c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId368469910cc88c68c.jpg"/><Relationship Id="rId340969910cc88dafa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId340969910cc88dafa.jpg"/><Relationship Id="rId973969910cc88f981" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId973969910cc88f981.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId638666031" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId725799915" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId790869abcae649171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/" TargetMode="External"/><Relationship Id="rId806969abcae6491d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/categorization" TargetMode="External"/><Relationship Id="rId396769abcae6497e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/photos" TargetMode="External"/><Relationship Id="rId224069abcae64b974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.fgb.2010.02.003" TargetMode="External"/><Relationship Id="rId383469abcae64ba0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bsppjournals.onlinelibrary.wiley.com/doi/full/10.1046/j.1364-3703.2003.00172.x" TargetMode="External"/><Relationship Id="rId941469abcae64ba5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2000-0801-01" TargetMode="External"/><Relationship Id="rId750469abcae64bad0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9101318" TargetMode="External"/><Relationship Id="rId156569abcae64bbc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/journals/microbiology/articles/10.3389/fmicb.2017.01186/full" TargetMode="External"/><Relationship Id="rId598669abcae64bc44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3928" TargetMode="External"/><Relationship Id="rId998669abcae64bcb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId941769abcae64bd55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12701" TargetMode="External"/><Relationship Id="rId224669abcae64bda5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDA" TargetMode="External"/><Relationship Id="rId867469abcae64bdd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId661969abcae64be99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756203008050" TargetMode="External"/><Relationship Id="rId866369abcae64c08f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028341" TargetMode="External"/><Relationship Id="rId906569abcae64c19e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-96-0288" TargetMode="External"/><Relationship Id="rId322469abcae64c29d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081748" TargetMode="External"/><Relationship Id="rId472469abcae64c33e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12520" TargetMode="External"/><Relationship Id="rId319569abcae64c3f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9070841" TargetMode="External"/><Relationship Id="rId121269abcae64c462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00425-012-1696-9" TargetMode="External"/><Relationship Id="rId877069abcae64c527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/pdf/10.1094/PHYTO-09-14-0259-R" TargetMode="External"/><Relationship Id="rId658869abcae64c5ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12390" TargetMode="External"/><Relationship Id="rId243769abcae64c78d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1462-2920.12563" TargetMode="External"/><Relationship Id="rId107069abcae64c9a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId636869abcae6496e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId636869abcae6496e4.jpg"/><Relationship Id="rId985569abcae64a9ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId985569abcae64a9ee.jpg"/><Relationship Id="rId360169abcae64cc98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId360169abcae64cc98.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>