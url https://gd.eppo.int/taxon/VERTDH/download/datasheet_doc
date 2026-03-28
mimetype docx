--- v5 (2026-03-07)
+++ v6 (2026-03-28)
@@ -284,51 +284,51 @@
               <w:t xml:space="preserve"> Fungi: Ascomycota: Pezizomycotina: Sordariomycetes: Hypocreomycetidae: Glomerellales: Plectosphaerellaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> verticillium wilt of hop</w:t>
             </w:r>
-            <w:hyperlink r:id="rId790869abcae649171" w:history="1">
+            <w:hyperlink r:id="rId531869c7971b88a34" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -344,51 +344,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId806969abcae6491d9" w:history="1">
+            <w:hyperlink r:id="rId229069c7971b88aa7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -402,86 +402,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> VERTDH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="69858896" name="name112969abcae6496e6" descr="15087.jpg"/>
+                  <wp:docPr id="15884489" name="name534769c7971b88fe3" descr="15087.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15087.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId636869abcae6496e4" cstate="print"/>
+                          <a:blip r:embed="rId980969c7971b88fe1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId396769abcae6497e2" w:history="1">
+            <w:hyperlink r:id="rId226769c7971b89113" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1598,63 +1598,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">V. dahliae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> has been isolated in some cases, as shown in the map below.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="31885039" name="name223269abcae64a9f1" descr="VERTDH_distribution_map.jpg"/>
+            <wp:docPr id="50125468" name="name599669c7971b8a65a" descr="VERTDH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="VERTDH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId985569abcae64a9ee" cstate="print"/>
+                    <a:blip r:embed="rId927569c7971b8a658" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3751,51 +3751,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Fungal Genetics and Biology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 416–422. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId224069abcae64b974" w:history="1">
+      <w:hyperlink r:id="rId144869c7971b8b5f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1016/j.fgb.2010.02.003</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3841,101 +3841,101 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">297–305. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId383469abcae64ba0b" w:history="1">
+      <w:hyperlink r:id="rId135069c7971b8b68f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://bsppjournals.onlinelibrary.wiley.com/doi/full/10.1046/j.1364-3703.2003.00172.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Berlanger I &amp; Powelson ML (2005) Verticillium wilt. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Plant Health Instructor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId941469abcae64ba5f" w:history="1">
+      <w:hyperlink r:id="rId803069c7971b8b6e2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHI-I-2000-0801-01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3961,51 +3961,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1318. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId750469abcae64bad0" w:history="1">
+      <w:hyperlink r:id="rId431269c7971b8b753" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9101318</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4111,51 +4111,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1186. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId156569abcae64bbc1" w:history="1">
+      <w:hyperlink r:id="rId605769c7971b8b844" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.frontiersin.org/journals/microbiology/articles/10.3389/fmicb.2017.01186/full</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4192,51 +4192,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EFSA Journal </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3928. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId598669abcae64bc44" w:history="1">
+      <w:hyperlink r:id="rId527269c7971b8b8c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3928</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4262,51 +4262,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 278–283 </w:t>
       </w:r>
-      <w:hyperlink r:id="rId998669abcae64bcb5" w:history="1">
+      <w:hyperlink r:id="rId482169c7971b8b937" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM4/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4363,131 +4363,131 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 462–476. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId941769abcae64bd55" w:history="1">
+      <w:hyperlink r:id="rId480169c7971b8b9d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12701</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) EPPO Global Database: </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verticillium dahliae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (VERTDA) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId224669abcae64bda5" w:history="1">
+      <w:hyperlink r:id="rId406769c7971b8ba39" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/VERTDA</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId867469abcae64bdd8" w:history="1">
+      <w:hyperlink r:id="rId142269c7971b8ba70" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4564,51 +4564,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Mycological Research </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">107</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 822–830. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId661969abcae64be99" w:history="1">
+      <w:hyperlink r:id="rId567369c7971b8bb32" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S0953756203008050</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4761,51 +4761,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, e28341. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId866369abcae64c08f" w:history="1">
+      <w:hyperlink r:id="rId575269c7971b8bc7e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0028341</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4851,51 +4851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">96</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 288–298. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId906569abcae64c19e" w:history="1">
+      <w:hyperlink r:id="rId372669c7971b8bd11" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-96-0288</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4941,51 +4941,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 39–62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId322469abcae64c29d" w:history="1">
+      <w:hyperlink r:id="rId950169c7971b8bda1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081748</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5022,51 +5022,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Molecular Plant Pathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">18</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 596–608. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId472469abcae64c33e" w:history="1">
+      <w:hyperlink r:id="rId891169c7971b8be28" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12520</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5132,51 +5132,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 841. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId319569abcae64c3f0" w:history="1">
+      <w:hyperlink r:id="rId339969c7971b8bed6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9070841</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5202,51 +5202,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">236</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 765–779. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId121269abcae64c462" w:history="1">
+      <w:hyperlink r:id="rId419569c7971b8bf46" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00425-012-1696-9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5292,51 +5292,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">105</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(5), 638–645. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId877069abcae64c527" w:history="1">
+      <w:hyperlink r:id="rId192869c7971b8bfd5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://apsjournals.apsnet.org/doi/pdf/10.1094/PHYTO-09-14-0259-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5404,51 +5404,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">1</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 195–209. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId658869abcae64c5ea" w:history="1">
+      <w:hyperlink r:id="rId244869c7971b8c091" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/mpp.12390</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5630,51 +5630,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">17</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 1261–1274. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId243769abcae64c78d" w:history="1">
+      <w:hyperlink r:id="rId830969c7971b8c1fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/1462-2920.12563</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5876,51 +5876,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verticillium dahliae hop strains</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId107069abcae64c9a4" w:history="1">
+      <w:hyperlink r:id="rId817469c7971b8c385" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6016,63 +6016,63 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p/>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="18034445" name="name335769abcae64cc9a" descr="eu_funding_250.png"/>
+            <wp:docPr id="48307156" name="name222469c7971b8c848" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId360169abcae64cc98" cstate="print"/>
+                    <a:blip r:embed="rId614769c7971b8c846" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6170,137 +6170,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="87050859">
+  <w:abstractNum w:abstractNumId="78647912">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70837605">
+    <w:lvl w:ilvl="0" w:tplc="56546238">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="70837605" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="56546238" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="70837605" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="56546238" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="70837605" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="56546238" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="70837605" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="56546238" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="70837605" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="56546238" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="70837605" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="56546238" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="70837605" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="56546238" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="70837605" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="56546238" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="87050858">
+  <w:abstractNum w:abstractNumId="78647911">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="56330065">
+    <w:lvl w:ilvl="0" w:tplc="43232098">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7052,55 +7052,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="87050858">
-    <w:abstractNumId w:val="87050858"/>
+  <w:num w:numId="78647911">
+    <w:abstractNumId w:val="78647911"/>
   </w:num>
-  <w:num w:numId="87050859">
-    <w:abstractNumId w:val="87050859"/>
+  <w:num w:numId="78647912">
+    <w:abstractNumId w:val="78647912"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18650,51 +18650,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId638666031" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId725799915" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId790869abcae649171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/" TargetMode="External"/><Relationship Id="rId806969abcae6491d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/categorization" TargetMode="External"/><Relationship Id="rId396769abcae6497e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/photos" TargetMode="External"/><Relationship Id="rId224069abcae64b974" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.fgb.2010.02.003" TargetMode="External"/><Relationship Id="rId383469abcae64ba0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bsppjournals.onlinelibrary.wiley.com/doi/full/10.1046/j.1364-3703.2003.00172.x" TargetMode="External"/><Relationship Id="rId941469abcae64ba5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2000-0801-01" TargetMode="External"/><Relationship Id="rId750469abcae64bad0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9101318" TargetMode="External"/><Relationship Id="rId156569abcae64bbc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/journals/microbiology/articles/10.3389/fmicb.2017.01186/full" TargetMode="External"/><Relationship Id="rId598669abcae64bc44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3928" TargetMode="External"/><Relationship Id="rId998669abcae64bcb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId941769abcae64bd55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12701" TargetMode="External"/><Relationship Id="rId224669abcae64bda5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDA" TargetMode="External"/><Relationship Id="rId867469abcae64bdd8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId661969abcae64be99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756203008050" TargetMode="External"/><Relationship Id="rId866369abcae64c08f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028341" TargetMode="External"/><Relationship Id="rId906569abcae64c19e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-96-0288" TargetMode="External"/><Relationship Id="rId322469abcae64c29d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081748" TargetMode="External"/><Relationship Id="rId472469abcae64c33e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12520" TargetMode="External"/><Relationship Id="rId319569abcae64c3f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9070841" TargetMode="External"/><Relationship Id="rId121269abcae64c462" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00425-012-1696-9" TargetMode="External"/><Relationship Id="rId877069abcae64c527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/pdf/10.1094/PHYTO-09-14-0259-R" TargetMode="External"/><Relationship Id="rId658869abcae64c5ea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12390" TargetMode="External"/><Relationship Id="rId243769abcae64c78d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1462-2920.12563" TargetMode="External"/><Relationship Id="rId107069abcae64c9a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId636869abcae6496e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId636869abcae6496e4.jpg"/><Relationship Id="rId985569abcae64a9ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId985569abcae64a9ee.jpg"/><Relationship Id="rId360169abcae64cc98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId360169abcae64cc98.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId999857317" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId207028251" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId531869c7971b88a34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/" TargetMode="External"/><Relationship Id="rId229069c7971b88aa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/categorization" TargetMode="External"/><Relationship Id="rId226769c7971b89113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDH/photos" TargetMode="External"/><Relationship Id="rId144869c7971b8b5f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016/j.fgb.2010.02.003" TargetMode="External"/><Relationship Id="rId135069c7971b8b68f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://bsppjournals.onlinelibrary.wiley.com/doi/full/10.1046/j.1364-3703.2003.00172.x" TargetMode="External"/><Relationship Id="rId803069c7971b8b6e2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2000-0801-01" TargetMode="External"/><Relationship Id="rId431269c7971b8b753" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9101318" TargetMode="External"/><Relationship Id="rId605769c7971b8b844" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.frontiersin.org/journals/microbiology/articles/10.3389/fmicb.2017.01186/full" TargetMode="External"/><Relationship Id="rId527269c7971b8b8c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3928" TargetMode="External"/><Relationship Id="rId482169c7971b8b937" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId480169c7971b8b9d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12701" TargetMode="External"/><Relationship Id="rId406769c7971b8ba39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDA" TargetMode="External"/><Relationship Id="rId142269c7971b8ba70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId567369c7971b8bb32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756203008050" TargetMode="External"/><Relationship Id="rId575269c7971b8bc7e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028341" TargetMode="External"/><Relationship Id="rId372669c7971b8bd11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-96-0288" TargetMode="External"/><Relationship Id="rId950169c7971b8bda1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081748" TargetMode="External"/><Relationship Id="rId891169c7971b8be28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12520" TargetMode="External"/><Relationship Id="rId339969c7971b8bed6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9070841" TargetMode="External"/><Relationship Id="rId419569c7971b8bf46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00425-012-1696-9" TargetMode="External"/><Relationship Id="rId192869c7971b8bfd5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://apsjournals.apsnet.org/doi/pdf/10.1094/PHYTO-09-14-0259-R" TargetMode="External"/><Relationship Id="rId244869c7971b8c091" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/mpp.12390" TargetMode="External"/><Relationship Id="rId830969c7971b8c1fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/1462-2920.12563" TargetMode="External"/><Relationship Id="rId817469c7971b8c385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId980969c7971b88fe1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId980969c7971b88fe1.jpg"/><Relationship Id="rId927569c7971b8a658" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId927569c7971b8a658.jpg"/><Relationship Id="rId614769c7971b8c846" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId614769c7971b8c846.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>