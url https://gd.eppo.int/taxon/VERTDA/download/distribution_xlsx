--- v0 (2025-10-04)
+++ v1 (2026-01-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="VERTDA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="273">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="275">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Congo, The Democratic Republic of the</t>
   </si>
   <si>
@@ -381,50 +381,56 @@
     <t>Wisconsin</t>
   </si>
   <si>
     <t>wi</t>
   </si>
   <si>
     <t>Asia</t>
   </si>
   <si>
     <t>China</t>
   </si>
   <si>
     <t>CN</t>
   </si>
   <si>
     <t>Anhui</t>
   </si>
   <si>
     <t>ah</t>
   </si>
   <si>
     <t>Gansu</t>
   </si>
   <si>
     <t>gs</t>
+  </si>
+  <si>
+    <t>Guangxi</t>
+  </si>
+  <si>
+    <t>gx</t>
   </si>
   <si>
     <t>Hebei</t>
   </si>
   <si>
     <t>he</t>
   </si>
   <si>
     <t>Henan</t>
   </si>
   <si>
     <t>hn</t>
   </si>
   <si>
     <t>Hubei</t>
   </si>
   <si>
     <t>hb</t>
   </si>
   <si>
     <t>Hunan</t>
   </si>
   <si>
     <t>hu</t>
   </si>
@@ -1178,51 +1184,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F133"/>
+  <dimension ref="A1:F134"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -2380,71 +2386,71 @@
       </c>
       <c r="D63" t="s">
         <v>118</v>
       </c>
       <c r="E63" t="s">
         <v>134</v>
       </c>
       <c r="F63" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
         <v>116</v>
       </c>
       <c r="B64" t="s">
         <v>117</v>
       </c>
       <c r="C64" t="s">
         <v>135</v>
       </c>
       <c r="D64" t="s">
         <v>118</v>
       </c>
       <c r="E64" t="s">
-        <v>103</v>
+        <v>136</v>
       </c>
       <c r="F64" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
         <v>116</v>
       </c>
       <c r="B65" t="s">
         <v>117</v>
       </c>
       <c r="C65" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D65" t="s">
         <v>118</v>
       </c>
       <c r="E65" t="s">
-        <v>137</v>
+        <v>103</v>
       </c>
       <c r="F65" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
         <v>116</v>
       </c>
       <c r="B66" t="s">
         <v>117</v>
       </c>
       <c r="C66" t="s">
         <v>138</v>
       </c>
       <c r="D66" t="s">
         <v>118</v>
       </c>
       <c r="E66" t="s">
         <v>139</v>
       </c>
       <c r="F66" t="s">
         <v>9</v>
       </c>
     </row>
@@ -2471,153 +2477,157 @@
     <row r="68" spans="1:6">
       <c r="A68" t="s">
         <v>116</v>
       </c>
       <c r="B68" t="s">
         <v>117</v>
       </c>
       <c r="C68" t="s">
         <v>142</v>
       </c>
       <c r="D68" t="s">
         <v>118</v>
       </c>
       <c r="E68" t="s">
         <v>143</v>
       </c>
       <c r="F68" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
         <v>116</v>
       </c>
       <c r="B69" t="s">
+        <v>117</v>
+      </c>
+      <c r="C69" t="s">
         <v>144</v>
       </c>
-      <c r="C69"/>
       <c r="D69" t="s">
+        <v>118</v>
+      </c>
+      <c r="E69" t="s">
         <v>145</v>
       </c>
-      <c r="E69"/>
       <c r="F69" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
         <v>116</v>
       </c>
       <c r="B70" t="s">
-        <v>144</v>
-[...1 lines deleted...]
-      <c r="C70" t="s">
         <v>146</v>
       </c>
+      <c r="C70"/>
       <c r="D70" t="s">
-        <v>145</v>
-[...1 lines deleted...]
-      <c r="E70" t="s">
         <v>147</v>
       </c>
+      <c r="E70"/>
       <c r="F70" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
         <v>116</v>
       </c>
       <c r="B71" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C71" t="s">
         <v>148</v>
       </c>
       <c r="D71" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="E71" t="s">
         <v>149</v>
       </c>
       <c r="F71" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
         <v>116</v>
       </c>
       <c r="B72" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C72" t="s">
         <v>150</v>
       </c>
       <c r="D72" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="E72" t="s">
-        <v>58</v>
+        <v>151</v>
       </c>
       <c r="F72" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
         <v>116</v>
       </c>
       <c r="B73" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="C73" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D73" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="E73" t="s">
-        <v>152</v>
+        <v>58</v>
       </c>
       <c r="F73" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
         <v>116</v>
       </c>
       <c r="B74" t="s">
+        <v>146</v>
+      </c>
+      <c r="C74" t="s">
         <v>153</v>
       </c>
-      <c r="C74"/>
       <c r="D74" t="s">
+        <v>147</v>
+      </c>
+      <c r="E74" t="s">
         <v>154</v>
       </c>
-      <c r="E74"/>
       <c r="F74" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
         <v>116</v>
       </c>
       <c r="B75" t="s">
         <v>155</v>
       </c>
       <c r="C75"/>
       <c r="D75" t="s">
         <v>156</v>
       </c>
       <c r="E75"/>
       <c r="F75" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
         <v>116</v>
       </c>
       <c r="B76" t="s">
@@ -2631,77 +2641,77 @@
       <c r="F76" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
         <v>116</v>
       </c>
       <c r="B77" t="s">
         <v>159</v>
       </c>
       <c r="C77"/>
       <c r="D77" t="s">
         <v>160</v>
       </c>
       <c r="E77"/>
       <c r="F77" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
         <v>116</v>
       </c>
       <c r="B78" t="s">
-        <v>159</v>
-[...1 lines deleted...]
-      <c r="C78" t="s">
         <v>161</v>
       </c>
+      <c r="C78"/>
       <c r="D78" t="s">
-        <v>160</v>
-[...1 lines deleted...]
-      <c r="E78" t="s">
         <v>162</v>
       </c>
+      <c r="E78"/>
       <c r="F78" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
         <v>116</v>
       </c>
       <c r="B79" t="s">
+        <v>161</v>
+      </c>
+      <c r="C79" t="s">
         <v>163</v>
       </c>
-      <c r="C79"/>
       <c r="D79" t="s">
+        <v>162</v>
+      </c>
+      <c r="E79" t="s">
         <v>164</v>
       </c>
-      <c r="E79"/>
       <c r="F79" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
         <v>116</v>
       </c>
       <c r="B80" t="s">
         <v>165</v>
       </c>
       <c r="C80"/>
       <c r="D80" t="s">
         <v>166</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
         <v>116</v>
       </c>
       <c r="B81" t="s">
@@ -2824,805 +2834,821 @@
         <v>182</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
         <v>116</v>
       </c>
       <c r="B89" t="s">
         <v>183</v>
       </c>
       <c r="C89"/>
       <c r="D89" t="s">
         <v>184</v>
       </c>
       <c r="E89"/>
       <c r="F89" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
+        <v>116</v>
+      </c>
+      <c r="B90" t="s">
         <v>185</v>
-      </c>
-[...1 lines deleted...]
-        <v>186</v>
       </c>
       <c r="C90"/>
       <c r="D90" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B91" t="s">
         <v>188</v>
       </c>
       <c r="C91"/>
       <c r="D91" t="s">
         <v>189</v>
       </c>
       <c r="E91"/>
       <c r="F91" t="s">
-        <v>29</v>
+        <v>9</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B92" t="s">
         <v>190</v>
       </c>
       <c r="C92"/>
       <c r="D92" t="s">
         <v>191</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
-        <v>9</v>
+        <v>29</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B93" t="s">
         <v>192</v>
       </c>
       <c r="C93"/>
       <c r="D93" t="s">
         <v>193</v>
       </c>
       <c r="E93"/>
       <c r="F93" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B94" t="s">
         <v>194</v>
       </c>
       <c r="C94"/>
       <c r="D94" t="s">
         <v>195</v>
       </c>
       <c r="E94"/>
       <c r="F94" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B95" t="s">
         <v>196</v>
       </c>
       <c r="C95"/>
       <c r="D95" t="s">
         <v>197</v>
       </c>
       <c r="E95"/>
       <c r="F95" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B96" t="s">
         <v>198</v>
       </c>
       <c r="C96"/>
       <c r="D96" t="s">
         <v>199</v>
       </c>
       <c r="E96"/>
       <c r="F96" t="s">
-        <v>200</v>
+        <v>9</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B97" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="C97"/>
       <c r="D97" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="E97"/>
       <c r="F97" t="s">
-        <v>200</v>
+        <v>202</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B98" t="s">
         <v>203</v>
       </c>
       <c r="C98"/>
       <c r="D98" t="s">
         <v>204</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>9</v>
+        <v>202</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B99" t="s">
         <v>205</v>
       </c>
       <c r="C99"/>
       <c r="D99" t="s">
         <v>206</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B100" t="s">
         <v>207</v>
       </c>
       <c r="C100"/>
       <c r="D100" t="s">
         <v>208</v>
       </c>
       <c r="E100"/>
       <c r="F100" t="s">
-        <v>200</v>
+        <v>9</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B101" t="s">
         <v>209</v>
       </c>
       <c r="C101"/>
       <c r="D101" t="s">
         <v>210</v>
       </c>
       <c r="E101"/>
       <c r="F101" t="s">
-        <v>9</v>
+        <v>202</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B102" t="s">
-        <v>209</v>
-[...1 lines deleted...]
-      <c r="C102" t="s">
         <v>211</v>
       </c>
+      <c r="C102"/>
       <c r="D102" t="s">
-        <v>210</v>
-[...1 lines deleted...]
-      <c r="E102" t="s">
         <v>212</v>
       </c>
+      <c r="E102"/>
       <c r="F102" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B103" t="s">
+        <v>211</v>
+      </c>
+      <c r="C103" t="s">
         <v>213</v>
       </c>
-      <c r="C103"/>
       <c r="D103" t="s">
+        <v>212</v>
+      </c>
+      <c r="E103" t="s">
         <v>214</v>
       </c>
-      <c r="E103"/>
       <c r="F103" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B104" t="s">
         <v>215</v>
       </c>
       <c r="C104"/>
       <c r="D104" t="s">
         <v>216</v>
       </c>
       <c r="E104"/>
       <c r="F104" t="s">
-        <v>200</v>
+        <v>9</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B105" t="s">
         <v>217</v>
       </c>
       <c r="C105"/>
       <c r="D105" t="s">
         <v>218</v>
       </c>
       <c r="E105"/>
       <c r="F105" t="s">
-        <v>9</v>
+        <v>202</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B106" t="s">
         <v>219</v>
       </c>
       <c r="C106"/>
       <c r="D106" t="s">
         <v>220</v>
       </c>
       <c r="E106"/>
       <c r="F106" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B107" t="s">
         <v>221</v>
       </c>
       <c r="C107"/>
       <c r="D107" t="s">
         <v>222</v>
       </c>
       <c r="E107"/>
       <c r="F107" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B108" t="s">
         <v>223</v>
       </c>
       <c r="C108"/>
       <c r="D108" t="s">
         <v>224</v>
       </c>
       <c r="E108"/>
       <c r="F108" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B109" t="s">
         <v>225</v>
       </c>
       <c r="C109"/>
       <c r="D109" t="s">
         <v>226</v>
       </c>
       <c r="E109"/>
       <c r="F109" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B110" t="s">
         <v>227</v>
       </c>
       <c r="C110"/>
       <c r="D110" t="s">
         <v>228</v>
       </c>
       <c r="E110"/>
       <c r="F110" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B111" t="s">
         <v>229</v>
       </c>
       <c r="C111"/>
       <c r="D111" t="s">
         <v>230</v>
       </c>
       <c r="E111"/>
       <c r="F111" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B112" t="s">
-        <v>229</v>
-[...1 lines deleted...]
-      <c r="C112" t="s">
         <v>231</v>
       </c>
+      <c r="C112"/>
       <c r="D112" t="s">
-        <v>230</v>
-[...3 lines deleted...]
-      </c>
+        <v>232</v>
+      </c>
+      <c r="E112"/>
       <c r="F112" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B113" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C113" t="s">
+        <v>233</v>
+      </c>
+      <c r="D113" t="s">
         <v>232</v>
       </c>
-      <c r="D113" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E113" t="s">
-        <v>233</v>
+        <v>48</v>
       </c>
       <c r="F113" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B114" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C114" t="s">
         <v>234</v>
       </c>
       <c r="D114" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="E114" t="s">
         <v>235</v>
       </c>
       <c r="F114" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B115" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="C115" t="s">
         <v>236</v>
       </c>
       <c r="D115" t="s">
-        <v>230</v>
+        <v>232</v>
       </c>
       <c r="E115" t="s">
         <v>237</v>
       </c>
       <c r="F115" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B116" t="s">
+        <v>231</v>
+      </c>
+      <c r="C116" t="s">
         <v>238</v>
       </c>
-      <c r="C116"/>
       <c r="D116" t="s">
+        <v>232</v>
+      </c>
+      <c r="E116" t="s">
         <v>239</v>
       </c>
-      <c r="E116"/>
       <c r="F116" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B117" t="s">
         <v>240</v>
       </c>
       <c r="C117"/>
       <c r="D117" t="s">
         <v>241</v>
       </c>
       <c r="E117"/>
       <c r="F117" t="s">
-        <v>200</v>
+        <v>9</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B118" t="s">
         <v>242</v>
       </c>
       <c r="C118"/>
       <c r="D118" t="s">
         <v>243</v>
       </c>
       <c r="E118"/>
       <c r="F118" t="s">
-        <v>9</v>
+        <v>202</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B119" t="s">
         <v>244</v>
       </c>
       <c r="C119"/>
       <c r="D119" t="s">
         <v>245</v>
       </c>
       <c r="E119"/>
       <c r="F119" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B120" t="s">
         <v>246</v>
       </c>
       <c r="C120"/>
       <c r="D120" t="s">
         <v>247</v>
       </c>
       <c r="E120"/>
       <c r="F120" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B121" t="s">
         <v>248</v>
       </c>
       <c r="C121"/>
       <c r="D121" t="s">
         <v>249</v>
       </c>
       <c r="E121"/>
       <c r="F121" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B122" t="s">
         <v>250</v>
       </c>
       <c r="C122"/>
       <c r="D122" t="s">
         <v>251</v>
       </c>
       <c r="E122"/>
       <c r="F122" t="s">
-        <v>200</v>
+        <v>9</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B123" t="s">
-        <v>250</v>
-[...1 lines deleted...]
-      <c r="C123" t="s">
         <v>252</v>
       </c>
+      <c r="C123"/>
       <c r="D123" t="s">
-        <v>251</v>
-[...1 lines deleted...]
-      <c r="E123" t="s">
         <v>253</v>
       </c>
+      <c r="E123"/>
       <c r="F123" t="s">
-        <v>9</v>
+        <v>202</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B124" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C124" t="s">
         <v>254</v>
       </c>
       <c r="D124" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="E124" t="s">
         <v>255</v>
       </c>
       <c r="F124" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="B125" t="s">
-        <v>250</v>
+        <v>252</v>
       </c>
       <c r="C125" t="s">
         <v>256</v>
       </c>
       <c r="D125" t="s">
-        <v>251</v>
+        <v>253</v>
       </c>
       <c r="E125" t="s">
-        <v>62</v>
+        <v>257</v>
       </c>
       <c r="F125" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
-        <v>257</v>
+        <v>187</v>
       </c>
       <c r="B126" t="s">
+        <v>252</v>
+      </c>
+      <c r="C126" t="s">
         <v>258</v>
       </c>
-      <c r="C126"/>
       <c r="D126" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="E126"/>
+        <v>253</v>
+      </c>
+      <c r="E126" t="s">
+        <v>62</v>
+      </c>
       <c r="F126" t="s">
-        <v>200</v>
+        <v>9</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B127" t="s">
-        <v>258</v>
-[...1 lines deleted...]
-      <c r="C127" t="s">
         <v>260</v>
       </c>
+      <c r="C127"/>
       <c r="D127" t="s">
-        <v>259</v>
-[...1 lines deleted...]
-      <c r="E127" t="s">
         <v>261</v>
       </c>
+      <c r="E127"/>
       <c r="F127" t="s">
-        <v>9</v>
+        <v>202</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B128" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="C128" t="s">
         <v>262</v>
       </c>
       <c r="D128" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="E128" t="s">
         <v>263</v>
       </c>
       <c r="F128" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B129" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="C129" t="s">
         <v>264</v>
       </c>
       <c r="D129" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="E129" t="s">
         <v>265</v>
       </c>
       <c r="F129" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B130" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="C130" t="s">
         <v>266</v>
       </c>
       <c r="D130" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="E130" t="s">
         <v>267</v>
       </c>
       <c r="F130" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B131" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="C131" t="s">
         <v>268</v>
       </c>
       <c r="D131" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="E131" t="s">
         <v>269</v>
       </c>
       <c r="F131" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B132" t="s">
-        <v>258</v>
+        <v>260</v>
       </c>
       <c r="C132" t="s">
         <v>270</v>
       </c>
       <c r="D132" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="E132" t="s">
-        <v>113</v>
+        <v>271</v>
       </c>
       <c r="F132" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>257</v>
+        <v>259</v>
       </c>
       <c r="B133" t="s">
-        <v>271</v>
-[...1 lines deleted...]
-      <c r="C133"/>
+        <v>260</v>
+      </c>
+      <c r="C133" t="s">
+        <v>272</v>
+      </c>
       <c r="D133" t="s">
-        <v>272</v>
-[...1 lines deleted...]
-      <c r="E133"/>
+        <v>261</v>
+      </c>
+      <c r="E133" t="s">
+        <v>113</v>
+      </c>
       <c r="F133" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="134" spans="1:6">
+      <c r="A134" t="s">
+        <v>259</v>
+      </c>
+      <c r="B134" t="s">
+        <v>273</v>
+      </c>
+      <c r="C134"/>
+      <c r="D134" t="s">
+        <v>274</v>
+      </c>
+      <c r="E134"/>
+      <c r="F134" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>