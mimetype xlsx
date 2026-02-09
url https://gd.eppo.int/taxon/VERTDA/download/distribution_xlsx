--- v1 (2026-01-17)
+++ v2 (2026-02-09)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="VERTDA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="275">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="277">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Congo, The Democratic Republic of the</t>
   </si>
   <si>
@@ -707,69 +707,75 @@
   <si>
     <t>Montenegro</t>
   </si>
   <si>
     <t>ME</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>North Macedonia</t>
   </si>
   <si>
     <t>MK</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
+    <t>Central Russia</t>
+  </si>
+  <si>
+    <t>cr</t>
+  </si>
+  <si>
     <t>Eastern Siberia</t>
   </si>
   <si>
-    <t>European Russia</t>
-[...4 lines deleted...]
-  <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
+  </si>
+  <si>
+    <t>Southern Russia</t>
+  </si>
+  <si>
+    <t>sr</t>
   </si>
   <si>
     <t>Western Siberia</t>
   </si>
   <si>
     <t>ws</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
@@ -1184,51 +1190,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F134"/>
+  <dimension ref="A1:F135"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="44.703" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -3218,162 +3224,166 @@
         <v>231</v>
       </c>
       <c r="C112"/>
       <c r="D112" t="s">
         <v>232</v>
       </c>
       <c r="E112"/>
       <c r="F112" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
         <v>187</v>
       </c>
       <c r="B113" t="s">
         <v>231</v>
       </c>
       <c r="C113" t="s">
         <v>233</v>
       </c>
       <c r="D113" t="s">
         <v>232</v>
       </c>
       <c r="E113" t="s">
-        <v>48</v>
+        <v>234</v>
       </c>
       <c r="F113" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
         <v>187</v>
       </c>
       <c r="B114" t="s">
         <v>231</v>
       </c>
       <c r="C114" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="D114" t="s">
         <v>232</v>
       </c>
       <c r="E114" t="s">
-        <v>235</v>
+        <v>48</v>
       </c>
       <c r="F114" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
         <v>187</v>
       </c>
       <c r="B115" t="s">
         <v>231</v>
       </c>
       <c r="C115" t="s">
         <v>236</v>
       </c>
       <c r="D115" t="s">
         <v>232</v>
       </c>
       <c r="E115" t="s">
         <v>237</v>
       </c>
       <c r="F115" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
         <v>187</v>
       </c>
       <c r="B116" t="s">
         <v>231</v>
       </c>
       <c r="C116" t="s">
         <v>238</v>
       </c>
       <c r="D116" t="s">
         <v>232</v>
       </c>
       <c r="E116" t="s">
         <v>239</v>
       </c>
       <c r="F116" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
         <v>187</v>
       </c>
       <c r="B117" t="s">
+        <v>231</v>
+      </c>
+      <c r="C117" t="s">
         <v>240</v>
       </c>
-      <c r="C117"/>
       <c r="D117" t="s">
+        <v>232</v>
+      </c>
+      <c r="E117" t="s">
         <v>241</v>
       </c>
-      <c r="E117"/>
       <c r="F117" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
         <v>187</v>
       </c>
       <c r="B118" t="s">
         <v>242</v>
       </c>
       <c r="C118"/>
       <c r="D118" t="s">
         <v>243</v>
       </c>
       <c r="E118"/>
       <c r="F118" t="s">
-        <v>202</v>
+        <v>9</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
         <v>187</v>
       </c>
       <c r="B119" t="s">
         <v>244</v>
       </c>
       <c r="C119"/>
       <c r="D119" t="s">
         <v>245</v>
       </c>
       <c r="E119"/>
       <c r="F119" t="s">
-        <v>9</v>
+        <v>202</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
         <v>187</v>
       </c>
       <c r="B120" t="s">
         <v>246</v>
       </c>
       <c r="C120"/>
       <c r="D120" t="s">
         <v>247</v>
       </c>
       <c r="E120"/>
       <c r="F120" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
         <v>187</v>
       </c>
       <c r="B121" t="s">
         <v>248</v>
       </c>
@@ -3393,262 +3403,278 @@
       <c r="B122" t="s">
         <v>250</v>
       </c>
       <c r="C122"/>
       <c r="D122" t="s">
         <v>251</v>
       </c>
       <c r="E122"/>
       <c r="F122" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
         <v>187</v>
       </c>
       <c r="B123" t="s">
         <v>252</v>
       </c>
       <c r="C123"/>
       <c r="D123" t="s">
         <v>253</v>
       </c>
       <c r="E123"/>
       <c r="F123" t="s">
-        <v>202</v>
+        <v>9</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
         <v>187</v>
       </c>
       <c r="B124" t="s">
-        <v>252</v>
-[...1 lines deleted...]
-      <c r="C124" t="s">
         <v>254</v>
       </c>
+      <c r="C124"/>
       <c r="D124" t="s">
-        <v>253</v>
-[...1 lines deleted...]
-      <c r="E124" t="s">
         <v>255</v>
       </c>
+      <c r="E124"/>
       <c r="F124" t="s">
-        <v>9</v>
+        <v>202</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
         <v>187</v>
       </c>
       <c r="B125" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C125" t="s">
         <v>256</v>
       </c>
       <c r="D125" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="E125" t="s">
         <v>257</v>
       </c>
       <c r="F125" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
         <v>187</v>
       </c>
       <c r="B126" t="s">
-        <v>252</v>
+        <v>254</v>
       </c>
       <c r="C126" t="s">
         <v>258</v>
       </c>
       <c r="D126" t="s">
-        <v>253</v>
+        <v>255</v>
       </c>
       <c r="E126" t="s">
-        <v>62</v>
+        <v>259</v>
       </c>
       <c r="F126" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>259</v>
+        <v>187</v>
       </c>
       <c r="B127" t="s">
+        <v>254</v>
+      </c>
+      <c r="C127" t="s">
         <v>260</v>
       </c>
-      <c r="C127"/>
       <c r="D127" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="E127"/>
+        <v>255</v>
+      </c>
+      <c r="E127" t="s">
+        <v>62</v>
+      </c>
       <c r="F127" t="s">
-        <v>202</v>
+        <v>9</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="B128" t="s">
-        <v>260</v>
-[...1 lines deleted...]
-      <c r="C128" t="s">
         <v>262</v>
       </c>
+      <c r="C128"/>
       <c r="D128" t="s">
-        <v>261</v>
-[...1 lines deleted...]
-      <c r="E128" t="s">
         <v>263</v>
       </c>
+      <c r="E128"/>
       <c r="F128" t="s">
-        <v>9</v>
+        <v>202</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="B129" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="C129" t="s">
         <v>264</v>
       </c>
       <c r="D129" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="E129" t="s">
         <v>265</v>
       </c>
       <c r="F129" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="B130" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="C130" t="s">
         <v>266</v>
       </c>
       <c r="D130" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="E130" t="s">
         <v>267</v>
       </c>
       <c r="F130" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="B131" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="C131" t="s">
         <v>268</v>
       </c>
       <c r="D131" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="E131" t="s">
         <v>269</v>
       </c>
       <c r="F131" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="B132" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="C132" t="s">
         <v>270</v>
       </c>
       <c r="D132" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="E132" t="s">
         <v>271</v>
       </c>
       <c r="F132" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="B133" t="s">
-        <v>260</v>
+        <v>262</v>
       </c>
       <c r="C133" t="s">
         <v>272</v>
       </c>
       <c r="D133" t="s">
-        <v>261</v>
+        <v>263</v>
       </c>
       <c r="E133" t="s">
-        <v>113</v>
+        <v>273</v>
       </c>
       <c r="F133" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="134" spans="1:6">
       <c r="A134" t="s">
-        <v>259</v>
+        <v>261</v>
       </c>
       <c r="B134" t="s">
-        <v>273</v>
-[...1 lines deleted...]
-      <c r="C134"/>
+        <v>262</v>
+      </c>
+      <c r="C134" t="s">
+        <v>274</v>
+      </c>
       <c r="D134" t="s">
-        <v>274</v>
-[...1 lines deleted...]
-      <c r="E134"/>
+        <v>263</v>
+      </c>
+      <c r="E134" t="s">
+        <v>113</v>
+      </c>
       <c r="F134" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="135" spans="1:6">
+      <c r="A135" t="s">
+        <v>261</v>
+      </c>
+      <c r="B135" t="s">
+        <v>275</v>
+      </c>
+      <c r="C135"/>
+      <c r="D135" t="s">
+        <v>276</v>
+      </c>
+      <c r="E135"/>
+      <c r="F135" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>