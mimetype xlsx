--- v0 (2025-10-03)
+++ v1 (2026-02-11)
@@ -224,51 +224,51 @@
   <si>
     <t>Czechoslovakia (former)</t>
   </si>
   <si>
     <t>CS</t>
   </si>
   <si>
     <t>France</t>
   </si>
   <si>
     <t>FR</t>
   </si>
   <si>
     <t>Germany</t>
   </si>
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>SE</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>
   <si>
     <t>GB</t>
   </si>
   <si>
     <t>Oceania</t>
   </si>