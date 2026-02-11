--- v0 (2025-10-03)
+++ v1 (2026-02-11)
@@ -98,51 +98,51 @@
   <si>
     <t>DE</t>
   </si>
   <si>
     <t>Luxembourg</t>
   </si>
   <si>
     <t>LU</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Absent, confirmed by survey</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>
   <si>
     <t>SK</t>
   </si>
   <si>
     <t>Slovenia</t>
   </si>
   <si>
     <t>SI</t>
   </si>
   <si>
     <t>United Kingdom</t>
   </si>