--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -329,51 +329,51 @@
               <w:t xml:space="preserve"> Reinke &amp; Berthold</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> verticillium wilt of hop</w:t>
             </w:r>
-            <w:hyperlink r:id="rId106068e03e0c0b7a6" w:history="1">
+            <w:hyperlink r:id="rId655068fba934051a6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -389,51 +389,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId616168e03e0c0b845" w:history="1">
+            <w:hyperlink r:id="rId203068fba9340520d" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -447,86 +447,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> VERTAH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="32063589" name="name582968e03e0c0b943" descr="1704.jpg"/>
+                  <wp:docPr id="7413229" name="name279668fba934052da" descr="1704.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1704.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId922168e03e0c0b942" cstate="print"/>
+                          <a:blip r:embed="rId336368fba934052d9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId860068e03e0c0ba63" w:history="1">
+            <w:hyperlink r:id="rId945068fba934053ef" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1463,63 +1463,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2013).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="92492672" name="name373968e03e0c0cf70" descr="VERTAH_distribution_map.jpg"/>
+            <wp:docPr id="52049850" name="name524068fba93406994" descr="VERTAH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="VERTAH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId436868e03e0c0cf6d" cstate="print"/>
+                    <a:blip r:embed="rId673368fba93406991" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3831,51 +3831,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Berlanger I &amp; Powelson ML (2005) Verticillium wilt. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Plant Health Instructor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId975668e03e0c0e24d" w:history="1">
+      <w:hyperlink r:id="rId870968fba93407a90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHI-I-2000-0801-01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3901,51 +3901,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1318. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId912368e03e0c0e2c6" w:history="1">
+      <w:hyperlink r:id="rId493568fba93407b15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9101318</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4049,51 +4049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 689–704. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId168068e03e0c0e3b9" w:history="1">
+      <w:hyperlink r:id="rId124368fba93407c08" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11105-014-0767-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4119,51 +4119,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1186. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId910868e03e0c0e42c" w:history="1">
+      <w:hyperlink r:id="rId406468fba93407c7a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2017.01186</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4249,51 +4249,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3927. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId123468e03e0c0e526" w:history="1">
+      <w:hyperlink r:id="rId281068fba93407d6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3927</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4339,51 +4339,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 149–154. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId728568e03e0c0e5e3" w:history="1">
+      <w:hyperlink r:id="rId610568fba93407e00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01969.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4409,51 +4409,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 278–283. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId575168e03e0c0e65c" w:history="1">
+      <w:hyperlink r:id="rId964968fba93407e74" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM4/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4510,140 +4510,140 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 462–476. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId178868e03e0c0e71b" w:history="1">
+      <w:hyperlink r:id="rId898768fba93407f15" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12701</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) EPPO Global Database page on categorization </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verticillium dahlia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (VERTDA) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId480468e03e0c0e772" w:history="1">
+      <w:hyperlink r:id="rId408968fba93407f66" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/VERTDA/categorization</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 12 January 2024]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId488268e03e0c0e7b5" w:history="1">
+      <w:hyperlink r:id="rId975368fba93407fa8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Dec 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4698,51 +4698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId816168e03e0c0e855" w:history="1">
+      <w:hyperlink r:id="rId646168fba93408045" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21769/BioProtoc.2171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4759,51 +4759,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 564–574. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId990668e03e0c0e8bb" w:history="1">
+      <w:hyperlink r:id="rId138668fba934080ab" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-11-13-0315-IA</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4851,51 +4851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), e28341.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId370168e03e0c0e952" w:history="1">
+      <w:hyperlink r:id="rId252968fba93408141" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0028341</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4952,51 +4952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. PloS ONE </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e65990. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId964168e03e0c0e9f4" w:history="1">
+      <w:hyperlink r:id="rId851368fba934081e4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0065990</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5053,51 +5053,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 823–835. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId172368e03e0c0eaaa" w:history="1">
+      <w:hyperlink r:id="rId428168fba93408284" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-14-0391-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5123,51 +5123,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 39–62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId685968e03e0c0eb1f" w:history="1">
+      <w:hyperlink r:id="rId776768fba934082f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081748</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5253,51 +5253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 841. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId580668e03e0c0ebf0" w:history="1">
+      <w:hyperlink r:id="rId318968fba934083c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9070841</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5363,51 +5363,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 113–130. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId273368e03e0c0ec9f" w:history="1">
+      <w:hyperlink r:id="rId406768fba9340846e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12600-022-01032-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5424,51 +5424,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agronomy </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 583–594. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId392268e03e0c0ed05" w:history="1">
+      <w:hyperlink r:id="rId460768fba934084d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy3040583</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5516,51 +5516,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 301–314.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId555068e03e0c0ed9c" w:history="1">
+      <w:hyperlink r:id="rId659168fba93408567" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-006-9061-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5597,51 +5597,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 633–638. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId475668e03e0c0ee20" w:history="1">
+      <w:hyperlink r:id="rId980168fba934085e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2003.87.6.633</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5863,51 +5863,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 450–478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId189068e03e0c0efd4" w:history="1">
+      <w:hyperlink r:id="rId744668fba9340878b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1965.10419889</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6167,51 +6167,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verticillium nonalfalfae hop strains</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId784568e03e0c0f1c8" w:history="1">
+      <w:hyperlink r:id="rId504968fba93408aeb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6382,90 +6382,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 149-154. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId694368e03e0c0f322" w:history="1">
+      <w:hyperlink r:id="rId933668fba93408c45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01969.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="84535254" name="name205168e03e0c0f3af" descr="eu_funding_250.png"/>
+            <wp:docPr id="62363218" name="name771368fba93408cc8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId150668e03e0c0f3ae" cstate="print"/>
+                    <a:blip r:embed="rId718368fba93408cc7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6563,137 +6563,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="57076285">
+  <w:abstractNum w:abstractNumId="72548026">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="46199628">
+    <w:lvl w:ilvl="0" w:tplc="63109273">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="46199628" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="63109273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="46199628" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="63109273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="46199628" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="63109273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="46199628" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="63109273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="46199628" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="63109273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="46199628" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="63109273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="46199628" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="63109273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="46199628" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="63109273" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="57076284">
+  <w:abstractNum w:abstractNumId="72548025">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93609784">
+    <w:lvl w:ilvl="0" w:tplc="30448665">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7445,55 +7445,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="57076284">
-    <w:abstractNumId w:val="57076284"/>
+  <w:num w:numId="72548025">
+    <w:abstractNumId w:val="72548025"/>
   </w:num>
-  <w:num w:numId="57076285">
-    <w:abstractNumId w:val="57076285"/>
+  <w:num w:numId="72548026">
+    <w:abstractNumId w:val="72548026"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19043,51 +19043,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId199813793" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId607688021" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId106068e03e0c0b7a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/" TargetMode="External"/><Relationship Id="rId616168e03e0c0b845" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/categorization" TargetMode="External"/><Relationship Id="rId860068e03e0c0ba63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/photos" TargetMode="External"/><Relationship Id="rId975668e03e0c0e24d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2000-0801-01" TargetMode="External"/><Relationship Id="rId912368e03e0c0e2c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9101318" TargetMode="External"/><Relationship Id="rId168068e03e0c0e3b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11105-014-0767-4" TargetMode="External"/><Relationship Id="rId910868e03e0c0e42c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2017.01186" TargetMode="External"/><Relationship Id="rId123468e03e0c0e526" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3927" TargetMode="External"/><Relationship Id="rId728568e03e0c0e5e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01969.x" TargetMode="External"/><Relationship Id="rId575168e03e0c0e65c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId178868e03e0c0e71b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12701" TargetMode="External"/><Relationship Id="rId480468e03e0c0e772" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDA/categorization" TargetMode="External"/><Relationship Id="rId488268e03e0c0e7b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId816168e03e0c0e855" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21769/BioProtoc.2171" TargetMode="External"/><Relationship Id="rId990668e03e0c0e8bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-11-13-0315-IA" TargetMode="External"/><Relationship Id="rId370168e03e0c0e952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028341" TargetMode="External"/><Relationship Id="rId964168e03e0c0e9f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0065990" TargetMode="External"/><Relationship Id="rId172368e03e0c0eaaa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-14-0391-RE" TargetMode="External"/><Relationship Id="rId685968e03e0c0eb1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081748" TargetMode="External"/><Relationship Id="rId580668e03e0c0ebf0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9070841" TargetMode="External"/><Relationship Id="rId273368e03e0c0ec9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-022-01032-z" TargetMode="External"/><Relationship Id="rId392268e03e0c0ed05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy3040583" TargetMode="External"/><Relationship Id="rId555068e03e0c0ed9c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-006-9061-0" TargetMode="External"/><Relationship Id="rId475668e03e0c0ee20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2003.87.6.633" TargetMode="External"/><Relationship Id="rId189068e03e0c0efd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1965.10419889" TargetMode="External"/><Relationship Id="rId784568e03e0c0f1c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId694368e03e0c0f322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01969.x" TargetMode="External"/><Relationship Id="rId922168e03e0c0b942" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId922168e03e0c0b942.jpg"/><Relationship Id="rId436868e03e0c0cf6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId436868e03e0c0cf6d.jpg"/><Relationship Id="rId150668e03e0c0f3ae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId150668e03e0c0f3ae.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId893657160" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId585350197" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId655068fba934051a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/" TargetMode="External"/><Relationship Id="rId203068fba9340520d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/categorization" TargetMode="External"/><Relationship Id="rId945068fba934053ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/photos" TargetMode="External"/><Relationship Id="rId870968fba93407a90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2000-0801-01" TargetMode="External"/><Relationship Id="rId493568fba93407b15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9101318" TargetMode="External"/><Relationship Id="rId124368fba93407c08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11105-014-0767-4" TargetMode="External"/><Relationship Id="rId406468fba93407c7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2017.01186" TargetMode="External"/><Relationship Id="rId281068fba93407d6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3927" TargetMode="External"/><Relationship Id="rId610568fba93407e00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01969.x" TargetMode="External"/><Relationship Id="rId964968fba93407e74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId898768fba93407f15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12701" TargetMode="External"/><Relationship Id="rId408968fba93407f66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDA/categorization" TargetMode="External"/><Relationship Id="rId975368fba93407fa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId646168fba93408045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21769/BioProtoc.2171" TargetMode="External"/><Relationship Id="rId138668fba934080ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-11-13-0315-IA" TargetMode="External"/><Relationship Id="rId252968fba93408141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028341" TargetMode="External"/><Relationship Id="rId851368fba934081e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0065990" TargetMode="External"/><Relationship Id="rId428168fba93408284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-14-0391-RE" TargetMode="External"/><Relationship Id="rId776768fba934082f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081748" TargetMode="External"/><Relationship Id="rId318968fba934083c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9070841" TargetMode="External"/><Relationship Id="rId406768fba9340846e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-022-01032-z" TargetMode="External"/><Relationship Id="rId460768fba934084d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy3040583" TargetMode="External"/><Relationship Id="rId659168fba93408567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-006-9061-0" TargetMode="External"/><Relationship Id="rId980168fba934085e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2003.87.6.633" TargetMode="External"/><Relationship Id="rId744668fba9340878b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1965.10419889" TargetMode="External"/><Relationship Id="rId504968fba93408aeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId933668fba93408c45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01969.x" TargetMode="External"/><Relationship Id="rId336368fba934052d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId336368fba934052d9.jpg"/><Relationship Id="rId673368fba93406991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId673368fba93406991.jpg"/><Relationship Id="rId718368fba93408cc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId718368fba93408cc7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>