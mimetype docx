--- v1 (2025-10-24)
+++ v2 (2025-11-20)
@@ -329,51 +329,51 @@
               <w:t xml:space="preserve"> Reinke &amp; Berthold</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> verticillium wilt of hop</w:t>
             </w:r>
-            <w:hyperlink r:id="rId655068fba934051a6" w:history="1">
+            <w:hyperlink r:id="rId6137691e84e1a6a9b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -389,51 +389,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId203068fba9340520d" w:history="1">
+            <w:hyperlink r:id="rId8915691e84e1a6b02" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -447,86 +447,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> VERTAH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="7413229" name="name279668fba934052da" descr="1704.jpg"/>
+                  <wp:docPr id="37053591" name="name6993691e84e1a73fd" descr="1704.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1704.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId336368fba934052d9" cstate="print"/>
+                          <a:blip r:embed="rId9611691e84e1a73fb" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId945068fba934053ef" w:history="1">
+            <w:hyperlink r:id="rId1009691e84e1a751f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1463,63 +1463,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2013).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="52049850" name="name524068fba93406994" descr="VERTAH_distribution_map.jpg"/>
+            <wp:docPr id="4937234" name="name2995691e84e1a87f1" descr="VERTAH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="VERTAH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId673368fba93406991" cstate="print"/>
+                    <a:blip r:embed="rId6281691e84e1a87ee" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3831,51 +3831,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Berlanger I &amp; Powelson ML (2005) Verticillium wilt. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Plant Health Instructor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId870968fba93407a90" w:history="1">
+      <w:hyperlink r:id="rId2589691e84e1a98f5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHI-I-2000-0801-01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3901,51 +3901,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1318. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId493568fba93407b15" w:history="1">
+      <w:hyperlink r:id="rId3008691e84e1a996a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9101318</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4049,51 +4049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 689–704. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId124368fba93407c08" w:history="1">
+      <w:hyperlink r:id="rId3294691e84e1a9a55" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11105-014-0767-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4119,51 +4119,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1186. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId406468fba93407c7a" w:history="1">
+      <w:hyperlink r:id="rId8259691e84e1a9ac5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2017.01186</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4249,51 +4249,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3927. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId281068fba93407d6c" w:history="1">
+      <w:hyperlink r:id="rId8493691e84e1a9b8f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3927</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4339,51 +4339,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 149–154. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId610568fba93407e00" w:history="1">
+      <w:hyperlink r:id="rId7298691e84e1a9c25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01969.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4409,51 +4409,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 278–283. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId964968fba93407e74" w:history="1">
+      <w:hyperlink r:id="rId2178691e84e1a9c97" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM4/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4510,140 +4510,140 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 462–476. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId898768fba93407f15" w:history="1">
+      <w:hyperlink r:id="rId7533691e84e1a9d35" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12701</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) EPPO Global Database page on categorization </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verticillium dahlia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (VERTDA) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId408968fba93407f66" w:history="1">
+      <w:hyperlink r:id="rId5125691e84e1a9d86" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/VERTDA/categorization</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 12 January 2024]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId975368fba93407fa8" w:history="1">
+      <w:hyperlink r:id="rId9232691e84e1a9dc6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Dec 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4698,51 +4698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId646168fba93408045" w:history="1">
+      <w:hyperlink r:id="rId9639691e84e1a9e60" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21769/BioProtoc.2171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4759,51 +4759,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 564–574. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId138668fba934080ab" w:history="1">
+      <w:hyperlink r:id="rId5612691e84e1a9ed5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-11-13-0315-IA</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4851,51 +4851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), e28341.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId252968fba93408141" w:history="1">
+      <w:hyperlink r:id="rId7985691e84e1a9f6c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0028341</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4952,51 +4952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. PloS ONE </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e65990. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId851368fba934081e4" w:history="1">
+      <w:hyperlink r:id="rId6978691e84e1aa00d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0065990</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5053,51 +5053,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 823–835. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId428168fba93408284" w:history="1">
+      <w:hyperlink r:id="rId1521691e84e1aa0ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-14-0391-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5123,51 +5123,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 39–62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId776768fba934082f5" w:history="1">
+      <w:hyperlink r:id="rId2395691e84e1aa11d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081748</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5253,51 +5253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 841. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId318968fba934083c1" w:history="1">
+      <w:hyperlink r:id="rId3243691e84e1aa1e8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9070841</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5363,51 +5363,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 113–130. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId406768fba9340846e" w:history="1">
+      <w:hyperlink r:id="rId3246691e84e1aa294" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12600-022-01032-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5424,51 +5424,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agronomy </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 583–594. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId460768fba934084d3" w:history="1">
+      <w:hyperlink r:id="rId6246691e84e1aa2f9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy3040583</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5516,51 +5516,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 301–314.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId659168fba93408567" w:history="1">
+      <w:hyperlink r:id="rId8536691e84e1aa38c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-006-9061-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5597,51 +5597,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 633–638. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId980168fba934085e9" w:history="1">
+      <w:hyperlink r:id="rId9787691e84e1aa40e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2003.87.6.633</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5863,51 +5863,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 450–478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId744668fba9340878b" w:history="1">
+      <w:hyperlink r:id="rId1351691e84e1aa5ad" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1965.10419889</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6167,51 +6167,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verticillium nonalfalfae hop strains</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId504968fba93408aeb" w:history="1">
+      <w:hyperlink r:id="rId5267691e84e1aab74" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6382,90 +6382,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 149-154. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId933668fba93408c45" w:history="1">
+      <w:hyperlink r:id="rId6028691e84e1aaccf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01969.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="62363218" name="name771368fba93408cc8" descr="eu_funding_250.png"/>
+            <wp:docPr id="73643918" name="name1660691e84e1aad87" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId718368fba93408cc7" cstate="print"/>
+                    <a:blip r:embed="rId4893691e84e1aad85" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6563,137 +6563,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="72548026">
+  <w:abstractNum w:abstractNumId="86551046">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="63109273">
+    <w:lvl w:ilvl="0" w:tplc="92001288">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="63109273" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="92001288" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="63109273" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="92001288" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="63109273" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="92001288" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="63109273" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="92001288" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="63109273" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="92001288" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="63109273" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="92001288" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="63109273" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="92001288" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="63109273" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="92001288" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="72548025">
+  <w:abstractNum w:abstractNumId="86551045">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30448665">
+    <w:lvl w:ilvl="0" w:tplc="58347640">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7445,55 +7445,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="72548025">
-    <w:abstractNumId w:val="72548025"/>
+  <w:num w:numId="86551045">
+    <w:abstractNumId w:val="86551045"/>
   </w:num>
-  <w:num w:numId="72548026">
-    <w:abstractNumId w:val="72548026"/>
+  <w:num w:numId="86551046">
+    <w:abstractNumId w:val="86551046"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19043,51 +19043,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId893657160" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId585350197" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId655068fba934051a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/" TargetMode="External"/><Relationship Id="rId203068fba9340520d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/categorization" TargetMode="External"/><Relationship Id="rId945068fba934053ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/photos" TargetMode="External"/><Relationship Id="rId870968fba93407a90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2000-0801-01" TargetMode="External"/><Relationship Id="rId493568fba93407b15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9101318" TargetMode="External"/><Relationship Id="rId124368fba93407c08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11105-014-0767-4" TargetMode="External"/><Relationship Id="rId406468fba93407c7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2017.01186" TargetMode="External"/><Relationship Id="rId281068fba93407d6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3927" TargetMode="External"/><Relationship Id="rId610568fba93407e00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01969.x" TargetMode="External"/><Relationship Id="rId964968fba93407e74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId898768fba93407f15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12701" TargetMode="External"/><Relationship Id="rId408968fba93407f66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDA/categorization" TargetMode="External"/><Relationship Id="rId975368fba93407fa8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId646168fba93408045" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21769/BioProtoc.2171" TargetMode="External"/><Relationship Id="rId138668fba934080ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-11-13-0315-IA" TargetMode="External"/><Relationship Id="rId252968fba93408141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028341" TargetMode="External"/><Relationship Id="rId851368fba934081e4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0065990" TargetMode="External"/><Relationship Id="rId428168fba93408284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-14-0391-RE" TargetMode="External"/><Relationship Id="rId776768fba934082f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081748" TargetMode="External"/><Relationship Id="rId318968fba934083c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9070841" TargetMode="External"/><Relationship Id="rId406768fba9340846e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-022-01032-z" TargetMode="External"/><Relationship Id="rId460768fba934084d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy3040583" TargetMode="External"/><Relationship Id="rId659168fba93408567" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-006-9061-0" TargetMode="External"/><Relationship Id="rId980168fba934085e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2003.87.6.633" TargetMode="External"/><Relationship Id="rId744668fba9340878b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1965.10419889" TargetMode="External"/><Relationship Id="rId504968fba93408aeb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId933668fba93408c45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01969.x" TargetMode="External"/><Relationship Id="rId336368fba934052d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId336368fba934052d9.jpg"/><Relationship Id="rId673368fba93406991" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId673368fba93406991.jpg"/><Relationship Id="rId718368fba93408cc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId718368fba93408cc7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId821161241" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId142768462" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6137691e84e1a6a9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/" TargetMode="External"/><Relationship Id="rId8915691e84e1a6b02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/categorization" TargetMode="External"/><Relationship Id="rId1009691e84e1a751f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/photos" TargetMode="External"/><Relationship Id="rId2589691e84e1a98f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2000-0801-01" TargetMode="External"/><Relationship Id="rId3008691e84e1a996a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9101318" TargetMode="External"/><Relationship Id="rId3294691e84e1a9a55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11105-014-0767-4" TargetMode="External"/><Relationship Id="rId8259691e84e1a9ac5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2017.01186" TargetMode="External"/><Relationship Id="rId8493691e84e1a9b8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3927" TargetMode="External"/><Relationship Id="rId7298691e84e1a9c25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01969.x" TargetMode="External"/><Relationship Id="rId2178691e84e1a9c97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId7533691e84e1a9d35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12701" TargetMode="External"/><Relationship Id="rId5125691e84e1a9d86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDA/categorization" TargetMode="External"/><Relationship Id="rId9232691e84e1a9dc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId9639691e84e1a9e60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21769/BioProtoc.2171" TargetMode="External"/><Relationship Id="rId5612691e84e1a9ed5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-11-13-0315-IA" TargetMode="External"/><Relationship Id="rId7985691e84e1a9f6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028341" TargetMode="External"/><Relationship Id="rId6978691e84e1aa00d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0065990" TargetMode="External"/><Relationship Id="rId1521691e84e1aa0ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-14-0391-RE" TargetMode="External"/><Relationship Id="rId2395691e84e1aa11d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081748" TargetMode="External"/><Relationship Id="rId3243691e84e1aa1e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9070841" TargetMode="External"/><Relationship Id="rId3246691e84e1aa294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-022-01032-z" TargetMode="External"/><Relationship Id="rId6246691e84e1aa2f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy3040583" TargetMode="External"/><Relationship Id="rId8536691e84e1aa38c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-006-9061-0" TargetMode="External"/><Relationship Id="rId9787691e84e1aa40e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2003.87.6.633" TargetMode="External"/><Relationship Id="rId1351691e84e1aa5ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1965.10419889" TargetMode="External"/><Relationship Id="rId5267691e84e1aab74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6028691e84e1aaccf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01969.x" TargetMode="External"/><Relationship Id="rId9611691e84e1a73fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9611691e84e1a73fb.jpg"/><Relationship Id="rId6281691e84e1a87ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6281691e84e1a87ee.jpg"/><Relationship Id="rId4893691e84e1aad85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4893691e84e1aad85.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>