--- v2 (2025-11-20)
+++ v3 (2025-12-10)
@@ -329,51 +329,51 @@
               <w:t xml:space="preserve"> Reinke &amp; Berthold</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> verticillium wilt of hop</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6137691e84e1a6a9b" w:history="1">
+            <w:hyperlink r:id="rId37566939a6f945ed2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -389,51 +389,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8915691e84e1a6b02" w:history="1">
+            <w:hyperlink r:id="rId63376939a6f945f3a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -447,86 +447,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> VERTAH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="37053591" name="name6993691e84e1a73fd" descr="1704.jpg"/>
+                  <wp:docPr id="24995419" name="name81346939a6f9465e8" descr="1704.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1704.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9611691e84e1a73fb" cstate="print"/>
+                          <a:blip r:embed="rId65086939a6f9465e6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1009691e84e1a751f" w:history="1">
+            <w:hyperlink r:id="rId96916939a6f9466dc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1463,63 +1463,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2013).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="4937234" name="name2995691e84e1a87f1" descr="VERTAH_distribution_map.jpg"/>
+            <wp:docPr id="84703437" name="name26576939a6f9479f3" descr="VERTAH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="VERTAH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6281691e84e1a87ee" cstate="print"/>
+                    <a:blip r:embed="rId76856939a6f9479f0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3831,51 +3831,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Berlanger I &amp; Powelson ML (2005) Verticillium wilt. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Plant Health Instructor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2589691e84e1a98f5" w:history="1">
+      <w:hyperlink r:id="rId92176939a6f948c55" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHI-I-2000-0801-01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3901,51 +3901,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1318. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3008691e84e1a996a" w:history="1">
+      <w:hyperlink r:id="rId79016939a6f948ccf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9101318</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4049,51 +4049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 689–704. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3294691e84e1a9a55" w:history="1">
+      <w:hyperlink r:id="rId96446939a6f948dc1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11105-014-0767-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4119,51 +4119,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1186. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8259691e84e1a9ac5" w:history="1">
+      <w:hyperlink r:id="rId86156939a6f948e36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2017.01186</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4249,51 +4249,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3927. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8493691e84e1a9b8f" w:history="1">
+      <w:hyperlink r:id="rId34506939a6f948f0b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3927</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4339,51 +4339,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 149–154. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7298691e84e1a9c25" w:history="1">
+      <w:hyperlink r:id="rId92656939a6f948fa3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01969.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4409,51 +4409,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 278–283. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2178691e84e1a9c97" w:history="1">
+      <w:hyperlink r:id="rId86416939a6f94901c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM4/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4510,140 +4510,140 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 462–476. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7533691e84e1a9d35" w:history="1">
+      <w:hyperlink r:id="rId26856939a6f9490c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12701</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) EPPO Global Database page on categorization </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verticillium dahlia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (VERTDA) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5125691e84e1a9d86" w:history="1">
+      <w:hyperlink r:id="rId93476939a6f94911e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/VERTDA/categorization</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 12 January 2024]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9232691e84e1a9dc6" w:history="1">
+      <w:hyperlink r:id="rId91896939a6f949164" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Dec 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4698,51 +4698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9639691e84e1a9e60" w:history="1">
+      <w:hyperlink r:id="rId55496939a6f949208" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21769/BioProtoc.2171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4759,51 +4759,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 564–574. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5612691e84e1a9ed5" w:history="1">
+      <w:hyperlink r:id="rId93866939a6f94926e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-11-13-0315-IA</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4851,51 +4851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), e28341.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7985691e84e1a9f6c" w:history="1">
+      <w:hyperlink r:id="rId79296939a6f949310" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0028341</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4952,51 +4952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. PloS ONE </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e65990. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6978691e84e1aa00d" w:history="1">
+      <w:hyperlink r:id="rId79336939a6f9493ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0065990</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5053,51 +5053,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 823–835. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1521691e84e1aa0ad" w:history="1">
+      <w:hyperlink r:id="rId36986939a6f949473" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-14-0391-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5123,51 +5123,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 39–62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2395691e84e1aa11d" w:history="1">
+      <w:hyperlink r:id="rId22216939a6f9494e7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081748</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5253,51 +5253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 841. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3243691e84e1aa1e8" w:history="1">
+      <w:hyperlink r:id="rId88716939a6f9495b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9070841</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5363,51 +5363,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 113–130. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3246691e84e1aa294" w:history="1">
+      <w:hyperlink r:id="rId32636939a6f94966a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12600-022-01032-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5424,51 +5424,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agronomy </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 583–594. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6246691e84e1aa2f9" w:history="1">
+      <w:hyperlink r:id="rId71766939a6f9496d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy3040583</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5516,51 +5516,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 301–314.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8536691e84e1aa38c" w:history="1">
+      <w:hyperlink r:id="rId96276939a6f94976b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-006-9061-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5597,51 +5597,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 633–638. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9787691e84e1aa40e" w:history="1">
+      <w:hyperlink r:id="rId79456939a6f9497f0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2003.87.6.633</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5863,51 +5863,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 450–478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1351691e84e1aa5ad" w:history="1">
+      <w:hyperlink r:id="rId79586939a6f94999d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1965.10419889</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6167,51 +6167,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verticillium nonalfalfae hop strains</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5267691e84e1aab74" w:history="1">
+      <w:hyperlink r:id="rId29566939a6f949b8d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6382,90 +6382,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 149-154. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6028691e84e1aaccf" w:history="1">
+      <w:hyperlink r:id="rId44506939a6f949ce9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01969.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="73643918" name="name1660691e84e1aad87" descr="eu_funding_250.png"/>
+            <wp:docPr id="14785168" name="name35586939a6f949d6f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4893691e84e1aad85" cstate="print"/>
+                    <a:blip r:embed="rId75786939a6f949d6e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6563,137 +6563,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="86551046">
+  <w:abstractNum w:abstractNumId="12530500">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92001288">
+    <w:lvl w:ilvl="0" w:tplc="67435020">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="92001288" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="67435020" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="92001288" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="67435020" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="92001288" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="67435020" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="92001288" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="67435020" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="92001288" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="67435020" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="92001288" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="67435020" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="92001288" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="67435020" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="92001288" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="67435020" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="86551045">
+  <w:abstractNum w:abstractNumId="12530499">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58347640">
+    <w:lvl w:ilvl="0" w:tplc="44822179">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7445,55 +7445,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="86551045">
-    <w:abstractNumId w:val="86551045"/>
+  <w:num w:numId="12530499">
+    <w:abstractNumId w:val="12530499"/>
   </w:num>
-  <w:num w:numId="86551046">
-    <w:abstractNumId w:val="86551046"/>
+  <w:num w:numId="12530500">
+    <w:abstractNumId w:val="12530500"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19043,51 +19043,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId821161241" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId142768462" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6137691e84e1a6a9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/" TargetMode="External"/><Relationship Id="rId8915691e84e1a6b02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/categorization" TargetMode="External"/><Relationship Id="rId1009691e84e1a751f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/photos" TargetMode="External"/><Relationship Id="rId2589691e84e1a98f5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2000-0801-01" TargetMode="External"/><Relationship Id="rId3008691e84e1a996a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9101318" TargetMode="External"/><Relationship Id="rId3294691e84e1a9a55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11105-014-0767-4" TargetMode="External"/><Relationship Id="rId8259691e84e1a9ac5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2017.01186" TargetMode="External"/><Relationship Id="rId8493691e84e1a9b8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3927" TargetMode="External"/><Relationship Id="rId7298691e84e1a9c25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01969.x" TargetMode="External"/><Relationship Id="rId2178691e84e1a9c97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId7533691e84e1a9d35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12701" TargetMode="External"/><Relationship Id="rId5125691e84e1a9d86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDA/categorization" TargetMode="External"/><Relationship Id="rId9232691e84e1a9dc6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId9639691e84e1a9e60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21769/BioProtoc.2171" TargetMode="External"/><Relationship Id="rId5612691e84e1a9ed5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-11-13-0315-IA" TargetMode="External"/><Relationship Id="rId7985691e84e1a9f6c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028341" TargetMode="External"/><Relationship Id="rId6978691e84e1aa00d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0065990" TargetMode="External"/><Relationship Id="rId1521691e84e1aa0ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-14-0391-RE" TargetMode="External"/><Relationship Id="rId2395691e84e1aa11d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081748" TargetMode="External"/><Relationship Id="rId3243691e84e1aa1e8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9070841" TargetMode="External"/><Relationship Id="rId3246691e84e1aa294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-022-01032-z" TargetMode="External"/><Relationship Id="rId6246691e84e1aa2f9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy3040583" TargetMode="External"/><Relationship Id="rId8536691e84e1aa38c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-006-9061-0" TargetMode="External"/><Relationship Id="rId9787691e84e1aa40e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2003.87.6.633" TargetMode="External"/><Relationship Id="rId1351691e84e1aa5ad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1965.10419889" TargetMode="External"/><Relationship Id="rId5267691e84e1aab74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6028691e84e1aaccf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01969.x" TargetMode="External"/><Relationship Id="rId9611691e84e1a73fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9611691e84e1a73fb.jpg"/><Relationship Id="rId6281691e84e1a87ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6281691e84e1a87ee.jpg"/><Relationship Id="rId4893691e84e1aad85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4893691e84e1aad85.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId835485035" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId567740667" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId37566939a6f945ed2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/" TargetMode="External"/><Relationship Id="rId63376939a6f945f3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/categorization" TargetMode="External"/><Relationship Id="rId96916939a6f9466dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/photos" TargetMode="External"/><Relationship Id="rId92176939a6f948c55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2000-0801-01" TargetMode="External"/><Relationship Id="rId79016939a6f948ccf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9101318" TargetMode="External"/><Relationship Id="rId96446939a6f948dc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11105-014-0767-4" TargetMode="External"/><Relationship Id="rId86156939a6f948e36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2017.01186" TargetMode="External"/><Relationship Id="rId34506939a6f948f0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3927" TargetMode="External"/><Relationship Id="rId92656939a6f948fa3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01969.x" TargetMode="External"/><Relationship Id="rId86416939a6f94901c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId26856939a6f9490c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12701" TargetMode="External"/><Relationship Id="rId93476939a6f94911e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDA/categorization" TargetMode="External"/><Relationship Id="rId91896939a6f949164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId55496939a6f949208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21769/BioProtoc.2171" TargetMode="External"/><Relationship Id="rId93866939a6f94926e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-11-13-0315-IA" TargetMode="External"/><Relationship Id="rId79296939a6f949310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028341" TargetMode="External"/><Relationship Id="rId79336939a6f9493ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0065990" TargetMode="External"/><Relationship Id="rId36986939a6f949473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-14-0391-RE" TargetMode="External"/><Relationship Id="rId22216939a6f9494e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081748" TargetMode="External"/><Relationship Id="rId88716939a6f9495b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9070841" TargetMode="External"/><Relationship Id="rId32636939a6f94966a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-022-01032-z" TargetMode="External"/><Relationship Id="rId71766939a6f9496d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy3040583" TargetMode="External"/><Relationship Id="rId96276939a6f94976b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-006-9061-0" TargetMode="External"/><Relationship Id="rId79456939a6f9497f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2003.87.6.633" TargetMode="External"/><Relationship Id="rId79586939a6f94999d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1965.10419889" TargetMode="External"/><Relationship Id="rId29566939a6f949b8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId44506939a6f949ce9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01969.x" TargetMode="External"/><Relationship Id="rId65086939a6f9465e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId65086939a6f9465e6.jpg"/><Relationship Id="rId76856939a6f9479f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId76856939a6f9479f0.jpg"/><Relationship Id="rId75786939a6f949d6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId75786939a6f949d6e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>