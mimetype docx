--- v3 (2025-12-10)
+++ v4 (2026-01-21)
@@ -329,51 +329,51 @@
               <w:t xml:space="preserve"> Reinke &amp; Berthold</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> verticillium wilt of hop</w:t>
             </w:r>
-            <w:hyperlink r:id="rId37566939a6f945ed2" w:history="1">
+            <w:hyperlink r:id="rId437169710bb1ebb7b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -389,51 +389,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63376939a6f945f3a" w:history="1">
+            <w:hyperlink r:id="rId768869710bb1ebbe5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -447,86 +447,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> VERTAH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="24995419" name="name81346939a6f9465e8" descr="1704.jpg"/>
+                  <wp:docPr id="11947906" name="name702369710bb1ec20d" descr="1704.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1704.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId65086939a6f9465e6" cstate="print"/>
+                          <a:blip r:embed="rId544769710bb1ec20c" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId96916939a6f9466dc" w:history="1">
+            <w:hyperlink r:id="rId420969710bb1ec314" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1463,63 +1463,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2013).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="84703437" name="name26576939a6f9479f3" descr="VERTAH_distribution_map.jpg"/>
+            <wp:docPr id="45280544" name="name664469710bb1ed759" descr="VERTAH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="VERTAH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId76856939a6f9479f0" cstate="print"/>
+                    <a:blip r:embed="rId386969710bb1ed756" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3831,51 +3831,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Berlanger I &amp; Powelson ML (2005) Verticillium wilt. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Plant Health Instructor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92176939a6f948c55" w:history="1">
+      <w:hyperlink r:id="rId143669710bb1ee93b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHI-I-2000-0801-01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3901,51 +3901,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1318. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79016939a6f948ccf" w:history="1">
+      <w:hyperlink r:id="rId865469710bb1ee9b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9101318</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4049,51 +4049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 689–704. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96446939a6f948dc1" w:history="1">
+      <w:hyperlink r:id="rId985169710bb1eea9e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11105-014-0767-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4119,51 +4119,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1186. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86156939a6f948e36" w:history="1">
+      <w:hyperlink r:id="rId395769710bb1eeb0e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2017.01186</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4249,51 +4249,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3927. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34506939a6f948f0b" w:history="1">
+      <w:hyperlink r:id="rId248969710bb1eebd9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3927</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4339,51 +4339,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 149–154. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92656939a6f948fa3" w:history="1">
+      <w:hyperlink r:id="rId476869710bb1eec65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01969.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4409,51 +4409,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 278–283. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId86416939a6f94901c" w:history="1">
+      <w:hyperlink r:id="rId864769710bb1eecd4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM4/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4510,140 +4510,140 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 462–476. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26856939a6f9490c7" w:history="1">
+      <w:hyperlink r:id="rId961969710bb1eed7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12701</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) EPPO Global Database page on categorization </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verticillium dahlia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (VERTDA) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93476939a6f94911e" w:history="1">
+      <w:hyperlink r:id="rId431969710bb1eedd2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/VERTDA/categorization</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 12 January 2024]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId91896939a6f949164" w:history="1">
+      <w:hyperlink r:id="rId122769710bb1eee14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Dec 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4698,51 +4698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55496939a6f949208" w:history="1">
+      <w:hyperlink r:id="rId521469710bb1eeeaf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21769/BioProtoc.2171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4759,51 +4759,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 564–574. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId93866939a6f94926e" w:history="1">
+      <w:hyperlink r:id="rId652769710bb1eef13" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-11-13-0315-IA</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4851,51 +4851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), e28341.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79296939a6f949310" w:history="1">
+      <w:hyperlink r:id="rId257669710bb1eefa7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0028341</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4952,51 +4952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. PloS ONE </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e65990. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79336939a6f9493ca" w:history="1">
+      <w:hyperlink r:id="rId638069710bb1ef046" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0065990</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5053,51 +5053,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 823–835. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36986939a6f949473" w:history="1">
+      <w:hyperlink r:id="rId294269710bb1ef0e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-14-0391-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5123,51 +5123,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 39–62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22216939a6f9494e7" w:history="1">
+      <w:hyperlink r:id="rId681869710bb1ef153" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081748</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5253,51 +5253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 841. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88716939a6f9495b9" w:history="1">
+      <w:hyperlink r:id="rId616569710bb1ef21e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9070841</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5363,51 +5363,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 113–130. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId32636939a6f94966a" w:history="1">
+      <w:hyperlink r:id="rId770469710bb1ef2c9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12600-022-01032-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5424,51 +5424,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agronomy </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 583–594. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71766939a6f9496d2" w:history="1">
+      <w:hyperlink r:id="rId980869710bb1ef32b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy3040583</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5516,51 +5516,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 301–314.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId96276939a6f94976b" w:history="1">
+      <w:hyperlink r:id="rId601269710bb1ef3be" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-006-9061-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5597,51 +5597,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 633–638. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79456939a6f9497f0" w:history="1">
+      <w:hyperlink r:id="rId601269710bb1ef456" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2003.87.6.633</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5863,51 +5863,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 450–478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId79586939a6f94999d" w:history="1">
+      <w:hyperlink r:id="rId618969710bb1ef611" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1965.10419889</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6145,73 +6145,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verticillium nonalfalfae hop strains</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId29566939a6f949b8d" w:history="1">
+      <w:hyperlink r:id="rId358169710bb1ef7fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6382,90 +6382,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 149-154. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId44506939a6f949ce9" w:history="1">
+      <w:hyperlink r:id="rId933169710bb1ef958" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01969.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="14785168" name="name35586939a6f949d6f" descr="eu_funding_250.png"/>
+            <wp:docPr id="11991809" name="name531069710bb1ef9ed" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId75786939a6f949d6e" cstate="print"/>
+                    <a:blip r:embed="rId746869710bb1ef9ec" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6563,137 +6563,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="12530500">
+  <w:abstractNum w:abstractNumId="75004796">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="67435020">
+    <w:lvl w:ilvl="0" w:tplc="92387278">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="67435020" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="92387278" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="67435020" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="92387278" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="67435020" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="92387278" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="67435020" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="92387278" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="67435020" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="92387278" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="67435020" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="92387278" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="67435020" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="92387278" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="67435020" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="92387278" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12530499">
+  <w:abstractNum w:abstractNumId="75004795">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="44822179">
+    <w:lvl w:ilvl="0" w:tplc="13972852">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7445,55 +7445,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="12530499">
-    <w:abstractNumId w:val="12530499"/>
+  <w:num w:numId="75004795">
+    <w:abstractNumId w:val="75004795"/>
   </w:num>
-  <w:num w:numId="12530500">
-    <w:abstractNumId w:val="12530500"/>
+  <w:num w:numId="75004796">
+    <w:abstractNumId w:val="75004796"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19043,51 +19043,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId835485035" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId567740667" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId37566939a6f945ed2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/" TargetMode="External"/><Relationship Id="rId63376939a6f945f3a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/categorization" TargetMode="External"/><Relationship Id="rId96916939a6f9466dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/photos" TargetMode="External"/><Relationship Id="rId92176939a6f948c55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2000-0801-01" TargetMode="External"/><Relationship Id="rId79016939a6f948ccf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9101318" TargetMode="External"/><Relationship Id="rId96446939a6f948dc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11105-014-0767-4" TargetMode="External"/><Relationship Id="rId86156939a6f948e36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2017.01186" TargetMode="External"/><Relationship Id="rId34506939a6f948f0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3927" TargetMode="External"/><Relationship Id="rId92656939a6f948fa3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01969.x" TargetMode="External"/><Relationship Id="rId86416939a6f94901c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId26856939a6f9490c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12701" TargetMode="External"/><Relationship Id="rId93476939a6f94911e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDA/categorization" TargetMode="External"/><Relationship Id="rId91896939a6f949164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId55496939a6f949208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21769/BioProtoc.2171" TargetMode="External"/><Relationship Id="rId93866939a6f94926e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-11-13-0315-IA" TargetMode="External"/><Relationship Id="rId79296939a6f949310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028341" TargetMode="External"/><Relationship Id="rId79336939a6f9493ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0065990" TargetMode="External"/><Relationship Id="rId36986939a6f949473" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-14-0391-RE" TargetMode="External"/><Relationship Id="rId22216939a6f9494e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081748" TargetMode="External"/><Relationship Id="rId88716939a6f9495b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9070841" TargetMode="External"/><Relationship Id="rId32636939a6f94966a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-022-01032-z" TargetMode="External"/><Relationship Id="rId71766939a6f9496d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy3040583" TargetMode="External"/><Relationship Id="rId96276939a6f94976b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-006-9061-0" TargetMode="External"/><Relationship Id="rId79456939a6f9497f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2003.87.6.633" TargetMode="External"/><Relationship Id="rId79586939a6f94999d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1965.10419889" TargetMode="External"/><Relationship Id="rId29566939a6f949b8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId44506939a6f949ce9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01969.x" TargetMode="External"/><Relationship Id="rId65086939a6f9465e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId65086939a6f9465e6.jpg"/><Relationship Id="rId76856939a6f9479f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId76856939a6f9479f0.jpg"/><Relationship Id="rId75786939a6f949d6e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId75786939a6f949d6e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId989666901" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId757298062" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId437169710bb1ebb7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/" TargetMode="External"/><Relationship Id="rId768869710bb1ebbe5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/categorization" TargetMode="External"/><Relationship Id="rId420969710bb1ec314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/photos" TargetMode="External"/><Relationship Id="rId143669710bb1ee93b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2000-0801-01" TargetMode="External"/><Relationship Id="rId865469710bb1ee9b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9101318" TargetMode="External"/><Relationship Id="rId985169710bb1eea9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11105-014-0767-4" TargetMode="External"/><Relationship Id="rId395769710bb1eeb0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2017.01186" TargetMode="External"/><Relationship Id="rId248969710bb1eebd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3927" TargetMode="External"/><Relationship Id="rId476869710bb1eec65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01969.x" TargetMode="External"/><Relationship Id="rId864769710bb1eecd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId961969710bb1eed7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12701" TargetMode="External"/><Relationship Id="rId431969710bb1eedd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDA/categorization" TargetMode="External"/><Relationship Id="rId122769710bb1eee14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId521469710bb1eeeaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21769/BioProtoc.2171" TargetMode="External"/><Relationship Id="rId652769710bb1eef13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-11-13-0315-IA" TargetMode="External"/><Relationship Id="rId257669710bb1eefa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028341" TargetMode="External"/><Relationship Id="rId638069710bb1ef046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0065990" TargetMode="External"/><Relationship Id="rId294269710bb1ef0e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-14-0391-RE" TargetMode="External"/><Relationship Id="rId681869710bb1ef153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081748" TargetMode="External"/><Relationship Id="rId616569710bb1ef21e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9070841" TargetMode="External"/><Relationship Id="rId770469710bb1ef2c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-022-01032-z" TargetMode="External"/><Relationship Id="rId980869710bb1ef32b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy3040583" TargetMode="External"/><Relationship Id="rId601269710bb1ef3be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-006-9061-0" TargetMode="External"/><Relationship Id="rId601269710bb1ef456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2003.87.6.633" TargetMode="External"/><Relationship Id="rId618969710bb1ef611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1965.10419889" TargetMode="External"/><Relationship Id="rId358169710bb1ef7fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId933169710bb1ef958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01969.x" TargetMode="External"/><Relationship Id="rId544769710bb1ec20c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId544769710bb1ec20c.jpg"/><Relationship Id="rId386969710bb1ed756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId386969710bb1ed756.jpg"/><Relationship Id="rId746869710bb1ef9ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId746869710bb1ef9ec.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>