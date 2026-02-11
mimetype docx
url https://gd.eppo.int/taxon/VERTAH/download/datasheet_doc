--- v4 (2026-01-21)
+++ v5 (2026-02-11)
@@ -329,51 +329,51 @@
               <w:t xml:space="preserve"> Reinke &amp; Berthold</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> verticillium wilt of hop</w:t>
             </w:r>
-            <w:hyperlink r:id="rId437169710bb1ebb7b" w:history="1">
+            <w:hyperlink r:id="rId1953698c66df8c0cb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -387,53 +387,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId768869710bb1ebbe5" w:history="1">
+            <w:hyperlink r:id="rId3131698c66df8c133" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -447,86 +447,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> VERTAH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="11947906" name="name702369710bb1ec20d" descr="1704.jpg"/>
+                  <wp:docPr id="43309128" name="name1929698c66df8c792" descr="1704.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1704.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId544769710bb1ec20c" cstate="print"/>
+                          <a:blip r:embed="rId7025698c66df8c790" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId420969710bb1ec314" w:history="1">
+            <w:hyperlink r:id="rId5952698c66df8c8c2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1463,63 +1463,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2013).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="45280544" name="name664469710bb1ed759" descr="VERTAH_distribution_map.jpg"/>
+            <wp:docPr id="72814709" name="name7755698c66df8ddfd" descr="VERTAH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="VERTAH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId386969710bb1ed756" cstate="print"/>
+                    <a:blip r:embed="rId6054698c66df8ddf8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3831,51 +3831,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Berlanger I &amp; Powelson ML (2005) Verticillium wilt. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Plant Health Instructor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId143669710bb1ee93b" w:history="1">
+      <w:hyperlink r:id="rId1778698c66df8ef4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHI-I-2000-0801-01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3901,51 +3901,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1318. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId865469710bb1ee9b1" w:history="1">
+      <w:hyperlink r:id="rId5279698c66df8efc5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9101318</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4049,51 +4049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 689–704. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId985169710bb1eea9e" w:history="1">
+      <w:hyperlink r:id="rId1611698c66df8f0b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11105-014-0767-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4119,51 +4119,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1186. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId395769710bb1eeb0e" w:history="1">
+      <w:hyperlink r:id="rId5489698c66df8f121" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2017.01186</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4249,51 +4249,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3927. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId248969710bb1eebd9" w:history="1">
+      <w:hyperlink r:id="rId2996698c66df8f1ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3927</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4339,51 +4339,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 149–154. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId476869710bb1eec65" w:history="1">
+      <w:hyperlink r:id="rId7660698c66df8f284" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01969.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4409,51 +4409,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 278–283. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId864769710bb1eecd4" w:history="1">
+      <w:hyperlink r:id="rId8081698c66df8f2f7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM4/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4510,140 +4510,140 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 462–476. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId961969710bb1eed7d" w:history="1">
+      <w:hyperlink r:id="rId9111698c66df8f396" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12701</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) EPPO Global Database page on categorization </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verticillium dahlia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (VERTDA) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId431969710bb1eedd2" w:history="1">
+      <w:hyperlink r:id="rId9930698c66df8f3e6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/VERTDA/categorization</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 12 January 2024]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId122769710bb1eee14" w:history="1">
+      <w:hyperlink r:id="rId6193698c66df8f427" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Dec 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4698,51 +4698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId521469710bb1eeeaf" w:history="1">
+      <w:hyperlink r:id="rId3823698c66df8f4c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21769/BioProtoc.2171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4759,51 +4759,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 564–574. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId652769710bb1eef13" w:history="1">
+      <w:hyperlink r:id="rId7053698c66df8f527" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-11-13-0315-IA</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4851,51 +4851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), e28341.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId257669710bb1eefa7" w:history="1">
+      <w:hyperlink r:id="rId1159698c66df8f5bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0028341</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4952,51 +4952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. PloS ONE </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e65990. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId638069710bb1ef046" w:history="1">
+      <w:hyperlink r:id="rId8655698c66df8f65c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0065990</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5053,51 +5053,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 823–835. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId294269710bb1ef0e6" w:history="1">
+      <w:hyperlink r:id="rId4733698c66df8f6fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-14-0391-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5123,51 +5123,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 39–62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId681869710bb1ef153" w:history="1">
+      <w:hyperlink r:id="rId4776698c66df8f76a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081748</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5253,51 +5253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 841. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId616569710bb1ef21e" w:history="1">
+      <w:hyperlink r:id="rId5949698c66df8f834" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9070841</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5363,51 +5363,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 113–130. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId770469710bb1ef2c9" w:history="1">
+      <w:hyperlink r:id="rId5969698c66df8f906" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12600-022-01032-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5424,51 +5424,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agronomy </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 583–594. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId980869710bb1ef32b" w:history="1">
+      <w:hyperlink r:id="rId7091698c66df8f96e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy3040583</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5516,51 +5516,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 301–314.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId601269710bb1ef3be" w:history="1">
+      <w:hyperlink r:id="rId6969698c66df8fa05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-006-9061-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5597,51 +5597,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 633–638. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId601269710bb1ef456" w:history="1">
+      <w:hyperlink r:id="rId6093698c66df8fa88" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2003.87.6.633</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5863,51 +5863,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 450–478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId618969710bb1ef611" w:history="1">
+      <w:hyperlink r:id="rId6943698c66df8fc5c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1965.10419889</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6167,51 +6167,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verticillium nonalfalfae hop strains</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId358169710bb1ef7fa" w:history="1">
+      <w:hyperlink r:id="rId7539698c66df8fe61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6382,90 +6382,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 149-154. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId933169710bb1ef958" w:history="1">
+      <w:hyperlink r:id="rId2188698c66df8ffb8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01969.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="11991809" name="name531069710bb1ef9ed" descr="eu_funding_250.png"/>
+            <wp:docPr id="67049934" name="name1437698c66df9005a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId746869710bb1ef9ec" cstate="print"/>
+                    <a:blip r:embed="rId3265698c66df90058" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6563,137 +6563,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="75004796">
+  <w:abstractNum w:abstractNumId="68155647">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92387278">
+    <w:lvl w:ilvl="0" w:tplc="52037531">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="92387278" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="52037531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="92387278" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="52037531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="92387278" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="52037531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="92387278" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="52037531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="92387278" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="52037531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="92387278" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="52037531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="92387278" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="52037531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="92387278" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="52037531" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="75004795">
+  <w:abstractNum w:abstractNumId="68155646">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13972852">
+    <w:lvl w:ilvl="0" w:tplc="18307139">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7445,55 +7445,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="75004795">
-    <w:abstractNumId w:val="75004795"/>
+  <w:num w:numId="68155646">
+    <w:abstractNumId w:val="68155646"/>
   </w:num>
-  <w:num w:numId="75004796">
-    <w:abstractNumId w:val="75004796"/>
+  <w:num w:numId="68155647">
+    <w:abstractNumId w:val="68155647"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19043,51 +19043,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId989666901" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId757298062" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId437169710bb1ebb7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/" TargetMode="External"/><Relationship Id="rId768869710bb1ebbe5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/categorization" TargetMode="External"/><Relationship Id="rId420969710bb1ec314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/photos" TargetMode="External"/><Relationship Id="rId143669710bb1ee93b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2000-0801-01" TargetMode="External"/><Relationship Id="rId865469710bb1ee9b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9101318" TargetMode="External"/><Relationship Id="rId985169710bb1eea9e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11105-014-0767-4" TargetMode="External"/><Relationship Id="rId395769710bb1eeb0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2017.01186" TargetMode="External"/><Relationship Id="rId248969710bb1eebd9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3927" TargetMode="External"/><Relationship Id="rId476869710bb1eec65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01969.x" TargetMode="External"/><Relationship Id="rId864769710bb1eecd4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId961969710bb1eed7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12701" TargetMode="External"/><Relationship Id="rId431969710bb1eedd2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDA/categorization" TargetMode="External"/><Relationship Id="rId122769710bb1eee14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId521469710bb1eeeaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21769/BioProtoc.2171" TargetMode="External"/><Relationship Id="rId652769710bb1eef13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-11-13-0315-IA" TargetMode="External"/><Relationship Id="rId257669710bb1eefa7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028341" TargetMode="External"/><Relationship Id="rId638069710bb1ef046" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0065990" TargetMode="External"/><Relationship Id="rId294269710bb1ef0e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-14-0391-RE" TargetMode="External"/><Relationship Id="rId681869710bb1ef153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081748" TargetMode="External"/><Relationship Id="rId616569710bb1ef21e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9070841" TargetMode="External"/><Relationship Id="rId770469710bb1ef2c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-022-01032-z" TargetMode="External"/><Relationship Id="rId980869710bb1ef32b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy3040583" TargetMode="External"/><Relationship Id="rId601269710bb1ef3be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-006-9061-0" TargetMode="External"/><Relationship Id="rId601269710bb1ef456" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2003.87.6.633" TargetMode="External"/><Relationship Id="rId618969710bb1ef611" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1965.10419889" TargetMode="External"/><Relationship Id="rId358169710bb1ef7fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId933169710bb1ef958" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01969.x" TargetMode="External"/><Relationship Id="rId544769710bb1ec20c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId544769710bb1ec20c.jpg"/><Relationship Id="rId386969710bb1ed756" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId386969710bb1ed756.jpg"/><Relationship Id="rId746869710bb1ef9ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId746869710bb1ef9ec.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId299419045" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId723673004" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1953698c66df8c0cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/" TargetMode="External"/><Relationship Id="rId3131698c66df8c133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/categorization" TargetMode="External"/><Relationship Id="rId5952698c66df8c8c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/photos" TargetMode="External"/><Relationship Id="rId1778698c66df8ef4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2000-0801-01" TargetMode="External"/><Relationship Id="rId5279698c66df8efc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9101318" TargetMode="External"/><Relationship Id="rId1611698c66df8f0b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11105-014-0767-4" TargetMode="External"/><Relationship Id="rId5489698c66df8f121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2017.01186" TargetMode="External"/><Relationship Id="rId2996698c66df8f1ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3927" TargetMode="External"/><Relationship Id="rId7660698c66df8f284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01969.x" TargetMode="External"/><Relationship Id="rId8081698c66df8f2f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId9111698c66df8f396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12701" TargetMode="External"/><Relationship Id="rId9930698c66df8f3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDA/categorization" TargetMode="External"/><Relationship Id="rId6193698c66df8f427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId3823698c66df8f4c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21769/BioProtoc.2171" TargetMode="External"/><Relationship Id="rId7053698c66df8f527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-11-13-0315-IA" TargetMode="External"/><Relationship Id="rId1159698c66df8f5bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028341" TargetMode="External"/><Relationship Id="rId8655698c66df8f65c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0065990" TargetMode="External"/><Relationship Id="rId4733698c66df8f6fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-14-0391-RE" TargetMode="External"/><Relationship Id="rId4776698c66df8f76a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081748" TargetMode="External"/><Relationship Id="rId5949698c66df8f834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9070841" TargetMode="External"/><Relationship Id="rId5969698c66df8f906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-022-01032-z" TargetMode="External"/><Relationship Id="rId7091698c66df8f96e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy3040583" TargetMode="External"/><Relationship Id="rId6969698c66df8fa05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-006-9061-0" TargetMode="External"/><Relationship Id="rId6093698c66df8fa88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2003.87.6.633" TargetMode="External"/><Relationship Id="rId6943698c66df8fc5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1965.10419889" TargetMode="External"/><Relationship Id="rId7539698c66df8fe61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2188698c66df8ffb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01969.x" TargetMode="External"/><Relationship Id="rId7025698c66df8c790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7025698c66df8c790.jpg"/><Relationship Id="rId6054698c66df8ddf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6054698c66df8ddf8.jpg"/><Relationship Id="rId3265698c66df90058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3265698c66df90058.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>