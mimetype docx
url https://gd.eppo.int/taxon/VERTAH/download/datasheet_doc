--- v5 (2026-02-11)
+++ v6 (2026-03-23)
@@ -329,51 +329,51 @@
               <w:t xml:space="preserve"> Reinke &amp; Berthold</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> verticillium wilt of hop</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1953698c66df8c0cb" w:history="1">
+            <w:hyperlink r:id="rId670569c131c796b9f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -389,51 +389,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3131698c66df8c133" w:history="1">
+            <w:hyperlink r:id="rId219169c131c796c0a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -447,86 +447,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> VERTAH</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="43309128" name="name1929698c66df8c792" descr="1704.jpg"/>
+                  <wp:docPr id="85861915" name="name557469c131c796cef" descr="1704.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1704.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7025698c66df8c790" cstate="print"/>
+                          <a:blip r:embed="rId540269c131c796cee" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5952698c66df8c8c2" w:history="1">
+            <w:hyperlink r:id="rId839969c131c796fb0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1463,63 +1463,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2013).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="72814709" name="name7755698c66df8ddfd" descr="VERTAH_distribution_map.jpg"/>
+            <wp:docPr id="67196757" name="name213869c131c7985e2" descr="VERTAH_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="VERTAH_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId6054698c66df8ddf8" cstate="print"/>
+                    <a:blip r:embed="rId246069c131c7985df" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -3831,51 +3831,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Berlanger I &amp; Powelson ML (2005) Verticillium wilt. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The Plant Health Instructor</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1778698c66df8ef4f" w:history="1">
+      <w:hyperlink r:id="rId987469c131c79989d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHI-I-2000-0801-01</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3901,51 +3901,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(10), 1318. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5279698c66df8efc5" w:history="1">
+      <w:hyperlink r:id="rId887969c131c799917" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9101318</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4049,51 +4049,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">33</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 689–704. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1611698c66df8f0b1" w:history="1">
+      <w:hyperlink r:id="rId269269c131c799a25" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11105-014-0767-4</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4119,51 +4119,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1186. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5489698c66df8f121" w:history="1">
+      <w:hyperlink r:id="rId663269c131c799a9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fmicb.2017.01186</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4249,51 +4249,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3927. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2996698c66df8f1ec" w:history="1">
+      <w:hyperlink r:id="rId287169c131c799b85" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2014.3927</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4339,51 +4339,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 149–154. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7660698c66df8f284" w:history="1">
+      <w:hyperlink r:id="rId971569c131c799c18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01969.x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4409,51 +4409,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">39</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 278–283. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8081698c66df8f2f7" w:history="1">
+      <w:hyperlink r:id="rId913369c131c799ca3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/standards/PM4/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4510,140 +4510,140 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO Bulletin </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">50</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 462–476. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9111698c66df8f396" w:history="1">
+      <w:hyperlink r:id="rId445869c131c799d4a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/epp.12701</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2024) EPPO Global Database page on categorization </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verticillium dahlia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (VERTDA) </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9930698c66df8f3e6" w:history="1">
+      <w:hyperlink r:id="rId841969c131c799d9d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int/taxon/VERTDA/categorization</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 12 January 2024]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EU (2019) Commission Implementing Regulation (EU) 2019/2072 of 28 November 2019 establishing uniform conditions for the implementation of Regulation (EU) 2016/2031 of the European Parliament and the Council, as regards protective measures against pests of plants. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6193698c66df8f427" w:history="1">
+      <w:hyperlink r:id="rId257869c131c799dde" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed 20 Dec 2023]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -4698,51 +4698,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 10. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3823698c66df8f4c2" w:history="1">
+      <w:hyperlink r:id="rId540769c131c799e7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.21769/BioProtoc.2171</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4759,51 +4759,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 564–574. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7053698c66df8f527" w:history="1">
+      <w:hyperlink r:id="rId520969c131c799ee1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-11-13-0315-IA</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4851,51 +4851,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">6</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), e28341.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1159698c66df8f5bc" w:history="1">
+      <w:hyperlink r:id="rId382769c131c799f76" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0028341</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4952,51 +4952,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. PloS ONE </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), e65990. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8655698c66df8f65c" w:history="1">
+      <w:hyperlink r:id="rId745269c131c79a017" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0065990</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5053,51 +5053,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">99</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 823–835. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4733698c66df8f6fb" w:history="1">
+      <w:hyperlink r:id="rId303269c131c79a0b8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS-04-14-0391-RE</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5123,51 +5123,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">47</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 39–62. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4776698c66df8f76a" w:history="1">
+      <w:hyperlink r:id="rId929469c131c79a127" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1146/annurev-phyto-080508-081748</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5253,51 +5253,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 841. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5949698c66df8f834" w:history="1">
+      <w:hyperlink r:id="rId763969c131c79a1f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/plants9070841</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5363,51 +5363,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">51</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 113–130. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5969698c66df8f906" w:history="1">
+      <w:hyperlink r:id="rId774769c131c79a2a1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s12600-022-01032-z</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5424,51 +5424,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Agronomy </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 583–594. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7091698c66df8f96e" w:history="1">
+      <w:hyperlink r:id="rId319969c131c79a304" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/agronomy3040583</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5516,51 +5516,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">116</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 301–314.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6969698c66df8fa05" w:history="1">
+      <w:hyperlink r:id="rId959669c131c79a399" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s10658-006-9061-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5597,51 +5597,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Plant Disease </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">87</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(6), 633–638. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6093698c66df8fa88" w:history="1">
+      <w:hyperlink r:id="rId820269c131c79a41b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PDIS.2003.87.6.633</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5863,51 +5863,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">8</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(3), 450–478. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6943698c66df8fc5c" w:history="1">
+      <w:hyperlink r:id="rId662169c131c79a601" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1080/00288233.1965.10419889</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6167,51 +6167,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Verticillium nonalfalfae hop strains</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7539698c66df8fe61" w:history="1">
+      <w:hyperlink r:id="rId809069c131c79a811" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6382,90 +6382,90 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 149-154. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2188698c66df8ffb8" w:history="1">
+      <w:hyperlink r:id="rId928969c131c79a9cc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1111/j.1365-2338.1982.tb01969.x</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="67049934" name="name1437698c66df9005a" descr="eu_funding_250.png"/>
+            <wp:docPr id="77519538" name="name231869c131c79aa45" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId3265698c66df90058" cstate="print"/>
+                    <a:blip r:embed="rId892069c131c79aa44" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6563,137 +6563,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="68155647">
+  <w:abstractNum w:abstractNumId="34917201">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52037531">
+    <w:lvl w:ilvl="0" w:tplc="22034237">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="52037531" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22034237" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="52037531" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22034237" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="52037531" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22034237" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="52037531" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22034237" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="52037531" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22034237" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="52037531" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22034237" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="52037531" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22034237" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="52037531" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22034237" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="68155646">
+  <w:abstractNum w:abstractNumId="34917200">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18307139">
+    <w:lvl w:ilvl="0" w:tplc="36552217">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7445,55 +7445,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="68155646">
-    <w:abstractNumId w:val="68155646"/>
+  <w:num w:numId="34917200">
+    <w:abstractNumId w:val="34917200"/>
   </w:num>
-  <w:num w:numId="68155647">
-    <w:abstractNumId w:val="68155647"/>
+  <w:num w:numId="34917201">
+    <w:abstractNumId w:val="34917201"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19043,51 +19043,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId299419045" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId723673004" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1953698c66df8c0cb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/" TargetMode="External"/><Relationship Id="rId3131698c66df8c133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/categorization" TargetMode="External"/><Relationship Id="rId5952698c66df8c8c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/photos" TargetMode="External"/><Relationship Id="rId1778698c66df8ef4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2000-0801-01" TargetMode="External"/><Relationship Id="rId5279698c66df8efc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9101318" TargetMode="External"/><Relationship Id="rId1611698c66df8f0b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11105-014-0767-4" TargetMode="External"/><Relationship Id="rId5489698c66df8f121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2017.01186" TargetMode="External"/><Relationship Id="rId2996698c66df8f1ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3927" TargetMode="External"/><Relationship Id="rId7660698c66df8f284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01969.x" TargetMode="External"/><Relationship Id="rId8081698c66df8f2f7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId9111698c66df8f396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12701" TargetMode="External"/><Relationship Id="rId9930698c66df8f3e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDA/categorization" TargetMode="External"/><Relationship Id="rId6193698c66df8f427" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId3823698c66df8f4c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21769/BioProtoc.2171" TargetMode="External"/><Relationship Id="rId7053698c66df8f527" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-11-13-0315-IA" TargetMode="External"/><Relationship Id="rId1159698c66df8f5bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028341" TargetMode="External"/><Relationship Id="rId8655698c66df8f65c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0065990" TargetMode="External"/><Relationship Id="rId4733698c66df8f6fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-14-0391-RE" TargetMode="External"/><Relationship Id="rId4776698c66df8f76a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081748" TargetMode="External"/><Relationship Id="rId5949698c66df8f834" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9070841" TargetMode="External"/><Relationship Id="rId5969698c66df8f906" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-022-01032-z" TargetMode="External"/><Relationship Id="rId7091698c66df8f96e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy3040583" TargetMode="External"/><Relationship Id="rId6969698c66df8fa05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-006-9061-0" TargetMode="External"/><Relationship Id="rId6093698c66df8fa88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2003.87.6.633" TargetMode="External"/><Relationship Id="rId6943698c66df8fc5c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1965.10419889" TargetMode="External"/><Relationship Id="rId7539698c66df8fe61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2188698c66df8ffb8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01969.x" TargetMode="External"/><Relationship Id="rId7025698c66df8c790" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7025698c66df8c790.jpg"/><Relationship Id="rId6054698c66df8ddf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6054698c66df8ddf8.jpg"/><Relationship Id="rId3265698c66df90058" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3265698c66df90058.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId256683541" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId879226752" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId670569c131c796b9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/" TargetMode="External"/><Relationship Id="rId219169c131c796c0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/categorization" TargetMode="External"/><Relationship Id="rId839969c131c796fb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTAH/photos" TargetMode="External"/><Relationship Id="rId987469c131c79989d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHI-I-2000-0801-01" TargetMode="External"/><Relationship Id="rId887969c131c799917" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9101318" TargetMode="External"/><Relationship Id="rId269269c131c799a25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11105-014-0767-4" TargetMode="External"/><Relationship Id="rId663269c131c799a9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fmicb.2017.01186" TargetMode="External"/><Relationship Id="rId287169c131c799b85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2014.3927" TargetMode="External"/><Relationship Id="rId971569c131c799c18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://onlinelibrary.wiley.com/doi/epdf/10.1111/j.1365-2338.1982.tb01969.x" TargetMode="External"/><Relationship Id="rId913369c131c799ca3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/standards/PM4/" TargetMode="External"/><Relationship Id="rId445869c131c799d4a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/epp.12701" TargetMode="External"/><Relationship Id="rId841969c131c799d9d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VERTDA/categorization" TargetMode="External"/><Relationship Id="rId257869c131c799dde" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://eur-lex.europa.eu/legal-content/EN/TXT/?uri=CELEX%3A32019R2072" TargetMode="External"/><Relationship Id="rId540769c131c799e7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.21769/BioProtoc.2171" TargetMode="External"/><Relationship Id="rId520969c131c799ee1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-11-13-0315-IA" TargetMode="External"/><Relationship Id="rId382769c131c799f76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0028341" TargetMode="External"/><Relationship Id="rId745269c131c79a017" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0065990" TargetMode="External"/><Relationship Id="rId303269c131c79a0b8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS-04-14-0391-RE" TargetMode="External"/><Relationship Id="rId929469c131c79a127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1146/annurev-phyto-080508-081748" TargetMode="External"/><Relationship Id="rId763969c131c79a1f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/plants9070841" TargetMode="External"/><Relationship Id="rId774769c131c79a2a1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s12600-022-01032-z" TargetMode="External"/><Relationship Id="rId319969c131c79a304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/agronomy3040583" TargetMode="External"/><Relationship Id="rId959669c131c79a399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s10658-006-9061-0" TargetMode="External"/><Relationship Id="rId820269c131c79a41b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PDIS.2003.87.6.633" TargetMode="External"/><Relationship Id="rId662169c131c79a601" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1080/00288233.1965.10419889" TargetMode="External"/><Relationship Id="rId809069c131c79a811" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId928969c131c79a9cc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1111/j.1365-2338.1982.tb01969.x" TargetMode="External"/><Relationship Id="rId540269c131c796cee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId540269c131c796cee.jpg"/><Relationship Id="rId246069c131c7985df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId246069c131c7985df.jpg"/><Relationship Id="rId892069c131c79aa44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId892069c131c79aa44.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>