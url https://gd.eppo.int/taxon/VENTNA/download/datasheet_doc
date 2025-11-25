--- v0 (2025-10-08)
+++ v1 (2025-11-25)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Fungi: Ascomycota: Pezizomycotina: Dothideomycetes: Venturiales: Venturiaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> scab of Chinese pear, scab of Japanese pear</w:t>
             </w:r>
-            <w:hyperlink r:id="rId631068e644719c2c9" w:history="1">
+            <w:hyperlink r:id="rId3428692543450f584" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId215768e644719c30f" w:history="1">
+            <w:hyperlink r:id="rId5894692543450f5c8" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> VENTNA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="38827408" name="name757268e644719c40e" descr="1703.jpg"/>
+                  <wp:docPr id="59354487" name="name6859692543450f701" descr="1703.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1703.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId619468e644719c40d" cstate="print"/>
+                          <a:blip r:embed="rId8063692543450f6ff" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId124368e644719c568" w:history="1">
+            <w:hyperlink r:id="rId1596692543450f7e6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1298,63 +1298,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">V. nashicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is indigenous to Eastern Asia and has no history of wider spread to new areas.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="59008532" name="name588268e644719db8a" descr="VENTNA_distribution_map.jpg"/>
+            <wp:docPr id="93898975" name="name69066925434510e62" descr="VENTNA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="VENTNA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId248168e644719db87" cstate="print"/>
+                    <a:blip r:embed="rId60736925434510e5f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2683,51 +2683,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">sp. nr. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">communis) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">fresh fruit from China. 462 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId168868e644719e6c8" w:history="1">
+      <w:hyperlink r:id="rId164269254345118c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2822,51 +2822,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 5034, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId653368e644719e7be" w:history="1">
+      <w:hyperlink r:id="rId669669254345119d7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5034</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3196,51 +3196,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, causal agent of Asian pear scab, and resistance of pear cultivars Kinchaku and Xiangli. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId370068e644719ea58" w:history="1">
+      <w:hyperlink r:id="rId26736925434511c44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-06-20-0220-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3462,51 +3462,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 755-759. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId978368e644719ec02" w:history="1">
+      <w:hyperlink r:id="rId71386925434511dea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S0953756299001720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3629,51 +3629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1463-1467. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId228568e644719ed13" w:history="1">
+      <w:hyperlink r:id="rId55076925434511efa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/MPMI-03-19-0067-A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4475,51 +4475,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2009) Importation of fresh fruit of Chinese sand pear, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pyrus pyrifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, from China, including the special administrative regions of Hong Kong and Macau, into the entire United States, including all territories - a qualitative, pathway-initiated risk assessment. 76 pp. APHIS-2011-0007-0002. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId141368e644719f2d7" w:history="1">
+      <w:hyperlink r:id="rId2245692543451245a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://beta.regulations.gov/document/APHIS-2011-0007-0002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5044,51 +5044,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1782-1786. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId377268e644719f6b4" w:history="1">
+      <w:hyperlink r:id="rId70566925434512820" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4014/jmb.1507.07095</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5289,51 +5289,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 67-77. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId502968e644719f842" w:history="1">
+      <w:hyperlink r:id="rId585869254345129c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s40858-016-0069-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5399,51 +5399,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Venturia nashicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId876968e644719f8ff" w:history="1">
+      <w:hyperlink r:id="rId35856925434512a81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5562,63 +5562,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="9219366" name="name905168e644719fa99" descr="eu_funding_250.png"/>
+            <wp:docPr id="89468378" name="name99606925434512bf5" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId662168e644719fa97" cstate="print"/>
+                    <a:blip r:embed="rId73316925434512bf4" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5716,137 +5716,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="94413414">
+  <w:abstractNum w:abstractNumId="87563913">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="33605881">
+    <w:lvl w:ilvl="0" w:tplc="21333729">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="33605881" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="21333729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="33605881" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="21333729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="33605881" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="21333729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="33605881" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="21333729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="33605881" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="21333729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="33605881" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="21333729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="33605881" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="21333729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="33605881" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="21333729" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="94413413">
+  <w:abstractNum w:abstractNumId="87563912">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="77235884">
+    <w:lvl w:ilvl="0" w:tplc="80258757">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6598,55 +6598,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="94413413">
-    <w:abstractNumId w:val="94413413"/>
+  <w:num w:numId="87563912">
+    <w:abstractNumId w:val="87563912"/>
   </w:num>
-  <w:num w:numId="94413414">
-    <w:abstractNumId w:val="94413414"/>
+  <w:num w:numId="87563913">
+    <w:abstractNumId w:val="87563913"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18196,51 +18196,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId345138420" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId904421721" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId631068e644719c2c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/" TargetMode="External"/><Relationship Id="rId215768e644719c30f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/categorization" TargetMode="External"/><Relationship Id="rId124368e644719c568" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/photos" TargetMode="External"/><Relationship Id="rId168868e644719e6c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009" TargetMode="External"/><Relationship Id="rId653368e644719e7be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5034" TargetMode="External"/><Relationship Id="rId370068e644719ea58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-20-0220-R" TargetMode="External"/><Relationship Id="rId978368e644719ec02" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756299001720" TargetMode="External"/><Relationship Id="rId228568e644719ed13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-03-19-0067-A" TargetMode="External"/><Relationship Id="rId141368e644719f2d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beta.regulations.gov/document/APHIS-2011-0007-0002" TargetMode="External"/><Relationship Id="rId377268e644719f6b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1507.07095" TargetMode="External"/><Relationship Id="rId502968e644719f842" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-016-0069-5" TargetMode="External"/><Relationship Id="rId876968e644719f8ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId619468e644719c40d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId619468e644719c40d.jpg"/><Relationship Id="rId248168e644719db87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId248168e644719db87.jpg"/><Relationship Id="rId662168e644719fa97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId662168e644719fa97.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId506481424" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId191819601" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3428692543450f584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/" TargetMode="External"/><Relationship Id="rId5894692543450f5c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/categorization" TargetMode="External"/><Relationship Id="rId1596692543450f7e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/photos" TargetMode="External"/><Relationship Id="rId164269254345118c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009" TargetMode="External"/><Relationship Id="rId669669254345119d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5034" TargetMode="External"/><Relationship Id="rId26736925434511c44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-20-0220-R" TargetMode="External"/><Relationship Id="rId71386925434511dea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756299001720" TargetMode="External"/><Relationship Id="rId55076925434511efa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-03-19-0067-A" TargetMode="External"/><Relationship Id="rId2245692543451245a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beta.regulations.gov/document/APHIS-2011-0007-0002" TargetMode="External"/><Relationship Id="rId70566925434512820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1507.07095" TargetMode="External"/><Relationship Id="rId585869254345129c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-016-0069-5" TargetMode="External"/><Relationship Id="rId35856925434512a81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8063692543450f6ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8063692543450f6ff.jpg"/><Relationship Id="rId60736925434510e5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId60736925434510e5f.jpg"/><Relationship Id="rId73316925434512bf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73316925434512bf4.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>