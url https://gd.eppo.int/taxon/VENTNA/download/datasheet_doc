--- v1 (2025-11-25)
+++ v2 (2025-12-16)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Fungi: Ascomycota: Pezizomycotina: Dothideomycetes: Venturiales: Venturiaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> scab of Chinese pear, scab of Japanese pear</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3428692543450f584" w:history="1">
+            <w:hyperlink r:id="rId46426940e9a3bb86f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId5894692543450f5c8" w:history="1">
+            <w:hyperlink r:id="rId35106940e9a3bb8b4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> VENTNA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="59354487" name="name6859692543450f701" descr="1703.jpg"/>
+                  <wp:docPr id="84522981" name="name21936940e9a3bc017" descr="1703.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1703.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8063692543450f6ff" cstate="print"/>
+                          <a:blip r:embed="rId14806940e9a3bc015" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId1596692543450f7e6" w:history="1">
+            <w:hyperlink r:id="rId29906940e9a3bc147" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1298,63 +1298,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">V. nashicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is indigenous to Eastern Asia and has no history of wider spread to new areas.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="93898975" name="name69066925434510e62" descr="VENTNA_distribution_map.jpg"/>
+            <wp:docPr id="26087747" name="name37436940e9a3bd2f1" descr="VENTNA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="VENTNA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId60736925434510e5f" cstate="print"/>
+                    <a:blip r:embed="rId88116940e9a3bd2ee" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2683,51 +2683,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">sp. nr. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">communis) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">fresh fruit from China. 462 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId164269254345118c5" w:history="1">
+      <w:hyperlink r:id="rId22236940e9a3bdd9a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2822,51 +2822,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 5034, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId669669254345119d7" w:history="1">
+      <w:hyperlink r:id="rId27376940e9a3bde87" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5034</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3196,51 +3196,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, causal agent of Asian pear scab, and resistance of pear cultivars Kinchaku and Xiangli. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId26736925434511c44" w:history="1">
+      <w:hyperlink r:id="rId97676940e9a3be0ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-06-20-0220-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3462,51 +3462,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 755-759. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71386925434511dea" w:history="1">
+      <w:hyperlink r:id="rId58616940e9a3be296" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S0953756299001720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3629,51 +3629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1463-1467. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55076925434511efa" w:history="1">
+      <w:hyperlink r:id="rId24266940e9a3be3a9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/MPMI-03-19-0067-A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4475,51 +4475,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2009) Importation of fresh fruit of Chinese sand pear, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pyrus pyrifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, from China, including the special administrative regions of Hong Kong and Macau, into the entire United States, including all territories - a qualitative, pathway-initiated risk assessment. 76 pp. APHIS-2011-0007-0002. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2245692543451245a" w:history="1">
+      <w:hyperlink r:id="rId89776940e9a3bed01" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://beta.regulations.gov/document/APHIS-2011-0007-0002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5044,51 +5044,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1782-1786. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId70566925434512820" w:history="1">
+      <w:hyperlink r:id="rId42726940e9a3bf267" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4014/jmb.1507.07095</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5289,51 +5289,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 67-77. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId585869254345129c6" w:history="1">
+      <w:hyperlink r:id="rId34206940e9a3bf430" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s40858-016-0069-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5399,51 +5399,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Venturia nashicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35856925434512a81" w:history="1">
+      <w:hyperlink r:id="rId73076940e9a3bf52d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5562,63 +5562,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="89468378" name="name99606925434512bf5" descr="eu_funding_250.png"/>
+            <wp:docPr id="62279506" name="name68046940e9a3bf7cb" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId73316925434512bf4" cstate="print"/>
+                    <a:blip r:embed="rId76106940e9a3bf7ca" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5716,137 +5716,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="87563913">
+  <w:abstractNum w:abstractNumId="53564854">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="21333729">
+    <w:lvl w:ilvl="0" w:tplc="18803478">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="21333729" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="18803478" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="21333729" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="18803478" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="21333729" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="18803478" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="21333729" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="18803478" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="21333729" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="18803478" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="21333729" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="18803478" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="21333729" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="18803478" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="21333729" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="18803478" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="87563912">
+  <w:abstractNum w:abstractNumId="53564853">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="80258757">
+    <w:lvl w:ilvl="0" w:tplc="53868674">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6598,55 +6598,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="87563912">
-    <w:abstractNumId w:val="87563912"/>
+  <w:num w:numId="53564853">
+    <w:abstractNumId w:val="53564853"/>
   </w:num>
-  <w:num w:numId="87563913">
-    <w:abstractNumId w:val="87563913"/>
+  <w:num w:numId="53564854">
+    <w:abstractNumId w:val="53564854"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18196,51 +18196,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId506481424" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId191819601" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId3428692543450f584" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/" TargetMode="External"/><Relationship Id="rId5894692543450f5c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/categorization" TargetMode="External"/><Relationship Id="rId1596692543450f7e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/photos" TargetMode="External"/><Relationship Id="rId164269254345118c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009" TargetMode="External"/><Relationship Id="rId669669254345119d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5034" TargetMode="External"/><Relationship Id="rId26736925434511c44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-20-0220-R" TargetMode="External"/><Relationship Id="rId71386925434511dea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756299001720" TargetMode="External"/><Relationship Id="rId55076925434511efa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-03-19-0067-A" TargetMode="External"/><Relationship Id="rId2245692543451245a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beta.regulations.gov/document/APHIS-2011-0007-0002" TargetMode="External"/><Relationship Id="rId70566925434512820" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1507.07095" TargetMode="External"/><Relationship Id="rId585869254345129c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-016-0069-5" TargetMode="External"/><Relationship Id="rId35856925434512a81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8063692543450f6ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8063692543450f6ff.jpg"/><Relationship Id="rId60736925434510e5f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId60736925434510e5f.jpg"/><Relationship Id="rId73316925434512bf4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId73316925434512bf4.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId251917751" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId644805391" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId46426940e9a3bb86f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/" TargetMode="External"/><Relationship Id="rId35106940e9a3bb8b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/categorization" TargetMode="External"/><Relationship Id="rId29906940e9a3bc147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/photos" TargetMode="External"/><Relationship Id="rId22236940e9a3bdd9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009" TargetMode="External"/><Relationship Id="rId27376940e9a3bde87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5034" TargetMode="External"/><Relationship Id="rId97676940e9a3be0ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-20-0220-R" TargetMode="External"/><Relationship Id="rId58616940e9a3be296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756299001720" TargetMode="External"/><Relationship Id="rId24266940e9a3be3a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-03-19-0067-A" TargetMode="External"/><Relationship Id="rId89776940e9a3bed01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beta.regulations.gov/document/APHIS-2011-0007-0002" TargetMode="External"/><Relationship Id="rId42726940e9a3bf267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1507.07095" TargetMode="External"/><Relationship Id="rId34206940e9a3bf430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-016-0069-5" TargetMode="External"/><Relationship Id="rId73076940e9a3bf52d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId14806940e9a3bc015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId14806940e9a3bc015.jpg"/><Relationship Id="rId88116940e9a3bd2ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId88116940e9a3bd2ee.jpg"/><Relationship Id="rId76106940e9a3bf7ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId76106940e9a3bf7ca.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>