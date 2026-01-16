--- v2 (2025-12-16)
+++ v3 (2026-01-16)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Fungi: Ascomycota: Pezizomycotina: Dothideomycetes: Venturiales: Venturiaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> scab of Chinese pear, scab of Japanese pear</w:t>
             </w:r>
-            <w:hyperlink r:id="rId46426940e9a3bb86f" w:history="1">
+            <w:hyperlink r:id="rId9484696a8da292901" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId35106940e9a3bb8b4" w:history="1">
+            <w:hyperlink r:id="rId3704696a8da292949" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> VENTNA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="84522981" name="name21936940e9a3bc017" descr="1703.jpg"/>
+                  <wp:docPr id="77471581" name="name2833696a8da292f3f" descr="1703.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1703.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId14806940e9a3bc015" cstate="print"/>
+                          <a:blip r:embed="rId6396696a8da292f3d" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId29906940e9a3bc147" w:history="1">
+            <w:hyperlink r:id="rId7357696a8da29309a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1298,63 +1298,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">V. nashicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is indigenous to Eastern Asia and has no history of wider spread to new areas.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="26087747" name="name37436940e9a3bd2f1" descr="VENTNA_distribution_map.jpg"/>
+            <wp:docPr id="74921160" name="name4537696a8da29502d" descr="VENTNA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="VENTNA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId88116940e9a3bd2ee" cstate="print"/>
+                    <a:blip r:embed="rId1300696a8da29502a" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2683,51 +2683,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">sp. nr. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">communis) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">fresh fruit from China. 462 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22236940e9a3bdd9a" w:history="1">
+      <w:hyperlink r:id="rId3486696a8da295b14" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2822,51 +2822,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 5034, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27376940e9a3bde87" w:history="1">
+      <w:hyperlink r:id="rId7324696a8da295c05" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5034</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3196,51 +3196,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, causal agent of Asian pear scab, and resistance of pear cultivars Kinchaku and Xiangli. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97676940e9a3be0ee" w:history="1">
+      <w:hyperlink r:id="rId2212696a8da295e80" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-06-20-0220-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3462,51 +3462,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 755-759. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58616940e9a3be296" w:history="1">
+      <w:hyperlink r:id="rId4846696a8da29602f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S0953756299001720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3629,51 +3629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1463-1467. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId24266940e9a3be3a9" w:history="1">
+      <w:hyperlink r:id="rId9533696a8da296140" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/MPMI-03-19-0067-A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4475,51 +4475,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2009) Importation of fresh fruit of Chinese sand pear, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pyrus pyrifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, from China, including the special administrative regions of Hong Kong and Macau, into the entire United States, including all territories - a qualitative, pathway-initiated risk assessment. 76 pp. APHIS-2011-0007-0002. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId89776940e9a3bed01" w:history="1">
+      <w:hyperlink r:id="rId4615696a8da29681b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://beta.regulations.gov/document/APHIS-2011-0007-0002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5044,51 +5044,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1782-1786. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42726940e9a3bf267" w:history="1">
+      <w:hyperlink r:id="rId4850696a8da296bc1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4014/jmb.1507.07095</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5289,51 +5289,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 67-77. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId34206940e9a3bf430" w:history="1">
+      <w:hyperlink r:id="rId9442696a8da296d53" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s40858-016-0069-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5377,73 +5377,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Venturia nashicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73076940e9a3bf52d" w:history="1">
+      <w:hyperlink r:id="rId4958696a8da296e0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5562,63 +5562,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="62279506" name="name68046940e9a3bf7cb" descr="eu_funding_250.png"/>
+            <wp:docPr id="21194560" name="name3285696a8da298437" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId76106940e9a3bf7ca" cstate="print"/>
+                    <a:blip r:embed="rId4488696a8da298434" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5716,137 +5716,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="53564854">
+  <w:abstractNum w:abstractNumId="35340163">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18803478">
+    <w:lvl w:ilvl="0" w:tplc="89948969">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="18803478" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="89948969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="18803478" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="89948969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="18803478" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="89948969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="18803478" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="89948969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="18803478" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="89948969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="18803478" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="89948969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="18803478" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="89948969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="18803478" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="89948969" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="53564853">
+  <w:abstractNum w:abstractNumId="35340162">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="53868674">
+    <w:lvl w:ilvl="0" w:tplc="43960603">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6598,55 +6598,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="53564853">
-    <w:abstractNumId w:val="53564853"/>
+  <w:num w:numId="35340162">
+    <w:abstractNumId w:val="35340162"/>
   </w:num>
-  <w:num w:numId="53564854">
-    <w:abstractNumId w:val="53564854"/>
+  <w:num w:numId="35340163">
+    <w:abstractNumId w:val="35340163"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18196,51 +18196,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId251917751" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId644805391" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId46426940e9a3bb86f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/" TargetMode="External"/><Relationship Id="rId35106940e9a3bb8b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/categorization" TargetMode="External"/><Relationship Id="rId29906940e9a3bc147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/photos" TargetMode="External"/><Relationship Id="rId22236940e9a3bdd9a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009" TargetMode="External"/><Relationship Id="rId27376940e9a3bde87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5034" TargetMode="External"/><Relationship Id="rId97676940e9a3be0ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-20-0220-R" TargetMode="External"/><Relationship Id="rId58616940e9a3be296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756299001720" TargetMode="External"/><Relationship Id="rId24266940e9a3be3a9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-03-19-0067-A" TargetMode="External"/><Relationship Id="rId89776940e9a3bed01" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beta.regulations.gov/document/APHIS-2011-0007-0002" TargetMode="External"/><Relationship Id="rId42726940e9a3bf267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1507.07095" TargetMode="External"/><Relationship Id="rId34206940e9a3bf430" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-016-0069-5" TargetMode="External"/><Relationship Id="rId73076940e9a3bf52d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId14806940e9a3bc015" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId14806940e9a3bc015.jpg"/><Relationship Id="rId88116940e9a3bd2ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId88116940e9a3bd2ee.jpg"/><Relationship Id="rId76106940e9a3bf7ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId76106940e9a3bf7ca.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId331979805" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId749994799" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9484696a8da292901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/" TargetMode="External"/><Relationship Id="rId3704696a8da292949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/categorization" TargetMode="External"/><Relationship Id="rId7357696a8da29309a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/photos" TargetMode="External"/><Relationship Id="rId3486696a8da295b14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009" TargetMode="External"/><Relationship Id="rId7324696a8da295c05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5034" TargetMode="External"/><Relationship Id="rId2212696a8da295e80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-20-0220-R" TargetMode="External"/><Relationship Id="rId4846696a8da29602f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756299001720" TargetMode="External"/><Relationship Id="rId9533696a8da296140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-03-19-0067-A" TargetMode="External"/><Relationship Id="rId4615696a8da29681b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beta.regulations.gov/document/APHIS-2011-0007-0002" TargetMode="External"/><Relationship Id="rId4850696a8da296bc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1507.07095" TargetMode="External"/><Relationship Id="rId9442696a8da296d53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-016-0069-5" TargetMode="External"/><Relationship Id="rId4958696a8da296e0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6396696a8da292f3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6396696a8da292f3d.jpg"/><Relationship Id="rId1300696a8da29502a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1300696a8da29502a.jpg"/><Relationship Id="rId4488696a8da298434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4488696a8da298434.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>