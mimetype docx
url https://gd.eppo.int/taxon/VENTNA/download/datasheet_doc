--- v3 (2026-01-16)
+++ v4 (2026-02-06)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Fungi: Ascomycota: Pezizomycotina: Dothideomycetes: Venturiales: Venturiaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> scab of Chinese pear, scab of Japanese pear</w:t>
             </w:r>
-            <w:hyperlink r:id="rId9484696a8da292901" w:history="1">
+            <w:hyperlink r:id="rId67406985e17e5aaad" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3704696a8da292949" w:history="1">
+            <w:hyperlink r:id="rId86336985e17e5aaf3" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> VENTNA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="77471581" name="name2833696a8da292f3f" descr="1703.jpg"/>
+                  <wp:docPr id="28177489" name="name10706985e17e5b025" descr="1703.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1703.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6396696a8da292f3d" cstate="print"/>
+                          <a:blip r:embed="rId16216985e17e5b023" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId7357696a8da29309a" w:history="1">
+            <w:hyperlink r:id="rId20716985e17e5b141" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1293,100 +1293,68 @@
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">V. nashicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is indigenous to Eastern Asia and has no history of wider spread to new areas.</w:t>
       </w:r>
     </w:p>
+    <w:p/>
     <w:p>
-      <w:r>
-[...37 lines deleted...]
-      </w:r>
+      <w:pPr>
+        <w:widowControl w:val="on"/>
+        <w:pBdr/>
+        <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="0" w:right="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Anhui, Hebei, Jilin, Liaoning, Shaanxi, Shandong, Shanxi, Yunnan), Japan (Hokkaido, Honshu, Kyushu, Shikoku), Korea, Republic of, Taiwan</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2683,51 +2651,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">sp. nr. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">communis) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">fresh fruit from China. 462 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3486696a8da295b14" w:history="1">
+      <w:hyperlink r:id="rId25536985e17e5c269" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2822,51 +2790,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 5034, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7324696a8da295c05" w:history="1">
+      <w:hyperlink r:id="rId58516985e17e5c358" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5034</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3196,51 +3164,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, causal agent of Asian pear scab, and resistance of pear cultivars Kinchaku and Xiangli. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2212696a8da295e80" w:history="1">
+      <w:hyperlink r:id="rId72216985e17e5c5d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-06-20-0220-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3462,51 +3430,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 755-759. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4846696a8da29602f" w:history="1">
+      <w:hyperlink r:id="rId27606985e17e5c798" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S0953756299001720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3629,51 +3597,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1463-1467. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9533696a8da296140" w:history="1">
+      <w:hyperlink r:id="rId41476985e17e5c8c1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/MPMI-03-19-0067-A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4475,51 +4443,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2009) Importation of fresh fruit of Chinese sand pear, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pyrus pyrifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, from China, including the special administrative regions of Hong Kong and Macau, into the entire United States, including all territories - a qualitative, pathway-initiated risk assessment. 76 pp. APHIS-2011-0007-0002. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4615696a8da29681b" w:history="1">
+      <w:hyperlink r:id="rId82966985e17e5cebc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://beta.regulations.gov/document/APHIS-2011-0007-0002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5044,51 +5012,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1782-1786. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4850696a8da296bc1" w:history="1">
+      <w:hyperlink r:id="rId16356985e17e5d26b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4014/jmb.1507.07095</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5289,51 +5257,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 67-77. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9442696a8da296d53" w:history="1">
+      <w:hyperlink r:id="rId39366985e17e5d3fa" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s40858-016-0069-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5399,51 +5367,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Venturia nashicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4958696a8da296e0a" w:history="1">
+      <w:hyperlink r:id="rId15916985e17e5d4b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5562,63 +5530,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="21194560" name="name3285696a8da298437" descr="eu_funding_250.png"/>
+            <wp:docPr id="47627723" name="name55086985e17e5d7c0" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId4488696a8da298434" cstate="print"/>
+                    <a:blip r:embed="rId96916985e17e5d7be" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5716,137 +5684,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="35340163">
+  <w:abstractNum w:abstractNumId="41335794">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="89948969">
+    <w:lvl w:ilvl="0" w:tplc="30659475">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="89948969" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="30659475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="89948969" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="30659475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="89948969" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="30659475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="89948969" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="30659475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="89948969" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="30659475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="89948969" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="30659475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="89948969" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="30659475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="89948969" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="30659475" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35340162">
+  <w:abstractNum w:abstractNumId="41335793">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43960603">
+    <w:lvl w:ilvl="0" w:tplc="90841786">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6598,55 +6566,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="35340162">
-    <w:abstractNumId w:val="35340162"/>
+  <w:num w:numId="41335793">
+    <w:abstractNumId w:val="41335793"/>
   </w:num>
-  <w:num w:numId="35340163">
-    <w:abstractNumId w:val="35340163"/>
+  <w:num w:numId="41335794">
+    <w:abstractNumId w:val="41335794"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18196,51 +18164,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId331979805" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId749994799" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId9484696a8da292901" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/" TargetMode="External"/><Relationship Id="rId3704696a8da292949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/categorization" TargetMode="External"/><Relationship Id="rId7357696a8da29309a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/photos" TargetMode="External"/><Relationship Id="rId3486696a8da295b14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009" TargetMode="External"/><Relationship Id="rId7324696a8da295c05" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5034" TargetMode="External"/><Relationship Id="rId2212696a8da295e80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-20-0220-R" TargetMode="External"/><Relationship Id="rId4846696a8da29602f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756299001720" TargetMode="External"/><Relationship Id="rId9533696a8da296140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-03-19-0067-A" TargetMode="External"/><Relationship Id="rId4615696a8da29681b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beta.regulations.gov/document/APHIS-2011-0007-0002" TargetMode="External"/><Relationship Id="rId4850696a8da296bc1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1507.07095" TargetMode="External"/><Relationship Id="rId9442696a8da296d53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-016-0069-5" TargetMode="External"/><Relationship Id="rId4958696a8da296e0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6396696a8da292f3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6396696a8da292f3d.jpg"/><Relationship Id="rId1300696a8da29502a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1300696a8da29502a.jpg"/><Relationship Id="rId4488696a8da298434" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId4488696a8da298434.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId701069196" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId144685711" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId67406985e17e5aaad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/" TargetMode="External"/><Relationship Id="rId86336985e17e5aaf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/categorization" TargetMode="External"/><Relationship Id="rId20716985e17e5b141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/photos" TargetMode="External"/><Relationship Id="rId25536985e17e5c269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009" TargetMode="External"/><Relationship Id="rId58516985e17e5c358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5034" TargetMode="External"/><Relationship Id="rId72216985e17e5c5d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-20-0220-R" TargetMode="External"/><Relationship Id="rId27606985e17e5c798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756299001720" TargetMode="External"/><Relationship Id="rId41476985e17e5c8c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-03-19-0067-A" TargetMode="External"/><Relationship Id="rId82966985e17e5cebc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beta.regulations.gov/document/APHIS-2011-0007-0002" TargetMode="External"/><Relationship Id="rId16356985e17e5d26b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1507.07095" TargetMode="External"/><Relationship Id="rId39366985e17e5d3fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-016-0069-5" TargetMode="External"/><Relationship Id="rId15916985e17e5d4b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId16216985e17e5b023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId16216985e17e5b023.jpg"/><Relationship Id="rId96916985e17e5d7be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96916985e17e5d7be.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>