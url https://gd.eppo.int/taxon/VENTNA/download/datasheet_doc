--- v4 (2026-02-06)
+++ v5 (2026-02-27)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Fungi: Ascomycota: Pezizomycotina: Dothideomycetes: Venturiales: Venturiaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> scab of Chinese pear, scab of Japanese pear</w:t>
             </w:r>
-            <w:hyperlink r:id="rId67406985e17e5aaad" w:history="1">
+            <w:hyperlink r:id="rId979269a1b7473fcc2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId86336985e17e5aaf3" w:history="1">
+            <w:hyperlink r:id="rId433169a1b7473fd09" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> VENTNA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="28177489" name="name10706985e17e5b025" descr="1703.jpg"/>
+                  <wp:docPr id="10550698" name="name204669a1b74740049" descr="1703.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1703.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId16216985e17e5b023" cstate="print"/>
+                          <a:blip r:embed="rId243369a1b74740047" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId20716985e17e5b141" w:history="1">
+            <w:hyperlink r:id="rId279869a1b74740153" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1293,68 +1293,100 @@
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">V. nashicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is indigenous to Eastern Asia and has no history of wider spread to new areas.</w:t>
       </w:r>
     </w:p>
-    <w:p/>
     <w:p>
-      <w:pPr>
-[...5 lines deleted...]
-      </w:pPr>
+      <w:r>
+        <w:drawing>
+          <wp:inline distT="0" distB="0" distL="0" distR="0">
+            <wp:extent cx="6120000" cy="3067200"/>
+            <wp:docPr id="2687526" name="name377069a1b74741993" descr="VENTNA_distribution_map.jpg"/>
+            <wp:cNvGraphicFramePr>
+              <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+            </wp:cNvGraphicFramePr>
+            <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+              <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                  <pic:nvPicPr>
+                    <pic:cNvPr id="0" name="VENTNA_distribution_map.jpg"/>
+                    <pic:cNvPicPr/>
+                  </pic:nvPicPr>
+                  <pic:blipFill>
+                    <a:blip r:embed="rId818169a1b74741990" cstate="print"/>
+                    <a:stretch>
+                      <a:fillRect/>
+                    </a:stretch>
+                  </pic:blipFill>
+                  <pic:spPr>
+                    <a:xfrm>
+                      <a:off x="0" y="0"/>
+                      <a:ext cx="6120000" cy="3067200"/>
+                    </a:xfrm>
+                    <a:prstGeom prst="rect">
+                      <a:avLst/>
+                    </a:prstGeom>
+                    <a:ln w="0">
+                      <a:noFill/>
+                    </a:ln>
+                  </pic:spPr>
+                </pic:pic>
+              </a:graphicData>
+            </a:graphic>
+          </wp:inline>
+        </w:drawing>
+      </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:br/>
         <w:t xml:space="preserve">Asia:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Anhui, Hebei, Jilin, Liaoning, Shaanxi, Shandong, Shanxi, Yunnan), Japan (Hokkaido, Honshu, Kyushu, Shikoku), Korea, Republic of, Taiwan</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -2651,51 +2683,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">sp. nr. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">communis) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">fresh fruit from China. 462 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25536985e17e5c269" w:history="1">
+      <w:hyperlink r:id="rId576569a1b74742439" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2790,51 +2822,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 5034, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId58516985e17e5c358" w:history="1">
+      <w:hyperlink r:id="rId926369a1b7474252c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5034</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3164,51 +3196,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, causal agent of Asian pear scab, and resistance of pear cultivars Kinchaku and Xiangli. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72216985e17e5c5d5" w:history="1">
+      <w:hyperlink r:id="rId782669a1b747427bd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-06-20-0220-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3430,51 +3462,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 755-759. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27606985e17e5c798" w:history="1">
+      <w:hyperlink r:id="rId532669a1b7474296d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S0953756299001720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3597,51 +3629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1463-1467. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId41476985e17e5c8c1" w:history="1">
+      <w:hyperlink r:id="rId127869a1b74742a82" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/MPMI-03-19-0067-A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4443,51 +4475,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2009) Importation of fresh fruit of Chinese sand pear, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pyrus pyrifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, from China, including the special administrative regions of Hong Kong and Macau, into the entire United States, including all territories - a qualitative, pathway-initiated risk assessment. 76 pp. APHIS-2011-0007-0002. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82966985e17e5cebc" w:history="1">
+      <w:hyperlink r:id="rId310069a1b74742ff7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://beta.regulations.gov/document/APHIS-2011-0007-0002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5012,51 +5044,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1782-1786. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId16356985e17e5d26b" w:history="1">
+      <w:hyperlink r:id="rId148569a1b7474339f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4014/jmb.1507.07095</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5257,51 +5289,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 67-77. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId39366985e17e5d3fa" w:history="1">
+      <w:hyperlink r:id="rId608069a1b74743534" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s40858-016-0069-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5367,51 +5399,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Venturia nashicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId15916985e17e5d4b1" w:history="1">
+      <w:hyperlink r:id="rId935669a1b74743600" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5530,63 +5562,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="47627723" name="name55086985e17e5d7c0" descr="eu_funding_250.png"/>
+            <wp:docPr id="39190037" name="name741869a1b7474374f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId96916985e17e5d7be" cstate="print"/>
+                    <a:blip r:embed="rId423069a1b7474374e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5684,137 +5716,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="41335794">
+  <w:abstractNum w:abstractNumId="37289081">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30659475">
+    <w:lvl w:ilvl="0" w:tplc="28442174">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="30659475" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="28442174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="30659475" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="28442174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="30659475" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="28442174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="30659475" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="28442174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="30659475" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="28442174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="30659475" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="28442174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="30659475" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="28442174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="30659475" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="28442174" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="41335793">
+  <w:abstractNum w:abstractNumId="37289080">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="90841786">
+    <w:lvl w:ilvl="0" w:tplc="20906918">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6566,55 +6598,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="41335793">
-    <w:abstractNumId w:val="41335793"/>
+  <w:num w:numId="37289080">
+    <w:abstractNumId w:val="37289080"/>
   </w:num>
-  <w:num w:numId="41335794">
-    <w:abstractNumId w:val="41335794"/>
+  <w:num w:numId="37289081">
+    <w:abstractNumId w:val="37289081"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18164,51 +18196,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId701069196" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId144685711" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId67406985e17e5aaad" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/" TargetMode="External"/><Relationship Id="rId86336985e17e5aaf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/categorization" TargetMode="External"/><Relationship Id="rId20716985e17e5b141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/photos" TargetMode="External"/><Relationship Id="rId25536985e17e5c269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009" TargetMode="External"/><Relationship Id="rId58516985e17e5c358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5034" TargetMode="External"/><Relationship Id="rId72216985e17e5c5d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-20-0220-R" TargetMode="External"/><Relationship Id="rId27606985e17e5c798" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756299001720" TargetMode="External"/><Relationship Id="rId41476985e17e5c8c1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-03-19-0067-A" TargetMode="External"/><Relationship Id="rId82966985e17e5cebc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beta.regulations.gov/document/APHIS-2011-0007-0002" TargetMode="External"/><Relationship Id="rId16356985e17e5d26b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1507.07095" TargetMode="External"/><Relationship Id="rId39366985e17e5d3fa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-016-0069-5" TargetMode="External"/><Relationship Id="rId15916985e17e5d4b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId16216985e17e5b023" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId16216985e17e5b023.jpg"/><Relationship Id="rId96916985e17e5d7be" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId96916985e17e5d7be.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId989308090" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId431405784" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId979269a1b7473fcc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/" TargetMode="External"/><Relationship Id="rId433169a1b7473fd09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/categorization" TargetMode="External"/><Relationship Id="rId279869a1b74740153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/photos" TargetMode="External"/><Relationship Id="rId576569a1b74742439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009" TargetMode="External"/><Relationship Id="rId926369a1b7474252c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5034" TargetMode="External"/><Relationship Id="rId782669a1b747427bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-20-0220-R" TargetMode="External"/><Relationship Id="rId532669a1b7474296d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756299001720" TargetMode="External"/><Relationship Id="rId127869a1b74742a82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-03-19-0067-A" TargetMode="External"/><Relationship Id="rId310069a1b74742ff7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beta.regulations.gov/document/APHIS-2011-0007-0002" TargetMode="External"/><Relationship Id="rId148569a1b7474339f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1507.07095" TargetMode="External"/><Relationship Id="rId608069a1b74743534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-016-0069-5" TargetMode="External"/><Relationship Id="rId935669a1b74743600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId243369a1b74740047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId243369a1b74740047.jpg"/><Relationship Id="rId818169a1b74741990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId818169a1b74741990.jpg"/><Relationship Id="rId423069a1b7474374e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId423069a1b7474374e.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>