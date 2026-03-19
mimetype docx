--- v5 (2026-02-27)
+++ v6 (2026-03-19)
@@ -225,88 +225,88 @@
               <w:t xml:space="preserve"> Fungi: Ascomycota: Pezizomycotina: Dothideomycetes: Venturiales: Venturiaceae</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> scab of Chinese pear, scab of Japanese pear</w:t>
             </w:r>
-            <w:hyperlink r:id="rId979269a1b7473fcc2" w:history="1">
+            <w:hyperlink r:id="rId602769bc6d2b3a1a5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId433169a1b7473fd09" w:history="1">
+            <w:hyperlink r:id="rId297069bc6d2b3a1f6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -320,86 +320,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> VENTNA</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="10550698" name="name204669a1b74740049" descr="1703.jpg"/>
+                  <wp:docPr id="82432838" name="name893569bc6d2b3a8cf" descr="1703.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="1703.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId243369a1b74740047" cstate="print"/>
+                          <a:blip r:embed="rId996769bc6d2b3a8cd" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId279869a1b74740153" w:history="1">
+            <w:hyperlink r:id="rId637369bc6d2b3aa5e" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1298,63 +1298,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">V. nashicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is indigenous to Eastern Asia and has no history of wider spread to new areas.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="2687526" name="name377069a1b74741993" descr="VENTNA_distribution_map.jpg"/>
+            <wp:docPr id="76229610" name="name804269bc6d2b3bc4f" descr="VENTNA_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="VENTNA_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId818169a1b74741990" cstate="print"/>
+                    <a:blip r:embed="rId918469bc6d2b3bc4c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -2683,51 +2683,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">sp. nr. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">communis) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">fresh fruit from China. 462 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId576569a1b74742439" w:history="1">
+      <w:hyperlink r:id="rId150869bc6d2b3c708" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -2822,51 +2822,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">15</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(11), 5034, 22 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId926369a1b7474252c" w:history="1">
+      <w:hyperlink r:id="rId941769bc6d2b3c7f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2017.5034</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3196,51 +3196,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, causal agent of Asian pear scab, and resistance of pear cultivars Kinchaku and Xiangli. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phytopathology</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId782669a1b747427bd" w:history="1">
+      <w:hyperlink r:id="rId951469bc6d2b3ca71" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/PHYTO-06-20-0220-R</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3462,51 +3462,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">104</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 755-759. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId532669a1b7474296d" w:history="1">
+      <w:hyperlink r:id="rId497869bc6d2b3cc3f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1017/S0953756299001720</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -3629,51 +3629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">32</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1463-1467. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId127869a1b74742a82" w:history="1">
+      <w:hyperlink r:id="rId202969bc6d2b3cd4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1094/MPMI-03-19-0067-A</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -4475,51 +4475,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">USDA (2009) Importation of fresh fruit of Chinese sand pear, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pyrus pyrifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, from China, including the special administrative regions of Hong Kong and Macau, into the entire United States, including all territories - a qualitative, pathway-initiated risk assessment. 76 pp. APHIS-2011-0007-0002. Available from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId310069a1b74742ff7" w:history="1">
+      <w:hyperlink r:id="rId413369bc6d2b3d2a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://beta.regulations.gov/document/APHIS-2011-0007-0002</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5044,51 +5044,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">25</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1782-1786. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId148569a1b7474339f" w:history="1">
+      <w:hyperlink r:id="rId275869bc6d2b3d66a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.4014/jmb.1507.07095</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5289,51 +5289,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">41</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 67-77. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId608069a1b74743534" w:history="1">
+      <w:hyperlink r:id="rId166669bc6d2b3d7fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s40858-016-0069-5</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5399,51 +5399,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Venturia nashicola</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId935669a1b74743600" w:history="1">
+      <w:hyperlink r:id="rId664169bc6d2b3d8c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -5562,63 +5562,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition). </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="39190037" name="name741869a1b7474374f" descr="eu_funding_250.png"/>
+            <wp:docPr id="44223791" name="name258369bc6d2b3da4e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId423069a1b7474374e" cstate="print"/>
+                    <a:blip r:embed="rId890069bc6d2b3da4d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -5716,137 +5716,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="37289081">
+  <w:abstractNum w:abstractNumId="96194613">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28442174">
+    <w:lvl w:ilvl="0" w:tplc="22370420">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28442174" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="22370420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28442174" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="22370420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28442174" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="22370420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28442174" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="22370420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28442174" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="22370420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28442174" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="22370420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28442174" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="22370420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28442174" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="22370420" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="37289080">
+  <w:abstractNum w:abstractNumId="96194612">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20906918">
+    <w:lvl w:ilvl="0" w:tplc="90607784">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -6598,55 +6598,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="37289080">
-    <w:abstractNumId w:val="37289080"/>
+  <w:num w:numId="96194612">
+    <w:abstractNumId w:val="96194612"/>
   </w:num>
-  <w:num w:numId="37289081">
-    <w:abstractNumId w:val="37289081"/>
+  <w:num w:numId="96194613">
+    <w:abstractNumId w:val="96194613"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -18196,51 +18196,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId989308090" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId431405784" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId979269a1b7473fcc2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/" TargetMode="External"/><Relationship Id="rId433169a1b7473fd09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/categorization" TargetMode="External"/><Relationship Id="rId279869a1b74740153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/photos" TargetMode="External"/><Relationship Id="rId576569a1b74742439" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009" TargetMode="External"/><Relationship Id="rId926369a1b7474252c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5034" TargetMode="External"/><Relationship Id="rId782669a1b747427bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-20-0220-R" TargetMode="External"/><Relationship Id="rId532669a1b7474296d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756299001720" TargetMode="External"/><Relationship Id="rId127869a1b74742a82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-03-19-0067-A" TargetMode="External"/><Relationship Id="rId310069a1b74742ff7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beta.regulations.gov/document/APHIS-2011-0007-0002" TargetMode="External"/><Relationship Id="rId148569a1b7474339f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1507.07095" TargetMode="External"/><Relationship Id="rId608069a1b74743534" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-016-0069-5" TargetMode="External"/><Relationship Id="rId935669a1b74743600" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId243369a1b74740047" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId243369a1b74740047.jpg"/><Relationship Id="rId818169a1b74741990" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId818169a1b74741990.jpg"/><Relationship Id="rId423069a1b7474374e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId423069a1b7474374e.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId789887324" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId859581574" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId602769bc6d2b3a1a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/" TargetMode="External"/><Relationship Id="rId297069bc6d2b3a1f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/categorization" TargetMode="External"/><Relationship Id="rId637369bc6d2b3aa5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/VENTNA/photos" TargetMode="External"/><Relationship Id="rId150869bc6d2b3c708" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.mpi.govt.nz/dmsdocument/2884-Pears-Pyrus-bretschneideri-Pyrus-pyrifolia-and-Pyrus-sp.-nr.-communis-fresh-fruit-from-China-Final-Risk-Analysis-October-2009" TargetMode="External"/><Relationship Id="rId941769bc6d2b3c7f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2017.5034" TargetMode="External"/><Relationship Id="rId951469bc6d2b3ca71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/PHYTO-06-20-0220-R" TargetMode="External"/><Relationship Id="rId497869bc6d2b3cc3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1017/S0953756299001720" TargetMode="External"/><Relationship Id="rId202969bc6d2b3cd4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1094/MPMI-03-19-0067-A" TargetMode="External"/><Relationship Id="rId413369bc6d2b3d2a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://beta.regulations.gov/document/APHIS-2011-0007-0002" TargetMode="External"/><Relationship Id="rId275869bc6d2b3d66a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4014/jmb.1507.07095" TargetMode="External"/><Relationship Id="rId166669bc6d2b3d7fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s40858-016-0069-5" TargetMode="External"/><Relationship Id="rId664169bc6d2b3d8c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId996769bc6d2b3a8cd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId996769bc6d2b3a8cd.jpg"/><Relationship Id="rId918469bc6d2b3bc4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId918469bc6d2b3bc4c.jpg"/><Relationship Id="rId890069bc6d2b3da4d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId890069bc6d2b3da4d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>