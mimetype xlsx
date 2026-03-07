--- v0 (2025-10-09)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="VEBHY" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="44">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>HETDGL</t>
   </si>
   <si>
     <t>Heterodera glycines</t>
   </si>
   <si>
     <t>* Riggs RD, Hamblen ML (1966) Further studies on the host range of the soybean-cyst. Bulletin of the Agricultural Experiment Station no. 718. University of Arkansas, Fayetteville (US), 19 pp.
 ------- Host range experiments.</t>
   </si>
@@ -116,50 +116,59 @@
   <si>
     <t>Phymatotrichopsis omnivora</t>
   </si>
   <si>
     <t>* Anonymous (1960) Index of Plant Diseases in the United States. Agriculture Handbook no 165, USDA-ARS (US) 531 pp.</t>
   </si>
   <si>
     <t>TCDVD0</t>
   </si>
   <si>
     <t>Pospiviroid chloronani (as Verbena)</t>
   </si>
   <si>
     <t>* Singh RP, Dilworth AD, Baranwal VK, Gupta KN (2006) Detection of Citrus exocortis viroid, Iresine viroid, and Tomato chlorotic dwarf viroid in new ornamental host plants in India. Plant Disease 90(11), 1457-1457.
 ------- Verbena hybrid.</t>
   </si>
   <si>
     <t>CEVD00</t>
   </si>
   <si>
     <t>Pospiviroid exocortiscitri</t>
   </si>
   <si>
     <t>* Singh RP, Dilworth AD, Baranwal VK, Gupta KN (2006) Detection of Citrus exocortis viroid, Iresine viroid, and Tomato chlorotic dwarf viroid in new ornamental host plants in India. Plant Disease 90(11), p 1457.
 * Verhoeven JTJ, Jansen CCC, Roenhorst JW (2007) First report of pospiviroids infecting ornamentals in the Netherlands: Citrus exocortis viroid in Verbena sp., Potato spindle tuber viroid in Burgmansia suaveloens and Solanum jasminoides, and Tomato apical stunt viroid in Cestrum sp. New Disease Reports Volume 15 (February – July). http://www.bspp.org.uk/ndr/july2007/2007-13.asp</t>
+  </si>
+  <si>
+    <t>CSVD00</t>
+  </si>
+  <si>
+    <t>Pospiviroid impedichrysanthemi</t>
+  </si>
+  <si>
+    <t>* Guy PL (2025) Disease note: first report of chrysanthemum stunt viroid in verbena (Verbena x hybrida) in New Zealand. Australasian Plant Pathology 54, 509–510.</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>INSV00</t>
   </si>
   <si>
     <t>Orthotospovirus impatiensnecromaculae</t>
   </si>
   <si>
     <t>* Mertelik J, Mokra V, Gotzova B, Gabrielova S (2002) Occurrence and identification of impatiens necrotic spot tospovirus in Czech Republic. Acta Horticulturae 568, 79-83. 
 ------- As Verbena hybrid Temari.</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>MARGVI</t>
   </si>
   <si>
     <t>Margarodes vitis (as Verbenaceae)</t>
   </si>
   <si>
     <t>* Giliomee J, de Klerk C &amp; Watson GW (2022) 3.3.4 Margarodes spp. In: Encyclopedia of Scale Insect Pests (Eds Kondo T &amp; Watson GW), pp. 69-73. CAB International, Wallingford (UK).</t>
@@ -488,51 +497,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D12"/>
+  <dimension ref="A1:D13"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="449.319" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -644,74 +653,88 @@
         <v>27</v>
       </c>
       <c r="C9" t="s">
         <v>28</v>
       </c>
       <c r="D9" t="s">
         <v>29</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
         <v>8</v>
       </c>
       <c r="B10" t="s">
         <v>30</v>
       </c>
       <c r="C10" t="s">
         <v>31</v>
       </c>
       <c r="D10" t="s">
         <v>32</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
+        <v>8</v>
+      </c>
+      <c r="B11" t="s">
         <v>33</v>
       </c>
-      <c r="B11" t="s">
+      <c r="C11" t="s">
         <v>34</v>
       </c>
-      <c r="C11" t="s">
+      <c r="D11" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
+        <v>36</v>
+      </c>
+      <c r="B12" t="s">
         <v>37</v>
       </c>
-      <c r="B12" t="s">
+      <c r="C12" t="s">
         <v>38</v>
       </c>
-      <c r="C12" t="s">
+      <c r="D12" t="s">
         <v>39</v>
       </c>
-      <c r="D12" t="s">
+    </row>
+    <row r="13" spans="1:4">
+      <c r="A13" t="s">
         <v>40</v>
+      </c>
+      <c r="B13" t="s">
+        <v>41</v>
+      </c>
+      <c r="C13" t="s">
+        <v>42</v>
+      </c>
+      <c r="D13" t="s">
+        <v>43</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">