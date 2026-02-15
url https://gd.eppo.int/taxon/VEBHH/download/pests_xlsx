--- v0 (2025-10-09)
+++ v1 (2026-02-15)
@@ -64,51 +64,51 @@
   </si>
   <si>
     <t>Diabrotica virgifera zeae (as Verbena)</t>
   </si>
   <si>
     <t>* Clark SM, LeDoux DG, Seeno TN, Riley EG, Gilbert AJ, Sullivan JM (2004) Host plants of leaf beetle species occurring in the United States and Canada (Coleoptera: Megalopodidae, Orsodacnidae, Chrysomelidae, excluding Bruchinae). Coleopterists Society, Special Publication 2, 615 pp.
 ------- Adult host.</t>
   </si>
   <si>
     <t>TCDVD0</t>
   </si>
   <si>
     <t>Pospiviroid chloronani (as Verbena)</t>
   </si>
   <si>
     <t>* Singh RP, Dilworth AD, Baranwal VK, Gupta KN (2006) Detection of Citrus exocortis viroid, Iresine viroid, and Tomato chlorotic dwarf viroid in new ornamental host plants in India. Plant Disease 90(11), 1457-1457.
 ------- Verbena hybrid.</t>
   </si>
   <si>
     <t>CSVD00</t>
   </si>
   <si>
     <t>Pospiviroid impedichrysanthemi</t>
   </si>
   <si>
-    <t>* Guy PL (2025) Disease note: first report of chrysanthemum stunt viroid in verbena (Verbena x hybrida) in New Zealand. Australasian Plant Pathology. 1-2</t>
+    <t>* Guy PL (2025) Disease note: first report of chrysanthemum stunt viroid in verbena (Verbena x hybrida) in New Zealand. Australasian Plant Pathology 54, 509–510.</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>MARGVI</t>
   </si>
   <si>
     <t>Margarodes vitis (as Verbenaceae)</t>
   </si>
   <si>
     <t>* Giliomee J, de Klerk C &amp; Watson GW (2022) 3.3.4 Margarodes spp. In: Encyclopedia of Scale Insect Pests (Eds Kondo T &amp; Watson GW), pp. 69-73. CAB International, Wallingford (UK).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>