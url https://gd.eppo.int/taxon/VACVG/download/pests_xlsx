--- v0 (2025-10-04)
+++ v1 (2026-02-15)
@@ -12,62 +12,85 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="VACVG" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="103">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
+  </si>
+  <si>
+    <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>DRAEMI</t>
+  </si>
+  <si>
+    <t>Draeculacephala minerva (as Vaccinium)</t>
+  </si>
+  <si>
+    <t>* Ortega-Arenas LD, Lara-García JA, Valdez-Carrasco JM (2026) Survey of leafhoppers (Hemiptera: Cicadellidae) and their seasonal abundance in berry exports in Michoacan, Mexico. Agrociencia. https://doi.org/ 10.47163/agrociencia.v60i1.3483
+------- found in traps in blueberry and blackberry orchards in Mexico.</t>
+  </si>
+  <si>
+    <t>HOMLIN</t>
+  </si>
+  <si>
+    <t>Homalodisca insolita (as Vaccinium)</t>
+  </si>
+  <si>
+    <t>* Ortega-Arenas LD, Lara-García JA, Valdez-Carrasco JM (2026) Survey of leafhoppers (Hemiptera: Cicadellidae) and their seasonal abundance in berry exports in Michoacan, Mexico. Agrociencia. https://doi.org/ 10.47163/agrociencia.v60i1.3483
+------- found in traps in blackberry orchards in Mexico.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>AGRBTU</t>
   </si>
   <si>
     <t>Agrobacterium tumefaciens (as Vaccinium)</t>
   </si>
   <si>
     <t>ANSTFR</t>
   </si>
   <si>
     <t>Anastrepha fraterculus</t>
   </si>
   <si>
     <t>* Custódio AC, Donnaruma TL, Souza-Filho MF, Louzeiro LRF, Raga A (2016) Moscas-das-frutas (Diptera: Tephritidae, Lonchaeidae) associadas as suas plantas hospedeiras no estado de São Paulo. Biológico 78(2), p. 36.
 ------- A recent taxonomic study separated V. ashei from V. virgatum (Weakley et al., 2024). It was not possible to determine to which of these species host records made before this separation related to, and both V. virgatum and V. ashei were considered as hosts for this pest (EPPO Secretariat, 2025-04).</t>
   </si>
   <si>
     <t>ANOLCN</t>
   </si>
   <si>
     <t>Anoplophora chinensis (as Vaccinium)</t>
@@ -708,560 +731,588 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D37"/>
+  <dimension ref="A1:D39"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
-      <c r="D2"/>
+      <c r="D2" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C3" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
-[...3 lines deleted...]
-      </c>
+        <v>13</v>
+      </c>
+      <c r="D4"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="D5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
-[...1 lines deleted...]
-      <c r="D6"/>
+        <v>18</v>
+      </c>
+      <c r="D6" t="s">
+        <v>19</v>
+      </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="C7" t="s">
-        <v>19</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>20</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>21</v>
+        <v>23</v>
       </c>
       <c r="C8" t="s">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D8"/>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="D10"/>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="D15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="D16" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B17" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="C17" t="s">
-        <v>48</v>
-[...1 lines deleted...]
-      <c r="D17"/>
+        <v>49</v>
+      </c>
+      <c r="D17" t="s">
+        <v>50</v>
+      </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B18" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
       <c r="C18" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="D18" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B19" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="C19" t="s">
-        <v>53</v>
-[...3 lines deleted...]
-      </c>
+        <v>55</v>
+      </c>
+      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B20" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
       <c r="C20" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B21" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C21" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D21" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B22" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="C22" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="D22"/>
+        <v>63</v>
+      </c>
+      <c r="D22" t="s">
+        <v>64</v>
+      </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B23" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="C23" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="D23" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B24" t="s">
         <v>65</v>
       </c>
       <c r="C24" t="s">
-        <v>66</v>
-[...3 lines deleted...]
-      </c>
+        <v>68</v>
+      </c>
+      <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B25" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="C25" t="s">
-        <v>69</v>
-[...1 lines deleted...]
-      <c r="D25"/>
+        <v>70</v>
+      </c>
+      <c r="D25" t="s">
+        <v>71</v>
+      </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B26" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
       <c r="C26" t="s">
-        <v>71</v>
+        <v>73</v>
       </c>
       <c r="D26" t="s">
-        <v>72</v>
+        <v>74</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B27" t="s">
-        <v>73</v>
+        <v>75</v>
       </c>
       <c r="C27" t="s">
-        <v>74</v>
-[...3 lines deleted...]
-      </c>
+        <v>76</v>
+      </c>
+      <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B28" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C28" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D28" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B29" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C29" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D29" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B30" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C30" t="s">
-        <v>83</v>
-[...1 lines deleted...]
-      <c r="D30"/>
+        <v>84</v>
+      </c>
+      <c r="D30" t="s">
+        <v>85</v>
+      </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>84</v>
+        <v>11</v>
       </c>
       <c r="B31" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C31" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="D31"/>
+        <v>87</v>
+      </c>
+      <c r="D31" t="s">
+        <v>88</v>
+      </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>84</v>
+        <v>11</v>
       </c>
       <c r="B32" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C32" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="B33" t="s">
-        <v>90</v>
+        <v>92</v>
       </c>
       <c r="C33" t="s">
-        <v>91</v>
-[...3 lines deleted...]
-      </c>
+        <v>93</v>
+      </c>
+      <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="B34" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="C34" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="D34"/>
+        <v>95</v>
+      </c>
+      <c r="D34" t="s">
+        <v>96</v>
+      </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="B35" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C35" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="D35"/>
+        <v>98</v>
+      </c>
+      <c r="D35" t="s">
+        <v>99</v>
+      </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="B36" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="C36" t="s">
-        <v>98</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="B37" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C37" t="s">
-        <v>101</v>
-[...2 lines deleted...]
-        <v>102</v>
+        <v>103</v>
+      </c>
+      <c r="D37"/>
+    </row>
+    <row r="38" spans="1:4">
+      <c r="A38" t="s">
+        <v>91</v>
+      </c>
+      <c r="B38" t="s">
+        <v>104</v>
+      </c>
+      <c r="C38" t="s">
+        <v>105</v>
+      </c>
+      <c r="D38" t="s">
+        <v>106</v>
+      </c>
+    </row>
+    <row r="39" spans="1:4">
+      <c r="A39" t="s">
+        <v>91</v>
+      </c>
+      <c r="B39" t="s">
+        <v>107</v>
+      </c>
+      <c r="C39" t="s">
+        <v>108</v>
+      </c>
+      <c r="D39" t="s">
+        <v>109</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">