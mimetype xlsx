--- v1 (2026-02-15)
+++ v2 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="VACVG" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="110">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="111">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>DRAEMI</t>
   </si>
   <si>
     <t>Draeculacephala minerva (as Vaccinium)</t>
   </si>
   <si>
     <t>* Ortega-Arenas LD, Lara-García JA, Valdez-Carrasco JM (2026) Survey of leafhoppers (Hemiptera: Cicadellidae) and their seasonal abundance in berry exports in Michoacan, Mexico. Agrociencia. https://doi.org/ 10.47163/agrociencia.v60i1.3483
 ------- found in traps in blueberry and blackberry orchards in Mexico.</t>
   </si>
@@ -328,50 +328,53 @@
   </si>
   <si>
     <t>Xylella fastidiosa subsp. multiplex</t>
   </si>
   <si>
     <t>* EFSA (2020) Scientific report on the update of the Xylella spp. host plant database – systematic literature search up to 30 June 2019. EFSA Journal 18(4), 6114, 61 pp. https://doi.org/10.2903/j.efsa.2020.6148
 ------- As Vaccinium ashei.
 * EFSA (2024) Update of the Xylella spp. host plant database – Systematic literature search up to 31 December 2023. EFSA Journal 22, e8898. https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2024.8898
 ------- As Vaccinium ashei. Xylella fastidiosa subsp. multiplex.
 ------- A recent taxonomic study separated V. ashei from V. virgatum (Weakley et al., 2024). It was not possible to determine to which of these species host records made before this separation related to, and both V. virgatum and V. ashei were considered as hosts for this pest (EPPO Secretariat, 2025-04).</t>
   </si>
   <si>
     <t>ZAPRIN</t>
   </si>
   <si>
     <t>Zaprionus indianus (as Vaccinium)</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>BNRBV0</t>
   </si>
   <si>
     <t>Blunervirus vaccinii (as Vaccinium)</t>
+  </si>
+  <si>
+    <t>* Robinson TS, Scherm H, Brannen PM, Allen R, Deom CM (2016) Blueberry necrotic ring blotch virus in southern highbush blueberry: insights into in planta and in-field movement. Plant disease 100(8) 1575-1579.</t>
   </si>
   <si>
     <t>DASYVA</t>
   </si>
   <si>
     <t>Dasineura oxycoccana</t>
   </si>
   <si>
     <t>* Lyrene PM, Payne JA (1992) Blueberry gall midge: a pest on rabbiteye blueberry in Florida. Proceedings of the Florida state horticultural society 105,  297-299.
 ------- As Vaccinium ashei.
 ------- A recent taxonomic study separated V. ashei from V. virgatum (Weakley et al., 2024). It was not possible to determine to which of these species host records made before this separation related to, and both V. virgatum and V. ashei were considered as hosts for this pest (EPPO Secretariat, 2025-04).</t>
   </si>
   <si>
     <t>DIAPVA</t>
   </si>
   <si>
     <t>Diaporthe vaccinii</t>
   </si>
   <si>
     <t>* Polashock JJ, Kramer M (2006) Resistance of blueberry cultivars to Botryosphaeria stem blight and Phomopsis twig blight. HortScience 41(6), 1457-1461.
 -------- Confirmed host.
 ------- A recent taxonomic study separated V. ashei from V. virgatum (Weakley et al., 2024). It was not possible to determine to which of these species host records made before this separation related to, and both V. virgatum and V. ashei were considered as hosts for this pest (EPPO Secretariat, 2025-04).</t>
   </si>
   <si>
     <t>EXOBVA</t>
@@ -1189,130 +1192,132 @@
         <v>88</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>11</v>
       </c>
       <c r="B32" t="s">
         <v>89</v>
       </c>
       <c r="C32" t="s">
         <v>90</v>
       </c>
       <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>91</v>
       </c>
       <c r="B33" t="s">
         <v>92</v>
       </c>
       <c r="C33" t="s">
         <v>93</v>
       </c>
-      <c r="D33"/>
+      <c r="D33" t="s">
+        <v>94</v>
+      </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>91</v>
       </c>
       <c r="B34" t="s">
-        <v>94</v>
+        <v>95</v>
       </c>
       <c r="C34" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="D34" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>91</v>
       </c>
       <c r="B35" t="s">
-        <v>97</v>
+        <v>98</v>
       </c>
       <c r="C35" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="D35" t="s">
-        <v>99</v>
+        <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>91</v>
       </c>
       <c r="B36" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="C36" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>91</v>
       </c>
       <c r="B37" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="C37" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="D37"/>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>91</v>
       </c>
       <c r="B38" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C38" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D38" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>91</v>
       </c>
       <c r="B39" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C39" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D39" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">