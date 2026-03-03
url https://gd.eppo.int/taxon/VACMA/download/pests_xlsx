--- v0 (2025-10-08)
+++ v1 (2026-03-03)
@@ -12,75 +12,95 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="VACMA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="108">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>DRAEMI</t>
+  </si>
+  <si>
+    <t>Draeculacephala minerva (as Vaccinium)</t>
+  </si>
+  <si>
+    <t>* Ortega-Arenas LD, Lara-García JA, Valdez-Carrasco JM (2026) Survey of leafhoppers (Hemiptera: Cicadellidae) and their seasonal abundance in berry exports in Michoacan, Mexico. Agrociencia. https://doi.org/ 10.47163/agrociencia.v60i1.3483
+------- found in traps in blueberry and blackberry orchards in Mexico.</t>
   </si>
   <si>
     <t>HALYHA</t>
   </si>
   <si>
     <t>Halyomorpha halys</t>
   </si>
   <si>
     <t>* Jaffe BD, Wallin M, Fox M, Guédot C (2021) Cranberry (Vaccinium macrocarpon) is a marginal host for brown marmorated stink bug. Journal of Economic Entomology 114(3), 1401-1405.
 -------H. halys nymphs cannot successfully develop on cranberry fruit or foliage alone, but the fruit are susceptible to adult feeding.</t>
+  </si>
+  <si>
+    <t>HOMLIN</t>
+  </si>
+  <si>
+    <t>Homalodisca insolita (as Vaccinium)</t>
+  </si>
+  <si>
+    <t>* Ortega-Arenas LD, Lara-García JA, Valdez-Carrasco JM (2026) Survey of leafhoppers (Hemiptera: Cicadellidae) and their seasonal abundance in berry exports in Michoacan, Mexico. Agrociencia. https://doi.org/ 10.47163/agrociencia.v60i1.3483
+------- found in traps in blackberry orchards in Mexico.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ACLRMI</t>
   </si>
   <si>
     <t>Acleris minuta</t>
   </si>
   <si>
     <t>* Averill AL, Sylvia MM (1998) Cranberry Insects of the Northeast: A Guide to Identification, Biology, and Management. UMass Extension. 112 pp.
 * Sandler HA, DeMoranville CJ (2008) Cranberry Production - A Guide for Massachusetts. Publication CP-08. University of Massachusetts Extension. 204 pp.</t>
   </si>
   <si>
     <t>AGRBTU</t>
   </si>
   <si>
     <t>Agrobacterium tumefaciens (as Vaccinium)</t>
   </si>
   <si>
     <t>ANOLCN</t>
   </si>
   <si>
     <t>Anoplophora chinensis (as Vaccinium)</t>
@@ -702,584 +722,612 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D39"/>
+  <dimension ref="A1:D41"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B3" t="s">
         <v>8</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>9</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>10</v>
-      </c>
-[...1 lines deleted...]
-        <v>11</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="B4" t="s">
+        <v>11</v>
+      </c>
+      <c r="C4" t="s">
         <v>12</v>
       </c>
-      <c r="C4" t="s">
+      <c r="D4" t="s">
         <v>13</v>
       </c>
-      <c r="D4"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B5" t="s">
-        <v>14</v>
+        <v>15</v>
       </c>
       <c r="C5" t="s">
-        <v>15</v>
+        <v>16</v>
       </c>
       <c r="D5" t="s">
-        <v>16</v>
+        <v>17</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B6" t="s">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="C6" t="s">
-        <v>18</v>
-[...1 lines deleted...]
-      <c r="D6" t="s">
         <v>19</v>
       </c>
+      <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B7" t="s">
         <v>20</v>
       </c>
       <c r="C7" t="s">
         <v>21</v>
       </c>
-      <c r="D7"/>
+      <c r="D7" t="s">
+        <v>22</v>
+      </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="D9"/>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
-[...1 lines deleted...]
-      <c r="D11" t="s">
         <v>32</v>
       </c>
+      <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B12" t="s">
         <v>33</v>
       </c>
       <c r="C12" t="s">
         <v>34</v>
       </c>
       <c r="D12" t="s">
         <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B13" t="s">
         <v>36</v>
       </c>
       <c r="C13" t="s">
         <v>37</v>
       </c>
       <c r="D13" t="s">
         <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B14" t="s">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="D14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B15" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="C15" t="s">
-        <v>42</v>
-[...1 lines deleted...]
-      <c r="D15"/>
+        <v>43</v>
+      </c>
+      <c r="D15" t="s">
+        <v>44</v>
+      </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B16" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="D16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B17" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C17" t="s">
-        <v>47</v>
-[...1 lines deleted...]
-      <c r="D17" t="s">
         <v>48</v>
       </c>
+      <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B18" t="s">
         <v>49</v>
       </c>
       <c r="C18" t="s">
         <v>50</v>
       </c>
       <c r="D18" t="s">
         <v>51</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B19" t="s">
         <v>52</v>
       </c>
       <c r="C19" t="s">
         <v>53</v>
       </c>
       <c r="D19" t="s">
         <v>54</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B20" t="s">
         <v>55</v>
       </c>
       <c r="C20" t="s">
         <v>56</v>
       </c>
-      <c r="D20"/>
+      <c r="D20" t="s">
+        <v>57</v>
+      </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B21" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C21" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="D21" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B22" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C22" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="D22" t="s">
         <v>62</v>
       </c>
+      <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B23" t="s">
         <v>63</v>
       </c>
       <c r="C23" t="s">
         <v>64</v>
       </c>
       <c r="D23" t="s">
         <v>65</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B24" t="s">
         <v>66</v>
       </c>
       <c r="C24" t="s">
         <v>67</v>
       </c>
       <c r="D24" t="s">
         <v>68</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B25" t="s">
         <v>69</v>
       </c>
       <c r="C25" t="s">
         <v>70</v>
       </c>
-      <c r="D25"/>
+      <c r="D25" t="s">
+        <v>71</v>
+      </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B26" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C26" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D26" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B27" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C27" t="s">
-        <v>75</v>
-[...1 lines deleted...]
-      <c r="D27" t="s">
         <v>76</v>
       </c>
+      <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B28" t="s">
         <v>77</v>
       </c>
       <c r="C28" t="s">
         <v>78</v>
       </c>
       <c r="D28" t="s">
         <v>79</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B29" t="s">
         <v>80</v>
       </c>
       <c r="C29" t="s">
         <v>81</v>
       </c>
       <c r="D29" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B30" t="s">
         <v>83</v>
       </c>
       <c r="C30" t="s">
         <v>84</v>
       </c>
-      <c r="D30"/>
+      <c r="D30" t="s">
+        <v>85</v>
+      </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B31" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C31" t="s">
-        <v>86</v>
-[...1 lines deleted...]
-      <c r="D31"/>
+        <v>87</v>
+      </c>
+      <c r="D31" t="s">
+        <v>88</v>
+      </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B32" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="C32" t="s">
-        <v>88</v>
-[...3 lines deleted...]
-      </c>
+        <v>90</v>
+      </c>
+      <c r="D32"/>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="B33" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="C33" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>92</v>
+        <v>14</v>
       </c>
       <c r="B34" t="s">
         <v>93</v>
       </c>
       <c r="C34" t="s">
         <v>94</v>
       </c>
-      <c r="D34"/>
+      <c r="D34" t="s">
+        <v>95</v>
+      </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>92</v>
+        <v>14</v>
       </c>
       <c r="B35" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="C35" t="s">
-        <v>96</v>
-[...1 lines deleted...]
-      <c r="D35" t="s">
         <v>97</v>
       </c>
+      <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="B36" t="s">
-        <v>98</v>
+        <v>99</v>
       </c>
       <c r="C36" t="s">
-        <v>99</v>
-[...1 lines deleted...]
-      <c r="D36" t="s">
         <v>100</v>
       </c>
+      <c r="D36"/>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="B37" t="s">
         <v>101</v>
       </c>
       <c r="C37" t="s">
         <v>102</v>
       </c>
-      <c r="D37"/>
+      <c r="D37" t="s">
+        <v>103</v>
+      </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="B38" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="C38" t="s">
-        <v>104</v>
-[...1 lines deleted...]
-      <c r="D38"/>
+        <v>105</v>
+      </c>
+      <c r="D38" t="s">
+        <v>106</v>
+      </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>92</v>
+        <v>98</v>
       </c>
       <c r="B39" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="C39" t="s">
-        <v>106</v>
-[...2 lines deleted...]
-        <v>107</v>
+        <v>108</v>
+      </c>
+      <c r="D39"/>
+    </row>
+    <row r="40" spans="1:4">
+      <c r="A40" t="s">
+        <v>98</v>
+      </c>
+      <c r="B40" t="s">
+        <v>109</v>
+      </c>
+      <c r="C40" t="s">
+        <v>110</v>
+      </c>
+      <c r="D40"/>
+    </row>
+    <row r="41" spans="1:4">
+      <c r="A41" t="s">
+        <v>98</v>
+      </c>
+      <c r="B41" t="s">
+        <v>111</v>
+      </c>
+      <c r="C41" t="s">
+        <v>112</v>
+      </c>
+      <c r="D41" t="s">
+        <v>113</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">