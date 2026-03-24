--- v1 (2026-03-03)
+++ v2 (2026-03-24)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="VACMA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="114">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="115">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>DRAEMI</t>
   </si>
   <si>
     <t>Draeculacephala minerva (as Vaccinium)</t>
   </si>
   <si>
     <t>* Ortega-Arenas LD, Lara-García JA, Valdez-Carrasco JM (2026) Survey of leafhoppers (Hemiptera: Cicadellidae) and their seasonal abundance in berry exports in Michoacan, Mexico. Agrociencia. https://doi.org/ 10.47163/agrociencia.v60i1.3483
 ------- found in traps in blueberry and blackberry orchards in Mexico.</t>
   </si>
@@ -333,50 +333,53 @@
     <t>Stephanitis takeyai (as Ericaceae)</t>
   </si>
   <si>
     <t>THRIPL</t>
   </si>
   <si>
     <t>Thrips palmi (as Vaccinium)</t>
   </si>
   <si>
     <t>* Zamora Landa AI, Lemus Soriano BA, Cambero Campos OJ, Pinedo-Escatel JA (2021) Nuevos registros de trips y daños asociados a blueberries y zarzamora en el Estado de Michoacán, México. Southwestern Entomologist 45(4), 1165-1170.</t>
   </si>
   <si>
     <t>ZAPRIN</t>
   </si>
   <si>
     <t>Zaprionus indianus (as Vaccinium)</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>BNRBV0</t>
   </si>
   <si>
     <t>Blunervirus vaccinii (as Vaccinium)</t>
+  </si>
+  <si>
+    <t>* Robinson TS, Scherm H, Brannen PM, Allen R, Deom CM (2016) Blueberry necrotic ring blotch virus in southern highbush blueberry: insights into in planta and in-field movement. Plant disease 100(8) 1575-1579.</t>
   </si>
   <si>
     <t>DASYVA</t>
   </si>
   <si>
     <t>Dasineura oxycoccana</t>
   </si>
   <si>
     <t>* Cook MA, Fitzpatrick SM, Roitberg BD (2012) Phenology of Dasineura oxycoccana (Diptera: Cecidomyiidae) on cranberry and blueberry indicates potential for gene flow. Journal of Econonmic Entomology, 105, 1205–1213.</t>
   </si>
   <si>
     <t>DIAPVA</t>
   </si>
   <si>
     <t>Diaporthe vaccinii</t>
   </si>
   <si>
     <t>* Farr DF, Castlebury LA, Rossman AY (2002) Morphological and molecular characterization of Phomopsis vaccinii and additional isolates of Phomopsis from blueberry and cranberry in the eastern United States. Mycologia 94(3), 494-504.
 -------- Confirmed host.</t>
   </si>
   <si>
     <t>EXOBVA</t>
   </si>
   <si>
     <t>Exobasidium vaccinii (as Vaccinium)</t>
@@ -1218,116 +1221,118 @@
         <v>95</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>14</v>
       </c>
       <c r="B35" t="s">
         <v>96</v>
       </c>
       <c r="C35" t="s">
         <v>97</v>
       </c>
       <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>98</v>
       </c>
       <c r="B36" t="s">
         <v>99</v>
       </c>
       <c r="C36" t="s">
         <v>100</v>
       </c>
-      <c r="D36"/>
+      <c r="D36" t="s">
+        <v>101</v>
+      </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>98</v>
       </c>
       <c r="B37" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C37" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D37" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>98</v>
       </c>
       <c r="B38" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C38" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
       <c r="D38" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>98</v>
       </c>
       <c r="B39" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C39" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
       <c r="D39"/>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>98</v>
       </c>
       <c r="B40" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C40" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D40"/>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>98</v>
       </c>
       <c r="B41" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
       <c r="C41" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="D41" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">