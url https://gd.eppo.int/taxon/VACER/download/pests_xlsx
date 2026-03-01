--- v0 (2025-10-10)
+++ v1 (2026-03-01)
@@ -12,62 +12,85 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="VACER" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="77">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
+  </si>
+  <si>
+    <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>DRAEMI</t>
+  </si>
+  <si>
+    <t>Draeculacephala minerva (as Vaccinium)</t>
+  </si>
+  <si>
+    <t>* Ortega-Arenas LD, Lara-García JA, Valdez-Carrasco JM (2026) Survey of leafhoppers (Hemiptera: Cicadellidae) and their seasonal abundance in berry exports in Michoacan, Mexico. Agrociencia. https://doi.org/ 10.47163/agrociencia.v60i1.3483
+------- found in traps in blueberry and blackberry orchards in Mexico.</t>
+  </si>
+  <si>
+    <t>HOMLIN</t>
+  </si>
+  <si>
+    <t>Homalodisca insolita (as Vaccinium)</t>
+  </si>
+  <si>
+    <t>* Ortega-Arenas LD, Lara-García JA, Valdez-Carrasco JM (2026) Survey of leafhoppers (Hemiptera: Cicadellidae) and their seasonal abundance in berry exports in Michoacan, Mexico. Agrociencia. https://doi.org/ 10.47163/agrociencia.v60i1.3483
+------- found in traps in blackberry orchards in Mexico.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>AGRBTU</t>
   </si>
   <si>
     <t>Agrobacterium tumefaciens (as Vaccinium)</t>
   </si>
   <si>
     <t>ANOLCN</t>
   </si>
   <si>
     <t>Anoplophora chinensis (as Vaccinium)</t>
   </si>
   <si>
     <t>* Fujiwara-Tsujii N, Yasui H, Wakamura S, Hashimota I, Minamishima M (2012) The white-spotted longicorn beetle, Anoplophora malasiaca (Coleoptera: Cerambycidae), with a blueberry as host plant, utilizes host chemicals for male orientation. Applied Entomology and Zoology 47, 103–110. https://doi.org/10.1007/s13355-012-0095-9</t>
   </si>
   <si>
     <t>CERPCE</t>
   </si>
   <si>
     <t>Ceroplastes ceriferus (as Vaccinium)</t>
   </si>
@@ -605,434 +628,462 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D28"/>
+  <dimension ref="A1:D30"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
-      <c r="D2"/>
+      <c r="D2" t="s">
+        <v>7</v>
+      </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
         <v>4</v>
       </c>
       <c r="B3" t="s">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="C3" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D3" t="s">
-        <v>9</v>
+        <v>10</v>
       </c>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="C4" t="s">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D4"/>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B5" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C5" t="s">
-        <v>13</v>
-[...1 lines deleted...]
-      <c r="D5"/>
+        <v>15</v>
+      </c>
+      <c r="D5" t="s">
+        <v>16</v>
+      </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B6" t="s">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C6" t="s">
-        <v>15</v>
-[...3 lines deleted...]
-      </c>
+        <v>18</v>
+      </c>
+      <c r="D6"/>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B7" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="C7" t="s">
-        <v>18</v>
-[...3 lines deleted...]
-      </c>
+        <v>20</v>
+      </c>
+      <c r="D7"/>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B8" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="D8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B9" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="C9" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="D9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B10" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C10" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="D10" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B11" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C11" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D11" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B12" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="D12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B13" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="C13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="D13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B14" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
       <c r="C14" t="s">
-        <v>39</v>
-[...1 lines deleted...]
-      <c r="D14"/>
+        <v>40</v>
+      </c>
+      <c r="D14" t="s">
+        <v>41</v>
+      </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B15" t="s">
-        <v>40</v>
+        <v>42</v>
       </c>
       <c r="C15" t="s">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D15" t="s">
-        <v>42</v>
+        <v>44</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B16" t="s">
-        <v>43</v>
+        <v>45</v>
       </c>
       <c r="C16" t="s">
-        <v>44</v>
-[...3 lines deleted...]
-      </c>
+        <v>46</v>
+      </c>
+      <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B17" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="C17" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="D17" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B18" t="s">
-        <v>49</v>
+        <v>50</v>
       </c>
       <c r="C18" t="s">
-        <v>50</v>
-[...1 lines deleted...]
-      <c r="D18"/>
+        <v>51</v>
+      </c>
+      <c r="D18" t="s">
+        <v>52</v>
+      </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B19" t="s">
-        <v>51</v>
+        <v>53</v>
       </c>
       <c r="C19" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D19" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B20" t="s">
-        <v>54</v>
+        <v>56</v>
       </c>
       <c r="C20" t="s">
-        <v>55</v>
-[...3 lines deleted...]
-      </c>
+        <v>57</v>
+      </c>
+      <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B21" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="C21" t="s">
-        <v>58</v>
-[...1 lines deleted...]
-      <c r="D21"/>
+        <v>59</v>
+      </c>
+      <c r="D21" t="s">
+        <v>60</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B22" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="C22" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="D22" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="B23" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="C23" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
       <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>64</v>
+        <v>11</v>
       </c>
       <c r="B24" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="C24" t="s">
-        <v>66</v>
-[...1 lines deleted...]
-      <c r="D24"/>
+        <v>67</v>
+      </c>
+      <c r="D24" t="s">
+        <v>68</v>
+      </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>64</v>
+        <v>11</v>
       </c>
       <c r="B25" t="s">
-        <v>67</v>
+        <v>69</v>
       </c>
       <c r="C25" t="s">
-        <v>68</v>
+        <v>70</v>
       </c>
       <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="B26" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C26" t="s">
-        <v>70</v>
+        <v>73</v>
       </c>
       <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="B27" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="C27" t="s">
-        <v>72</v>
-[...3 lines deleted...]
-      </c>
+        <v>75</v>
+      </c>
+      <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="B28" t="s">
-        <v>74</v>
+        <v>76</v>
       </c>
       <c r="C28" t="s">
-        <v>75</v>
-[...2 lines deleted...]
-        <v>76</v>
+        <v>77</v>
+      </c>
+      <c r="D28"/>
+    </row>
+    <row r="29" spans="1:4">
+      <c r="A29" t="s">
+        <v>71</v>
+      </c>
+      <c r="B29" t="s">
+        <v>78</v>
+      </c>
+      <c r="C29" t="s">
+        <v>79</v>
+      </c>
+      <c r="D29" t="s">
+        <v>80</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4">
+      <c r="A30" t="s">
+        <v>71</v>
+      </c>
+      <c r="B30" t="s">
+        <v>81</v>
+      </c>
+      <c r="C30" t="s">
+        <v>82</v>
+      </c>
+      <c r="D30" t="s">
+        <v>83</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">