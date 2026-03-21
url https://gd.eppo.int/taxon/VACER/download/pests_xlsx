--- v1 (2026-03-01)
+++ v2 (2026-03-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="VACER" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="84">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="85">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>DRAEMI</t>
   </si>
   <si>
     <t>Draeculacephala minerva (as Vaccinium)</t>
   </si>
   <si>
     <t>* Ortega-Arenas LD, Lara-García JA, Valdez-Carrasco JM (2026) Survey of leafhoppers (Hemiptera: Cicadellidae) and their seasonal abundance in berry exports in Michoacan, Mexico. Agrociencia. https://doi.org/ 10.47163/agrociencia.v60i1.3483
 ------- found in traps in blueberry and blackberry orchards in Mexico.</t>
   </si>
@@ -248,50 +248,53 @@
     <t>Stephanitis takeyai (as Ericaceae)</t>
   </si>
   <si>
     <t>THRIPL</t>
   </si>
   <si>
     <t>Thrips palmi (as Vaccinium)</t>
   </si>
   <si>
     <t>* Zamora Landa AI, Lemus Soriano BA, Cambero Campos OJ, Pinedo-Escatel JA (2021) Nuevos registros de trips y daños asociados a blueberries y zarzamora en el Estado de Michoacán, México. Southwestern Entomologist 45(4), 1165-1170.</t>
   </si>
   <si>
     <t>ZAPRIN</t>
   </si>
   <si>
     <t>Zaprionus indianus (as Vaccinium)</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>BNRBV0</t>
   </si>
   <si>
     <t>Blunervirus vaccinii (as Vaccinium)</t>
+  </si>
+  <si>
+    <t>* Robinson TS, Scherm H, Brannen PM, Allen R, Deom CM (2016) Blueberry necrotic ring blotch virus in southern highbush blueberry: insights into in planta and in-field movement. Plant disease 100(8) 1575-1579.</t>
   </si>
   <si>
     <t>EXOBVA</t>
   </si>
   <si>
     <t>Exobasidium vaccinii (as Vaccinium)</t>
   </si>
   <si>
     <t>GODRCA</t>
   </si>
   <si>
     <t>Godronia cassandrae (as Vaccinium)</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma (as Vaccinium)</t>
   </si>
   <si>
     <t>* Neil K (1979) A new subspecies of Orgyia leucostigma (Lymantriidae) from Sable Island, Nova Scotia. Journal of the Lepidopterists' Society, 33(4), 245–247
 * Belton EM (1988) Lepidoptera on fruit crops in Canada, Simon Fraser University, Dept. of Biological Sciences, Pest Management Program, Burnaby, BC. 105 pp
 * Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp</t>
   </si>
   <si>
@@ -988,102 +991,104 @@
         <v>68</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>11</v>
       </c>
       <c r="B25" t="s">
         <v>69</v>
       </c>
       <c r="C25" t="s">
         <v>70</v>
       </c>
       <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>71</v>
       </c>
       <c r="B26" t="s">
         <v>72</v>
       </c>
       <c r="C26" t="s">
         <v>73</v>
       </c>
-      <c r="D26"/>
+      <c r="D26" t="s">
+        <v>74</v>
+      </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>71</v>
       </c>
       <c r="B27" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="C27" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>71</v>
       </c>
       <c r="B28" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C28" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>71</v>
       </c>
       <c r="B29" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="C29" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="D29" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>71</v>
       </c>
       <c r="B30" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="C30" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D30" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">