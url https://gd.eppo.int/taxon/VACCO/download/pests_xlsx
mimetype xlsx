--- v0 (2025-10-07)
+++ v1 (2025-11-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="VACCO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="184">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="187">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>SCITAU</t>
   </si>
   <si>
     <t>Scirtothrips aurantii</t>
   </si>
   <si>
     <t>* Garms BW, Mound LA, Schellhorn NA (2013) Polyphagy in the Australian population of South African citrus thrips (Scirtothrips aurantii Faure). Australian Journal of Entomology, 52, 282-289. 
 ------- confirmed host in laboratory experiments.</t>
   </si>
@@ -148,50 +148,59 @@
     <t>Choristoneura rosaceana</t>
   </si>
   <si>
     <t>* Chapman PJ, Lienk SE (1971) Tortricid fauna of apple in New York (Lepidoptera: Tortricidae); including an account of apple's occurrence in the state, especially as a naturalized plant. Special Publication Geneva, NY, New York Agricultural Experiment Station, 122 pp.</t>
   </si>
   <si>
     <t>COLLFC</t>
   </si>
   <si>
     <t>Colletotrichum fructicola</t>
   </si>
   <si>
     <t>* Feng WK, Wang CH, Ju YW, Chen ZX, Wu X, Fang DL (2024) Identifying the biological characteristics of anthracnose pathogens of blueberries (Vaccinium corymbosum L.) in China. Forests 15(1), 117. https://doi.org/10.3390/f15010117</t>
   </si>
   <si>
     <t>CONHNE</t>
   </si>
   <si>
     <t>Conotrachelus nenuphar</t>
   </si>
   <si>
     <t>* Hernandez-Cumplido J, Leskey TC, Holdcraft R, Zaman FU, Hahn NG, Rodriguez-Saona C (2017) Tempo-spatial dynamics of adult plum curculio (Coleoptera: Curculionidae) based on semiochemical-baited trap captures in blueberries. Environmental Entomology 46(3), 674-684.
 ------- Confirmed host in New Jersey (US).
 * Rodriguez-Saona C, Nielsen A, Shapiro-Ilan D, Tewari S, Kyryczenko-Roth V, Firbas N, Leskey T (2019) Exploring an odor-baited "trap bush" approach to aggregate plum curculio (Coleoptera: Curculionidae) injury in blueberries. Insects 10(4) 113. https://doi.org/10.3390/insects10040113
 ------- Confirmed host in New Jersey (US).</t>
+  </si>
+  <si>
+    <t>DIABSC</t>
+  </si>
+  <si>
+    <t>Diabrotica speciosa</t>
+  </si>
+  <si>
+    <t>* Cabrera N, Rocca M (2012) First records of Chrysomelidae (Insecta, Coleoptera) on blueberries in Argentina: new associations between native chrysomelids and an exotic crop. Revista de la Sociedad Entomológica Argentina 71(1-2), 45-55.</t>
   </si>
   <si>
     <t>TORTPO</t>
   </si>
   <si>
     <t>Epiphyas postvittana (as Vaccinium)</t>
   </si>
   <si>
     <t>EURHBR</t>
   </si>
   <si>
     <t>Eurhizococcus brasiliensis (as Vaccinium)</t>
   </si>
   <si>
     <t xml:space="preserve">* Efrom CFS, Botton M, Meyer GA (2012) Brazilian ground pearl damaging blackberry, raspberry and blueberry in Brazil. Ciência Rural 42(9), 1545-1548. </t>
   </si>
   <si>
     <t>ANMLOR</t>
   </si>
   <si>
     <t>Exomala orientalis (as Vaccinium)</t>
   </si>
   <si>
     <t>* Alm SR, Villani MG, Roelofs W (1999) Oriental beetles (Coleoptera: Scarabaeidae): current distribution in the United States and optimization of monitoring traps. Journal of Economic Entomology, 92(4), 931-935.</t>
   </si>
@@ -966,51 +975,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D67"/>
+  <dimension ref="A1:D68"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="452.889" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1182,128 +1191,128 @@
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>39</v>
       </c>
       <c r="C14" t="s">
         <v>40</v>
       </c>
       <c r="D14" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
         <v>8</v>
       </c>
       <c r="B15" t="s">
         <v>42</v>
       </c>
       <c r="C15" t="s">
         <v>43</v>
       </c>
-      <c r="D15"/>
+      <c r="D15" t="s">
+        <v>44</v>
+      </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
         <v>8</v>
       </c>
       <c r="B16" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
       <c r="C16" t="s">
-        <v>45</v>
-[...1 lines deleted...]
-      <c r="D16" t="s">
         <v>46</v>
       </c>
+      <c r="D16"/>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>8</v>
       </c>
       <c r="B17" t="s">
         <v>47</v>
       </c>
       <c r="C17" t="s">
         <v>48</v>
       </c>
       <c r="D17" t="s">
         <v>49</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>8</v>
       </c>
       <c r="B18" t="s">
         <v>50</v>
       </c>
       <c r="C18" t="s">
         <v>51</v>
       </c>
       <c r="D18" t="s">
         <v>52</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>8</v>
       </c>
       <c r="B19" t="s">
         <v>53</v>
       </c>
       <c r="C19" t="s">
         <v>54</v>
       </c>
       <c r="D19" t="s">
         <v>55</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>8</v>
       </c>
       <c r="B20" t="s">
-        <v>53</v>
+        <v>56</v>
       </c>
       <c r="C20" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="D20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>8</v>
       </c>
       <c r="B21" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="C21" t="s">
         <v>59</v>
       </c>
       <c r="D21" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>61</v>
       </c>
       <c r="C22" t="s">
         <v>62</v>
       </c>
       <c r="D22" t="s">
         <v>63</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>8</v>
@@ -1413,302 +1422,302 @@
         <v>86</v>
       </c>
       <c r="D30" t="s">
         <v>87</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>8</v>
       </c>
       <c r="B31" t="s">
         <v>88</v>
       </c>
       <c r="C31" t="s">
         <v>89</v>
       </c>
       <c r="D31" t="s">
         <v>90</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>8</v>
       </c>
       <c r="B32" t="s">
-        <v>88</v>
+        <v>91</v>
       </c>
       <c r="C32" t="s">
-        <v>91</v>
-[...1 lines deleted...]
-      <c r="D32"/>
+        <v>92</v>
+      </c>
+      <c r="D32" t="s">
+        <v>93</v>
+      </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>8</v>
       </c>
       <c r="B33" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="C33" t="s">
-        <v>93</v>
-[...1 lines deleted...]
-      <c r="D33" t="s">
         <v>94</v>
       </c>
+      <c r="D33"/>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>8</v>
       </c>
       <c r="B34" t="s">
         <v>95</v>
       </c>
       <c r="C34" t="s">
         <v>96</v>
       </c>
       <c r="D34" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>8</v>
       </c>
       <c r="B35" t="s">
         <v>98</v>
       </c>
       <c r="C35" t="s">
         <v>99</v>
       </c>
       <c r="D35" t="s">
         <v>100</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>8</v>
       </c>
       <c r="B36" t="s">
-        <v>98</v>
+        <v>101</v>
       </c>
       <c r="C36" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="D36" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>8</v>
       </c>
       <c r="B37" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="C37" t="s">
         <v>104</v>
       </c>
       <c r="D37" t="s">
         <v>105</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>8</v>
       </c>
       <c r="B38" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="C38" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="D38" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
         <v>8</v>
       </c>
       <c r="B39" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="C39" t="s">
         <v>109</v>
       </c>
       <c r="D39" t="s">
         <v>110</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
         <v>8</v>
       </c>
       <c r="B40" t="s">
         <v>111</v>
       </c>
       <c r="C40" t="s">
         <v>112</v>
       </c>
       <c r="D40" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
         <v>8</v>
       </c>
       <c r="B41" t="s">
+        <v>114</v>
+      </c>
+      <c r="C41" t="s">
+        <v>115</v>
+      </c>
+      <c r="D41" t="s">
         <v>113</v>
-      </c>
-[...4 lines deleted...]
-        <v>115</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
         <v>8</v>
       </c>
       <c r="B42" t="s">
         <v>116</v>
       </c>
       <c r="C42" t="s">
         <v>117</v>
       </c>
-      <c r="D42"/>
+      <c r="D42" t="s">
+        <v>118</v>
+      </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
         <v>8</v>
       </c>
       <c r="B43" t="s">
-        <v>5</v>
+        <v>119</v>
       </c>
       <c r="C43" t="s">
-        <v>118</v>
-[...3 lines deleted...]
-      </c>
+        <v>120</v>
+      </c>
+      <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
         <v>8</v>
       </c>
       <c r="B44" t="s">
-        <v>120</v>
+        <v>5</v>
       </c>
       <c r="C44" t="s">
         <v>121</v>
       </c>
       <c r="D44" t="s">
         <v>122</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
         <v>8</v>
       </c>
       <c r="B45" t="s">
         <v>123</v>
       </c>
       <c r="C45" t="s">
         <v>124</v>
       </c>
       <c r="D45" t="s">
         <v>125</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
         <v>8</v>
       </c>
       <c r="B46" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="C46" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
       <c r="D46" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
         <v>8</v>
       </c>
       <c r="B47" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="C47" t="s">
         <v>129</v>
       </c>
       <c r="D47" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>8</v>
       </c>
       <c r="B48" t="s">
         <v>131</v>
       </c>
       <c r="C48" t="s">
         <v>132</v>
       </c>
-      <c r="D48"/>
+      <c r="D48" t="s">
+        <v>133</v>
+      </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>8</v>
       </c>
       <c r="B49" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C49" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D49"/>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>8</v>
       </c>
       <c r="B50" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C50" t="s">
-        <v>136</v>
-[...1 lines deleted...]
-      <c r="D50" t="s">
         <v>137</v>
       </c>
+      <c r="D50"/>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
         <v>8</v>
       </c>
       <c r="B51" t="s">
         <v>138</v>
       </c>
       <c r="C51" t="s">
         <v>139</v>
       </c>
       <c r="D51" t="s">
         <v>140</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
         <v>8</v>
       </c>
       <c r="B52" t="s">
         <v>141</v>
       </c>
       <c r="C52" t="s">
         <v>142</v>
       </c>
@@ -1718,226 +1727,240 @@
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
         <v>8</v>
       </c>
       <c r="B53" t="s">
         <v>144</v>
       </c>
       <c r="C53" t="s">
         <v>145</v>
       </c>
       <c r="D53" t="s">
         <v>146</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>147</v>
       </c>
       <c r="C54" t="s">
         <v>148</v>
       </c>
-      <c r="D54"/>
+      <c r="D54" t="s">
+        <v>149</v>
+      </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>149</v>
+        <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>150</v>
       </c>
       <c r="C55" t="s">
         <v>151</v>
       </c>
       <c r="D55"/>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B56" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="C56" t="s">
-        <v>153</v>
-[...1 lines deleted...]
-      <c r="D56" t="s">
         <v>154</v>
       </c>
+      <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B57" t="s">
         <v>155</v>
       </c>
       <c r="C57" t="s">
         <v>156</v>
       </c>
       <c r="D57" t="s">
         <v>157</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B58" t="s">
         <v>158</v>
       </c>
       <c r="C58" t="s">
         <v>159</v>
       </c>
       <c r="D58" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B59" t="s">
         <v>161</v>
       </c>
       <c r="C59" t="s">
         <v>162</v>
       </c>
       <c r="D59" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B60" t="s">
         <v>164</v>
       </c>
       <c r="C60" t="s">
         <v>165</v>
       </c>
-      <c r="D60"/>
+      <c r="D60" t="s">
+        <v>166</v>
+      </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B61" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="C61" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="D61"/>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B62" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C62" t="s">
-        <v>169</v>
-[...1 lines deleted...]
-      <c r="D62" t="s">
         <v>170</v>
       </c>
+      <c r="D62"/>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B63" t="s">
         <v>171</v>
       </c>
       <c r="C63" t="s">
         <v>172</v>
       </c>
       <c r="D63" t="s">
         <v>173</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B64" t="s">
         <v>174</v>
       </c>
       <c r="C64" t="s">
         <v>175</v>
       </c>
       <c r="D64" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B65" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="C65" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="D65" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B66" t="s">
-        <v>179</v>
+        <v>177</v>
       </c>
       <c r="C66" t="s">
         <v>180</v>
       </c>
       <c r="D66" t="s">
         <v>181</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="B67" t="s">
-        <v>116</v>
+        <v>182</v>
       </c>
       <c r="C67" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="D67" t="s">
-        <v>183</v>
+        <v>184</v>
+      </c>
+    </row>
+    <row r="68" spans="1:4">
+      <c r="A68" t="s">
+        <v>152</v>
+      </c>
+      <c r="B68" t="s">
+        <v>119</v>
+      </c>
+      <c r="C68" t="s">
+        <v>185</v>
+      </c>
+      <c r="D68" t="s">
+        <v>186</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">