--- v1 (2025-11-16)
+++ v2 (2026-01-16)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="VACCO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="187">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>SCITAU</t>
   </si>
   <si>
     <t>Scirtothrips aurantii</t>
   </si>
   <si>
     <t>* Garms BW, Mound LA, Schellhorn NA (2013) Polyphagy in the Australian population of South African citrus thrips (Scirtothrips aurantii Faure). Australian Journal of Entomology, 52, 282-289. 
 ------- confirmed host in laboratory experiments.</t>
   </si>
@@ -471,50 +471,59 @@
     <t>Spodoptera frugiperda</t>
   </si>
   <si>
     <t>* Montezano DG, Specht A, Sosa-Gómez DR, Roque-Specht VF, Sousa-Silva JC, Paula-Moraes SV, Peterson JA, Hunt T (2018) Host plants of Spodoptera frugiperda (Lepidoptera: Noctuidae) in the Americas. African Entomology 26, 286-300.</t>
   </si>
   <si>
     <t>STEPPY</t>
   </si>
   <si>
     <t>Stephanitis pyrioides</t>
   </si>
   <si>
     <t>STEPTA</t>
   </si>
   <si>
     <t>Stephanitis takeyai (as Ericaceae)</t>
   </si>
   <si>
     <t>THRIPL</t>
   </si>
   <si>
     <t>Thrips palmi (as Vaccinium)</t>
   </si>
   <si>
     <t>* Zamora Landa AI, Lemus Soriano BA, Cambero Campos OJ, Pinedo-Escatel JA (2021) Nuevos registros de trips y daños asociados a blueberries y zarzamora en el Estado de Michoacán, México. Southwestern Entomologist 45(4), 1165-1170.</t>
+  </si>
+  <si>
+    <t>XIPHRI</t>
+  </si>
+  <si>
+    <t>Xiphinema rivesi</t>
+  </si>
+  <si>
+    <t>* Mitra A, Jarugula S, Akinbade SA, Handoo Z, Kantor M, Mowery JD, Naidu RA (2025) Characterization of Tobacco ringspot virus and its nematode vector, Xiphinema rivesi, infecting highbush blueberry in Washington state. Plant Disease 109(2), 2535-2547.</t>
   </si>
   <si>
     <t>XYLEFA</t>
   </si>
   <si>
     <t>Xylella fastidiosa</t>
   </si>
   <si>
     <t>* Burbank LP,  Sisterson MS, O’Leary ML (2020) Infection of blueberry cultivar ‘Emerald’ with a California Pierce’s disease strain of Xylella fastidiosa and acquisition by glassy-winged sharpshooter. Plant Disease 104(1) 154-160. https://doi.org/10.1094/PDIS-05-19-1126-RE
 ------- Confirmed host.
 * Di Genova D, Lewis KJ, Oliver JE (2020) Natural infection of Southern highbush blueberry (Vaccinium corymbosum interspecific hybrids) by Xylella fastidiosa subsp. fastidiosa. Plant Disease 104(10), 2598-2605.
 * EFSA (2020) Scientific report on the update of the Xylella spp. host plant database – systematic literature search up to 30 June 2019. EFSA Journal 18(4), 6114, 61 pp. https://doi.org/10.2903/j.efsa.2020.6150
 * EFSA (2024) Update of the Xylella spp. host plant database – Systematic literature search up to 31 December 2023. EFSA Journal 22, e8898. https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2024.8898
 ------- Subspecies (fastidiosa, multiplex) and undetermined.</t>
   </si>
   <si>
     <t>XYLEFF</t>
   </si>
   <si>
     <t>Xylella fastidiosa subsp. fastidiosa</t>
   </si>
   <si>
     <t>* Di Genova D, Lewis KJ, Oliver JE (2020) Natural infection of Southern highbush blueberry (Vaccinium corymbosum interspecific hybrids) by Xylella fastidiosa subsp. fastidiosa. Plant Disease 104(10), 2598-2605.
 ------- Confirmed host.
 * EFSA (2024) Update of the Xylella spp. host plant database – Systematic literature search up to 31 December 2023. EFSA Journal 22, e8898. https://efsa.onlinelibrary.wiley.com/doi/epdf/10.2903/j.efsa.2024.8898
@@ -975,51 +984,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D68"/>
+  <dimension ref="A1:D69"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="452.889" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -1741,226 +1750,240 @@
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
         <v>8</v>
       </c>
       <c r="B54" t="s">
         <v>147</v>
       </c>
       <c r="C54" t="s">
         <v>148</v>
       </c>
       <c r="D54" t="s">
         <v>149</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
         <v>8</v>
       </c>
       <c r="B55" t="s">
         <v>150</v>
       </c>
       <c r="C55" t="s">
         <v>151</v>
       </c>
-      <c r="D55"/>
+      <c r="D55" t="s">
+        <v>152</v>
+      </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>152</v>
+        <v>8</v>
       </c>
       <c r="B56" t="s">
         <v>153</v>
       </c>
       <c r="C56" t="s">
         <v>154</v>
       </c>
       <c r="D56"/>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B57" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="C57" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="D57" t="s">
         <v>157</v>
       </c>
+      <c r="D57"/>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B58" t="s">
         <v>158</v>
       </c>
       <c r="C58" t="s">
         <v>159</v>
       </c>
       <c r="D58" t="s">
         <v>160</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B59" t="s">
         <v>161</v>
       </c>
       <c r="C59" t="s">
         <v>162</v>
       </c>
       <c r="D59" t="s">
         <v>163</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B60" t="s">
         <v>164</v>
       </c>
       <c r="C60" t="s">
         <v>165</v>
       </c>
       <c r="D60" t="s">
         <v>166</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B61" t="s">
         <v>167</v>
       </c>
       <c r="C61" t="s">
         <v>168</v>
       </c>
-      <c r="D61"/>
+      <c r="D61" t="s">
+        <v>169</v>
+      </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B62" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="C62" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="D62"/>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B63" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="C63" t="s">
-        <v>172</v>
-[...1 lines deleted...]
-      <c r="D63" t="s">
         <v>173</v>
       </c>
+      <c r="D63"/>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B64" t="s">
         <v>174</v>
       </c>
       <c r="C64" t="s">
         <v>175</v>
       </c>
       <c r="D64" t="s">
         <v>176</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B65" t="s">
         <v>177</v>
       </c>
       <c r="C65" t="s">
         <v>178</v>
       </c>
       <c r="D65" t="s">
         <v>179</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B66" t="s">
-        <v>177</v>
+        <v>180</v>
       </c>
       <c r="C66" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="D66" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B67" t="s">
-        <v>182</v>
+        <v>180</v>
       </c>
       <c r="C67" t="s">
         <v>183</v>
       </c>
       <c r="D67" t="s">
         <v>184</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>152</v>
+        <v>155</v>
       </c>
       <c r="B68" t="s">
+        <v>185</v>
+      </c>
+      <c r="C68" t="s">
+        <v>186</v>
+      </c>
+      <c r="D68" t="s">
+        <v>187</v>
+      </c>
+    </row>
+    <row r="69" spans="1:4">
+      <c r="A69" t="s">
+        <v>155</v>
+      </c>
+      <c r="B69" t="s">
         <v>119</v>
       </c>
-      <c r="C68" t="s">
-[...3 lines deleted...]
-        <v>186</v>
+      <c r="C69" t="s">
+        <v>188</v>
+      </c>
+      <c r="D69" t="s">
+        <v>189</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">