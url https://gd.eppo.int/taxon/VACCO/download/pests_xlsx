--- v2 (2026-01-16)
+++ v3 (2026-02-26)
@@ -12,62 +12,85 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="VACCO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="190">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="197">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
+  </si>
+  <si>
+    <t>Doubtful host</t>
+  </si>
+  <si>
+    <t>DRAEMI</t>
+  </si>
+  <si>
+    <t>Draeculacephala minerva (as Vaccinium)</t>
+  </si>
+  <si>
+    <t>* Ortega-Arenas LD, Lara-García JA, Valdez-Carrasco JM (2026) Survey of leafhoppers (Hemiptera: Cicadellidae) and their seasonal abundance in berry exports in Michoacan, Mexico. Agrociencia. https://doi.org/ 10.47163/agrociencia.v60i1.3483
+------- found in traps in blueberry and blackberry orchards in Mexico.</t>
+  </si>
+  <si>
+    <t>HOMLIN</t>
+  </si>
+  <si>
+    <t>Homalodisca insolita (as Vaccinium)</t>
+  </si>
+  <si>
+    <t>* Ortega-Arenas LD, Lara-García JA, Valdez-Carrasco JM (2026) Survey of leafhoppers (Hemiptera: Cicadellidae) and their seasonal abundance in berry exports in Michoacan, Mexico. Agrociencia. https://doi.org/ 10.47163/agrociencia.v60i1.3483
+------- found in traps in blackberry orchards in Mexico.</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>SCITAU</t>
   </si>
   <si>
     <t>Scirtothrips aurantii</t>
   </si>
   <si>
     <t>* Garms BW, Mound LA, Schellhorn NA (2013) Polyphagy in the Australian population of South African citrus thrips (Scirtothrips aurantii Faure). Australian Journal of Entomology, 52, 282-289. 
 ------- confirmed host in laboratory experiments.</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>AGRBTU</t>
   </si>
   <si>
     <t>Agrobacterium tumefaciens (as Vaccinium)</t>
   </si>
   <si>
     <t>ANOLCN</t>
@@ -984,1006 +1007,1034 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D69"/>
+  <dimension ref="A1:D71"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
-    <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
+    <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="49.417" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="452.889" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
       </c>
       <c r="D2" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="3" spans="1:4">
       <c r="A3" t="s">
+        <v>4</v>
+      </c>
+      <c r="B3" t="s">
         <v>8</v>
       </c>
-      <c r="B3" t="s">
+      <c r="C3" t="s">
         <v>9</v>
       </c>
-      <c r="C3" t="s">
+      <c r="D3" t="s">
         <v>10</v>
       </c>
-      <c r="D3"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="B4" t="s">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C4" t="s">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D4" t="s">
-        <v>13</v>
+        <v>14</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B5" t="s">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="C5" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      </c>
+        <v>17</v>
+      </c>
+      <c r="D5"/>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B6" t="s">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="C6" t="s">
-        <v>17</v>
+        <v>19</v>
       </c>
       <c r="D6" t="s">
-        <v>18</v>
+        <v>20</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B7" t="s">
-        <v>19</v>
+        <v>18</v>
       </c>
       <c r="C7" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="D7" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B8" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C8" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="D8" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B9" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="C9" t="s">
-        <v>26</v>
-[...1 lines deleted...]
-      <c r="D9"/>
+        <v>27</v>
+      </c>
+      <c r="D9" t="s">
+        <v>28</v>
+      </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B10" t="s">
-        <v>27</v>
+        <v>29</v>
       </c>
       <c r="C10" t="s">
-        <v>28</v>
+        <v>30</v>
       </c>
       <c r="D10" t="s">
-        <v>29</v>
+        <v>31</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B11" t="s">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="C11" t="s">
-        <v>31</v>
-[...3 lines deleted...]
-      </c>
+        <v>33</v>
+      </c>
+      <c r="D11"/>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B12" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C12" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D12" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B13" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="C13" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="D13" t="s">
-        <v>38</v>
+        <v>39</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B14" t="s">
-        <v>39</v>
+        <v>40</v>
       </c>
       <c r="C14" t="s">
-        <v>40</v>
+        <v>41</v>
       </c>
       <c r="D14" t="s">
-        <v>41</v>
+        <v>42</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B15" t="s">
-        <v>42</v>
+        <v>43</v>
       </c>
       <c r="C15" t="s">
-        <v>43</v>
+        <v>44</v>
       </c>
       <c r="D15" t="s">
-        <v>44</v>
+        <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B16" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="C16" t="s">
-        <v>46</v>
-[...1 lines deleted...]
-      <c r="D16"/>
+        <v>47</v>
+      </c>
+      <c r="D16" t="s">
+        <v>48</v>
+      </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B17" t="s">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="C17" t="s">
-        <v>48</v>
+        <v>50</v>
       </c>
       <c r="D17" t="s">
-        <v>49</v>
+        <v>51</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B18" t="s">
-        <v>50</v>
+        <v>52</v>
       </c>
       <c r="C18" t="s">
-        <v>51</v>
-[...3 lines deleted...]
-      </c>
+        <v>53</v>
+      </c>
+      <c r="D18"/>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B19" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="C19" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="D19" t="s">
-        <v>55</v>
+        <v>56</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B20" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="C20" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="D20" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B21" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="C21" t="s">
-        <v>59</v>
+        <v>61</v>
       </c>
       <c r="D21" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B22" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="C22" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="D22" t="s">
-        <v>63</v>
+        <v>65</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B23" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C23" t="s">
-        <v>65</v>
+        <v>66</v>
       </c>
       <c r="D23" t="s">
-        <v>66</v>
+        <v>67</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B24" t="s">
-        <v>67</v>
+        <v>68</v>
       </c>
       <c r="C24" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="D24" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B25" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="C25" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="D25" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B26" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C26" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D26" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B27" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="C27" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="D27" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B28" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="C28" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="D28" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B29" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="C29" t="s">
-        <v>83</v>
+        <v>84</v>
       </c>
       <c r="D29" t="s">
-        <v>84</v>
+        <v>85</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B30" t="s">
-        <v>85</v>
+        <v>86</v>
       </c>
       <c r="C30" t="s">
-        <v>86</v>
+        <v>87</v>
       </c>
       <c r="D30" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B31" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="C31" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="D31" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B32" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="C32" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="D32" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B33" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="C33" t="s">
-        <v>94</v>
-[...1 lines deleted...]
-      <c r="D33"/>
+        <v>96</v>
+      </c>
+      <c r="D33" t="s">
+        <v>97</v>
+      </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B34" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="C34" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="D34" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B35" t="s">
         <v>98</v>
       </c>
       <c r="C35" t="s">
-        <v>99</v>
-[...3 lines deleted...]
-      </c>
+        <v>101</v>
+      </c>
+      <c r="D35"/>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B36" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C36" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
       <c r="D36" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B37" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="C37" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D37" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B38" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C38" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="D38" t="s">
-        <v>108</v>
+        <v>110</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B39" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C39" t="s">
-        <v>109</v>
+        <v>111</v>
       </c>
       <c r="D39" t="s">
-        <v>110</v>
+        <v>112</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B40" t="s">
-        <v>111</v>
+        <v>113</v>
       </c>
       <c r="C40" t="s">
-        <v>112</v>
+        <v>114</v>
       </c>
       <c r="D40" t="s">
-        <v>113</v>
+        <v>115</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B41" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="C41" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="D41" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B42" t="s">
-        <v>116</v>
+        <v>118</v>
       </c>
       <c r="C42" t="s">
-        <v>117</v>
+        <v>119</v>
       </c>
       <c r="D42" t="s">
-        <v>118</v>
+        <v>120</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B43" t="s">
-        <v>119</v>
+        <v>121</v>
       </c>
       <c r="C43" t="s">
+        <v>122</v>
+      </c>
+      <c r="D43" t="s">
         <v>120</v>
       </c>
-      <c r="D43"/>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B44" t="s">
-        <v>5</v>
+        <v>123</v>
       </c>
       <c r="C44" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="D44" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B45" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="C45" t="s">
-        <v>124</v>
-[...3 lines deleted...]
-      </c>
+        <v>127</v>
+      </c>
+      <c r="D45"/>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B46" t="s">
-        <v>126</v>
+        <v>12</v>
       </c>
       <c r="C46" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="D46" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B47" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="C47" t="s">
-        <v>129</v>
+        <v>131</v>
       </c>
       <c r="D47" t="s">
-        <v>130</v>
+        <v>132</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B48" t="s">
-        <v>131</v>
+        <v>133</v>
       </c>
       <c r="C48" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="D48" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B49" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C49" t="s">
-        <v>135</v>
-[...1 lines deleted...]
-      <c r="D49"/>
+        <v>136</v>
+      </c>
+      <c r="D49" t="s">
+        <v>137</v>
+      </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B50" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C50" t="s">
-        <v>137</v>
-[...1 lines deleted...]
-      <c r="D50"/>
+        <v>139</v>
+      </c>
+      <c r="D50" t="s">
+        <v>140</v>
+      </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B51" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="C51" t="s">
-        <v>139</v>
-[...3 lines deleted...]
-      </c>
+        <v>142</v>
+      </c>
+      <c r="D51"/>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B52" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="C52" t="s">
-        <v>142</v>
-[...3 lines deleted...]
-      </c>
+        <v>144</v>
+      </c>
+      <c r="D52"/>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B53" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="C53" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="D53" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B54" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C54" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="D54" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B55" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C55" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="D55" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
       <c r="B56" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="C56" t="s">
-        <v>154</v>
-[...1 lines deleted...]
-      <c r="D56"/>
+        <v>155</v>
+      </c>
+      <c r="D56" t="s">
+        <v>156</v>
+      </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="s">
-        <v>155</v>
+        <v>15</v>
       </c>
       <c r="B57" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="C57" t="s">
-        <v>157</v>
-[...1 lines deleted...]
-      <c r="D57"/>
+        <v>158</v>
+      </c>
+      <c r="D57" t="s">
+        <v>159</v>
+      </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="s">
-        <v>155</v>
+        <v>15</v>
       </c>
       <c r="B58" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="C58" t="s">
-        <v>159</v>
-[...3 lines deleted...]
-      </c>
+        <v>161</v>
+      </c>
+      <c r="D58"/>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="B59" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="C59" t="s">
-        <v>162</v>
-[...3 lines deleted...]
-      </c>
+        <v>164</v>
+      </c>
+      <c r="D59"/>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="B60" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="C60" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="D60" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="B61" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C61" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D61" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="B62" t="s">
-        <v>170</v>
+        <v>171</v>
       </c>
       <c r="C62" t="s">
-        <v>171</v>
-[...1 lines deleted...]
-      <c r="D62"/>
+        <v>172</v>
+      </c>
+      <c r="D62" t="s">
+        <v>173</v>
+      </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="B63" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="C63" t="s">
-        <v>173</v>
-[...1 lines deleted...]
-      <c r="D63"/>
+        <v>175</v>
+      </c>
+      <c r="D63" t="s">
+        <v>176</v>
+      </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="B64" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="C64" t="s">
-        <v>175</v>
-[...3 lines deleted...]
-      </c>
+        <v>178</v>
+      </c>
+      <c r="D64"/>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="B65" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="C65" t="s">
-        <v>178</v>
-[...3 lines deleted...]
-      </c>
+        <v>180</v>
+      </c>
+      <c r="D65"/>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="B66" t="s">
-        <v>180</v>
+        <v>181</v>
       </c>
       <c r="C66" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="D66" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="B67" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
       <c r="C67" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
       <c r="D67" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="B68" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C68" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
       <c r="D68" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="s">
-        <v>155</v>
+        <v>162</v>
       </c>
       <c r="B69" t="s">
-        <v>119</v>
+        <v>187</v>
       </c>
       <c r="C69" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="D69" t="s">
-        <v>189</v>
+        <v>191</v>
+      </c>
+    </row>
+    <row r="70" spans="1:4">
+      <c r="A70" t="s">
+        <v>162</v>
+      </c>
+      <c r="B70" t="s">
+        <v>192</v>
+      </c>
+      <c r="C70" t="s">
+        <v>193</v>
+      </c>
+      <c r="D70" t="s">
+        <v>194</v>
+      </c>
+    </row>
+    <row r="71" spans="1:4">
+      <c r="A71" t="s">
+        <v>162</v>
+      </c>
+      <c r="B71" t="s">
+        <v>126</v>
+      </c>
+      <c r="C71" t="s">
+        <v>195</v>
+      </c>
+      <c r="D71" t="s">
+        <v>196</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">