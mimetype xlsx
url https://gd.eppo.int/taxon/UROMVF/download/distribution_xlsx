--- v0 (2025-10-04)
+++ v1 (2026-02-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="UROMVF" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="279">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="283">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
@@ -674,120 +674,132 @@
   <si>
     <t>HU</t>
   </si>
   <si>
     <t>Ireland</t>
   </si>
   <si>
     <t>IE</t>
   </si>
   <si>
     <t>Italy</t>
   </si>
   <si>
     <t>IT</t>
   </si>
   <si>
     <t>Sardegna</t>
   </si>
   <si>
     <t>sd</t>
   </si>
   <si>
     <t>Sicilia</t>
   </si>
   <si>
+    <t>Latvia</t>
+  </si>
+  <si>
+    <t>LV</t>
+  </si>
+  <si>
     <t>Malta</t>
   </si>
   <si>
     <t>MT</t>
   </si>
   <si>
     <t>Netherlands</t>
   </si>
   <si>
     <t>NL</t>
   </si>
   <si>
     <t>Norway</t>
   </si>
   <si>
     <t>NO</t>
   </si>
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Azores</t>
   </si>
   <si>
     <t>az</t>
   </si>
   <si>
     <t>Madeira</t>
   </si>
   <si>
     <t>md</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
+    <t>Central Russia</t>
+  </si>
+  <si>
+    <t>cr</t>
+  </si>
+  <si>
     <t>Eastern Siberia</t>
   </si>
   <si>
     <t>es</t>
   </si>
   <si>
-    <t>European Russia</t>
-[...4 lines deleted...]
-  <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
+  </si>
+  <si>
+    <t>Southern Russia</t>
+  </si>
+  <si>
+    <t>sr</t>
   </si>
   <si>
     <t>Western Siberia</t>
   </si>
   <si>
     <t>ws</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Spain</t>
   </si>
   <si>
     <t>ES</t>
   </si>
   <si>
     <t>Sweden</t>
   </si>
   <si>
     <t>SE</t>
   </si>
@@ -1196,51 +1208,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:F133"/>
+  <dimension ref="A1:F135"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="45.846" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="25.851" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="5" max="5" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="6" max="6" width="38.848" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -3065,522 +3077,558 @@
       <c r="B106" t="s">
         <v>222</v>
       </c>
       <c r="C106"/>
       <c r="D106" t="s">
         <v>223</v>
       </c>
       <c r="E106"/>
       <c r="F106" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
         <v>176</v>
       </c>
       <c r="B107" t="s">
         <v>224</v>
       </c>
       <c r="C107"/>
       <c r="D107" t="s">
         <v>225</v>
       </c>
       <c r="E107"/>
       <c r="F107" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
         <v>176</v>
       </c>
       <c r="B108" t="s">
         <v>226</v>
       </c>
       <c r="C108"/>
       <c r="D108" t="s">
         <v>227</v>
       </c>
       <c r="E108"/>
       <c r="F108" t="s">
-        <v>9</v>
+        <v>49</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
         <v>176</v>
       </c>
       <c r="B109" t="s">
         <v>228</v>
       </c>
       <c r="C109"/>
       <c r="D109" t="s">
         <v>229</v>
       </c>
       <c r="E109"/>
       <c r="F109" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
         <v>176</v>
       </c>
       <c r="B110" t="s">
-        <v>228</v>
-[...1 lines deleted...]
-      <c r="C110" t="s">
         <v>230</v>
       </c>
+      <c r="C110"/>
       <c r="D110" t="s">
-        <v>229</v>
-[...1 lines deleted...]
-      <c r="E110" t="s">
         <v>231</v>
       </c>
+      <c r="E110"/>
       <c r="F110" t="s">
-        <v>9</v>
+        <v>49</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
         <v>176</v>
       </c>
       <c r="B111" t="s">
-        <v>228</v>
+        <v>230</v>
       </c>
       <c r="C111" t="s">
         <v>232</v>
       </c>
       <c r="D111" t="s">
-        <v>229</v>
+        <v>231</v>
       </c>
       <c r="E111" t="s">
         <v>233</v>
       </c>
       <c r="F111" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
         <v>176</v>
       </c>
       <c r="B112" t="s">
+        <v>230</v>
+      </c>
+      <c r="C112" t="s">
         <v>234</v>
       </c>
-      <c r="C112"/>
       <c r="D112" t="s">
+        <v>231</v>
+      </c>
+      <c r="E112" t="s">
         <v>235</v>
       </c>
-      <c r="E112"/>
       <c r="F112" t="s">
-        <v>9</v>
+        <v>49</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
         <v>176</v>
       </c>
       <c r="B113" t="s">
         <v>236</v>
       </c>
       <c r="C113"/>
       <c r="D113" t="s">
         <v>237</v>
       </c>
       <c r="E113"/>
       <c r="F113" t="s">
-        <v>49</v>
+        <v>9</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
         <v>176</v>
       </c>
       <c r="B114" t="s">
-        <v>236</v>
-[...1 lines deleted...]
-      <c r="C114" t="s">
         <v>238</v>
       </c>
+      <c r="C114"/>
       <c r="D114" t="s">
-        <v>237</v>
-[...1 lines deleted...]
-      <c r="E114" t="s">
         <v>239</v>
       </c>
+      <c r="E114"/>
       <c r="F114" t="s">
-        <v>9</v>
+        <v>49</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
         <v>176</v>
       </c>
       <c r="B115" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C115" t="s">
         <v>240</v>
       </c>
       <c r="D115" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="E115" t="s">
         <v>241</v>
       </c>
       <c r="F115" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
         <v>176</v>
       </c>
       <c r="B116" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C116" t="s">
         <v>242</v>
       </c>
       <c r="D116" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="E116" t="s">
         <v>243</v>
       </c>
       <c r="F116" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
         <v>176</v>
       </c>
       <c r="B117" t="s">
-        <v>236</v>
+        <v>238</v>
       </c>
       <c r="C117" t="s">
         <v>244</v>
       </c>
       <c r="D117" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="E117" t="s">
         <v>245</v>
       </c>
       <c r="F117" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
         <v>176</v>
       </c>
       <c r="B118" t="s">
+        <v>238</v>
+      </c>
+      <c r="C118" t="s">
         <v>246</v>
       </c>
-      <c r="C118"/>
       <c r="D118" t="s">
+        <v>239</v>
+      </c>
+      <c r="E118" t="s">
         <v>247</v>
       </c>
-      <c r="E118"/>
       <c r="F118" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
         <v>176</v>
       </c>
       <c r="B119" t="s">
+        <v>238</v>
+      </c>
+      <c r="C119" t="s">
         <v>248</v>
       </c>
-      <c r="C119"/>
       <c r="D119" t="s">
+        <v>239</v>
+      </c>
+      <c r="E119" t="s">
         <v>249</v>
       </c>
-      <c r="E119"/>
       <c r="F119" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
         <v>176</v>
       </c>
       <c r="B120" t="s">
         <v>250</v>
       </c>
       <c r="C120"/>
       <c r="D120" t="s">
         <v>251</v>
       </c>
       <c r="E120"/>
       <c r="F120" t="s">
-        <v>206</v>
+        <v>9</v>
       </c>
     </row>
     <row r="121" spans="1:6">
       <c r="A121" t="s">
         <v>176</v>
       </c>
       <c r="B121" t="s">
         <v>252</v>
       </c>
       <c r="C121"/>
       <c r="D121" t="s">
         <v>253</v>
       </c>
       <c r="E121"/>
       <c r="F121" t="s">
-        <v>60</v>
+        <v>9</v>
       </c>
     </row>
     <row r="122" spans="1:6">
       <c r="A122" t="s">
         <v>176</v>
       </c>
       <c r="B122" t="s">
         <v>254</v>
       </c>
       <c r="C122"/>
       <c r="D122" t="s">
         <v>255</v>
       </c>
       <c r="E122"/>
       <c r="F122" t="s">
-        <v>9</v>
+        <v>206</v>
       </c>
     </row>
     <row r="123" spans="1:6">
       <c r="A123" t="s">
         <v>176</v>
       </c>
       <c r="B123" t="s">
         <v>256</v>
       </c>
       <c r="C123"/>
       <c r="D123" t="s">
         <v>257</v>
       </c>
       <c r="E123"/>
       <c r="F123" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="124" spans="1:6">
       <c r="A124" t="s">
         <v>176</v>
       </c>
       <c r="B124" t="s">
-        <v>256</v>
-[...1 lines deleted...]
-      <c r="C124" t="s">
         <v>258</v>
       </c>
+      <c r="C124"/>
       <c r="D124" t="s">
-        <v>257</v>
-[...1 lines deleted...]
-      <c r="E124" t="s">
         <v>259</v>
       </c>
+      <c r="E124"/>
       <c r="F124" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="125" spans="1:6">
       <c r="A125" t="s">
         <v>176</v>
       </c>
       <c r="B125" t="s">
-        <v>256</v>
-[...1 lines deleted...]
-      <c r="C125" t="s">
         <v>260</v>
       </c>
+      <c r="C125"/>
       <c r="D125" t="s">
-        <v>257</v>
-[...1 lines deleted...]
-      <c r="E125" t="s">
         <v>261</v>
       </c>
+      <c r="E125"/>
       <c r="F125" t="s">
         <v>60</v>
       </c>
     </row>
     <row r="126" spans="1:6">
       <c r="A126" t="s">
+        <v>176</v>
+      </c>
+      <c r="B126" t="s">
+        <v>260</v>
+      </c>
+      <c r="C126" t="s">
         <v>262</v>
       </c>
-      <c r="B126" t="s">
+      <c r="D126" t="s">
+        <v>261</v>
+      </c>
+      <c r="E126" t="s">
         <v>263</v>
       </c>
-      <c r="C126"/>
-[...3 lines deleted...]
-      <c r="E126"/>
       <c r="F126" t="s">
-        <v>60</v>
+        <v>9</v>
       </c>
     </row>
     <row r="127" spans="1:6">
       <c r="A127" t="s">
-        <v>262</v>
+        <v>176</v>
       </c>
       <c r="B127" t="s">
-        <v>263</v>
+        <v>260</v>
       </c>
       <c r="C127" t="s">
+        <v>264</v>
+      </c>
+      <c r="D127" t="s">
+        <v>261</v>
+      </c>
+      <c r="E127" t="s">
         <v>265</v>
       </c>
-      <c r="D127" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F127" t="s">
-        <v>9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="128" spans="1:6">
       <c r="A128" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="B128" t="s">
-        <v>263</v>
-[...1 lines deleted...]
-      <c r="C128" t="s">
         <v>267</v>
       </c>
+      <c r="C128"/>
       <c r="D128" t="s">
-        <v>264</v>
-[...1 lines deleted...]
-      <c r="E128" t="s">
         <v>268</v>
       </c>
+      <c r="E128"/>
       <c r="F128" t="s">
-        <v>9</v>
+        <v>60</v>
       </c>
     </row>
     <row r="129" spans="1:6">
       <c r="A129" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="B129" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="C129" t="s">
         <v>269</v>
       </c>
       <c r="D129" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="E129" t="s">
         <v>270</v>
       </c>
       <c r="F129" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="130" spans="1:6">
       <c r="A130" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="B130" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="C130" t="s">
         <v>271</v>
       </c>
       <c r="D130" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="E130" t="s">
         <v>272</v>
       </c>
       <c r="F130" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="131" spans="1:6">
       <c r="A131" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="B131" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="C131" t="s">
         <v>273</v>
       </c>
       <c r="D131" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="E131" t="s">
         <v>274</v>
       </c>
       <c r="F131" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="132" spans="1:6">
       <c r="A132" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="B132" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
       <c r="C132" t="s">
         <v>275</v>
       </c>
       <c r="D132" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="E132" t="s">
         <v>276</v>
       </c>
       <c r="F132" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="133" spans="1:6">
       <c r="A133" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="B133" t="s">
+        <v>267</v>
+      </c>
+      <c r="C133" t="s">
         <v>277</v>
       </c>
-      <c r="C133"/>
       <c r="D133" t="s">
+        <v>268</v>
+      </c>
+      <c r="E133" t="s">
         <v>278</v>
       </c>
-      <c r="E133"/>
       <c r="F133" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="134" spans="1:6">
+      <c r="A134" t="s">
+        <v>266</v>
+      </c>
+      <c r="B134" t="s">
+        <v>267</v>
+      </c>
+      <c r="C134" t="s">
+        <v>279</v>
+      </c>
+      <c r="D134" t="s">
+        <v>268</v>
+      </c>
+      <c r="E134" t="s">
+        <v>280</v>
+      </c>
+      <c r="F134" t="s">
+        <v>9</v>
+      </c>
+    </row>
+    <row r="135" spans="1:6">
+      <c r="A135" t="s">
+        <v>266</v>
+      </c>
+      <c r="B135" t="s">
+        <v>281</v>
+      </c>
+      <c r="C135"/>
+      <c r="D135" t="s">
+        <v>282</v>
+      </c>
+      <c r="E135"/>
+      <c r="F135" t="s">
         <v>9</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>