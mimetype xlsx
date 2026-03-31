--- v0 (2025-10-09)
+++ v1 (2026-03-31)
@@ -12,80 +12,89 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="URNLO" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="28">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="31">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ALECSN</t>
   </si>
   <si>
     <t>Aleurocanthus spiniferus</t>
   </si>
   <si>
     <t>* Gillespie PS (2012) A review of the whitefly genus Aleurocanthus Quaintance &amp; Baker (Hemiptera: Aleyrodidae) in Australia. Zootaxa 3252, 1-42.</t>
   </si>
   <si>
     <t>ALEDDU</t>
   </si>
   <si>
     <t>Aleurodicus dugesii</t>
+  </si>
+  <si>
+    <t>EMPOBI</t>
+  </si>
+  <si>
+    <t>Amrasca biguttula</t>
+  </si>
+  <si>
+    <t>* Halbert SE (2025) Entomology Section. P.J. Anderson and G.S. Hodges (Editors). TRI-OLOGY 64(2): 11 https://www.fdacs.gov/content/download/119457/file/FDACS-P-00124_2025-08-Tri-ology-64-2-April-June-2025.pdf</t>
   </si>
   <si>
     <t>ONCMNI</t>
   </si>
   <si>
     <t>Oncometopia nigricans</t>
   </si>
   <si>
     <t>* Adlerz WC (1980) Ecological observations on two leafhoppers that transmit the Pierce's disease bacterium. Proceedings of the Florida State Horticultural Society 93, 115-120.
 ------- as spring-summer host for adults and nymphs.</t>
   </si>
   <si>
     <t>HEMELE</t>
   </si>
   <si>
     <t>Orgyia leucostigma</t>
   </si>
   <si>
     <t>* Heppner JB (2003) Lepidoptera of Florida. Part 1. Introduction and catalog. Volume 17 of Arthropods of Florida and neighboring land areas. Division of Plant Industry. Florida Department of Agriculture and Consumer Services. Gainesville, Florida. 670 pp</t>
   </si>
   <si>
     <t>SPODLI</t>
   </si>
   <si>
     <t>Spodoptera littoralis</t>
@@ -445,51 +454,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D9"/>
+  <dimension ref="A1:D10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="300.784" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -557,73 +566,87 @@
         <v>16</v>
       </c>
       <c r="C6" t="s">
         <v>17</v>
       </c>
       <c r="D6" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="s">
         <v>4</v>
       </c>
       <c r="B7" t="s">
         <v>19</v>
       </c>
       <c r="C7" t="s">
         <v>20</v>
       </c>
       <c r="D7" t="s">
         <v>21</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="s">
+        <v>4</v>
+      </c>
+      <c r="B8" t="s">
         <v>22</v>
       </c>
-      <c r="B8" t="s">
+      <c r="C8" t="s">
         <v>23</v>
       </c>
-      <c r="C8" t="s">
+      <c r="D8" t="s">
         <v>24</v>
-      </c>
-[...1 lines deleted...]
-        <v>25</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="B9" t="s">
         <v>26</v>
       </c>
       <c r="C9" t="s">
         <v>27</v>
       </c>
-      <c r="D9"/>
+      <c r="D9" t="s">
+        <v>28</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" t="s">
+        <v>25</v>
+      </c>
+      <c r="B10" t="s">
+        <v>29</v>
+      </c>
+      <c r="C10" t="s">
+        <v>30</v>
+      </c>
+      <c r="D10"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>