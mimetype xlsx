--- v0 (2025-10-08)
+++ v1 (2026-02-10)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="UNASCI" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="256">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="257">
   <si>
     <t>continent</t>
   </si>
   <si>
     <t>country</t>
   </si>
   <si>
     <t>state</t>
   </si>
   <si>
     <t>country code</t>
   </si>
   <si>
     <t>state code</t>
   </si>
   <si>
     <t>Status</t>
   </si>
   <si>
     <t>Africa</t>
   </si>
   <si>
     <t>Algeria</t>
   </si>
   <si>
@@ -399,50 +399,53 @@
     <t>LC</t>
   </si>
   <si>
     <t>Saint Vincent and the Grenadines</t>
   </si>
   <si>
     <t>VC</t>
   </si>
   <si>
     <t>Trinidad and Tobago</t>
   </si>
   <si>
     <t>TT</t>
   </si>
   <si>
     <t>United States of America</t>
   </si>
   <si>
     <t>US</t>
   </si>
   <si>
     <t>California</t>
   </si>
   <si>
     <t>ca</t>
+  </si>
+  <si>
+    <t>Absent, intercepted only</t>
   </si>
   <si>
     <t>Florida</t>
   </si>
   <si>
     <t>fl</t>
   </si>
   <si>
     <t>Georgia</t>
   </si>
   <si>
     <t>ga</t>
   </si>
   <si>
     <t>Hawaii</t>
   </si>
   <si>
     <t>hi</t>
   </si>
   <si>
     <t>Louisiana</t>
   </si>
   <si>
     <t>la</t>
   </si>
@@ -2128,1099 +2131,1099 @@
       <c r="D59" t="s">
         <v>126</v>
       </c>
       <c r="E59"/>
       <c r="F59" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="60" spans="1:6">
       <c r="A60" t="s">
         <v>49</v>
       </c>
       <c r="B60" t="s">
         <v>125</v>
       </c>
       <c r="C60" t="s">
         <v>127</v>
       </c>
       <c r="D60" t="s">
         <v>126</v>
       </c>
       <c r="E60" t="s">
         <v>128</v>
       </c>
       <c r="F60" t="s">
-        <v>12</v>
+        <v>129</v>
       </c>
     </row>
     <row r="61" spans="1:6">
       <c r="A61" t="s">
         <v>49</v>
       </c>
       <c r="B61" t="s">
         <v>125</v>
       </c>
       <c r="C61" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
       <c r="D61" t="s">
         <v>126</v>
       </c>
       <c r="E61" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="F61" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="62" spans="1:6">
       <c r="A62" t="s">
         <v>49</v>
       </c>
       <c r="B62" t="s">
         <v>125</v>
       </c>
       <c r="C62" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="D62" t="s">
         <v>126</v>
       </c>
       <c r="E62" t="s">
-        <v>132</v>
+        <v>133</v>
       </c>
       <c r="F62" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="63" spans="1:6">
       <c r="A63" t="s">
         <v>49</v>
       </c>
       <c r="B63" t="s">
         <v>125</v>
       </c>
       <c r="C63" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="D63" t="s">
         <v>126</v>
       </c>
       <c r="E63" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="F63" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="64" spans="1:6">
       <c r="A64" t="s">
         <v>49</v>
       </c>
       <c r="B64" t="s">
         <v>125</v>
       </c>
       <c r="C64" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="D64" t="s">
         <v>126</v>
       </c>
       <c r="E64" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="F64" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:6">
       <c r="A65" t="s">
         <v>49</v>
       </c>
       <c r="B65" t="s">
         <v>125</v>
       </c>
       <c r="C65" t="s">
-        <v>137</v>
+        <v>138</v>
       </c>
       <c r="D65" t="s">
         <v>126</v>
       </c>
       <c r="E65" t="s">
-        <v>138</v>
+        <v>139</v>
       </c>
       <c r="F65" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="66" spans="1:6">
       <c r="A66" t="s">
         <v>49</v>
       </c>
       <c r="B66" t="s">
         <v>125</v>
       </c>
       <c r="C66" t="s">
-        <v>139</v>
+        <v>140</v>
       </c>
       <c r="D66" t="s">
         <v>126</v>
       </c>
       <c r="E66" t="s">
-        <v>140</v>
+        <v>141</v>
       </c>
       <c r="F66" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:6">
       <c r="A67" t="s">
         <v>49</v>
       </c>
       <c r="B67" t="s">
-        <v>141</v>
+        <v>142</v>
       </c>
       <c r="C67"/>
       <c r="D67" t="s">
-        <v>142</v>
+        <v>143</v>
       </c>
       <c r="E67"/>
       <c r="F67" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="68" spans="1:6">
       <c r="A68" t="s">
         <v>49</v>
       </c>
       <c r="B68" t="s">
-        <v>143</v>
+        <v>144</v>
       </c>
       <c r="C68"/>
       <c r="D68" t="s">
-        <v>144</v>
+        <v>145</v>
       </c>
       <c r="E68"/>
       <c r="F68" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:6">
       <c r="A69" t="s">
         <v>49</v>
       </c>
       <c r="B69" t="s">
-        <v>145</v>
+        <v>146</v>
       </c>
       <c r="C69"/>
       <c r="D69" t="s">
-        <v>146</v>
+        <v>147</v>
       </c>
       <c r="E69"/>
       <c r="F69" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="70" spans="1:6">
       <c r="A70" t="s">
         <v>49</v>
       </c>
       <c r="B70" t="s">
-        <v>147</v>
+        <v>148</v>
       </c>
       <c r="C70"/>
       <c r="D70" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="E70"/>
       <c r="F70" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="71" spans="1:6">
       <c r="A71" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B71" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C71"/>
       <c r="D71" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E71"/>
       <c r="F71" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="72" spans="1:6">
       <c r="A72" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B72" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C72" t="s">
+        <v>153</v>
+      </c>
+      <c r="D72" t="s">
         <v>152</v>
       </c>
-      <c r="D72" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E72" t="s">
-        <v>153</v>
+        <v>154</v>
       </c>
       <c r="F72" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="73" spans="1:6">
       <c r="A73" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B73" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C73" t="s">
-        <v>154</v>
+        <v>155</v>
       </c>
       <c r="D73" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E73" t="s">
-        <v>155</v>
+        <v>156</v>
       </c>
       <c r="F73" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:6">
       <c r="A74" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B74" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C74" t="s">
-        <v>156</v>
+        <v>157</v>
       </c>
       <c r="D74" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E74" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="F74" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="75" spans="1:6">
       <c r="A75" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B75" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C75" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
       <c r="D75" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E75" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="F75" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:6">
       <c r="A76" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B76" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C76" t="s">
-        <v>160</v>
+        <v>161</v>
       </c>
       <c r="D76" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E76" t="s">
-        <v>161</v>
+        <v>162</v>
       </c>
       <c r="F76" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="77" spans="1:6">
       <c r="A77" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B77" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C77" t="s">
-        <v>162</v>
+        <v>163</v>
       </c>
       <c r="D77" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E77" t="s">
-        <v>163</v>
+        <v>164</v>
       </c>
       <c r="F77" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="78" spans="1:6">
       <c r="A78" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B78" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C78" t="s">
-        <v>164</v>
+        <v>165</v>
       </c>
       <c r="D78" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E78" t="s">
-        <v>165</v>
+        <v>166</v>
       </c>
       <c r="F78" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="79" spans="1:6">
       <c r="A79" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B79" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="C79" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="D79" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="E79" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="F79" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="80" spans="1:6">
       <c r="A80" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B80" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C80"/>
       <c r="D80" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E80"/>
       <c r="F80" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="81" spans="1:6">
       <c r="A81" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B81" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C81" t="s">
+        <v>171</v>
+      </c>
+      <c r="D81" t="s">
         <v>170</v>
       </c>
-      <c r="D81" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E81" t="s">
-        <v>171</v>
+        <v>172</v>
       </c>
       <c r="F81" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="82" spans="1:6">
       <c r="A82" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B82" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="C82" t="s">
-        <v>172</v>
+        <v>173</v>
       </c>
       <c r="D82" t="s">
-        <v>169</v>
+        <v>170</v>
       </c>
       <c r="E82" t="s">
-        <v>173</v>
+        <v>174</v>
       </c>
       <c r="F82" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="83" spans="1:6">
       <c r="A83" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B83" t="s">
-        <v>174</v>
+        <v>175</v>
       </c>
       <c r="C83"/>
       <c r="D83" t="s">
-        <v>175</v>
+        <v>176</v>
       </c>
       <c r="E83"/>
       <c r="F83" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="84" spans="1:6">
       <c r="A84" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B84" t="s">
-        <v>176</v>
+        <v>177</v>
       </c>
       <c r="C84"/>
       <c r="D84" t="s">
-        <v>177</v>
+        <v>178</v>
       </c>
       <c r="E84"/>
       <c r="F84" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="85" spans="1:6">
       <c r="A85" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B85" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C85"/>
       <c r="D85" t="s">
-        <v>179</v>
+        <v>180</v>
       </c>
       <c r="E85"/>
       <c r="F85" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="86" spans="1:6">
       <c r="A86" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B86" t="s">
-        <v>178</v>
+        <v>179</v>
       </c>
       <c r="C86" t="s">
+        <v>181</v>
+      </c>
+      <c r="D86" t="s">
         <v>180</v>
       </c>
-      <c r="D86" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E86" t="s">
-        <v>181</v>
+        <v>182</v>
       </c>
       <c r="F86" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="87" spans="1:6">
       <c r="A87" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B87" t="s">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="C87"/>
       <c r="D87" t="s">
-        <v>183</v>
+        <v>184</v>
       </c>
       <c r="E87"/>
       <c r="F87" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="88" spans="1:6">
       <c r="A88" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B88" t="s">
-        <v>184</v>
+        <v>185</v>
       </c>
       <c r="C88"/>
       <c r="D88" t="s">
-        <v>185</v>
+        <v>186</v>
       </c>
       <c r="E88"/>
       <c r="F88" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="89" spans="1:6">
       <c r="A89" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B89" t="s">
-        <v>186</v>
+        <v>187</v>
       </c>
       <c r="C89"/>
       <c r="D89" t="s">
-        <v>187</v>
+        <v>188</v>
       </c>
       <c r="E89"/>
       <c r="F89" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="90" spans="1:6">
       <c r="A90" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B90" t="s">
-        <v>188</v>
+        <v>189</v>
       </c>
       <c r="C90"/>
       <c r="D90" t="s">
-        <v>189</v>
+        <v>190</v>
       </c>
       <c r="E90"/>
       <c r="F90" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="91" spans="1:6">
       <c r="A91" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B91" t="s">
-        <v>190</v>
+        <v>191</v>
       </c>
       <c r="C91"/>
       <c r="D91" t="s">
-        <v>191</v>
+        <v>192</v>
       </c>
       <c r="E91"/>
       <c r="F91" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="92" spans="1:6">
       <c r="A92" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B92" t="s">
-        <v>192</v>
+        <v>193</v>
       </c>
       <c r="C92"/>
       <c r="D92" t="s">
-        <v>193</v>
+        <v>194</v>
       </c>
       <c r="E92"/>
       <c r="F92" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="93" spans="1:6">
       <c r="A93" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="B93" t="s">
-        <v>194</v>
+        <v>195</v>
       </c>
       <c r="C93"/>
       <c r="D93" t="s">
-        <v>195</v>
+        <v>196</v>
       </c>
       <c r="E93"/>
       <c r="F93" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="94" spans="1:6">
       <c r="A94" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B94" t="s">
-        <v>198</v>
+        <v>199</v>
       </c>
       <c r="C94"/>
       <c r="D94" t="s">
-        <v>199</v>
+        <v>200</v>
       </c>
       <c r="E94"/>
       <c r="F94" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="95" spans="1:6">
       <c r="A95" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B95" t="s">
-        <v>200</v>
+        <v>201</v>
       </c>
       <c r="C95"/>
       <c r="D95" t="s">
-        <v>201</v>
+        <v>202</v>
       </c>
       <c r="E95"/>
       <c r="F95" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="96" spans="1:6">
       <c r="A96" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B96" t="s">
-        <v>202</v>
+        <v>203</v>
       </c>
       <c r="C96"/>
       <c r="D96" t="s">
-        <v>203</v>
+        <v>204</v>
       </c>
       <c r="E96"/>
       <c r="F96" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="97" spans="1:6">
       <c r="A97" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B97" t="s">
-        <v>205</v>
+        <v>206</v>
       </c>
       <c r="C97"/>
       <c r="D97" t="s">
-        <v>206</v>
+        <v>207</v>
       </c>
       <c r="E97"/>
       <c r="F97" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="98" spans="1:6">
       <c r="A98" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B98" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="C98"/>
       <c r="D98" t="s">
-        <v>208</v>
+        <v>209</v>
       </c>
       <c r="E98"/>
       <c r="F98" t="s">
-        <v>209</v>
+        <v>210</v>
       </c>
     </row>
     <row r="99" spans="1:6">
       <c r="A99" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B99" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C99"/>
       <c r="D99" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="E99"/>
       <c r="F99" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="100" spans="1:6">
       <c r="A100" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B100" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="C100" t="s">
+        <v>213</v>
+      </c>
+      <c r="D100" t="s">
         <v>212</v>
       </c>
-      <c r="D100" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E100" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="F100" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="101" spans="1:6">
       <c r="A101" t="s">
-        <v>197</v>
+        <v>198</v>
       </c>
       <c r="B101" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="C101"/>
       <c r="D101" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="E101"/>
       <c r="F101" t="s">
-        <v>216</v>
+        <v>217</v>
       </c>
     </row>
     <row r="102" spans="1:6">
       <c r="A102" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B102" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C102"/>
       <c r="D102" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E102"/>
       <c r="F102" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="103" spans="1:6">
       <c r="A103" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B103" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C103" t="s">
+        <v>221</v>
+      </c>
+      <c r="D103" t="s">
         <v>220</v>
       </c>
-      <c r="D103" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="E103" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="F103" t="s">
         <v>118</v>
       </c>
     </row>
     <row r="104" spans="1:6">
       <c r="A104" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B104" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C104" t="s">
-        <v>222</v>
+        <v>223</v>
       </c>
       <c r="D104" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E104" t="s">
-        <v>223</v>
+        <v>224</v>
       </c>
       <c r="F104" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="105" spans="1:6">
       <c r="A105" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B105" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C105" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="D105" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E105" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
       <c r="F105" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="106" spans="1:6">
       <c r="A106" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B106" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C106" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="D106" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E106" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="F106" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="107" spans="1:6">
       <c r="A107" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B107" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="C107" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
       <c r="D107" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="E107" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="F107" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="108" spans="1:6">
       <c r="A108" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B108" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="C108"/>
       <c r="D108" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="E108"/>
       <c r="F108" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="109" spans="1:6">
       <c r="A109" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B109" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="C109"/>
       <c r="D109" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="E109"/>
       <c r="F109" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="110" spans="1:6">
       <c r="A110" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B110" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="C110"/>
       <c r="D110" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="E110"/>
       <c r="F110" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="111" spans="1:6">
       <c r="A111" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B111" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="C111"/>
       <c r="D111" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="E111"/>
       <c r="F111" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="112" spans="1:6">
       <c r="A112" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B112" t="s">
-        <v>238</v>
+        <v>239</v>
       </c>
       <c r="C112"/>
       <c r="D112" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="E112"/>
       <c r="F112" t="s">
-        <v>196</v>
+        <v>197</v>
       </c>
     </row>
     <row r="113" spans="1:6">
       <c r="A113" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B113" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="C113"/>
       <c r="D113" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="E113"/>
       <c r="F113" t="s">
-        <v>204</v>
+        <v>205</v>
       </c>
     </row>
     <row r="114" spans="1:6">
       <c r="A114" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B114" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="C114"/>
       <c r="D114" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="E114"/>
       <c r="F114" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="115" spans="1:6">
       <c r="A115" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B115" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="C115"/>
       <c r="D115" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="E115"/>
       <c r="F115" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="116" spans="1:6">
       <c r="A116" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B116" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="C116"/>
       <c r="D116" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="E116"/>
       <c r="F116" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="117" spans="1:6">
       <c r="A117" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B117" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="C117"/>
       <c r="D117" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="E117"/>
       <c r="F117" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="118" spans="1:6">
       <c r="A118" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B118" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="C118"/>
       <c r="D118" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="E118"/>
       <c r="F118" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="119" spans="1:6">
       <c r="A119" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B119" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="C119"/>
       <c r="D119" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="E119"/>
       <c r="F119" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="120" spans="1:6">
       <c r="A120" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B120" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="C120"/>
       <c r="D120" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="E120"/>
       <c r="F120" t="s">
         <v>12</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>