--- v0 (2025-10-16)
+++ v1 (2025-11-05)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Comstock)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> citrus snow scale, orange chionaspis, white louse scale</w:t>
             </w:r>
-            <w:hyperlink r:id="rId453668f0eb98ef8d0" w:history="1">
+            <w:hyperlink r:id="rId2054690b8a5b477f2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId859668f0eb98ef93a" w:history="1">
+            <w:hyperlink r:id="rId7518690b8a5b4785a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> UNASCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="49080801" name="name987368f0eb98efab0" descr="15175.jpg"/>
+                  <wp:docPr id="69719621" name="name4666690b8a5b4793f" descr="15175.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15175.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId687568f0eb98efaaf" cstate="print"/>
+                          <a:blip r:embed="rId6910690b8a5b4793e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId189968f0eb98efbf8" w:history="1">
+            <w:hyperlink r:id="rId2633690b8a5b47a29" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1312,63 +1312,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">U. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is not present in Algeria, Greece, Italy, and Spain: the citrus snow scale reports in these countries are old and unconfirmed literature records. Some interceptions on traded plant material have been reported from Uzbekistan and Turkey (Europhyt, 2012) but no further pest reports exist for these countries. Presence in Russia and other countries in the former USSR is considered uncertain.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="81573202" name="name802868f0eb98f2888" descr="UNASCI_distribution_map.jpg"/>
+            <wp:docPr id="33743764" name="name5519690b8a5b49029" descr="UNASCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="UNASCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId108668f0eb98f2885" cstate="print"/>
+                    <a:blip r:embed="rId1607690b8a5b49026" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5385,51 +5385,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 383 – 400.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Europhyt (2012) Europhyt Interceptions Annual Report. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId840168f0eb99005ab" w:history="1">
+      <w:hyperlink r:id="rId4520690b8a5b4ab90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions-annual-reports_en</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5856,81 +5856,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 49–61. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId280168f0eb99008f0" w:history="1">
+      <w:hyperlink r:id="rId1509690b8a5b4ae83" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11295-010-0314-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Futch SH &amp; Jackson LK (2021) Sunburst Tangerine HS168. UF IFAS Extension University of Florida.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId657968f0eb990092a" w:history="1">
+      <w:hyperlink r:id="rId1193690b8a5b4aeb7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/publication/CH079</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6112,51 +6112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId305568f0eb9900a9b" w:history="1">
+      <w:hyperlink r:id="rId4225690b8a5b4b021" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11557-015-1044-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6432,51 +6432,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kondo T &amp; Watson GW (EDs) (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Encyclopedia of scale insect pests</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CAB International, 608 pp.  ISBN-13: 9781800620667 (ePDF). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId175868f0eb9900ca4" w:history="1">
+      <w:hyperlink r:id="rId6324690b8a5b4b22f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/9781800620643.0000</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6569,141 +6569,141 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientia Horticulturae </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 207–212. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId705568f0eb9900d89" w:history="1">
+      <w:hyperlink r:id="rId7106690b8a5b4b323" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">doi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId548368f0eb9900da9" w:history="1">
+      <w:hyperlink r:id="rId8939690b8a5b4b343" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">10.1016/j.scienta.2008.11.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">POWO (2023) Plants of the World Online. Kew Royal Botanic Gardens. Sour orange.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId523368f0eb9900ddd" w:history="1">
+      <w:hyperlink r:id="rId2799690b8a5b4b378" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://powo.science.kew.org/taxon/urn:lsid:ipni.org:names:59600-2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Porcelli F (2019) A method to slide-mount insects and other arthropods in a water-soluble medium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId855868f0eb9900e1e" w:history="1">
+      <w:hyperlink r:id="rId1184690b8a5b4b3b9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.3471649</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed April 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7193,51 +7193,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UCR (2023) University of California, Riverside (UCR). Givaudan Citrus Variety Collection at UCR. Carrizo citrange. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId189768f0eb99011bb" w:history="1">
+      <w:hyperlink r:id="rId4597690b8a5b4b718" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://citrusvariety.ucr.edu/crc2863</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7330,51 +7330,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 939–948. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId976268f0eb990129d" w:history="1">
+      <w:hyperlink r:id="rId9971690b8a5b4b7f8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/aesa/83.5.939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7460,51 +7460,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3905</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 432-440. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId204068f0eb990136b" w:history="1">
+      <w:hyperlink r:id="rId2237690b8a5b4b8c7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.3905.3.9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7586,51 +7586,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI, EFSA and further resources used when preparing this datasheet.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Buckley CR &amp; Hodges AC (2017) University of Florida. UF-IFAS. Featured Creatures. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId311468f0eb9901445" w:history="1">
+      <w:hyperlink r:id="rId6188690b8a5b4b99c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ufl.edu/creatures/orn/scales/citrus_snow_scale.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7663,51 +7663,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Map No 149</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) CABI Compendium 2021. Datasheet on Unaspis citri (citrus snow scale). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId645168f0eb99014d8" w:history="1">
+      <w:hyperlink r:id="rId9475690b8a5b4ba18" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.55685</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and including CABI summary data [last accessed May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7742,81 +7742,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16(3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5187, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId241268f0eb990155d" w:history="1">
+      <w:hyperlink r:id="rId7108690b8a5b4ba98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5187</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Various authors. Diaspididae of the World 2.0. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId419568f0eb9901590" w:history="1">
+      <w:hyperlink r:id="rId6909690b8a5b4bac9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://diaspididae.linnaeus.naturalis.nl/linnaeus_ng/app/views/species/nsr_taxon.php?id=113132&amp;cat=CTAB_LITERATURE&amp;epi=155</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7891,51 +7891,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Unaspis citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId341168f0eb990165e" w:history="1">
+      <w:hyperlink r:id="rId7455690b8a5b4bb8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8010,63 +8010,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="68680048" name="name746168f0eb9901781" descr="eu_funding_250.png"/>
+            <wp:docPr id="64573838" name="name6359690b8a5b4bcaf" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId243868f0eb990177f" cstate="print"/>
+                    <a:blip r:embed="rId8235690b8a5b4bcae" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8164,137 +8164,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="77215618">
+  <w:abstractNum w:abstractNumId="85300985">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="37686299">
+    <w:lvl w:ilvl="0" w:tplc="92492200">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="37686299" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="92492200" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="37686299" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="92492200" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="37686299" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="92492200" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="37686299" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="92492200" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="37686299" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="92492200" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="37686299" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="92492200" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="37686299" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="92492200" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="37686299" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="92492200" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="77215617">
+  <w:abstractNum w:abstractNumId="85300984">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="23686852">
+    <w:lvl w:ilvl="0" w:tplc="16946819">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9046,55 +9046,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="77215617">
-    <w:abstractNumId w:val="77215617"/>
+  <w:num w:numId="85300984">
+    <w:abstractNumId w:val="85300984"/>
   </w:num>
-  <w:num w:numId="77215618">
-    <w:abstractNumId w:val="77215618"/>
+  <w:num w:numId="85300985">
+    <w:abstractNumId w:val="85300985"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20644,51 +20644,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId234105067" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId109157585" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId453668f0eb98ef8d0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/" TargetMode="External"/><Relationship Id="rId859668f0eb98ef93a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/categorization" TargetMode="External"/><Relationship Id="rId189968f0eb98efbf8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/photos" TargetMode="External"/><Relationship Id="rId840168f0eb99005ab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions-annual-reports_en" TargetMode="External"/><Relationship Id="rId280168f0eb99008f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11295-010-0314-x" TargetMode="External"/><Relationship Id="rId657968f0eb990092a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/publication/CH079" TargetMode="External"/><Relationship Id="rId305568f0eb9900a9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11557-015-1044-0" TargetMode="External"/><Relationship Id="rId175868f0eb9900ca4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/9781800620643.0000" TargetMode="External"/><Relationship Id="rId705568f0eb9900d89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Doi_(identifier)" TargetMode="External"/><Relationship Id="rId548368f0eb9900da9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016%2Fj.scienta.2008.11.001" TargetMode="External"/><Relationship Id="rId523368f0eb9900ddd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://powo.science.kew.org/taxon/urn:lsid:ipni.org:names:59600-2" TargetMode="External"/><Relationship Id="rId855868f0eb9900e1e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.3471649" TargetMode="External"/><Relationship Id="rId189768f0eb99011bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://citrusvariety.ucr.edu/crc2863" TargetMode="External"/><Relationship Id="rId976268f0eb990129d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/83.5.939" TargetMode="External"/><Relationship Id="rId204068f0eb990136b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3905.3.9" TargetMode="External"/><Relationship Id="rId311468f0eb9901445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ufl.edu/creatures/orn/scales/citrus_snow_scale.htm" TargetMode="External"/><Relationship Id="rId645168f0eb99014d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.55685" TargetMode="External"/><Relationship Id="rId241268f0eb990155d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5187" TargetMode="External"/><Relationship Id="rId419568f0eb9901590" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diaspididae.linnaeus.naturalis.nl/linnaeus_ng/app/views/species/nsr_taxon.php?id=113132&amp;cat=CTAB_LITERATURE&amp;epi=155" TargetMode="External"/><Relationship Id="rId341168f0eb990165e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId687568f0eb98efaaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId687568f0eb98efaaf.jpg"/><Relationship Id="rId108668f0eb98f2885" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId108668f0eb98f2885.jpg"/><Relationship Id="rId243868f0eb990177f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId243868f0eb990177f.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId421395858" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId990639324" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2054690b8a5b477f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/" TargetMode="External"/><Relationship Id="rId7518690b8a5b4785a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/categorization" TargetMode="External"/><Relationship Id="rId2633690b8a5b47a29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/photos" TargetMode="External"/><Relationship Id="rId4520690b8a5b4ab90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions-annual-reports_en" TargetMode="External"/><Relationship Id="rId1509690b8a5b4ae83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11295-010-0314-x" TargetMode="External"/><Relationship Id="rId1193690b8a5b4aeb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/publication/CH079" TargetMode="External"/><Relationship Id="rId4225690b8a5b4b021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11557-015-1044-0" TargetMode="External"/><Relationship Id="rId6324690b8a5b4b22f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/9781800620643.0000" TargetMode="External"/><Relationship Id="rId7106690b8a5b4b323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Doi_(identifier)" TargetMode="External"/><Relationship Id="rId8939690b8a5b4b343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016%2Fj.scienta.2008.11.001" TargetMode="External"/><Relationship Id="rId2799690b8a5b4b378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://powo.science.kew.org/taxon/urn:lsid:ipni.org:names:59600-2" TargetMode="External"/><Relationship Id="rId1184690b8a5b4b3b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.3471649" TargetMode="External"/><Relationship Id="rId4597690b8a5b4b718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://citrusvariety.ucr.edu/crc2863" TargetMode="External"/><Relationship Id="rId9971690b8a5b4b7f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/83.5.939" TargetMode="External"/><Relationship Id="rId2237690b8a5b4b8c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3905.3.9" TargetMode="External"/><Relationship Id="rId6188690b8a5b4b99c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ufl.edu/creatures/orn/scales/citrus_snow_scale.htm" TargetMode="External"/><Relationship Id="rId9475690b8a5b4ba18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.55685" TargetMode="External"/><Relationship Id="rId7108690b8a5b4ba98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5187" TargetMode="External"/><Relationship Id="rId6909690b8a5b4bac9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diaspididae.linnaeus.naturalis.nl/linnaeus_ng/app/views/species/nsr_taxon.php?id=113132&amp;cat=CTAB_LITERATURE&amp;epi=155" TargetMode="External"/><Relationship Id="rId7455690b8a5b4bb8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6910690b8a5b4793e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6910690b8a5b4793e.jpg"/><Relationship Id="rId1607690b8a5b49026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1607690b8a5b49026.jpg"/><Relationship Id="rId8235690b8a5b4bcae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8235690b8a5b4bcae.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>