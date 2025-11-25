--- v1 (2025-11-05)
+++ v2 (2025-11-25)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Comstock)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> citrus snow scale, orange chionaspis, white louse scale</w:t>
             </w:r>
-            <w:hyperlink r:id="rId2054690b8a5b477f2" w:history="1">
+            <w:hyperlink r:id="rId63286926284ae964c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7518690b8a5b4785a" w:history="1">
+            <w:hyperlink r:id="rId97636926284ae96b7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> UNASCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="69719621" name="name4666690b8a5b4793f" descr="15175.jpg"/>
+                  <wp:docPr id="14090555" name="name72636926284ae97c6" descr="15175.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15175.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId6910690b8a5b4793e" cstate="print"/>
+                          <a:blip r:embed="rId44816926284ae97c4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2633690b8a5b47a29" w:history="1">
+            <w:hyperlink r:id="rId90136926284ae98ee" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1312,63 +1312,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">U. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is not present in Algeria, Greece, Italy, and Spain: the citrus snow scale reports in these countries are old and unconfirmed literature records. Some interceptions on traded plant material have been reported from Uzbekistan and Turkey (Europhyt, 2012) but no further pest reports exist for these countries. Presence in Russia and other countries in the former USSR is considered uncertain.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="33743764" name="name5519690b8a5b49029" descr="UNASCI_distribution_map.jpg"/>
+            <wp:docPr id="17938454" name="name75806926284aea336" descr="UNASCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="UNASCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1607690b8a5b49026" cstate="print"/>
+                    <a:blip r:embed="rId48086926284aea334" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5385,51 +5385,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 383 – 400.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Europhyt (2012) Europhyt Interceptions Annual Report. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4520690b8a5b4ab90" w:history="1">
+      <w:hyperlink r:id="rId84756926284aebefd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions-annual-reports_en</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5856,81 +5856,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 49–61. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1509690b8a5b4ae83" w:history="1">
+      <w:hyperlink r:id="rId71576926284aec211" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11295-010-0314-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Futch SH &amp; Jackson LK (2021) Sunburst Tangerine HS168. UF IFAS Extension University of Florida.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1193690b8a5b4aeb7" w:history="1">
+      <w:hyperlink r:id="rId36936926284aec248" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/publication/CH079</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6112,51 +6112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4225690b8a5b4b021" w:history="1">
+      <w:hyperlink r:id="rId81746926284aec3c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11557-015-1044-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6432,51 +6432,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kondo T &amp; Watson GW (EDs) (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Encyclopedia of scale insect pests</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CAB International, 608 pp.  ISBN-13: 9781800620667 (ePDF). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6324690b8a5b4b22f" w:history="1">
+      <w:hyperlink r:id="rId78776926284aec5db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/9781800620643.0000</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6569,141 +6569,141 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientia Horticulturae </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 207–212. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7106690b8a5b4b323" w:history="1">
+      <w:hyperlink r:id="rId46256926284aec6c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">doi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8939690b8a5b4b343" w:history="1">
+      <w:hyperlink r:id="rId79476926284aec6df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">10.1016/j.scienta.2008.11.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">POWO (2023) Plants of the World Online. Kew Royal Botanic Gardens. Sour orange.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2799690b8a5b4b378" w:history="1">
+      <w:hyperlink r:id="rId14356926284aec711" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://powo.science.kew.org/taxon/urn:lsid:ipni.org:names:59600-2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Porcelli F (2019) A method to slide-mount insects and other arthropods in a water-soluble medium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1184690b8a5b4b3b9" w:history="1">
+      <w:hyperlink r:id="rId87136926284aec750" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.3471649</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed April 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7193,51 +7193,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UCR (2023) University of California, Riverside (UCR). Givaudan Citrus Variety Collection at UCR. Carrizo citrange. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4597690b8a5b4b718" w:history="1">
+      <w:hyperlink r:id="rId48056926284aecaaf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://citrusvariety.ucr.edu/crc2863</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7330,51 +7330,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 939–948. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9971690b8a5b4b7f8" w:history="1">
+      <w:hyperlink r:id="rId11896926284aecb98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/aesa/83.5.939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7460,51 +7460,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3905</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 432-440. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2237690b8a5b4b8c7" w:history="1">
+      <w:hyperlink r:id="rId75186926284aecc65" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.3905.3.9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7586,51 +7586,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI, EFSA and further resources used when preparing this datasheet.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Buckley CR &amp; Hodges AC (2017) University of Florida. UF-IFAS. Featured Creatures. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6188690b8a5b4b99c" w:history="1">
+      <w:hyperlink r:id="rId45206926284aecd3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ufl.edu/creatures/orn/scales/citrus_snow_scale.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7663,51 +7663,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Map No 149</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) CABI Compendium 2021. Datasheet on Unaspis citri (citrus snow scale). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9475690b8a5b4ba18" w:history="1">
+      <w:hyperlink r:id="rId69356926284aecdba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.55685</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and including CABI summary data [last accessed May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7742,81 +7742,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16(3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5187, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7108690b8a5b4ba98" w:history="1">
+      <w:hyperlink r:id="rId42256926284aece3b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5187</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Various authors. Diaspididae of the World 2.0. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6909690b8a5b4bac9" w:history="1">
+      <w:hyperlink r:id="rId27456926284aece6d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://diaspididae.linnaeus.naturalis.nl/linnaeus_ng/app/views/species/nsr_taxon.php?id=113132&amp;cat=CTAB_LITERATURE&amp;epi=155</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7891,51 +7891,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Unaspis citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7455690b8a5b4bb8c" w:history="1">
+      <w:hyperlink r:id="rId82926926284aecf31" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8010,63 +8010,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="64573838" name="name6359690b8a5b4bcaf" descr="eu_funding_250.png"/>
+            <wp:docPr id="11089183" name="name45836926284aed085" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8235690b8a5b4bcae" cstate="print"/>
+                    <a:blip r:embed="rId22996926284aed083" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8164,137 +8164,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="85300985">
+  <w:abstractNum w:abstractNumId="48140966">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="92492200">
+    <w:lvl w:ilvl="0" w:tplc="69918438">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="92492200" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="69918438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="92492200" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="69918438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="92492200" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="69918438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="92492200" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="69918438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="92492200" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="69918438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="92492200" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="69918438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="92492200" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="69918438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="92492200" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="69918438" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="85300984">
+  <w:abstractNum w:abstractNumId="48140965">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="16946819">
+    <w:lvl w:ilvl="0" w:tplc="10782186">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9046,55 +9046,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="85300984">
-    <w:abstractNumId w:val="85300984"/>
+  <w:num w:numId="48140965">
+    <w:abstractNumId w:val="48140965"/>
   </w:num>
-  <w:num w:numId="85300985">
-    <w:abstractNumId w:val="85300985"/>
+  <w:num w:numId="48140966">
+    <w:abstractNumId w:val="48140966"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20644,51 +20644,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId421395858" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId990639324" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId2054690b8a5b477f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/" TargetMode="External"/><Relationship Id="rId7518690b8a5b4785a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/categorization" TargetMode="External"/><Relationship Id="rId2633690b8a5b47a29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/photos" TargetMode="External"/><Relationship Id="rId4520690b8a5b4ab90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions-annual-reports_en" TargetMode="External"/><Relationship Id="rId1509690b8a5b4ae83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11295-010-0314-x" TargetMode="External"/><Relationship Id="rId1193690b8a5b4aeb7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/publication/CH079" TargetMode="External"/><Relationship Id="rId4225690b8a5b4b021" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11557-015-1044-0" TargetMode="External"/><Relationship Id="rId6324690b8a5b4b22f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/9781800620643.0000" TargetMode="External"/><Relationship Id="rId7106690b8a5b4b323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Doi_(identifier)" TargetMode="External"/><Relationship Id="rId8939690b8a5b4b343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016%2Fj.scienta.2008.11.001" TargetMode="External"/><Relationship Id="rId2799690b8a5b4b378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://powo.science.kew.org/taxon/urn:lsid:ipni.org:names:59600-2" TargetMode="External"/><Relationship Id="rId1184690b8a5b4b3b9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.3471649" TargetMode="External"/><Relationship Id="rId4597690b8a5b4b718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://citrusvariety.ucr.edu/crc2863" TargetMode="External"/><Relationship Id="rId9971690b8a5b4b7f8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/83.5.939" TargetMode="External"/><Relationship Id="rId2237690b8a5b4b8c7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3905.3.9" TargetMode="External"/><Relationship Id="rId6188690b8a5b4b99c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ufl.edu/creatures/orn/scales/citrus_snow_scale.htm" TargetMode="External"/><Relationship Id="rId9475690b8a5b4ba18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.55685" TargetMode="External"/><Relationship Id="rId7108690b8a5b4ba98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5187" TargetMode="External"/><Relationship Id="rId6909690b8a5b4bac9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diaspididae.linnaeus.naturalis.nl/linnaeus_ng/app/views/species/nsr_taxon.php?id=113132&amp;cat=CTAB_LITERATURE&amp;epi=155" TargetMode="External"/><Relationship Id="rId7455690b8a5b4bb8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId6910690b8a5b4793e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId6910690b8a5b4793e.jpg"/><Relationship Id="rId1607690b8a5b49026" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1607690b8a5b49026.jpg"/><Relationship Id="rId8235690b8a5b4bcae" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8235690b8a5b4bcae.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId124563975" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId918730533" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId63286926284ae964c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/" TargetMode="External"/><Relationship Id="rId97636926284ae96b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/categorization" TargetMode="External"/><Relationship Id="rId90136926284ae98ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/photos" TargetMode="External"/><Relationship Id="rId84756926284aebefd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions-annual-reports_en" TargetMode="External"/><Relationship Id="rId71576926284aec211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11295-010-0314-x" TargetMode="External"/><Relationship Id="rId36936926284aec248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/publication/CH079" TargetMode="External"/><Relationship Id="rId81746926284aec3c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11557-015-1044-0" TargetMode="External"/><Relationship Id="rId78776926284aec5db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/9781800620643.0000" TargetMode="External"/><Relationship Id="rId46256926284aec6c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Doi_(identifier)" TargetMode="External"/><Relationship Id="rId79476926284aec6df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016%2Fj.scienta.2008.11.001" TargetMode="External"/><Relationship Id="rId14356926284aec711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://powo.science.kew.org/taxon/urn:lsid:ipni.org:names:59600-2" TargetMode="External"/><Relationship Id="rId87136926284aec750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.3471649" TargetMode="External"/><Relationship Id="rId48056926284aecaaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://citrusvariety.ucr.edu/crc2863" TargetMode="External"/><Relationship Id="rId11896926284aecb98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/83.5.939" TargetMode="External"/><Relationship Id="rId75186926284aecc65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3905.3.9" TargetMode="External"/><Relationship Id="rId45206926284aecd3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ufl.edu/creatures/orn/scales/citrus_snow_scale.htm" TargetMode="External"/><Relationship Id="rId69356926284aecdba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.55685" TargetMode="External"/><Relationship Id="rId42256926284aece3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5187" TargetMode="External"/><Relationship Id="rId27456926284aece6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diaspididae.linnaeus.naturalis.nl/linnaeus_ng/app/views/species/nsr_taxon.php?id=113132&amp;cat=CTAB_LITERATURE&amp;epi=155" TargetMode="External"/><Relationship Id="rId82926926284aecf31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId44816926284ae97c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId44816926284ae97c4.jpg"/><Relationship Id="rId48086926284aea334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48086926284aea334.jpg"/><Relationship Id="rId22996926284aed083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId22996926284aed083.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>