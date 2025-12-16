--- v2 (2025-11-25)
+++ v3 (2025-12-16)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Comstock)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> citrus snow scale, orange chionaspis, white louse scale</w:t>
             </w:r>
-            <w:hyperlink r:id="rId63286926284ae964c" w:history="1">
+            <w:hyperlink r:id="rId61426941182646c66" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId97636926284ae96b7" w:history="1">
+            <w:hyperlink r:id="rId51366941182646cdd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> UNASCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="14090555" name="name72636926284ae97c6" descr="15175.jpg"/>
+                  <wp:docPr id="83425514" name="name23706941182646dc8" descr="15175.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15175.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId44816926284ae97c4" cstate="print"/>
+                          <a:blip r:embed="rId50256941182646dc7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId90136926284ae98ee" w:history="1">
+            <w:hyperlink r:id="rId20956941182646ed7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1312,63 +1312,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">U. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is not present in Algeria, Greece, Italy, and Spain: the citrus snow scale reports in these countries are old and unconfirmed literature records. Some interceptions on traded plant material have been reported from Uzbekistan and Turkey (Europhyt, 2012) but no further pest reports exist for these countries. Presence in Russia and other countries in the former USSR is considered uncertain.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="17938454" name="name75806926284aea336" descr="UNASCI_distribution_map.jpg"/>
+            <wp:docPr id="38821490" name="name85826941182648362" descr="UNASCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="UNASCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId48086926284aea334" cstate="print"/>
+                    <a:blip r:embed="rId7524694118264835e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5385,51 +5385,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 383 – 400.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Europhyt (2012) Europhyt Interceptions Annual Report. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId84756926284aebefd" w:history="1">
+      <w:hyperlink r:id="rId3775694118264a131" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions-annual-reports_en</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5856,81 +5856,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 49–61. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId71576926284aec211" w:history="1">
+      <w:hyperlink r:id="rId5754694118264a461" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11295-010-0314-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Futch SH &amp; Jackson LK (2021) Sunburst Tangerine HS168. UF IFAS Extension University of Florida.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId36936926284aec248" w:history="1">
+      <w:hyperlink r:id="rId8082694118264a4a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/publication/CH079</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6112,51 +6112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81746926284aec3c0" w:history="1">
+      <w:hyperlink r:id="rId8274694118264a61a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11557-015-1044-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6432,51 +6432,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kondo T &amp; Watson GW (EDs) (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Encyclopedia of scale insect pests</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CAB International, 608 pp.  ISBN-13: 9781800620667 (ePDF). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId78776926284aec5db" w:history="1">
+      <w:hyperlink r:id="rId7300694118264a82a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/9781800620643.0000</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6569,141 +6569,141 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientia Horticulturae </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 207–212. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId46256926284aec6c0" w:history="1">
+      <w:hyperlink r:id="rId5747694118264a914" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">doi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId79476926284aec6df" w:history="1">
+      <w:hyperlink r:id="rId2510694118264a934" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">10.1016/j.scienta.2008.11.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">POWO (2023) Plants of the World Online. Kew Royal Botanic Gardens. Sour orange.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId14356926284aec711" w:history="1">
+      <w:hyperlink r:id="rId7566694118264a967" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://powo.science.kew.org/taxon/urn:lsid:ipni.org:names:59600-2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Porcelli F (2019) A method to slide-mount insects and other arthropods in a water-soluble medium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87136926284aec750" w:history="1">
+      <w:hyperlink r:id="rId5306694118264a9a6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.3471649</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed April 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7193,51 +7193,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UCR (2023) University of California, Riverside (UCR). Givaudan Citrus Variety Collection at UCR. Carrizo citrange. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId48056926284aecaaf" w:history="1">
+      <w:hyperlink r:id="rId1785694118264ad0e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://citrusvariety.ucr.edu/crc2863</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7330,51 +7330,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 939–948. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId11896926284aecb98" w:history="1">
+      <w:hyperlink r:id="rId2156694118264adec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/aesa/83.5.939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7460,51 +7460,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3905</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 432-440. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId75186926284aecc65" w:history="1">
+      <w:hyperlink r:id="rId9536694118264aeb9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.3905.3.9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7586,51 +7586,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI, EFSA and further resources used when preparing this datasheet.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Buckley CR &amp; Hodges AC (2017) University of Florida. UF-IFAS. Featured Creatures. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId45206926284aecd3c" w:history="1">
+      <w:hyperlink r:id="rId1606694118264af9f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ufl.edu/creatures/orn/scales/citrus_snow_scale.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7663,51 +7663,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Map No 149</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) CABI Compendium 2021. Datasheet on Unaspis citri (citrus snow scale). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId69356926284aecdba" w:history="1">
+      <w:hyperlink r:id="rId1522694118264b022" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.55685</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and including CABI summary data [last accessed May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7742,81 +7742,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16(3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5187, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId42256926284aece3b" w:history="1">
+      <w:hyperlink r:id="rId7647694118264b0a4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5187</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Various authors. Diaspididae of the World 2.0. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId27456926284aece6d" w:history="1">
+      <w:hyperlink r:id="rId6247694118264b0d5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://diaspididae.linnaeus.naturalis.nl/linnaeus_ng/app/views/species/nsr_taxon.php?id=113132&amp;cat=CTAB_LITERATURE&amp;epi=155</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7891,51 +7891,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Unaspis citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId82926926284aecf31" w:history="1">
+      <w:hyperlink r:id="rId8545694118264b1a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8010,63 +8010,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="11089183" name="name45836926284aed085" descr="eu_funding_250.png"/>
+            <wp:docPr id="21028773" name="name5467694118264b2be" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId22996926284aed083" cstate="print"/>
+                    <a:blip r:embed="rId5643694118264b2bd" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8164,137 +8164,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="48140966">
+  <w:abstractNum w:abstractNumId="18324458">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69918438">
+    <w:lvl w:ilvl="0" w:tplc="43905240">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="69918438" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="43905240" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="69918438" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="43905240" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="69918438" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="43905240" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="69918438" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="43905240" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="69918438" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="43905240" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="69918438" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="43905240" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="69918438" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="43905240" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="69918438" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="43905240" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="48140965">
+  <w:abstractNum w:abstractNumId="18324457">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10782186">
+    <w:lvl w:ilvl="0" w:tplc="40078583">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9046,55 +9046,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="48140965">
-    <w:abstractNumId w:val="48140965"/>
+  <w:num w:numId="18324457">
+    <w:abstractNumId w:val="18324457"/>
   </w:num>
-  <w:num w:numId="48140966">
-    <w:abstractNumId w:val="48140966"/>
+  <w:num w:numId="18324458">
+    <w:abstractNumId w:val="18324458"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20644,51 +20644,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId124563975" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId918730533" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId63286926284ae964c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/" TargetMode="External"/><Relationship Id="rId97636926284ae96b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/categorization" TargetMode="External"/><Relationship Id="rId90136926284ae98ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/photos" TargetMode="External"/><Relationship Id="rId84756926284aebefd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions-annual-reports_en" TargetMode="External"/><Relationship Id="rId71576926284aec211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11295-010-0314-x" TargetMode="External"/><Relationship Id="rId36936926284aec248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/publication/CH079" TargetMode="External"/><Relationship Id="rId81746926284aec3c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11557-015-1044-0" TargetMode="External"/><Relationship Id="rId78776926284aec5db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/9781800620643.0000" TargetMode="External"/><Relationship Id="rId46256926284aec6c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Doi_(identifier)" TargetMode="External"/><Relationship Id="rId79476926284aec6df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016%2Fj.scienta.2008.11.001" TargetMode="External"/><Relationship Id="rId14356926284aec711" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://powo.science.kew.org/taxon/urn:lsid:ipni.org:names:59600-2" TargetMode="External"/><Relationship Id="rId87136926284aec750" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.3471649" TargetMode="External"/><Relationship Id="rId48056926284aecaaf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://citrusvariety.ucr.edu/crc2863" TargetMode="External"/><Relationship Id="rId11896926284aecb98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/83.5.939" TargetMode="External"/><Relationship Id="rId75186926284aecc65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3905.3.9" TargetMode="External"/><Relationship Id="rId45206926284aecd3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ufl.edu/creatures/orn/scales/citrus_snow_scale.htm" TargetMode="External"/><Relationship Id="rId69356926284aecdba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.55685" TargetMode="External"/><Relationship Id="rId42256926284aece3b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5187" TargetMode="External"/><Relationship Id="rId27456926284aece6d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diaspididae.linnaeus.naturalis.nl/linnaeus_ng/app/views/species/nsr_taxon.php?id=113132&amp;cat=CTAB_LITERATURE&amp;epi=155" TargetMode="External"/><Relationship Id="rId82926926284aecf31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId44816926284ae97c4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId44816926284ae97c4.jpg"/><Relationship Id="rId48086926284aea334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId48086926284aea334.jpg"/><Relationship Id="rId22996926284aed083" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId22996926284aed083.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId648936679" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId843106991" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId61426941182646c66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/" TargetMode="External"/><Relationship Id="rId51366941182646cdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/categorization" TargetMode="External"/><Relationship Id="rId20956941182646ed7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/photos" TargetMode="External"/><Relationship Id="rId3775694118264a131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions-annual-reports_en" TargetMode="External"/><Relationship Id="rId5754694118264a461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11295-010-0314-x" TargetMode="External"/><Relationship Id="rId8082694118264a4a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/publication/CH079" TargetMode="External"/><Relationship Id="rId8274694118264a61a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11557-015-1044-0" TargetMode="External"/><Relationship Id="rId7300694118264a82a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/9781800620643.0000" TargetMode="External"/><Relationship Id="rId5747694118264a914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Doi_(identifier)" TargetMode="External"/><Relationship Id="rId2510694118264a934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016%2Fj.scienta.2008.11.001" TargetMode="External"/><Relationship Id="rId7566694118264a967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://powo.science.kew.org/taxon/urn:lsid:ipni.org:names:59600-2" TargetMode="External"/><Relationship Id="rId5306694118264a9a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.3471649" TargetMode="External"/><Relationship Id="rId1785694118264ad0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://citrusvariety.ucr.edu/crc2863" TargetMode="External"/><Relationship Id="rId2156694118264adec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/83.5.939" TargetMode="External"/><Relationship Id="rId9536694118264aeb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3905.3.9" TargetMode="External"/><Relationship Id="rId1606694118264af9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ufl.edu/creatures/orn/scales/citrus_snow_scale.htm" TargetMode="External"/><Relationship Id="rId1522694118264b022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.55685" TargetMode="External"/><Relationship Id="rId7647694118264b0a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5187" TargetMode="External"/><Relationship Id="rId6247694118264b0d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diaspididae.linnaeus.naturalis.nl/linnaeus_ng/app/views/species/nsr_taxon.php?id=113132&amp;cat=CTAB_LITERATURE&amp;epi=155" TargetMode="External"/><Relationship Id="rId8545694118264b1a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId50256941182646dc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId50256941182646dc7.jpg"/><Relationship Id="rId7524694118264835e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7524694118264835e.jpg"/><Relationship Id="rId5643694118264b2bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5643694118264b2bd.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>