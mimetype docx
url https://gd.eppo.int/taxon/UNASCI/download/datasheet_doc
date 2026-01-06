--- v3 (2025-12-16)
+++ v4 (2026-01-06)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Comstock)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> citrus snow scale, orange chionaspis, white louse scale</w:t>
             </w:r>
-            <w:hyperlink r:id="rId61426941182646c66" w:history="1">
+            <w:hyperlink r:id="rId8203695cff040cce9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId51366941182646cdd" w:history="1">
+            <w:hyperlink r:id="rId6928695cff040cd53" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> UNASCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="83425514" name="name23706941182646dc8" descr="15175.jpg"/>
+                  <wp:docPr id="56839032" name="name5304695cff040d583" descr="15175.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15175.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId50256941182646dc7" cstate="print"/>
+                          <a:blip r:embed="rId8123695cff040d581" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId20956941182646ed7" w:history="1">
+            <w:hyperlink r:id="rId2769695cff040d6ca" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1312,63 +1312,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">U. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is not present in Algeria, Greece, Italy, and Spain: the citrus snow scale reports in these countries are old and unconfirmed literature records. Some interceptions on traded plant material have been reported from Uzbekistan and Turkey (Europhyt, 2012) but no further pest reports exist for these countries. Presence in Russia and other countries in the former USSR is considered uncertain.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="38821490" name="name85826941182648362" descr="UNASCI_distribution_map.jpg"/>
+            <wp:docPr id="56118388" name="name1227695cff040ea42" descr="UNASCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="UNASCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7524694118264835e" cstate="print"/>
+                    <a:blip r:embed="rId9191695cff040ea3e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5385,51 +5385,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 383 – 400.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Europhyt (2012) Europhyt Interceptions Annual Report. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3775694118264a131" w:history="1">
+      <w:hyperlink r:id="rId1207695cff041064f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions-annual-reports_en</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5856,81 +5856,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 49–61. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5754694118264a461" w:history="1">
+      <w:hyperlink r:id="rId1957695cff041094e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11295-010-0314-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Futch SH &amp; Jackson LK (2021) Sunburst Tangerine HS168. UF IFAS Extension University of Florida.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8082694118264a4a3" w:history="1">
+      <w:hyperlink r:id="rId7366695cff0410998" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/publication/CH079</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6112,51 +6112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8274694118264a61a" w:history="1">
+      <w:hyperlink r:id="rId2844695cff0410b07" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11557-015-1044-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6432,51 +6432,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kondo T &amp; Watson GW (EDs) (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Encyclopedia of scale insect pests</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CAB International, 608 pp.  ISBN-13: 9781800620667 (ePDF). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7300694118264a82a" w:history="1">
+      <w:hyperlink r:id="rId4246695cff0410d1a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/9781800620643.0000</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6569,141 +6569,141 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientia Horticulturae </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 207–212. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5747694118264a914" w:history="1">
+      <w:hyperlink r:id="rId4511695cff0410e00" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">doi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2510694118264a934" w:history="1">
+      <w:hyperlink r:id="rId5505695cff0410e1f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">10.1016/j.scienta.2008.11.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">POWO (2023) Plants of the World Online. Kew Royal Botanic Gardens. Sour orange.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7566694118264a967" w:history="1">
+      <w:hyperlink r:id="rId1132695cff0410e52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://powo.science.kew.org/taxon/urn:lsid:ipni.org:names:59600-2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Porcelli F (2019) A method to slide-mount insects and other arthropods in a water-soluble medium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5306694118264a9a6" w:history="1">
+      <w:hyperlink r:id="rId4019695cff0410e92" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.3471649</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed April 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7193,51 +7193,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UCR (2023) University of California, Riverside (UCR). Givaudan Citrus Variety Collection at UCR. Carrizo citrange. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1785694118264ad0e" w:history="1">
+      <w:hyperlink r:id="rId8012695cff04111f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://citrusvariety.ucr.edu/crc2863</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7330,51 +7330,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 939–948. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2156694118264adec" w:history="1">
+      <w:hyperlink r:id="rId9596695cff04112ce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/aesa/83.5.939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7460,51 +7460,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3905</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 432-440. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9536694118264aeb9" w:history="1">
+      <w:hyperlink r:id="rId8593695cff0411399" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.3905.3.9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7586,51 +7586,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI, EFSA and further resources used when preparing this datasheet.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Buckley CR &amp; Hodges AC (2017) University of Florida. UF-IFAS. Featured Creatures. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1606694118264af9f" w:history="1">
+      <w:hyperlink r:id="rId1663695cff0411470" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ufl.edu/creatures/orn/scales/citrus_snow_scale.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7663,51 +7663,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Map No 149</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) CABI Compendium 2021. Datasheet on Unaspis citri (citrus snow scale). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1522694118264b022" w:history="1">
+      <w:hyperlink r:id="rId5914695cff04114ee" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.55685</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and including CABI summary data [last accessed May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7742,81 +7742,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16(3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5187, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7647694118264b0a4" w:history="1">
+      <w:hyperlink r:id="rId3493695cff041156f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5187</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Various authors. Diaspididae of the World 2.0. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6247694118264b0d5" w:history="1">
+      <w:hyperlink r:id="rId7559695cff04115a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://diaspididae.linnaeus.naturalis.nl/linnaeus_ng/app/views/species/nsr_taxon.php?id=113132&amp;cat=CTAB_LITERATURE&amp;epi=155</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7869,73 +7869,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Unaspis citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8545694118264b1a0" w:history="1">
+      <w:hyperlink r:id="rId3653695cff0411668" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8010,63 +8010,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="21028773" name="name5467694118264b2be" descr="eu_funding_250.png"/>
+            <wp:docPr id="99874097" name="name1116695cff04117ab" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5643694118264b2bd" cstate="print"/>
+                    <a:blip r:embed="rId5276695cff04117aa" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8164,137 +8164,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="18324458">
+  <w:abstractNum w:abstractNumId="15378627">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43905240">
+    <w:lvl w:ilvl="0" w:tplc="97104625">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="43905240" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="97104625" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="43905240" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="97104625" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="43905240" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97104625" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="43905240" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="97104625" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="43905240" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="97104625" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="43905240" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="97104625" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="43905240" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="97104625" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="43905240" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="97104625" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18324457">
+  <w:abstractNum w:abstractNumId="15378626">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="40078583">
+    <w:lvl w:ilvl="0" w:tplc="47079345">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9046,55 +9046,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="18324457">
-    <w:abstractNumId w:val="18324457"/>
+  <w:num w:numId="15378626">
+    <w:abstractNumId w:val="15378626"/>
   </w:num>
-  <w:num w:numId="18324458">
-    <w:abstractNumId w:val="18324458"/>
+  <w:num w:numId="15378627">
+    <w:abstractNumId w:val="15378627"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20644,51 +20644,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId648936679" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId843106991" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId61426941182646c66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/" TargetMode="External"/><Relationship Id="rId51366941182646cdd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/categorization" TargetMode="External"/><Relationship Id="rId20956941182646ed7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/photos" TargetMode="External"/><Relationship Id="rId3775694118264a131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions-annual-reports_en" TargetMode="External"/><Relationship Id="rId5754694118264a461" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11295-010-0314-x" TargetMode="External"/><Relationship Id="rId8082694118264a4a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/publication/CH079" TargetMode="External"/><Relationship Id="rId8274694118264a61a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11557-015-1044-0" TargetMode="External"/><Relationship Id="rId7300694118264a82a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/9781800620643.0000" TargetMode="External"/><Relationship Id="rId5747694118264a914" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Doi_(identifier)" TargetMode="External"/><Relationship Id="rId2510694118264a934" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016%2Fj.scienta.2008.11.001" TargetMode="External"/><Relationship Id="rId7566694118264a967" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://powo.science.kew.org/taxon/urn:lsid:ipni.org:names:59600-2" TargetMode="External"/><Relationship Id="rId5306694118264a9a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.3471649" TargetMode="External"/><Relationship Id="rId1785694118264ad0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://citrusvariety.ucr.edu/crc2863" TargetMode="External"/><Relationship Id="rId2156694118264adec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/83.5.939" TargetMode="External"/><Relationship Id="rId9536694118264aeb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3905.3.9" TargetMode="External"/><Relationship Id="rId1606694118264af9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ufl.edu/creatures/orn/scales/citrus_snow_scale.htm" TargetMode="External"/><Relationship Id="rId1522694118264b022" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.55685" TargetMode="External"/><Relationship Id="rId7647694118264b0a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5187" TargetMode="External"/><Relationship Id="rId6247694118264b0d5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diaspididae.linnaeus.naturalis.nl/linnaeus_ng/app/views/species/nsr_taxon.php?id=113132&amp;cat=CTAB_LITERATURE&amp;epi=155" TargetMode="External"/><Relationship Id="rId8545694118264b1a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId50256941182646dc7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId50256941182646dc7.jpg"/><Relationship Id="rId7524694118264835e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7524694118264835e.jpg"/><Relationship Id="rId5643694118264b2bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5643694118264b2bd.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId172748580" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId899262280" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8203695cff040cce9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/" TargetMode="External"/><Relationship Id="rId6928695cff040cd53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/categorization" TargetMode="External"/><Relationship Id="rId2769695cff040d6ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/photos" TargetMode="External"/><Relationship Id="rId1207695cff041064f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions-annual-reports_en" TargetMode="External"/><Relationship Id="rId1957695cff041094e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11295-010-0314-x" TargetMode="External"/><Relationship Id="rId7366695cff0410998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/publication/CH079" TargetMode="External"/><Relationship Id="rId2844695cff0410b07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11557-015-1044-0" TargetMode="External"/><Relationship Id="rId4246695cff0410d1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/9781800620643.0000" TargetMode="External"/><Relationship Id="rId4511695cff0410e00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Doi_(identifier)" TargetMode="External"/><Relationship Id="rId5505695cff0410e1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016%2Fj.scienta.2008.11.001" TargetMode="External"/><Relationship Id="rId1132695cff0410e52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://powo.science.kew.org/taxon/urn:lsid:ipni.org:names:59600-2" TargetMode="External"/><Relationship Id="rId4019695cff0410e92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.3471649" TargetMode="External"/><Relationship Id="rId8012695cff04111f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://citrusvariety.ucr.edu/crc2863" TargetMode="External"/><Relationship Id="rId9596695cff04112ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/83.5.939" TargetMode="External"/><Relationship Id="rId8593695cff0411399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3905.3.9" TargetMode="External"/><Relationship Id="rId1663695cff0411470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ufl.edu/creatures/orn/scales/citrus_snow_scale.htm" TargetMode="External"/><Relationship Id="rId5914695cff04114ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.55685" TargetMode="External"/><Relationship Id="rId3493695cff041156f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5187" TargetMode="External"/><Relationship Id="rId7559695cff04115a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diaspididae.linnaeus.naturalis.nl/linnaeus_ng/app/views/species/nsr_taxon.php?id=113132&amp;cat=CTAB_LITERATURE&amp;epi=155" TargetMode="External"/><Relationship Id="rId3653695cff0411668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8123695cff040d581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8123695cff040d581.jpg"/><Relationship Id="rId9191695cff040ea3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9191695cff040ea3e.jpg"/><Relationship Id="rId5276695cff04117aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5276695cff04117aa.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>