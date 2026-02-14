--- v4 (2026-01-06)
+++ v5 (2026-02-14)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Comstock)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> citrus snow scale, orange chionaspis, white louse scale</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8203695cff040cce9" w:history="1">
+            <w:hyperlink r:id="rId59696990d551149db" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -394,53 +394,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> A1 Quarantine pest (Annex II A)</w:t>
+              <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6928695cff040cd53" w:history="1">
+            <w:hyperlink r:id="rId28486990d55114a47" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> UNASCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="56839032" name="name5304695cff040d583" descr="15175.jpg"/>
+                  <wp:docPr id="64922685" name="name85646990d551150e8" descr="15175.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15175.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId8123695cff040d581" cstate="print"/>
+                          <a:blip r:embed="rId31666990d551150e6" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId2769695cff040d6ca" w:history="1">
+            <w:hyperlink r:id="rId48556990d5511520a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1312,63 +1312,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">U. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is not present in Algeria, Greece, Italy, and Spain: the citrus snow scale reports in these countries are old and unconfirmed literature records. Some interceptions on traded plant material have been reported from Uzbekistan and Turkey (Europhyt, 2012) but no further pest reports exist for these countries. Presence in Russia and other countries in the former USSR is considered uncertain.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="56118388" name="name1227695cff040ea42" descr="UNASCI_distribution_map.jpg"/>
+            <wp:docPr id="94028025" name="name75956990d5511651f" descr="UNASCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="UNASCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9191695cff040ea3e" cstate="print"/>
+                    <a:blip r:embed="rId77946990d5511651c" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -1429,51 +1429,51 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> China (Guangdong, Guangxi, Hainan, Hubei, Shaanxi, Sichuan, Xianggang (Hong Kong), Zhejiang), Indonesia (Java, Kalimantan), Japan, Lao People's Democratic Republic, Malaysia (West), Philippines, Singapore, Syrian Arab Republic, Taiwan, Thailand, Vietnam, Yemen</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">North America:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Mexico, United States of America (California, Florida, Georgia, Hawaii, Louisiana, Mississippi, Virginia)</w:t>
+        <w:t xml:space="preserve"> Mexico, United States of America (Florida, Georgia, Hawaii, Louisiana, Mississippi, Virginia)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Central America and Caribbean:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Antigua and Barbuda, Barbados, Bermuda, Cuba, Dominica, Dominican Republic, El Salvador, Grenada, Guadeloupe, Haiti, Honduras, Jamaica, Martinique, Montserrat, Netherlands Antilles, Panama, Puerto Rico, Saint Kitts and Nevis, Saint Lucia, Saint Vincent and the Grenadines, Trinidad and Tobago, Virgin Islands (British), Virgin Islands (US)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5385,51 +5385,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 383 – 400.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Europhyt (2012) Europhyt Interceptions Annual Report. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1207695cff041064f" w:history="1">
+      <w:hyperlink r:id="rId25086990d551182e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions-annual-reports_en</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5856,81 +5856,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 49–61. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1957695cff041094e" w:history="1">
+      <w:hyperlink r:id="rId55926990d551185fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11295-010-0314-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Futch SH &amp; Jackson LK (2021) Sunburst Tangerine HS168. UF IFAS Extension University of Florida.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7366695cff0410998" w:history="1">
+      <w:hyperlink r:id="rId92146990d55118634" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/publication/CH079</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6112,51 +6112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2844695cff0410b07" w:history="1">
+      <w:hyperlink r:id="rId22686990d5511880e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11557-015-1044-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6432,51 +6432,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kondo T &amp; Watson GW (EDs) (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Encyclopedia of scale insect pests</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CAB International, 608 pp.  ISBN-13: 9781800620667 (ePDF). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4246695cff0410d1a" w:history="1">
+      <w:hyperlink r:id="rId87646990d55118a3d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/9781800620643.0000</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6569,141 +6569,141 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientia Horticulturae </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 207–212. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4511695cff0410e00" w:history="1">
+      <w:hyperlink r:id="rId60916990d55118b4f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">doi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId5505695cff0410e1f" w:history="1">
+      <w:hyperlink r:id="rId45646990d55118b6f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">10.1016/j.scienta.2008.11.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">POWO (2023) Plants of the World Online. Kew Royal Botanic Gardens. Sour orange.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1132695cff0410e52" w:history="1">
+      <w:hyperlink r:id="rId52986990d55118c3e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://powo.science.kew.org/taxon/urn:lsid:ipni.org:names:59600-2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Porcelli F (2019) A method to slide-mount insects and other arthropods in a water-soluble medium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4019695cff0410e92" w:history="1">
+      <w:hyperlink r:id="rId13916990d55118c82" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.3471649</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed April 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7193,51 +7193,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UCR (2023) University of California, Riverside (UCR). Givaudan Citrus Variety Collection at UCR. Carrizo citrange. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8012695cff04111f3" w:history="1">
+      <w:hyperlink r:id="rId88926990d5511903c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://citrusvariety.ucr.edu/crc2863</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7330,51 +7330,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 939–948. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9596695cff04112ce" w:history="1">
+      <w:hyperlink r:id="rId17266990d55119118" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/aesa/83.5.939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7460,51 +7460,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3905</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 432-440. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8593695cff0411399" w:history="1">
+      <w:hyperlink r:id="rId66086990d551191e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.3905.3.9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7586,51 +7586,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI, EFSA and further resources used when preparing this datasheet.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Buckley CR &amp; Hodges AC (2017) University of Florida. UF-IFAS. Featured Creatures. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1663695cff0411470" w:history="1">
+      <w:hyperlink r:id="rId18976990d551192d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ufl.edu/creatures/orn/scales/citrus_snow_scale.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7663,51 +7663,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Map No 149</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) CABI Compendium 2021. Datasheet on Unaspis citri (citrus snow scale). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5914695cff04114ee" w:history="1">
+      <w:hyperlink r:id="rId97946990d55119357" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.55685</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and including CABI summary data [last accessed May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7742,81 +7742,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16(3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5187, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3493695cff041156f" w:history="1">
+      <w:hyperlink r:id="rId13496990d551193d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5187</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Various authors. Diaspididae of the World 2.0. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7559695cff04115a0" w:history="1">
+      <w:hyperlink r:id="rId18166990d55119409" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://diaspididae.linnaeus.naturalis.nl/linnaeus_ng/app/views/species/nsr_taxon.php?id=113132&amp;cat=CTAB_LITERATURE&amp;epi=155</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7891,51 +7891,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Unaspis citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3653695cff0411668" w:history="1">
+      <w:hyperlink r:id="rId57156990d551194d2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8010,63 +8010,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="99874097" name="name1116695cff04117ab" descr="eu_funding_250.png"/>
+            <wp:docPr id="86194635" name="name16296990d5511962b" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId5276695cff04117aa" cstate="print"/>
+                    <a:blip r:embed="rId30806990d55119629" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8164,137 +8164,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="15378627">
+  <w:abstractNum w:abstractNumId="95883470">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97104625">
+    <w:lvl w:ilvl="0" w:tplc="93756634">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="97104625" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="93756634" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="97104625" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="93756634" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="97104625" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="93756634" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="97104625" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="93756634" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="97104625" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="93756634" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="97104625" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="93756634" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="97104625" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="93756634" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="97104625" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="93756634" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15378626">
+  <w:abstractNum w:abstractNumId="95883469">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47079345">
+    <w:lvl w:ilvl="0" w:tplc="62881557">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9046,55 +9046,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15378626">
-    <w:abstractNumId w:val="15378626"/>
+  <w:num w:numId="95883469">
+    <w:abstractNumId w:val="95883469"/>
   </w:num>
-  <w:num w:numId="15378627">
-    <w:abstractNumId w:val="15378627"/>
+  <w:num w:numId="95883470">
+    <w:abstractNumId w:val="95883470"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20644,51 +20644,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId172748580" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId899262280" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8203695cff040cce9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/" TargetMode="External"/><Relationship Id="rId6928695cff040cd53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/categorization" TargetMode="External"/><Relationship Id="rId2769695cff040d6ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/photos" TargetMode="External"/><Relationship Id="rId1207695cff041064f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions-annual-reports_en" TargetMode="External"/><Relationship Id="rId1957695cff041094e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11295-010-0314-x" TargetMode="External"/><Relationship Id="rId7366695cff0410998" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/publication/CH079" TargetMode="External"/><Relationship Id="rId2844695cff0410b07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11557-015-1044-0" TargetMode="External"/><Relationship Id="rId4246695cff0410d1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/9781800620643.0000" TargetMode="External"/><Relationship Id="rId4511695cff0410e00" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Doi_(identifier)" TargetMode="External"/><Relationship Id="rId5505695cff0410e1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016%2Fj.scienta.2008.11.001" TargetMode="External"/><Relationship Id="rId1132695cff0410e52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://powo.science.kew.org/taxon/urn:lsid:ipni.org:names:59600-2" TargetMode="External"/><Relationship Id="rId4019695cff0410e92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.3471649" TargetMode="External"/><Relationship Id="rId8012695cff04111f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://citrusvariety.ucr.edu/crc2863" TargetMode="External"/><Relationship Id="rId9596695cff04112ce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/83.5.939" TargetMode="External"/><Relationship Id="rId8593695cff0411399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3905.3.9" TargetMode="External"/><Relationship Id="rId1663695cff0411470" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ufl.edu/creatures/orn/scales/citrus_snow_scale.htm" TargetMode="External"/><Relationship Id="rId5914695cff04114ee" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.55685" TargetMode="External"/><Relationship Id="rId3493695cff041156f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5187" TargetMode="External"/><Relationship Id="rId7559695cff04115a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diaspididae.linnaeus.naturalis.nl/linnaeus_ng/app/views/species/nsr_taxon.php?id=113132&amp;cat=CTAB_LITERATURE&amp;epi=155" TargetMode="External"/><Relationship Id="rId3653695cff0411668" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId8123695cff040d581" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8123695cff040d581.jpg"/><Relationship Id="rId9191695cff040ea3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9191695cff040ea3e.jpg"/><Relationship Id="rId5276695cff04117aa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId5276695cff04117aa.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId949332490" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId781394459" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId59696990d551149db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/" TargetMode="External"/><Relationship Id="rId28486990d55114a47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/categorization" TargetMode="External"/><Relationship Id="rId48556990d5511520a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/photos" TargetMode="External"/><Relationship Id="rId25086990d551182e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions-annual-reports_en" TargetMode="External"/><Relationship Id="rId55926990d551185fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11295-010-0314-x" TargetMode="External"/><Relationship Id="rId92146990d55118634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/publication/CH079" TargetMode="External"/><Relationship Id="rId22686990d5511880e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11557-015-1044-0" TargetMode="External"/><Relationship Id="rId87646990d55118a3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/9781800620643.0000" TargetMode="External"/><Relationship Id="rId60916990d55118b4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Doi_(identifier)" TargetMode="External"/><Relationship Id="rId45646990d55118b6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016%2Fj.scienta.2008.11.001" TargetMode="External"/><Relationship Id="rId52986990d55118c3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://powo.science.kew.org/taxon/urn:lsid:ipni.org:names:59600-2" TargetMode="External"/><Relationship Id="rId13916990d55118c82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.3471649" TargetMode="External"/><Relationship Id="rId88926990d5511903c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://citrusvariety.ucr.edu/crc2863" TargetMode="External"/><Relationship Id="rId17266990d55119118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/83.5.939" TargetMode="External"/><Relationship Id="rId66086990d551191e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3905.3.9" TargetMode="External"/><Relationship Id="rId18976990d551192d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ufl.edu/creatures/orn/scales/citrus_snow_scale.htm" TargetMode="External"/><Relationship Id="rId97946990d55119357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.55685" TargetMode="External"/><Relationship Id="rId13496990d551193d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5187" TargetMode="External"/><Relationship Id="rId18166990d55119409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diaspididae.linnaeus.naturalis.nl/linnaeus_ng/app/views/species/nsr_taxon.php?id=113132&amp;cat=CTAB_LITERATURE&amp;epi=155" TargetMode="External"/><Relationship Id="rId57156990d551194d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId31666990d551150e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId31666990d551150e6.jpg"/><Relationship Id="rId77946990d5511651c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77946990d5511651c.jpg"/><Relationship Id="rId30806990d55119629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30806990d55119629.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>