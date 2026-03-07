--- v5 (2026-02-14)
+++ v6 (2026-03-07)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Comstock)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> citrus snow scale, orange chionaspis, white louse scale</w:t>
             </w:r>
-            <w:hyperlink r:id="rId59696990d551149db" w:history="1">
+            <w:hyperlink r:id="rId340269abc03e8bbb5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId28486990d55114a47" w:history="1">
+            <w:hyperlink r:id="rId714969abc03e8bc20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> UNASCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="64922685" name="name85646990d551150e8" descr="15175.jpg"/>
+                  <wp:docPr id="32456448" name="name637569abc03e8c208" descr="15175.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15175.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId31666990d551150e6" cstate="print"/>
+                          <a:blip r:embed="rId674869abc03e8c206" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId48556990d5511520a" w:history="1">
+            <w:hyperlink r:id="rId725969abc03e8c31b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1312,63 +1312,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">U. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is not present in Algeria, Greece, Italy, and Spain: the citrus snow scale reports in these countries are old and unconfirmed literature records. Some interceptions on traded plant material have been reported from Uzbekistan and Turkey (Europhyt, 2012) but no further pest reports exist for these countries. Presence in Russia and other countries in the former USSR is considered uncertain.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="94028025" name="name75956990d5511651f" descr="UNASCI_distribution_map.jpg"/>
+            <wp:docPr id="75502634" name="name732069abc03e8dd9e" descr="UNASCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="UNASCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId77946990d5511651c" cstate="print"/>
+                    <a:blip r:embed="rId616469abc03e8dd9b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5385,51 +5385,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 383 – 400.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Europhyt (2012) Europhyt Interceptions Annual Report. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId25086990d551182e0" w:history="1">
+      <w:hyperlink r:id="rId653769abc03e8feb0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions-annual-reports_en</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5856,81 +5856,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 49–61. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId55926990d551185fb" w:history="1">
+      <w:hyperlink r:id="rId134969abc03e901c8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11295-010-0314-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Futch SH &amp; Jackson LK (2021) Sunburst Tangerine HS168. UF IFAS Extension University of Florida.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId92146990d55118634" w:history="1">
+      <w:hyperlink r:id="rId144169abc03e90201" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/publication/CH079</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6112,51 +6112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId22686990d5511880e" w:history="1">
+      <w:hyperlink r:id="rId170469abc03e90370" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11557-015-1044-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6432,51 +6432,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kondo T &amp; Watson GW (EDs) (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Encyclopedia of scale insect pests</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CAB International, 608 pp.  ISBN-13: 9781800620667 (ePDF). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87646990d55118a3d" w:history="1">
+      <w:hyperlink r:id="rId148669abc03e90579" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/9781800620643.0000</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6569,141 +6569,141 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientia Horticulturae </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 207–212. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId60916990d55118b4f" w:history="1">
+      <w:hyperlink r:id="rId358769abc03e9065f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">doi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId45646990d55118b6f" w:history="1">
+      <w:hyperlink r:id="rId658569abc03e9067f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">10.1016/j.scienta.2008.11.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">POWO (2023) Plants of the World Online. Kew Royal Botanic Gardens. Sour orange.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52986990d55118c3e" w:history="1">
+      <w:hyperlink r:id="rId802869abc03e906b2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://powo.science.kew.org/taxon/urn:lsid:ipni.org:names:59600-2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Porcelli F (2019) A method to slide-mount insects and other arthropods in a water-soluble medium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13916990d55118c82" w:history="1">
+      <w:hyperlink r:id="rId533469abc03e906f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.3471649</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed April 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7193,51 +7193,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UCR (2023) University of California, Riverside (UCR). Givaudan Citrus Variety Collection at UCR. Carrizo citrange. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId88926990d5511903c" w:history="1">
+      <w:hyperlink r:id="rId386269abc03e90a7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://citrusvariety.ucr.edu/crc2863</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7330,51 +7330,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 939–948. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId17266990d55119118" w:history="1">
+      <w:hyperlink r:id="rId311269abc03e90b5a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/aesa/83.5.939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7460,51 +7460,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3905</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 432-440. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId66086990d551191e1" w:history="1">
+      <w:hyperlink r:id="rId329869abc03e90c26" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.3905.3.9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7586,51 +7586,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI, EFSA and further resources used when preparing this datasheet.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Buckley CR &amp; Hodges AC (2017) University of Florida. UF-IFAS. Featured Creatures. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18976990d551192d8" w:history="1">
+      <w:hyperlink r:id="rId182869abc03e90d0b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ufl.edu/creatures/orn/scales/citrus_snow_scale.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7663,51 +7663,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Map No 149</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) CABI Compendium 2021. Datasheet on Unaspis citri (citrus snow scale). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId97946990d55119357" w:history="1">
+      <w:hyperlink r:id="rId896969abc03e90d8c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.55685</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and including CABI summary data [last accessed May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7742,81 +7742,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16(3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5187, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId13496990d551193d8" w:history="1">
+      <w:hyperlink r:id="rId635569abc03e90e0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5187</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Various authors. Diaspididae of the World 2.0. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId18166990d55119409" w:history="1">
+      <w:hyperlink r:id="rId394069abc03e90e41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://diaspididae.linnaeus.naturalis.nl/linnaeus_ng/app/views/species/nsr_taxon.php?id=113132&amp;cat=CTAB_LITERATURE&amp;epi=155</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7891,51 +7891,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Unaspis citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId57156990d551194d2" w:history="1">
+      <w:hyperlink r:id="rId372869abc03e90f0a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8010,63 +8010,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="86194635" name="name16296990d5511962b" descr="eu_funding_250.png"/>
+            <wp:docPr id="43644382" name="name379369abc03e91068" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId30806990d55119629" cstate="print"/>
+                    <a:blip r:embed="rId498869abc03e91067" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8164,137 +8164,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="95883470">
+  <w:abstractNum w:abstractNumId="50009584">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93756634">
+    <w:lvl w:ilvl="0" w:tplc="68156587">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="93756634" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="68156587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="93756634" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="68156587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="93756634" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="68156587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="93756634" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="68156587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="93756634" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="68156587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="93756634" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="68156587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="93756634" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="68156587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="93756634" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="68156587" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="95883469">
+  <w:abstractNum w:abstractNumId="50009583">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="62881557">
+    <w:lvl w:ilvl="0" w:tplc="88634667">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9046,55 +9046,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="95883469">
-    <w:abstractNumId w:val="95883469"/>
+  <w:num w:numId="50009583">
+    <w:abstractNumId w:val="50009583"/>
   </w:num>
-  <w:num w:numId="95883470">
-    <w:abstractNumId w:val="95883470"/>
+  <w:num w:numId="50009584">
+    <w:abstractNumId w:val="50009584"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20644,51 +20644,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId949332490" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId781394459" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId59696990d551149db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/" TargetMode="External"/><Relationship Id="rId28486990d55114a47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/categorization" TargetMode="External"/><Relationship Id="rId48556990d5511520a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/photos" TargetMode="External"/><Relationship Id="rId25086990d551182e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions-annual-reports_en" TargetMode="External"/><Relationship Id="rId55926990d551185fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11295-010-0314-x" TargetMode="External"/><Relationship Id="rId92146990d55118634" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/publication/CH079" TargetMode="External"/><Relationship Id="rId22686990d5511880e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11557-015-1044-0" TargetMode="External"/><Relationship Id="rId87646990d55118a3d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/9781800620643.0000" TargetMode="External"/><Relationship Id="rId60916990d55118b4f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Doi_(identifier)" TargetMode="External"/><Relationship Id="rId45646990d55118b6f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016%2Fj.scienta.2008.11.001" TargetMode="External"/><Relationship Id="rId52986990d55118c3e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://powo.science.kew.org/taxon/urn:lsid:ipni.org:names:59600-2" TargetMode="External"/><Relationship Id="rId13916990d55118c82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.3471649" TargetMode="External"/><Relationship Id="rId88926990d5511903c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://citrusvariety.ucr.edu/crc2863" TargetMode="External"/><Relationship Id="rId17266990d55119118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/83.5.939" TargetMode="External"/><Relationship Id="rId66086990d551191e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3905.3.9" TargetMode="External"/><Relationship Id="rId18976990d551192d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ufl.edu/creatures/orn/scales/citrus_snow_scale.htm" TargetMode="External"/><Relationship Id="rId97946990d55119357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.55685" TargetMode="External"/><Relationship Id="rId13496990d551193d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5187" TargetMode="External"/><Relationship Id="rId18166990d55119409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diaspididae.linnaeus.naturalis.nl/linnaeus_ng/app/views/species/nsr_taxon.php?id=113132&amp;cat=CTAB_LITERATURE&amp;epi=155" TargetMode="External"/><Relationship Id="rId57156990d551194d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId31666990d551150e6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId31666990d551150e6.jpg"/><Relationship Id="rId77946990d5511651c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId77946990d5511651c.jpg"/><Relationship Id="rId30806990d55119629" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId30806990d55119629.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId147521529" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId292793490" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId340269abc03e8bbb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/" TargetMode="External"/><Relationship Id="rId714969abc03e8bc20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/categorization" TargetMode="External"/><Relationship Id="rId725969abc03e8c31b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/photos" TargetMode="External"/><Relationship Id="rId653769abc03e8feb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions-annual-reports_en" TargetMode="External"/><Relationship Id="rId134969abc03e901c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11295-010-0314-x" TargetMode="External"/><Relationship Id="rId144169abc03e90201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/publication/CH079" TargetMode="External"/><Relationship Id="rId170469abc03e90370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11557-015-1044-0" TargetMode="External"/><Relationship Id="rId148669abc03e90579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/9781800620643.0000" TargetMode="External"/><Relationship Id="rId358769abc03e9065f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Doi_(identifier)" TargetMode="External"/><Relationship Id="rId658569abc03e9067f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016%2Fj.scienta.2008.11.001" TargetMode="External"/><Relationship Id="rId802869abc03e906b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://powo.science.kew.org/taxon/urn:lsid:ipni.org:names:59600-2" TargetMode="External"/><Relationship Id="rId533469abc03e906f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.3471649" TargetMode="External"/><Relationship Id="rId386269abc03e90a7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://citrusvariety.ucr.edu/crc2863" TargetMode="External"/><Relationship Id="rId311269abc03e90b5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/83.5.939" TargetMode="External"/><Relationship Id="rId329869abc03e90c26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3905.3.9" TargetMode="External"/><Relationship Id="rId182869abc03e90d0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ufl.edu/creatures/orn/scales/citrus_snow_scale.htm" TargetMode="External"/><Relationship Id="rId896969abc03e90d8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.55685" TargetMode="External"/><Relationship Id="rId635569abc03e90e0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5187" TargetMode="External"/><Relationship Id="rId394069abc03e90e41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diaspididae.linnaeus.naturalis.nl/linnaeus_ng/app/views/species/nsr_taxon.php?id=113132&amp;cat=CTAB_LITERATURE&amp;epi=155" TargetMode="External"/><Relationship Id="rId372869abc03e90f0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId674869abc03e8c206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId674869abc03e8c206.jpg"/><Relationship Id="rId616469abc03e8dd9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId616469abc03e8dd9b.jpg"/><Relationship Id="rId498869abc03e91067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId498869abc03e91067.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>