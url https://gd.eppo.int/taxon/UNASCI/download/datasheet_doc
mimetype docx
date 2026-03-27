--- v6 (2026-03-07)
+++ v7 (2026-03-27)
@@ -336,51 +336,51 @@
               <w:t xml:space="preserve"> (Comstock)</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> citrus snow scale, orange chionaspis, white louse scale</w:t>
             </w:r>
-            <w:hyperlink r:id="rId340269abc03e8bbb5" w:history="1">
+            <w:hyperlink r:id="rId570169c6501e151c9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -396,51 +396,51 @@
               <w:t xml:space="preserve"> A1 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> Quarantine pest ((EU) 2019/2072 Annex II A)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId714969abc03e8bc20" w:history="1">
+            <w:hyperlink r:id="rId118569c6501e15230" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -454,86 +454,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> UNASCI</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="32456448" name="name637569abc03e8c208" descr="15175.jpg"/>
+                  <wp:docPr id="56993391" name="name658269c6501e158f2" descr="15175.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="15175.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId674869abc03e8c206" cstate="print"/>
+                          <a:blip r:embed="rId274469c6501e158f0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId725969abc03e8c31b" w:history="1">
+            <w:hyperlink r:id="rId136869c6501e159f6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -1312,63 +1312,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">U. citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> is not present in Algeria, Greece, Italy, and Spain: the citrus snow scale reports in these countries are old and unconfirmed literature records. Some interceptions on traded plant material have been reported from Uzbekistan and Turkey (Europhyt, 2012) but no further pest reports exist for these countries. Presence in Russia and other countries in the former USSR is considered uncertain.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="75502634" name="name732069abc03e8dd9e" descr="UNASCI_distribution_map.jpg"/>
+            <wp:docPr id="63028696" name="name396369c6501e16d5a" descr="UNASCI_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="UNASCI_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId616469abc03e8dd9b" cstate="print"/>
+                    <a:blip r:embed="rId969269c6501e16d58" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5385,51 +5385,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 383 – 400.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Europhyt (2012) Europhyt Interceptions Annual Report. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId653769abc03e8feb0" w:history="1">
+      <w:hyperlink r:id="rId607469c6501e188c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions-annual-reports_en</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -5856,81 +5856,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">7</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), 49–61. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId134969abc03e901c8" w:history="1">
+      <w:hyperlink r:id="rId415069c6501e18bf3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11295-010-0314-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Futch SH &amp; Jackson LK (2021) Sunburst Tangerine HS168. UF IFAS Extension University of Florida.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId144169abc03e90201" w:history="1">
+      <w:hyperlink r:id="rId527969c6501e18c28" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://edis.ifas.ufl.edu/publication/CH079</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6112,51 +6112,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">14</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 17. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId170469abc03e90370" w:history="1">
+      <w:hyperlink r:id="rId287569c6501e18d8f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s11557-015-1044-0</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6432,51 +6432,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kondo T &amp; Watson GW (EDs) (2022) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Encyclopedia of scale insect pests</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. CAB International, 608 pp.  ISBN-13: 9781800620667 (ePDF). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId148669abc03e90579" w:history="1">
+      <w:hyperlink r:id="rId531969c6501e18f90" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1079/9781800620643.0000</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -6569,141 +6569,141 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scientia Horticulturae </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">120</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(2), 207–212. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId358769abc03e9065f" w:history="1">
+      <w:hyperlink r:id="rId961769c6501e19071" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">doi</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">:</w:t>
       </w:r>
-      <w:hyperlink r:id="rId658569abc03e9067f" w:history="1">
+      <w:hyperlink r:id="rId663169c6501e19090" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">10.1016/j.scienta.2008.11.001</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">POWO (2023) Plants of the World Online. Kew Royal Botanic Gardens. Sour orange.  </w:t>
       </w:r>
-      <w:hyperlink r:id="rId802869abc03e906b2" w:history="1">
+      <w:hyperlink r:id="rId421669c6501e190c2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://powo.science.kew.org/taxon/urn:lsid:ipni.org:names:59600-2</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Porcelli F (2019) A method to slide-mount insects and other arthropods in a water-soluble medium. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId533469abc03e906f2" w:history="1">
+      <w:hyperlink r:id="rId558069c6501e19101" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.5281/zenodo.3471649</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed April 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7193,51 +7193,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 28 pp.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">UCR (2023) University of California, Riverside (UCR). Givaudan Citrus Variety Collection at UCR. Carrizo citrange. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId386269abc03e90a7d" w:history="1">
+      <w:hyperlink r:id="rId665869c6501e1946a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://citrusvariety.ucr.edu/crc2863</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed September 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7330,51 +7330,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">83</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 939–948. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId311269abc03e90b5a" w:history="1">
+      <w:hyperlink r:id="rId212869c6501e19544" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1093/aesa/83.5.939</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7460,51 +7460,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">3905</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 432-440. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId329869abc03e90c26" w:history="1">
+      <w:hyperlink r:id="rId942269c6501e19626" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.11646/zootaxa.3905.3.9</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -7586,51 +7586,51 @@
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI, EFSA and further resources used when preparing this datasheet.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Buckley CR &amp; Hodges AC (2017) University of Florida. UF-IFAS. Featured Creatures. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId182869abc03e90d0b" w:history="1">
+      <w:hyperlink r:id="rId731369c6501e196ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://entnemdept.ufl.edu/creatures/orn/scales/citrus_snow_scale.htm</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7663,51 +7663,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Map No 149</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">CABI (2021) CABI Compendium 2021. Datasheet on Unaspis citri (citrus snow scale). </w:t>
       </w:r>
-      <w:hyperlink r:id="rId896969abc03e90d8c" w:history="1">
+      <w:hyperlink r:id="rId204569c6501e1977b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.55685</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> and including CABI summary data [last accessed May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7742,81 +7742,81 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">16(3)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 5187, 26 pp. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId635569abc03e90e0f" w:history="1">
+      <w:hyperlink r:id="rId188169c6501e197fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2018.5187</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Various authors. Diaspididae of the World 2.0. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId394069abc03e90e41" w:history="1">
+      <w:hyperlink r:id="rId739169c6501e1982d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://diaspididae.linnaeus.naturalis.nl/linnaeus_ng/app/views/species/nsr_taxon.php?id=113132&amp;cat=CTAB_LITERATURE&amp;epi=155</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> [last accessed May 2023].</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -7891,51 +7891,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Unaspis citri</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId372869abc03e90f0a" w:history="1">
+      <w:hyperlink r:id="rId655969c6501e198f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -8010,63 +8010,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="43644382" name="name379369abc03e91068" descr="eu_funding_250.png"/>
+            <wp:docPr id="79726667" name="name692769c6501e19a2e" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId498869abc03e91067" cstate="print"/>
+                    <a:blip r:embed="rId949769c6501e19a2d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -8164,137 +8164,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="50009584">
+  <w:abstractNum w:abstractNumId="42424458">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68156587">
+    <w:lvl w:ilvl="0" w:tplc="56921408">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68156587" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="56921408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68156587" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="56921408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68156587" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="56921408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68156587" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="56921408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68156587" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="56921408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68156587" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="56921408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68156587" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="56921408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68156587" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="56921408" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="50009583">
+  <w:abstractNum w:abstractNumId="42424457">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88634667">
+    <w:lvl w:ilvl="0" w:tplc="67556990">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -9046,55 +9046,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="50009583">
-    <w:abstractNumId w:val="50009583"/>
+  <w:num w:numId="42424457">
+    <w:abstractNumId w:val="42424457"/>
   </w:num>
-  <w:num w:numId="50009584">
-    <w:abstractNumId w:val="50009584"/>
+  <w:num w:numId="42424458">
+    <w:abstractNumId w:val="42424458"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -20644,51 +20644,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId147521529" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId292793490" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId340269abc03e8bbb5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/" TargetMode="External"/><Relationship Id="rId714969abc03e8bc20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/categorization" TargetMode="External"/><Relationship Id="rId725969abc03e8c31b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/photos" TargetMode="External"/><Relationship Id="rId653769abc03e8feb0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions-annual-reports_en" TargetMode="External"/><Relationship Id="rId134969abc03e901c8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11295-010-0314-x" TargetMode="External"/><Relationship Id="rId144169abc03e90201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/publication/CH079" TargetMode="External"/><Relationship Id="rId170469abc03e90370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11557-015-1044-0" TargetMode="External"/><Relationship Id="rId148669abc03e90579" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/9781800620643.0000" TargetMode="External"/><Relationship Id="rId358769abc03e9065f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Doi_(identifier)" TargetMode="External"/><Relationship Id="rId658569abc03e9067f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016%2Fj.scienta.2008.11.001" TargetMode="External"/><Relationship Id="rId802869abc03e906b2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://powo.science.kew.org/taxon/urn:lsid:ipni.org:names:59600-2" TargetMode="External"/><Relationship Id="rId533469abc03e906f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.3471649" TargetMode="External"/><Relationship Id="rId386269abc03e90a7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://citrusvariety.ucr.edu/crc2863" TargetMode="External"/><Relationship Id="rId311269abc03e90b5a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/83.5.939" TargetMode="External"/><Relationship Id="rId329869abc03e90c26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3905.3.9" TargetMode="External"/><Relationship Id="rId182869abc03e90d0b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ufl.edu/creatures/orn/scales/citrus_snow_scale.htm" TargetMode="External"/><Relationship Id="rId896969abc03e90d8c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.55685" TargetMode="External"/><Relationship Id="rId635569abc03e90e0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5187" TargetMode="External"/><Relationship Id="rId394069abc03e90e41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diaspididae.linnaeus.naturalis.nl/linnaeus_ng/app/views/species/nsr_taxon.php?id=113132&amp;cat=CTAB_LITERATURE&amp;epi=155" TargetMode="External"/><Relationship Id="rId372869abc03e90f0a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId674869abc03e8c206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId674869abc03e8c206.jpg"/><Relationship Id="rId616469abc03e8dd9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId616469abc03e8dd9b.jpg"/><Relationship Id="rId498869abc03e91067" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId498869abc03e91067.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId155935658" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId210407395" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId570169c6501e151c9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/" TargetMode="External"/><Relationship Id="rId118569c6501e15230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/categorization" TargetMode="External"/><Relationship Id="rId136869c6501e159f6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/UNASCI/photos" TargetMode="External"/><Relationship Id="rId607469c6501e188c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://food.ec.europa.eu/plants/plant-health-and-biosecurity/europhyt/interceptions-annual-reports_en" TargetMode="External"/><Relationship Id="rId415069c6501e18bf3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11295-010-0314-x" TargetMode="External"/><Relationship Id="rId527969c6501e18c28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://edis.ifas.ufl.edu/publication/CH079" TargetMode="External"/><Relationship Id="rId287569c6501e18d8f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s11557-015-1044-0" TargetMode="External"/><Relationship Id="rId531969c6501e18f90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1079/9781800620643.0000" TargetMode="External"/><Relationship Id="rId961769c6501e19071" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://en.wikipedia.org/wiki/Doi_(identifier)" TargetMode="External"/><Relationship Id="rId663169c6501e19090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1016%2Fj.scienta.2008.11.001" TargetMode="External"/><Relationship Id="rId421669c6501e190c2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://powo.science.kew.org/taxon/urn:lsid:ipni.org:names:59600-2" TargetMode="External"/><Relationship Id="rId558069c6501e19101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.5281/zenodo.3471649" TargetMode="External"/><Relationship Id="rId665869c6501e1946a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://citrusvariety.ucr.edu/crc2863" TargetMode="External"/><Relationship Id="rId212869c6501e19544" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1093/aesa/83.5.939" TargetMode="External"/><Relationship Id="rId942269c6501e19626" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.11646/zootaxa.3905.3.9" TargetMode="External"/><Relationship Id="rId731369c6501e196ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://entnemdept.ufl.edu/creatures/orn/scales/citrus_snow_scale.htm" TargetMode="External"/><Relationship Id="rId204569c6501e1977b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabidigitallibrary.org/doi/full/10.1079/cabicompendium.55685" TargetMode="External"/><Relationship Id="rId188169c6501e197fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2018.5187" TargetMode="External"/><Relationship Id="rId739169c6501e1982d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://diaspididae.linnaeus.naturalis.nl/linnaeus_ng/app/views/species/nsr_taxon.php?id=113132&amp;cat=CTAB_LITERATURE&amp;epi=155" TargetMode="External"/><Relationship Id="rId655969c6501e198f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId274469c6501e158f0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId274469c6501e158f0.jpg"/><Relationship Id="rId969269c6501e16d58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId969269c6501e16d58.jpg"/><Relationship Id="rId949769c6501e19a2d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId949769c6501e19a2d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>