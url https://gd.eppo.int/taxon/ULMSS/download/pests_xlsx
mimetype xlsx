--- v0 (2025-10-23)
+++ v1 (2025-12-02)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="ULMSS" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="99">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="102">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>ACNLCO</t>
   </si>
   <si>
     <t>Acanalonia conica</t>
   </si>
   <si>
     <t xml:space="preserve">* Nicoli Aldini R, Mazoni E, Ciampitti M (2006) [First finding of the nearctic hopper Acanalonia conica (Say) (Fulgoromorpha Acanaloniidae) in Lombardy (Northern Italy).] Bolletino di Zoologia Agraria e di Bachicoltura Serie II 38(3), 261-264 (in Italian). </t>
   </si>
   <si>
@@ -185,50 +185,59 @@
   </si>
   <si>
     <t>CNIDFL</t>
   </si>
   <si>
     <t>Monema flavescens (as Ulmus)</t>
   </si>
   <si>
     <t>* CABI (Centre for Agriculture and Bioscience International) (online) CABI Crop Protection Compendium https://www.cabi.org/cpc/
 * EFSA Panel on Plant Health (PLH), Bragard C, Baptista P, Chatzivassiliou E, Di Serio F, Gonthier P, Jaques Miret JA, Justesen AF, Magnusson CS, Milonas P, Navas‐Cortes JA (2024) Pest categorisation of Monema flavescens. EFSA Journal. 22(7), e8831</t>
   </si>
   <si>
     <t>OEMOHI</t>
   </si>
   <si>
     <t>Oemona hirta</t>
   </si>
   <si>
     <t>* Lu W, Wang Q (2005) Systematics of the New Zealand longicorn beetle genus Oemona Newman with discussion of the taxonomic position of the Australian species, O. simplex White (Coleoptera: Cerambycidae: Cerambycinae). Zootaxa 971, 1-31.</t>
   </si>
   <si>
     <t>CERAUL</t>
   </si>
   <si>
     <t>Ophiostoma ulmi (as Ulmus)</t>
+  </si>
+  <si>
+    <t>DEUTTR</t>
+  </si>
+  <si>
+    <t>Plenodomus tracheiphilus</t>
+  </si>
+  <si>
+    <t xml:space="preserve">* Yang Y, Fu H, Zahr K, Xue S, Calpas J, Demilliano K, Harding MW, Feindel D, Feng J (2024) Plenodomus tracheiphilus, but not Dothiorella ulmi, causes wilt disease on elm trees in Alberta, Canada. European Journal of Plant Pathology 169(2), 409-420. </t>
   </si>
   <si>
     <t>REPTPA</t>
   </si>
   <si>
     <t>Reptalus panzeri (as Ulmus)</t>
   </si>
   <si>
     <t>RICASC</t>
   </si>
   <si>
     <t>Ricania speculum (as Ulmus)</t>
   </si>
   <si>
     <t>RHIOHI</t>
   </si>
   <si>
     <t>Ripersiella hibisci</t>
   </si>
   <si>
     <t>* Malumphy C, Robinson J (2004) Interception records of Rhizoecus hibisci Kawai &amp; Takagi (Homoptera: Pseudococcidae, Rhizoecina) in England and Wales, with a revised key to the Rhizoecus species recorded in Britain. Entomologists' Gazette 55, 121-126.
 ------- new host.</t>
   </si>
   <si>
     <t>Ripersiella hibisci (as Ulmus)</t>
@@ -676,51 +685,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D37"/>
+  <dimension ref="A1:D38"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="43.561" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="383.335" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -968,165 +977,165 @@
         <v>53</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>4</v>
       </c>
       <c r="B20" t="s">
         <v>54</v>
       </c>
       <c r="C20" t="s">
         <v>55</v>
       </c>
       <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>4</v>
       </c>
       <c r="B21" t="s">
         <v>56</v>
       </c>
       <c r="C21" t="s">
         <v>57</v>
       </c>
-      <c r="D21"/>
+      <c r="D21" t="s">
+        <v>58</v>
+      </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>4</v>
       </c>
       <c r="B22" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="C22" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="D22"/>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>4</v>
       </c>
       <c r="B23" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C23" t="s">
-        <v>61</v>
-[...1 lines deleted...]
-      <c r="D23" t="s">
         <v>62</v>
       </c>
+      <c r="D23"/>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>4</v>
       </c>
       <c r="B24" t="s">
-        <v>60</v>
+        <v>63</v>
       </c>
       <c r="C24" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="D24"/>
+        <v>64</v>
+      </c>
+      <c r="D24" t="s">
+        <v>65</v>
+      </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>4</v>
       </c>
       <c r="B25" t="s">
-        <v>64</v>
+        <v>63</v>
       </c>
       <c r="C25" t="s">
-        <v>65</v>
-[...1 lines deleted...]
-      <c r="D25" t="s">
         <v>66</v>
       </c>
+      <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>4</v>
       </c>
       <c r="B26" t="s">
         <v>67</v>
       </c>
       <c r="C26" t="s">
         <v>68</v>
       </c>
-      <c r="D26"/>
+      <c r="D26" t="s">
+        <v>69</v>
+      </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>4</v>
       </c>
       <c r="B27" t="s">
-        <v>69</v>
+        <v>70</v>
       </c>
       <c r="C27" t="s">
-        <v>70</v>
+        <v>71</v>
       </c>
       <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
         <v>4</v>
       </c>
       <c r="B28" t="s">
-        <v>71</v>
+        <v>72</v>
       </c>
       <c r="C28" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="D28"/>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="s">
         <v>4</v>
       </c>
       <c r="B29" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C29" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D29"/>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="s">
         <v>4</v>
       </c>
       <c r="B30" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="C30" t="s">
-        <v>76</v>
-[...1 lines deleted...]
-      <c r="D30" t="s">
         <v>77</v>
       </c>
+      <c r="D30"/>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>4</v>
       </c>
       <c r="B31" t="s">
         <v>78</v>
       </c>
       <c r="C31" t="s">
         <v>79</v>
       </c>
       <c r="D31" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>4</v>
       </c>
       <c r="B32" t="s">
         <v>81</v>
       </c>
       <c r="C32" t="s">
         <v>82</v>
       </c>
@@ -1156,74 +1165,88 @@
         <v>87</v>
       </c>
       <c r="C34" t="s">
         <v>88</v>
       </c>
       <c r="D34" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>4</v>
       </c>
       <c r="B35" t="s">
         <v>90</v>
       </c>
       <c r="C35" t="s">
         <v>91</v>
       </c>
       <c r="D35" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
+        <v>4</v>
+      </c>
+      <c r="B36" t="s">
         <v>93</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>94</v>
       </c>
-      <c r="C36" t="s">
+      <c r="D36" t="s">
         <v>95</v>
-      </c>
-[...1 lines deleted...]
-        <v>10</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="B37" t="s">
+        <v>97</v>
+      </c>
+      <c r="C37" t="s">
+        <v>98</v>
+      </c>
+      <c r="D37" t="s">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="38" spans="1:4">
+      <c r="A38" t="s">
         <v>96</v>
       </c>
-      <c r="C37" t="s">
-[...3 lines deleted...]
-        <v>98</v>
+      <c r="B38" t="s">
+        <v>99</v>
+      </c>
+      <c r="C38" t="s">
+        <v>100</v>
+      </c>
+      <c r="D38" t="s">
+        <v>101</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">