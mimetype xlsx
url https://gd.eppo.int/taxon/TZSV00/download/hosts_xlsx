--- v0 (2025-10-09)
+++ v1 (2026-02-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="TZSV00" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="30">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="33">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>BIDPI</t>
   </si>
   <si>
     <t>Bidens pilosa</t>
   </si>
   <si>
     <t>* Xu T, Lei L, Chen X, Li R, Wu X, Long Y, Jia MA (2022) Identification and genome analysis of a tomato zonate spot virus isolate from Bidens pilosa. Archives of virology 167, 625–630.</t>
   </si>
   <si>
@@ -66,50 +66,59 @@
     <t>1CPSG</t>
   </si>
   <si>
     <t>Capsicum</t>
   </si>
   <si>
     <t>* Dong JH, Cheng XF, Yin YY, Fang Q, Ding M, Li TT, Zhang LZ, Su XX, McBeath JH, Zhang ZK (2008) Characterization of tomato zonate spot virus, a new tospovirus in China. Archives of Virology 153(5), 855-864</t>
   </si>
   <si>
     <t>CPSAN</t>
   </si>
   <si>
     <t>Capsicum annuum</t>
   </si>
   <si>
     <t>* Shimada R, Okamoto M, Tomitaka Y (2023) First report of tomato zonate spot virus on green pepper in Japan. Journal of General Plant Patholology 89, 292–295.</t>
   </si>
   <si>
     <t>KRMAS</t>
   </si>
   <si>
     <t>Crinum asiaticum</t>
   </si>
   <si>
     <t>* Wu K, Zheng KY, Zhang ZK, McBeath JH, Dong JH (2015) First report of Crinum asiaticum as a natural host of tomato zonate spot virus in China. Journal of Plant Pathology 97(Supplement), S76.</t>
+  </si>
+  <si>
+    <t>BMCCH</t>
+  </si>
+  <si>
+    <t>Iris domestica</t>
+  </si>
+  <si>
+    <t>* Zhang B, Xu Y, Zhang L, Ji P, Dong J (2024) First Rreport of Tomato Zonate Spot Virus infecting Belamcanda chinensis in China. Plant Disease. 108(10), 3205. https://doi.org/10.1094/PDIS-06-24-1234-PDN</t>
   </si>
   <si>
     <t>IRITE</t>
   </si>
   <si>
     <t>Iris tectorum</t>
   </si>
   <si>
     <t>* Liu Y, Huang CJ Tao XR, Yu HQ (2015) First report of Tomato zonate spot virus in Iris tectorum in China. Plant Disease 99(1), p 164.</t>
   </si>
   <si>
     <t>NIOTA</t>
   </si>
   <si>
     <t>Nicotiana tabacum</t>
   </si>
   <si>
     <t>* Cai JH, Qin BX, Wei XP, Huang J, Zhou WL, Lin BS, Yao M, Hu ZZ, Feng ZK, Tao XR (2011) Molecular identification and characterization of Tomato zonate spot virus in tobacco in Guangxi, China. Plant Disease 95(11), p 483.</t>
   </si>
   <si>
     <t>LYPES</t>
   </si>
   <si>
     <t>Solanum lycopersicum</t>
   </si>
@@ -449,51 +458,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D9"/>
+  <dimension ref="A1:D10"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="24.708" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="261.793" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -587,50 +596,64 @@
       <c r="A8" t="s">
         <v>8</v>
       </c>
       <c r="B8" t="s">
         <v>24</v>
       </c>
       <c r="C8" t="s">
         <v>25</v>
       </c>
       <c r="D8" t="s">
         <v>26</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="s">
         <v>8</v>
       </c>
       <c r="B9" t="s">
         <v>27</v>
       </c>
       <c r="C9" t="s">
         <v>28</v>
       </c>
       <c r="D9" t="s">
         <v>29</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4">
+      <c r="A10" t="s">
+        <v>8</v>
+      </c>
+      <c r="B10" t="s">
+        <v>30</v>
+      </c>
+      <c r="C10" t="s">
+        <v>31</v>
+      </c>
+      <c r="D10" t="s">
+        <v>32</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">