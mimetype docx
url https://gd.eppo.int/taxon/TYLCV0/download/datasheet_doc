--- v0 (2025-10-12)
+++ v1 (2025-11-02)
@@ -390,51 +390,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Tomato yellow leaf curl geminivirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato yellow leaf curl virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId686968eb6be418da2" w:history="1">
+            <w:hyperlink r:id="rId71396906eddb71254" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -450,51 +450,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId847468eb6be418e09" w:history="1">
+            <w:hyperlink r:id="rId64666906eddb712bd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -508,86 +508,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TYLCV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="38323021" name="name482368eb6be418ee3" descr="10611.jpg"/>
+                  <wp:docPr id="81305468" name="name72876906eddb71380" descr="10611.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10611.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId226168eb6be418ee2" cstate="print"/>
+                          <a:blip r:embed="rId62836906eddb7137e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId168468eb6be418fb3" w:history="1">
+            <w:hyperlink r:id="rId62936906eddb714bb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2404,63 +2404,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, particularly MEAM1 and MED (Mediterranean) species, was accompanied in the New World by the emergence of numerous begomoviruses of Solanaceae (e.g. tomato mottle bigeminivirus; EPPO/CABI, 1996b) and the spread of TYLCV to North America and the Caribbean region from 1994.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="84038993" name="name195768eb6be41a895" descr="TYLCV0_distribution_map.jpg"/>
+            <wp:docPr id="23900185" name="name94376906eddb72eac" descr="TYLCV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TYLCV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId266568eb6be41a893" cstate="print"/>
+                    <a:blip r:embed="rId25076906eddb72ea9" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5031,51 +5031,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Wallingford, UK.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Evaluation of the Regulated non-quarantine pest (RNQP) status for Tomato yellow leaf curl virus. [available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId798568eb6be41bac2" w:history="1">
+      <w:hyperlink r:id="rId20056906eddb7416a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=TYLCV0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">] [accessed on 9 April 2006]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6690,51 +6690,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Begomovirus coheni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId511368eb6be41c6dd" w:history="1">
+      <w:hyperlink r:id="rId35306906eddb74e56" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6809,63 +6809,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="78838281" name="name356768eb6be41c808" descr="eu_funding_250.png"/>
+            <wp:docPr id="26106507" name="name45736906eddb74f73" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId296768eb6be41c807" cstate="print"/>
+                    <a:blip r:embed="rId76166906eddb74f72" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6963,137 +6963,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="68381124">
+  <w:abstractNum w:abstractNumId="15924071">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68258403">
+    <w:lvl w:ilvl="0" w:tplc="47489659">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="68258403" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="47489659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="68258403" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="47489659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="68258403" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="47489659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="68258403" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="47489659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="68258403" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="47489659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="68258403" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="47489659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="68258403" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="47489659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="68258403" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="47489659" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="68381123">
+  <w:abstractNum w:abstractNumId="15924070">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74315947">
+    <w:lvl w:ilvl="0" w:tplc="94086169">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7845,55 +7845,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="68381123">
-    <w:abstractNumId w:val="68381123"/>
+  <w:num w:numId="15924070">
+    <w:abstractNumId w:val="15924070"/>
   </w:num>
-  <w:num w:numId="68381124">
-    <w:abstractNumId w:val="68381124"/>
+  <w:num w:numId="15924071">
+    <w:abstractNumId w:val="15924071"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19443,51 +19443,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId635271739" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId168807285" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId686968eb6be418da2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/" TargetMode="External"/><Relationship Id="rId847468eb6be418e09" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/categorization" TargetMode="External"/><Relationship Id="rId168468eb6be418fb3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/photos" TargetMode="External"/><Relationship Id="rId798568eb6be41bac2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=TYLCV0" TargetMode="External"/><Relationship Id="rId511368eb6be41c6dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId226168eb6be418ee2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId226168eb6be418ee2.jpg"/><Relationship Id="rId266568eb6be41a893" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId266568eb6be41a893.jpg"/><Relationship Id="rId296768eb6be41c807" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId296768eb6be41c807.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId362671436" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId182373821" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId71396906eddb71254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/" TargetMode="External"/><Relationship Id="rId64666906eddb712bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/categorization" TargetMode="External"/><Relationship Id="rId62936906eddb714bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/photos" TargetMode="External"/><Relationship Id="rId20056906eddb7416a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=TYLCV0" TargetMode="External"/><Relationship Id="rId35306906eddb74e56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId62836906eddb7137e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62836906eddb7137e.jpg"/><Relationship Id="rId25076906eddb72ea9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId25076906eddb72ea9.jpg"/><Relationship Id="rId76166906eddb74f72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId76166906eddb74f72.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>