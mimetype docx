--- v1 (2025-11-02)
+++ v2 (2025-11-22)
@@ -390,51 +390,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Tomato yellow leaf curl geminivirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato yellow leaf curl virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId71396906eddb71254" w:history="1">
+            <w:hyperlink r:id="rId23666921d8173ef71" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -450,51 +450,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId64666906eddb712bd" w:history="1">
+            <w:hyperlink r:id="rId82586921d8173efdc" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -508,86 +508,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TYLCV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="81305468" name="name72876906eddb71380" descr="10611.jpg"/>
+                  <wp:docPr id="60735137" name="name19386921d8173f8db" descr="10611.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10611.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId62836906eddb7137e" cstate="print"/>
+                          <a:blip r:embed="rId26026921d8173f8d9" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId62936906eddb714bb" w:history="1">
+            <w:hyperlink r:id="rId95606921d8173fa1a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2404,63 +2404,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, particularly MEAM1 and MED (Mediterranean) species, was accompanied in the New World by the emergence of numerous begomoviruses of Solanaceae (e.g. tomato mottle bigeminivirus; EPPO/CABI, 1996b) and the spread of TYLCV to North America and the Caribbean region from 1994.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="23900185" name="name94376906eddb72eac" descr="TYLCV0_distribution_map.jpg"/>
+            <wp:docPr id="33914552" name="name77256921d81741696" descr="TYLCV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TYLCV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId25076906eddb72ea9" cstate="print"/>
+                    <a:blip r:embed="rId18636921d81741693" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5031,51 +5031,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Wallingford, UK.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Evaluation of the Regulated non-quarantine pest (RNQP) status for Tomato yellow leaf curl virus. [available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId20056906eddb7416a" w:history="1">
+      <w:hyperlink r:id="rId76676921d8174294f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=TYLCV0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">] [accessed on 9 April 2006]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6690,51 +6690,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Begomovirus coheni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId35306906eddb74e56" w:history="1">
+      <w:hyperlink r:id="rId47126921d81743466" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6809,63 +6809,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="26106507" name="name45736906eddb74f73" descr="eu_funding_250.png"/>
+            <wp:docPr id="24042638" name="name99096921d8174358a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId76166906eddb74f72" cstate="print"/>
+                    <a:blip r:embed="rId13506921d81743589" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6963,137 +6963,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="15924071">
+  <w:abstractNum w:abstractNumId="94051344">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="47489659">
+    <w:lvl w:ilvl="0" w:tplc="10952914">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="47489659" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="10952914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="47489659" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="10952914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="47489659" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="10952914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="47489659" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="10952914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="47489659" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="10952914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="47489659" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="10952914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="47489659" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="10952914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="47489659" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="10952914" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15924070">
+  <w:abstractNum w:abstractNumId="94051343">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="94086169">
+    <w:lvl w:ilvl="0" w:tplc="68892877">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7845,55 +7845,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15924070">
-    <w:abstractNumId w:val="15924070"/>
+  <w:num w:numId="94051343">
+    <w:abstractNumId w:val="94051343"/>
   </w:num>
-  <w:num w:numId="15924071">
-    <w:abstractNumId w:val="15924071"/>
+  <w:num w:numId="94051344">
+    <w:abstractNumId w:val="94051344"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19443,51 +19443,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId362671436" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId182373821" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId71396906eddb71254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/" TargetMode="External"/><Relationship Id="rId64666906eddb712bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/categorization" TargetMode="External"/><Relationship Id="rId62936906eddb714bb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/photos" TargetMode="External"/><Relationship Id="rId20056906eddb7416a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=TYLCV0" TargetMode="External"/><Relationship Id="rId35306906eddb74e56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId62836906eddb7137e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId62836906eddb7137e.jpg"/><Relationship Id="rId25076906eddb72ea9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId25076906eddb72ea9.jpg"/><Relationship Id="rId76166906eddb74f72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId76166906eddb74f72.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId562342844" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId868264526" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId23666921d8173ef71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/" TargetMode="External"/><Relationship Id="rId82586921d8173efdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/categorization" TargetMode="External"/><Relationship Id="rId95606921d8173fa1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/photos" TargetMode="External"/><Relationship Id="rId76676921d8174294f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=TYLCV0" TargetMode="External"/><Relationship Id="rId47126921d81743466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId26026921d8173f8d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26026921d8173f8d9.jpg"/><Relationship Id="rId18636921d81741693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId18636921d81741693.jpg"/><Relationship Id="rId13506921d81743589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13506921d81743589.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>