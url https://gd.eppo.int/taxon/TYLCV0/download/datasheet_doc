--- v2 (2025-11-22)
+++ v3 (2025-12-15)
@@ -390,51 +390,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Tomato yellow leaf curl geminivirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato yellow leaf curl virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId23666921d8173ef71" w:history="1">
+            <w:hyperlink r:id="rId8462693fa015878e0" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -450,51 +450,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId82586921d8173efdc" w:history="1">
+            <w:hyperlink r:id="rId3201693fa01587949" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -508,86 +508,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TYLCV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="60735137" name="name19386921d8173f8db" descr="10611.jpg"/>
+                  <wp:docPr id="52106232" name="name6855693fa01587a24" descr="10611.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10611.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId26026921d8173f8d9" cstate="print"/>
+                          <a:blip r:embed="rId3047693fa01587a22" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId95606921d8173fa1a" w:history="1">
+            <w:hyperlink r:id="rId5434693fa01587b54" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2404,63 +2404,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, particularly MEAM1 and MED (Mediterranean) species, was accompanied in the New World by the emergence of numerous begomoviruses of Solanaceae (e.g. tomato mottle bigeminivirus; EPPO/CABI, 1996b) and the spread of TYLCV to North America and the Caribbean region from 1994.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="33914552" name="name77256921d81741696" descr="TYLCV0_distribution_map.jpg"/>
+            <wp:docPr id="37607878" name="name9678693fa01589b21" descr="TYLCV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TYLCV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId18636921d81741693" cstate="print"/>
+                    <a:blip r:embed="rId1111693fa01589b1f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5031,51 +5031,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Wallingford, UK.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Evaluation of the Regulated non-quarantine pest (RNQP) status for Tomato yellow leaf curl virus. [available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId76676921d8174294f" w:history="1">
+      <w:hyperlink r:id="rId5635693fa0158adca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=TYLCV0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">] [accessed on 9 April 2006]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6690,51 +6690,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Begomovirus coheni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId47126921d81743466" w:history="1">
+      <w:hyperlink r:id="rId6628693fa0158b9a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6809,63 +6809,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="24042638" name="name99096921d8174358a" descr="eu_funding_250.png"/>
+            <wp:docPr id="30041926" name="name4944693fa0158badf" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId13506921d81743589" cstate="print"/>
+                    <a:blip r:embed="rId1739693fa0158bade" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6963,137 +6963,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="94051344">
+  <w:abstractNum w:abstractNumId="74312352">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="10952914">
+    <w:lvl w:ilvl="0" w:tplc="88786633">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="10952914" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="88786633" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="10952914" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="88786633" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="10952914" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="88786633" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="10952914" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="88786633" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="10952914" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="88786633" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="10952914" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="88786633" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="10952914" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="88786633" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="10952914" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="88786633" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="94051343">
+  <w:abstractNum w:abstractNumId="74312351">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="68892877">
+    <w:lvl w:ilvl="0" w:tplc="54266719">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7845,55 +7845,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="94051343">
-    <w:abstractNumId w:val="94051343"/>
+  <w:num w:numId="74312351">
+    <w:abstractNumId w:val="74312351"/>
   </w:num>
-  <w:num w:numId="94051344">
-    <w:abstractNumId w:val="94051344"/>
+  <w:num w:numId="74312352">
+    <w:abstractNumId w:val="74312352"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19443,51 +19443,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId562342844" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId868264526" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId23666921d8173ef71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/" TargetMode="External"/><Relationship Id="rId82586921d8173efdc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/categorization" TargetMode="External"/><Relationship Id="rId95606921d8173fa1a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/photos" TargetMode="External"/><Relationship Id="rId76676921d8174294f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=TYLCV0" TargetMode="External"/><Relationship Id="rId47126921d81743466" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId26026921d8173f8d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId26026921d8173f8d9.jpg"/><Relationship Id="rId18636921d81741693" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId18636921d81741693.jpg"/><Relationship Id="rId13506921d81743589" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId13506921d81743589.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId429934584" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId168714371" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8462693fa015878e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/" TargetMode="External"/><Relationship Id="rId3201693fa01587949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/categorization" TargetMode="External"/><Relationship Id="rId5434693fa01587b54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/photos" TargetMode="External"/><Relationship Id="rId5635693fa0158adca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=TYLCV0" TargetMode="External"/><Relationship Id="rId6628693fa0158b9a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3047693fa01587a22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3047693fa01587a22.jpg"/><Relationship Id="rId1111693fa01589b1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1111693fa01589b1f.jpg"/><Relationship Id="rId1739693fa0158bade" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1739693fa0158bade.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>