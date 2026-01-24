--- v3 (2025-12-15)
+++ v4 (2026-01-24)
@@ -390,51 +390,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Tomato yellow leaf curl geminivirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato yellow leaf curl virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8462693fa015878e0" w:history="1">
+            <w:hyperlink r:id="rId873569753907cf266" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -450,51 +450,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3201693fa01587949" w:history="1">
+            <w:hyperlink r:id="rId972369753907cf2d2" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -508,86 +508,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TYLCV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="52106232" name="name6855693fa01587a24" descr="10611.jpg"/>
+                  <wp:docPr id="36301874" name="name465569753907cfaad" descr="10611.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10611.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId3047693fa01587a22" cstate="print"/>
+                          <a:blip r:embed="rId866069753907cfaab" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId5434693fa01587b54" w:history="1">
+            <w:hyperlink r:id="rId980369753907cfbdf" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2404,63 +2404,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, particularly MEAM1 and MED (Mediterranean) species, was accompanied in the New World by the emergence of numerous begomoviruses of Solanaceae (e.g. tomato mottle bigeminivirus; EPPO/CABI, 1996b) and the spread of TYLCV to North America and the Caribbean region from 1994.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="37607878" name="name9678693fa01589b21" descr="TYLCV0_distribution_map.jpg"/>
+            <wp:docPr id="94757831" name="name634469753907d156e" descr="TYLCV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TYLCV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1111693fa01589b1f" cstate="print"/>
+                    <a:blip r:embed="rId675569753907d156b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5031,51 +5031,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Wallingford, UK.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Evaluation of the Regulated non-quarantine pest (RNQP) status for Tomato yellow leaf curl virus. [available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5635693fa0158adca" w:history="1">
+      <w:hyperlink r:id="rId453969753907d2830" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=TYLCV0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">] [accessed on 9 April 2006]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6668,73 +6668,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Begomovirus coheni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6628693fa0158b9a5" w:history="1">
+      <w:hyperlink r:id="rId307569753907d3545" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6809,63 +6809,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="30041926" name="name4944693fa0158badf" descr="eu_funding_250.png"/>
+            <wp:docPr id="96688389" name="name167869753907d366c" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId1739693fa0158bade" cstate="print"/>
+                    <a:blip r:embed="rId185369753907d366b" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6963,137 +6963,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="74312352">
+  <w:abstractNum w:abstractNumId="73954188">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="88786633">
+    <w:lvl w:ilvl="0" w:tplc="64338527">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="88786633" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="64338527" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="88786633" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="64338527" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="88786633" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="64338527" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="88786633" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="64338527" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="88786633" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="64338527" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="88786633" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="64338527" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="88786633" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="64338527" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="88786633" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="64338527" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="74312351">
+  <w:abstractNum w:abstractNumId="73954187">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="54266719">
+    <w:lvl w:ilvl="0" w:tplc="73149435">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7845,55 +7845,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="74312351">
-    <w:abstractNumId w:val="74312351"/>
+  <w:num w:numId="73954187">
+    <w:abstractNumId w:val="73954187"/>
   </w:num>
-  <w:num w:numId="74312352">
-    <w:abstractNumId w:val="74312352"/>
+  <w:num w:numId="73954188">
+    <w:abstractNumId w:val="73954188"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19443,51 +19443,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId429934584" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId168714371" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8462693fa015878e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/" TargetMode="External"/><Relationship Id="rId3201693fa01587949" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/categorization" TargetMode="External"/><Relationship Id="rId5434693fa01587b54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/photos" TargetMode="External"/><Relationship Id="rId5635693fa0158adca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=TYLCV0" TargetMode="External"/><Relationship Id="rId6628693fa0158b9a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId3047693fa01587a22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId3047693fa01587a22.jpg"/><Relationship Id="rId1111693fa01589b1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1111693fa01589b1f.jpg"/><Relationship Id="rId1739693fa0158bade" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId1739693fa0158bade.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId633021327" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId477165052" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId873569753907cf266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/" TargetMode="External"/><Relationship Id="rId972369753907cf2d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/categorization" TargetMode="External"/><Relationship Id="rId980369753907cfbdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/photos" TargetMode="External"/><Relationship Id="rId453969753907d2830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=TYLCV0" TargetMode="External"/><Relationship Id="rId307569753907d3545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId866069753907cfaab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId866069753907cfaab.jpg"/><Relationship Id="rId675569753907d156b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId675569753907d156b.jpg"/><Relationship Id="rId185369753907d366b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId185369753907d366b.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>