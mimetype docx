--- v4 (2026-01-24)
+++ v5 (2026-02-14)
@@ -390,51 +390,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Tomato yellow leaf curl geminivirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato yellow leaf curl virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId873569753907cf266" w:history="1">
+            <w:hyperlink r:id="rId719669902af24d73b" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -448,53 +448,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId972369753907cf2d2" w:history="1">
+            <w:hyperlink r:id="rId385269902af24d7a4" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -508,86 +508,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TYLCV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="36301874" name="name465569753907cfaad" descr="10611.jpg"/>
+                  <wp:docPr id="91331399" name="name250869902af24ddce" descr="10611.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10611.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId866069753907cfaab" cstate="print"/>
+                          <a:blip r:embed="rId138669902af24ddcc" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId980369753907cfbdf" w:history="1">
+            <w:hyperlink r:id="rId946469902af24df12" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2404,63 +2404,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, particularly MEAM1 and MED (Mediterranean) species, was accompanied in the New World by the emergence of numerous begomoviruses of Solanaceae (e.g. tomato mottle bigeminivirus; EPPO/CABI, 1996b) and the spread of TYLCV to North America and the Caribbean region from 1994.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="94757831" name="name634469753907d156e" descr="TYLCV0_distribution_map.jpg"/>
+            <wp:docPr id="74913146" name="name808069902af24f8aa" descr="TYLCV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TYLCV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId675569753907d156b" cstate="print"/>
+                    <a:blip r:embed="rId491269902af24f8a3" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5031,51 +5031,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Wallingford, UK.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Evaluation of the Regulated non-quarantine pest (RNQP) status for Tomato yellow leaf curl virus. [available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId453969753907d2830" w:history="1">
+      <w:hyperlink r:id="rId248569902af251105" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=TYLCV0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">] [accessed on 9 April 2006]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6690,51 +6690,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Begomovirus coheni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId307569753907d3545" w:history="1">
+      <w:hyperlink r:id="rId195469902af251e2c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6809,63 +6809,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="96688389" name="name167869753907d366c" descr="eu_funding_250.png"/>
+            <wp:docPr id="64765072" name="name100769902af2522d9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId185369753907d366b" cstate="print"/>
+                    <a:blip r:embed="rId489769902af2522d7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6963,137 +6963,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="73954188">
+  <w:abstractNum w:abstractNumId="13352437">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="64338527">
+    <w:lvl w:ilvl="0" w:tplc="70744674">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="64338527" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="70744674" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="64338527" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="70744674" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="64338527" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="70744674" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="64338527" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="70744674" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="64338527" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="70744674" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="64338527" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="70744674" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="64338527" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="70744674" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="64338527" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="70744674" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="73954187">
+  <w:abstractNum w:abstractNumId="13352436">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="73149435">
+    <w:lvl w:ilvl="0" w:tplc="52042382">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7845,55 +7845,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="73954187">
-    <w:abstractNumId w:val="73954187"/>
+  <w:num w:numId="13352436">
+    <w:abstractNumId w:val="13352436"/>
   </w:num>
-  <w:num w:numId="73954188">
-    <w:abstractNumId w:val="73954188"/>
+  <w:num w:numId="13352437">
+    <w:abstractNumId w:val="13352437"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19443,51 +19443,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId633021327" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId477165052" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId873569753907cf266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/" TargetMode="External"/><Relationship Id="rId972369753907cf2d2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/categorization" TargetMode="External"/><Relationship Id="rId980369753907cfbdf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/photos" TargetMode="External"/><Relationship Id="rId453969753907d2830" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=TYLCV0" TargetMode="External"/><Relationship Id="rId307569753907d3545" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId866069753907cfaab" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId866069753907cfaab.jpg"/><Relationship Id="rId675569753907d156b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId675569753907d156b.jpg"/><Relationship Id="rId185369753907d366b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId185369753907d366b.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId221270854" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId862197052" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId719669902af24d73b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/" TargetMode="External"/><Relationship Id="rId385269902af24d7a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/categorization" TargetMode="External"/><Relationship Id="rId946469902af24df12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/photos" TargetMode="External"/><Relationship Id="rId248569902af251105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=TYLCV0" TargetMode="External"/><Relationship Id="rId195469902af251e2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId138669902af24ddcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId138669902af24ddcc.jpg"/><Relationship Id="rId491269902af24f8a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId491269902af24f8a3.jpg"/><Relationship Id="rId489769902af2522d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId489769902af2522d7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>