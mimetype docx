--- v5 (2026-02-14)
+++ v6 (2026-03-07)
@@ -390,51 +390,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Tomato yellow leaf curl geminivirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato yellow leaf curl virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId719669902af24d73b" w:history="1">
+            <w:hyperlink r:id="rId972269ab97346123a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -450,51 +450,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId385269902af24d7a4" w:history="1">
+            <w:hyperlink r:id="rId277569ab9734612af" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -508,86 +508,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TYLCV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="91331399" name="name250869902af24ddce" descr="10611.jpg"/>
+                  <wp:docPr id="72311304" name="name404269ab97346189d" descr="10611.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10611.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId138669902af24ddcc" cstate="print"/>
+                          <a:blip r:embed="rId608769ab97346189b" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId946469902af24df12" w:history="1">
+            <w:hyperlink r:id="rId362769ab9734619b7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2404,63 +2404,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, particularly MEAM1 and MED (Mediterranean) species, was accompanied in the New World by the emergence of numerous begomoviruses of Solanaceae (e.g. tomato mottle bigeminivirus; EPPO/CABI, 1996b) and the spread of TYLCV to North America and the Caribbean region from 1994.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="74913146" name="name808069902af24f8aa" descr="TYLCV0_distribution_map.jpg"/>
+            <wp:docPr id="35582883" name="name714169ab973463301" descr="TYLCV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TYLCV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId491269902af24f8a3" cstate="print"/>
+                    <a:blip r:embed="rId527269ab9734632ff" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5031,51 +5031,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Wallingford, UK.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Evaluation of the Regulated non-quarantine pest (RNQP) status for Tomato yellow leaf curl virus. [available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId248569902af251105" w:history="1">
+      <w:hyperlink r:id="rId958669ab973464761" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=TYLCV0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">] [accessed on 9 April 2006]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6690,51 +6690,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Begomovirus coheni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId195469902af251e2c" w:history="1">
+      <w:hyperlink r:id="rId653069ab9734655f2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6809,63 +6809,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="64765072" name="name100769902af2522d9" descr="eu_funding_250.png"/>
+            <wp:docPr id="99155882" name="name194469ab9734657e9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId489769902af2522d7" cstate="print"/>
+                    <a:blip r:embed="rId842769ab9734657e7" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6963,137 +6963,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="13352437">
+  <w:abstractNum w:abstractNumId="29547690">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="70744674">
+    <w:lvl w:ilvl="0" w:tplc="30801158">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="70744674" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="30801158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="70744674" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="30801158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="70744674" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="30801158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="70744674" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="30801158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="70744674" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="30801158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="70744674" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="30801158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="70744674" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="30801158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="70744674" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="30801158" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13352436">
+  <w:abstractNum w:abstractNumId="29547689">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="52042382">
+    <w:lvl w:ilvl="0" w:tplc="20318095">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7845,55 +7845,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="13352436">
-    <w:abstractNumId w:val="13352436"/>
+  <w:num w:numId="29547689">
+    <w:abstractNumId w:val="29547689"/>
   </w:num>
-  <w:num w:numId="13352437">
-    <w:abstractNumId w:val="13352437"/>
+  <w:num w:numId="29547690">
+    <w:abstractNumId w:val="29547690"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19443,51 +19443,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId221270854" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId862197052" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId719669902af24d73b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/" TargetMode="External"/><Relationship Id="rId385269902af24d7a4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/categorization" TargetMode="External"/><Relationship Id="rId946469902af24df12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/photos" TargetMode="External"/><Relationship Id="rId248569902af251105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=TYLCV0" TargetMode="External"/><Relationship Id="rId195469902af251e2c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId138669902af24ddcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId138669902af24ddcc.jpg"/><Relationship Id="rId491269902af24f8a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId491269902af24f8a3.jpg"/><Relationship Id="rId489769902af2522d7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId489769902af2522d7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId160476928" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId818609194" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId972269ab97346123a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/" TargetMode="External"/><Relationship Id="rId277569ab9734612af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/categorization" TargetMode="External"/><Relationship Id="rId362769ab9734619b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/photos" TargetMode="External"/><Relationship Id="rId958669ab973464761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=TYLCV0" TargetMode="External"/><Relationship Id="rId653069ab9734655f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId608769ab97346189b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId608769ab97346189b.jpg"/><Relationship Id="rId527269ab9734632ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId527269ab9734632ff.jpg"/><Relationship Id="rId842769ab9734657e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId842769ab9734657e7.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>