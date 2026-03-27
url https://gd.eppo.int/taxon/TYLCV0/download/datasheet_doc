--- v6 (2026-03-07)
+++ v7 (2026-03-27)
@@ -390,51 +390,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Tomato yellow leaf curl geminivirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato yellow leaf curl virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId972269ab97346123a" w:history="1">
+            <w:hyperlink r:id="rId979769c6a1c06a6a6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -450,51 +450,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId277569ab9734612af" w:history="1">
+            <w:hyperlink r:id="rId560969c6a1c06a725" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -508,86 +508,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TYLCV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="72311304" name="name404269ab97346189d" descr="10611.jpg"/>
+                  <wp:docPr id="26199531" name="name723169c6a1c06ae43" descr="10611.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10611.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId608769ab97346189b" cstate="print"/>
+                          <a:blip r:embed="rId623569c6a1c06ae40" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId362769ab9734619b7" w:history="1">
+            <w:hyperlink r:id="rId625169c6a1c06b71c" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2404,63 +2404,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, particularly MEAM1 and MED (Mediterranean) species, was accompanied in the New World by the emergence of numerous begomoviruses of Solanaceae (e.g. tomato mottle bigeminivirus; EPPO/CABI, 1996b) and the spread of TYLCV to North America and the Caribbean region from 1994.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="35582883" name="name714169ab973463301" descr="TYLCV0_distribution_map.jpg"/>
+            <wp:docPr id="6381445" name="name981469c6a1c06d47d" descr="TYLCV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TYLCV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId527269ab9734632ff" cstate="print"/>
+                    <a:blip r:embed="rId924669c6a1c06d478" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5031,51 +5031,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Wallingford, UK.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Evaluation of the Regulated non-quarantine pest (RNQP) status for Tomato yellow leaf curl virus. [available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId958669ab973464761" w:history="1">
+      <w:hyperlink r:id="rId669269c6a1c06e74b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=TYLCV0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">] [accessed on 9 April 2006]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6690,51 +6690,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Begomovirus coheni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId653069ab9734655f2" w:history="1">
+      <w:hyperlink r:id="rId153869c6a1c06f43e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6809,63 +6809,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="99155882" name="name194469ab9734657e9" descr="eu_funding_250.png"/>
+            <wp:docPr id="96398443" name="name401869c6a1c06f97a" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId842769ab9734657e7" cstate="print"/>
+                    <a:blip r:embed="rId135569c6a1c06f977" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6963,137 +6963,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="29547690">
+  <w:abstractNum w:abstractNumId="47074127">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="30801158">
+    <w:lvl w:ilvl="0" w:tplc="43679226">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="30801158" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="43679226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="30801158" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="43679226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="30801158" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="43679226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="30801158" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="43679226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="30801158" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="43679226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="30801158" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="43679226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="30801158" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="43679226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="30801158" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="43679226" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="29547689">
+  <w:abstractNum w:abstractNumId="47074126">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20318095">
+    <w:lvl w:ilvl="0" w:tplc="41020111">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7845,55 +7845,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="29547689">
-    <w:abstractNumId w:val="29547689"/>
+  <w:num w:numId="47074126">
+    <w:abstractNumId w:val="47074126"/>
   </w:num>
-  <w:num w:numId="29547690">
-    <w:abstractNumId w:val="29547690"/>
+  <w:num w:numId="47074127">
+    <w:abstractNumId w:val="47074127"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19443,51 +19443,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId160476928" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId818609194" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId972269ab97346123a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/" TargetMode="External"/><Relationship Id="rId277569ab9734612af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/categorization" TargetMode="External"/><Relationship Id="rId362769ab9734619b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/photos" TargetMode="External"/><Relationship Id="rId958669ab973464761" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=TYLCV0" TargetMode="External"/><Relationship Id="rId653069ab9734655f2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId608769ab97346189b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId608769ab97346189b.jpg"/><Relationship Id="rId527269ab9734632ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId527269ab9734632ff.jpg"/><Relationship Id="rId842769ab9734657e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId842769ab9734657e7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId448789866" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId485155015" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId979769c6a1c06a6a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/" TargetMode="External"/><Relationship Id="rId560969c6a1c06a725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/categorization" TargetMode="External"/><Relationship Id="rId625169c6a1c06b71c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/photos" TargetMode="External"/><Relationship Id="rId669269c6a1c06e74b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=TYLCV0" TargetMode="External"/><Relationship Id="rId153869c6a1c06f43e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId623569c6a1c06ae40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId623569c6a1c06ae40.jpg"/><Relationship Id="rId924669c6a1c06d478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId924669c6a1c06d478.jpg"/><Relationship Id="rId135569c6a1c06f977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId135569c6a1c06f977.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>