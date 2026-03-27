--- v7 (2026-03-27)
+++ v8 (2026-03-27)
@@ -390,51 +390,51 @@
               </w:rPr>
               <w:t xml:space="preserve">Tomato yellow leaf curl geminivirus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">, </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:i/>
                 <w:iCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Tomato yellow leaf curl virus</w:t>
             </w:r>
-            <w:hyperlink r:id="rId979769c6a1c06a6a6" w:history="1">
+            <w:hyperlink r:id="rId507769c6b5cff2e79" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -450,51 +450,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId560969c6a1c06a725" w:history="1">
+            <w:hyperlink r:id="rId497669c6b5cff2ee1" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -508,86 +508,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TYLCV0</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="26199531" name="name723169c6a1c06ae43" descr="10611.jpg"/>
+                  <wp:docPr id="49814654" name="name473569c6b5cff34d3" descr="10611.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="10611.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId623569c6a1c06ae40" cstate="print"/>
+                          <a:blip r:embed="rId741869c6b5cff34d1" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId625169c6a1c06b71c" w:history="1">
+            <w:hyperlink r:id="rId724769c6b5cff35d9" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -2404,63 +2404,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">B. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, particularly MEAM1 and MED (Mediterranean) species, was accompanied in the New World by the emergence of numerous begomoviruses of Solanaceae (e.g. tomato mottle bigeminivirus; EPPO/CABI, 1996b) and the spread of TYLCV to North America and the Caribbean region from 1994.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="6381445" name="name981469c6a1c06d47d" descr="TYLCV0_distribution_map.jpg"/>
+            <wp:docPr id="1736717" name="name378169c6b5d001093" descr="TYLCV0_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TYLCV0_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId924669c6a1c06d478" cstate="print"/>
+                    <a:blip r:embed="rId653969c6b5d00108e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -5031,51 +5031,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, Wallingford, UK.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2018) Evaluation of the Regulated non-quarantine pest (RNQP) status for Tomato yellow leaf curl virus. [available at </w:t>
       </w:r>
-      <w:hyperlink r:id="rId669269c6a1c06e74b" w:history="1">
+      <w:hyperlink r:id="rId801369c6b5d00238a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=TYLCV0</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">] [accessed on 9 April 2006]</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -6690,51 +6690,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Begomovirus coheni</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId153869c6a1c06f43e" w:history="1">
+      <w:hyperlink r:id="rId805269c6b5d002ef1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -6809,63 +6809,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> edition).</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> CABI, Wallingford (GB).</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="96398443" name="name401869c6a1c06f97a" descr="eu_funding_250.png"/>
+            <wp:docPr id="8347672" name="name508469c6b5d003010" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId135569c6a1c06f977" cstate="print"/>
+                    <a:blip r:embed="rId287869c6b5d00300f" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -6963,137 +6963,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="47074127">
+  <w:abstractNum w:abstractNumId="88604976">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43679226">
+    <w:lvl w:ilvl="0" w:tplc="50516281">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="43679226" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="50516281" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="43679226" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="50516281" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="43679226" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="50516281" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="43679226" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="50516281" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="43679226" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="50516281" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="43679226" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="50516281" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="43679226" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="50516281" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="43679226" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="50516281" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="47074126">
+  <w:abstractNum w:abstractNumId="88604975">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="41020111">
+    <w:lvl w:ilvl="0" w:tplc="57977742">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -7845,55 +7845,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="47074126">
-    <w:abstractNumId w:val="47074126"/>
+  <w:num w:numId="88604975">
+    <w:abstractNumId w:val="88604975"/>
   </w:num>
-  <w:num w:numId="47074127">
-    <w:abstractNumId w:val="47074127"/>
+  <w:num w:numId="88604976">
+    <w:abstractNumId w:val="88604976"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -19443,51 +19443,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId448789866" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId485155015" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId979769c6a1c06a6a6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/" TargetMode="External"/><Relationship Id="rId560969c6a1c06a725" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/categorization" TargetMode="External"/><Relationship Id="rId625169c6a1c06b71c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/photos" TargetMode="External"/><Relationship Id="rId669269c6a1c06e74b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=TYLCV0" TargetMode="External"/><Relationship Id="rId153869c6a1c06f43e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId623569c6a1c06ae40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId623569c6a1c06ae40.jpg"/><Relationship Id="rId924669c6a1c06d478" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId924669c6a1c06d478.jpg"/><Relationship Id="rId135569c6a1c06f977" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId135569c6a1c06f977.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId440093138" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId232498981" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId507769c6b5cff2e79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/" TargetMode="External"/><Relationship Id="rId497669c6b5cff2ee1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/categorization" TargetMode="External"/><Relationship Id="rId724769c6b5cff35d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TYLCV0/photos" TargetMode="External"/><Relationship Id="rId801369c6b5d00238a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rnqp.eppo.int/recommendations/summarysheet_pest?pest=TYLCV0" TargetMode="External"/><Relationship Id="rId805269c6b5d002ef1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId741869c6b5cff34d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId741869c6b5cff34d1.jpg"/><Relationship Id="rId653969c6b5d00108e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId653969c6b5d00108e.jpg"/><Relationship Id="rId287869c6b5d00300f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId287869c6b5d00300f.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>