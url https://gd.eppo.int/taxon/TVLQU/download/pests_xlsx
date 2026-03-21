--- v0 (2025-10-09)
+++ v1 (2026-03-21)
@@ -35,51 +35,52 @@
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="8">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
     <t>PUCCPS</t>
   </si>
   <si>
     <t>Austropuccinia psidii</t>
   </si>
   <si>
-    <t>* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035</t>
+    <t>* Berthon K, Esperon-Rodriguez M, Beaumont LJ, Carnegie AJ, Leishman MR (2018) Assessment and prioritisation of plant species at risk from myrtle rust (Austropuccinia psidii) under current and future climates in Australia. Biological Conservation 218, 154-162. https://doi.org/10.1016/j.biocon.2017.11.035
+* Makinson RO (2018) Myrtle rust reviewed: the impacts of the invasive pathogen Austropuccinia psidii on the Australian environment. Plant Biosecurity Cooperative Research Centre, Canberra</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>