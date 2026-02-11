--- v0 (2025-10-04)
+++ v1 (2026-02-11)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="TTHCA" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="66">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Experimental</t>
   </si>
   <si>
     <t>AVBO00</t>
   </si>
   <si>
     <t>Cheravirus arracaciae oca strain (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>Host</t>
   </si>
   <si>
@@ -140,50 +140,56 @@
   </si>
   <si>
     <t>CYSDV0</t>
   </si>
   <si>
     <t>Crinivirus cucurbitae (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>DACUBI</t>
   </si>
   <si>
     <t>Dacus bivittatus (as Cucurbitaceae)</t>
   </si>
   <si>
     <t xml:space="preserve">* Hassani IM, Delatte H, Ravaomanarivo LH, Nouhou S, Duyck PF (2022) Niche partitioning via host plants and altitude among fruit flies following the invasion of Bactrocera dorsalis. Agricultural and Forest Entomology. https://doi.org/10.1111/afe.12522
 </t>
   </si>
   <si>
     <t>HYLEPL</t>
   </si>
   <si>
     <t>Delia platura (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>DPHNIN</t>
+  </si>
+  <si>
+    <t>Diaphania indica</t>
+  </si>
+  <si>
+    <t>* Debnath R, Das S, Kumbhakar S, Bhattacharyya B, Dutta S, Barik A (2025) Resistance of Trichosanthes anguina (L.) cultivars due to herbivory by caterpillars of Diaphania indica (Saunders)(Lepidoptera: Crambidae). Phytoparasitica 53(3), 48.</t>
   </si>
   <si>
     <t>Diaphania indica (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>DPHNNI</t>
   </si>
   <si>
     <t>Diaphania nitidalis (as Cucurbitaceae)</t>
   </si>
   <si>
     <t xml:space="preserve">* Dupree M, Bissell TL, Beckham CM (1955) The pickleworm and its control. Ga. Agric. Exp. Stn. Bull 5, 4–31. </t>
   </si>
   <si>
     <t>PHOPSC</t>
   </si>
   <si>
     <t>Diaporthe sclerotioides (as Cucurbitaceae)</t>
   </si>
   <si>
     <t>EPILCH</t>
   </si>
   <si>
     <t>Epilachna elaterii (as Cucurbitaceae)</t>
   </si>
@@ -559,51 +565,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D28"/>
+  <dimension ref="A1:D29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="61.271" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="297.213" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -795,77 +801,79 @@
         <v>38</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="s">
         <v>7</v>
       </c>
       <c r="B17" t="s">
         <v>39</v>
       </c>
       <c r="C17" t="s">
         <v>40</v>
       </c>
       <c r="D17"/>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="s">
         <v>7</v>
       </c>
       <c r="B18" t="s">
         <v>41</v>
       </c>
       <c r="C18" t="s">
         <v>42</v>
       </c>
-      <c r="D18"/>
+      <c r="D18" t="s">
+        <v>43</v>
+      </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="s">
         <v>7</v>
       </c>
       <c r="B19" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="C19" t="s">
         <v>44</v>
       </c>
-      <c r="D19" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D19"/>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="s">
         <v>7</v>
       </c>
       <c r="B20" t="s">
+        <v>45</v>
+      </c>
+      <c r="C20" t="s">
         <v>46</v>
       </c>
-      <c r="C20" t="s">
+      <c r="D20" t="s">
         <v>47</v>
       </c>
-      <c r="D20"/>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="s">
         <v>7</v>
       </c>
       <c r="B21" t="s">
         <v>48</v>
       </c>
       <c r="C21" t="s">
         <v>49</v>
       </c>
       <c r="D21"/>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>7</v>
       </c>
       <c r="B22" t="s">
         <v>50</v>
       </c>
       <c r="C22" t="s">
         <v>51</v>
       </c>
       <c r="D22"/>
     </row>
@@ -897,71 +905,83 @@
       <c r="A25" t="s">
         <v>7</v>
       </c>
       <c r="B25" t="s">
         <v>56</v>
       </c>
       <c r="C25" t="s">
         <v>57</v>
       </c>
       <c r="D25"/>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>7</v>
       </c>
       <c r="B26" t="s">
         <v>58</v>
       </c>
       <c r="C26" t="s">
         <v>59</v>
       </c>
       <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
+        <v>7</v>
+      </c>
+      <c r="B27" t="s">
         <v>60</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
       <c r="D27"/>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="s">
+        <v>62</v>
+      </c>
+      <c r="B28" t="s">
         <v>63</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>64</v>
       </c>
-      <c r="C28" t="s">
+      <c r="D28"/>
+    </row>
+    <row r="29" spans="1:4">
+      <c r="A29" t="s">
         <v>65</v>
       </c>
-      <c r="D28"/>
+      <c r="B29" t="s">
+        <v>66</v>
+      </c>
+      <c r="C29" t="s">
+        <v>67</v>
+      </c>
+      <c r="D29"/>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>