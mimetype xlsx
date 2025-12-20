--- v0 (2025-10-18)
+++ v1 (2025-12-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="TSWV00" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2132">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2136">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>ANMCO</t>
   </si>
   <si>
     <t>Anemone coronaria</t>
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Confirmed host.</t>
   </si>
@@ -4061,50 +4061,59 @@
 ------- As Chenopodium urbicum.</t>
   </si>
   <si>
     <t>OXPSS</t>
   </si>
   <si>
     <t>Oxypetalum sp.</t>
   </si>
   <si>
     <t>PQPLA</t>
   </si>
   <si>
     <t>Pachypodium lamerei</t>
   </si>
   <si>
     <t>PAEFO</t>
   </si>
   <si>
     <t>Paederia foetida</t>
   </si>
   <si>
     <t>PAOLA</t>
   </si>
   <si>
     <t>Paeonia lactiflora</t>
+  </si>
+  <si>
+    <t>PNXNO</t>
+  </si>
+  <si>
+    <t>Panax notoginseng</t>
+  </si>
+  <si>
+    <t>* Cui M, Zhu T, Han X, Zhang L, Ji P, Wang Y, Dong JH (2025) First report of tomato spotted wilt virus infecting Panax notoginseng in Wenshan, China. Plant Disease. (early view)</t>
   </si>
   <si>
     <t>PAPDU</t>
   </si>
   <si>
     <t>Papaver dubium</t>
   </si>
   <si>
     <t>PAPNU</t>
   </si>
   <si>
     <t>Papaver nudicaule</t>
   </si>
   <si>
     <t>PAPOR</t>
   </si>
   <si>
     <t>Papaver orientale</t>
   </si>
   <si>
     <t>PAPRH</t>
   </si>
   <si>
     <t>Papaver rhoeas</t>
   </si>
@@ -5735,59 +5744,50 @@
   <si>
     <t>VINMI</t>
   </si>
   <si>
     <t>Vinca minor</t>
   </si>
   <si>
     <t>VIOCO</t>
   </si>
   <si>
     <t>Viola cornuta</t>
   </si>
   <si>
     <t>VIOPP</t>
   </si>
   <si>
     <t>Viola sororia</t>
   </si>
   <si>
     <t>VIOWH</t>
   </si>
   <si>
     <t>Viola x wittrockiana</t>
   </si>
   <si>
-    <t>VITVI</t>
-[...7 lines deleted...]
-  <si>
     <t>WAHMA</t>
   </si>
   <si>
     <t>Wahlenbergia marginata</t>
   </si>
   <si>
     <t>WEGFL</t>
   </si>
   <si>
     <t>Weigela florida</t>
   </si>
   <si>
     <t>XANSA</t>
   </si>
   <si>
     <t>Xanthium orientale subsp. saccharatum</t>
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Confirmed host. As Xanthium saccharatum.</t>
   </si>
   <si>
     <t>XANSP</t>
   </si>
   <si>
@@ -6660,50 +6660,67 @@
   </si>
   <si>
     <t>Viola odorata</t>
   </si>
   <si>
     <t>XANOR</t>
   </si>
   <si>
     <t>Xanthium orientale</t>
   </si>
   <si>
     <t>XANSI</t>
   </si>
   <si>
     <t>Xanthium orientale subsp. italicum</t>
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Artificial transmission. As Xanthium italicum.</t>
   </si>
   <si>
     <t>ZIIPA</t>
   </si>
   <si>
     <t>Zinnia peruviana</t>
+  </si>
+  <si>
+    <t>Non-host</t>
+  </si>
+  <si>
+    <t>VITVI</t>
+  </si>
+  <si>
+    <t>Vitis vinifera</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Vitis vinifera is not a host of TSWV.  Existing reports as a host may come from publications on on a virus resembling TSWV. 
+Chen et al. (1981) compared a new virus to TSWV merely because of a morphological similarity between the particles observed under the electron microscope (and not based on molecular or serological tests). In Bovey &amp; Martelli (1986), the authors summarize Chen’s work as “Yellow dwarf of grapevine, a new disease in Taiwan, possibly caused by a virus of the tomato spotted wilt type”   Finally, Stobbs &amp; Broadbent (1993) experimentally tested 52 Vitis cultivars and concluded that grapevine is not susceptible to TSWV under their conditions. None of the plants became infected despite inoculation via thrips vectors.*
+* Bovey R &amp; Martelli GP (1986) The viroses and virus-like diseases of the grapevine: A bibliographic report, 1979–1984. Vitis, 25, 227–275.
+* Chen HL, Tzeng DS &amp; Chen MJ (1981) Grapevine yellow dwarf, a new virus disease in Taiwan. National Science Council Monthly 9(7): 584–591.
+* Stobbs LW &amp; Broadbent BA (1993) Susceptibility of grapevine cultivars to tomato spotted wilt virus in southern Ontario, Canada. Plant Disease 77(3), 318
+</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="1">
     <font>
       <b val="0"/>
       <i val="0"/>
       <strike val="0"/>
       <u val="none"/>
       <sz val="11"/>
       <color rgb="FF000000"/>
       <name val="Calibri"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
@@ -7007,62 +7024,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D958"/>
+  <dimension ref="A1:D959"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="54.13" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="373.909" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="727.822" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
@@ -15124,2515 +15141,2515 @@
     <row r="578" spans="1:4">
       <c r="A578" t="s">
         <v>89</v>
       </c>
       <c r="B578" t="s">
         <v>1294</v>
       </c>
       <c r="C578" t="s">
         <v>1295</v>
       </c>
       <c r="D578" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="579" spans="1:4">
       <c r="A579" t="s">
         <v>89</v>
       </c>
       <c r="B579" t="s">
         <v>1296</v>
       </c>
       <c r="C579" t="s">
         <v>1297</v>
       </c>
       <c r="D579" t="s">
-        <v>7</v>
+        <v>1298</v>
       </c>
     </row>
     <row r="580" spans="1:4">
       <c r="A580" t="s">
         <v>89</v>
       </c>
       <c r="B580" t="s">
-        <v>1298</v>
+        <v>1299</v>
       </c>
       <c r="C580" t="s">
-        <v>1299</v>
+        <v>1300</v>
       </c>
       <c r="D580" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="581" spans="1:4">
       <c r="A581" t="s">
         <v>89</v>
       </c>
       <c r="B581" t="s">
-        <v>1300</v>
+        <v>1301</v>
       </c>
       <c r="C581" t="s">
-        <v>1301</v>
+        <v>1302</v>
       </c>
       <c r="D581" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="582" spans="1:4">
       <c r="A582" t="s">
         <v>89</v>
       </c>
       <c r="B582" t="s">
-        <v>1302</v>
+        <v>1303</v>
       </c>
       <c r="C582" t="s">
-        <v>1303</v>
+        <v>1304</v>
       </c>
       <c r="D582" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="583" spans="1:4">
       <c r="A583" t="s">
         <v>89</v>
       </c>
       <c r="B583" t="s">
-        <v>1304</v>
+        <v>1305</v>
       </c>
       <c r="C583" t="s">
-        <v>1305</v>
+        <v>1306</v>
       </c>
       <c r="D583" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="584" spans="1:4">
       <c r="A584" t="s">
         <v>89</v>
       </c>
       <c r="B584" t="s">
-        <v>1306</v>
+        <v>1307</v>
       </c>
       <c r="C584" t="s">
-        <v>1307</v>
+        <v>1308</v>
       </c>
       <c r="D584" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="585" spans="1:4">
       <c r="A585" t="s">
         <v>89</v>
       </c>
       <c r="B585" t="s">
-        <v>1308</v>
+        <v>1309</v>
       </c>
       <c r="C585" t="s">
-        <v>1309</v>
+        <v>1310</v>
       </c>
       <c r="D585" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="586" spans="1:4">
       <c r="A586" t="s">
         <v>89</v>
       </c>
       <c r="B586" t="s">
-        <v>1310</v>
+        <v>1311</v>
       </c>
       <c r="C586" t="s">
-        <v>1311</v>
+        <v>1312</v>
       </c>
       <c r="D586" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="587" spans="1:4">
       <c r="A587" t="s">
         <v>89</v>
       </c>
       <c r="B587" t="s">
-        <v>1312</v>
+        <v>1313</v>
       </c>
       <c r="C587" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="D587" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="588" spans="1:4">
       <c r="A588" t="s">
         <v>89</v>
       </c>
       <c r="B588" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="C588" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="D588" t="s">
-        <v>1316</v>
+        <v>7</v>
       </c>
     </row>
     <row r="589" spans="1:4">
       <c r="A589" t="s">
         <v>89</v>
       </c>
       <c r="B589" t="s">
         <v>1317</v>
       </c>
       <c r="C589" t="s">
         <v>1318</v>
       </c>
       <c r="D589" t="s">
-        <v>7</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="590" spans="1:4">
       <c r="A590" t="s">
         <v>89</v>
       </c>
       <c r="B590" t="s">
-        <v>1319</v>
+        <v>1320</v>
       </c>
       <c r="C590" t="s">
-        <v>1320</v>
+        <v>1321</v>
       </c>
       <c r="D590" t="s">
-        <v>1321</v>
+        <v>7</v>
       </c>
     </row>
     <row r="591" spans="1:4">
       <c r="A591" t="s">
         <v>89</v>
       </c>
       <c r="B591" t="s">
         <v>1322</v>
       </c>
       <c r="C591" t="s">
         <v>1323</v>
       </c>
       <c r="D591" t="s">
         <v>1324</v>
       </c>
     </row>
     <row r="592" spans="1:4">
       <c r="A592" t="s">
         <v>89</v>
       </c>
       <c r="B592" t="s">
         <v>1325</v>
       </c>
       <c r="C592" t="s">
         <v>1326</v>
       </c>
       <c r="D592" t="s">
         <v>1327</v>
       </c>
     </row>
     <row r="593" spans="1:4">
       <c r="A593" t="s">
         <v>89</v>
       </c>
       <c r="B593" t="s">
         <v>1328</v>
       </c>
       <c r="C593" t="s">
         <v>1329</v>
       </c>
       <c r="D593" t="s">
-        <v>92</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="594" spans="1:4">
       <c r="A594" t="s">
         <v>89</v>
       </c>
       <c r="B594" t="s">
-        <v>1330</v>
+        <v>1331</v>
       </c>
       <c r="C594" t="s">
-        <v>1331</v>
+        <v>1332</v>
       </c>
       <c r="D594" t="s">
-        <v>7</v>
+        <v>92</v>
       </c>
     </row>
     <row r="595" spans="1:4">
       <c r="A595" t="s">
         <v>89</v>
       </c>
       <c r="B595" t="s">
-        <v>1332</v>
+        <v>1333</v>
       </c>
       <c r="C595" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="D595" t="s">
-        <v>1334</v>
+        <v>7</v>
       </c>
     </row>
     <row r="596" spans="1:4">
       <c r="A596" t="s">
         <v>89</v>
       </c>
       <c r="B596" t="s">
         <v>1335</v>
       </c>
       <c r="C596" t="s">
         <v>1336</v>
       </c>
       <c r="D596" t="s">
         <v>1337</v>
       </c>
     </row>
     <row r="597" spans="1:4">
       <c r="A597" t="s">
         <v>89</v>
       </c>
       <c r="B597" t="s">
         <v>1338</v>
       </c>
       <c r="C597" t="s">
         <v>1339</v>
       </c>
       <c r="D597" t="s">
-        <v>7</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="598" spans="1:4">
       <c r="A598" t="s">
         <v>89</v>
       </c>
       <c r="B598" t="s">
-        <v>1340</v>
+        <v>1341</v>
       </c>
       <c r="C598" t="s">
-        <v>1341</v>
+        <v>1342</v>
       </c>
       <c r="D598" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="599" spans="1:4">
       <c r="A599" t="s">
         <v>89</v>
       </c>
       <c r="B599" t="s">
-        <v>1342</v>
+        <v>1343</v>
       </c>
       <c r="C599" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="D599" t="s">
-        <v>1344</v>
+        <v>7</v>
       </c>
     </row>
     <row r="600" spans="1:4">
       <c r="A600" t="s">
         <v>89</v>
       </c>
       <c r="B600" t="s">
         <v>1345</v>
       </c>
       <c r="C600" t="s">
         <v>1346</v>
       </c>
       <c r="D600" t="s">
         <v>1347</v>
       </c>
     </row>
     <row r="601" spans="1:4">
       <c r="A601" t="s">
         <v>89</v>
       </c>
       <c r="B601" t="s">
         <v>1348</v>
       </c>
       <c r="C601" t="s">
         <v>1349</v>
       </c>
       <c r="D601" t="s">
-        <v>33</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="602" spans="1:4">
       <c r="A602" t="s">
         <v>89</v>
       </c>
       <c r="B602" t="s">
-        <v>1350</v>
+        <v>1351</v>
       </c>
       <c r="C602" t="s">
-        <v>1351</v>
+        <v>1352</v>
       </c>
       <c r="D602" t="s">
-        <v>85</v>
+        <v>33</v>
       </c>
     </row>
     <row r="603" spans="1:4">
       <c r="A603" t="s">
         <v>89</v>
       </c>
       <c r="B603" t="s">
-        <v>1352</v>
+        <v>1353</v>
       </c>
       <c r="C603" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="D603" t="s">
-        <v>7</v>
+        <v>85</v>
       </c>
     </row>
     <row r="604" spans="1:4">
       <c r="A604" t="s">
         <v>89</v>
       </c>
       <c r="B604" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="C604" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="D604" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="605" spans="1:4">
       <c r="A605" t="s">
         <v>89</v>
       </c>
       <c r="B605" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="C605" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="D605" t="s">
-        <v>609</v>
+        <v>7</v>
       </c>
     </row>
     <row r="606" spans="1:4">
       <c r="A606" t="s">
         <v>89</v>
       </c>
       <c r="B606" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="C606" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="D606" t="s">
-        <v>7</v>
+        <v>609</v>
       </c>
     </row>
     <row r="607" spans="1:4">
       <c r="A607" t="s">
         <v>89</v>
       </c>
       <c r="B607" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="C607" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="D607" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="608" spans="1:4">
       <c r="A608" t="s">
         <v>89</v>
       </c>
       <c r="B608" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="C608" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="D608" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="609" spans="1:4">
       <c r="A609" t="s">
         <v>89</v>
       </c>
       <c r="B609" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="C609" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="D609" t="s">
-        <v>1366</v>
+        <v>7</v>
       </c>
     </row>
     <row r="610" spans="1:4">
       <c r="A610" t="s">
         <v>89</v>
       </c>
       <c r="B610" t="s">
         <v>1367</v>
       </c>
       <c r="C610" t="s">
         <v>1368</v>
       </c>
       <c r="D610" t="s">
-        <v>7</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="611" spans="1:4">
       <c r="A611" t="s">
         <v>89</v>
       </c>
       <c r="B611" t="s">
-        <v>1369</v>
+        <v>1370</v>
       </c>
       <c r="C611" t="s">
-        <v>1370</v>
+        <v>1371</v>
       </c>
       <c r="D611" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="612" spans="1:4">
       <c r="A612" t="s">
         <v>89</v>
       </c>
       <c r="B612" t="s">
-        <v>1371</v>
+        <v>1372</v>
       </c>
       <c r="C612" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="D612" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="613" spans="1:4">
       <c r="A613" t="s">
         <v>89</v>
       </c>
       <c r="B613" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="C613" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="D613" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="614" spans="1:4">
       <c r="A614" t="s">
         <v>89</v>
       </c>
       <c r="B614" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="C614" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="D614" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="615" spans="1:4">
       <c r="A615" t="s">
         <v>89</v>
       </c>
       <c r="B615" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="C615" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="D615" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="616" spans="1:4">
       <c r="A616" t="s">
         <v>89</v>
       </c>
       <c r="B616" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="C616" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
       <c r="D616" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="617" spans="1:4">
       <c r="A617" t="s">
         <v>89</v>
       </c>
       <c r="B617" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
       <c r="C617" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
       <c r="D617" t="s">
-        <v>1383</v>
+        <v>7</v>
       </c>
     </row>
     <row r="618" spans="1:4">
       <c r="A618" t="s">
         <v>89</v>
       </c>
       <c r="B618" t="s">
         <v>1384</v>
       </c>
       <c r="C618" t="s">
         <v>1385</v>
       </c>
       <c r="D618" t="s">
-        <v>85</v>
+        <v>1386</v>
       </c>
     </row>
     <row r="619" spans="1:4">
       <c r="A619" t="s">
         <v>89</v>
       </c>
       <c r="B619" t="s">
-        <v>1386</v>
+        <v>1387</v>
       </c>
       <c r="C619" t="s">
-        <v>1387</v>
+        <v>1388</v>
       </c>
       <c r="D619" t="s">
-        <v>1388</v>
+        <v>85</v>
       </c>
     </row>
     <row r="620" spans="1:4">
       <c r="A620" t="s">
         <v>89</v>
       </c>
       <c r="B620" t="s">
         <v>1389</v>
       </c>
       <c r="C620" t="s">
         <v>1390</v>
       </c>
       <c r="D620" t="s">
-        <v>7</v>
+        <v>1391</v>
       </c>
     </row>
     <row r="621" spans="1:4">
       <c r="A621" t="s">
         <v>89</v>
       </c>
       <c r="B621" t="s">
-        <v>1391</v>
+        <v>1392</v>
       </c>
       <c r="C621" t="s">
-        <v>1392</v>
+        <v>1393</v>
       </c>
       <c r="D621" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="622" spans="1:4">
       <c r="A622" t="s">
         <v>89</v>
       </c>
       <c r="B622" t="s">
-        <v>1393</v>
+        <v>1394</v>
       </c>
       <c r="C622" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="D622" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="623" spans="1:4">
       <c r="A623" t="s">
         <v>89</v>
       </c>
       <c r="B623" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="C623" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="D623" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="624" spans="1:4">
       <c r="A624" t="s">
         <v>89</v>
       </c>
       <c r="B624" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="C624" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="D624" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="625" spans="1:4">
       <c r="A625" t="s">
         <v>89</v>
       </c>
       <c r="B625" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="C625" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="D625" t="s">
-        <v>1401</v>
+        <v>7</v>
       </c>
     </row>
     <row r="626" spans="1:4">
       <c r="A626" t="s">
         <v>89</v>
       </c>
       <c r="B626" t="s">
         <v>1402</v>
       </c>
       <c r="C626" t="s">
         <v>1403</v>
       </c>
       <c r="D626" t="s">
-        <v>7</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="627" spans="1:4">
       <c r="A627" t="s">
         <v>89</v>
       </c>
       <c r="B627" t="s">
-        <v>1404</v>
+        <v>1405</v>
       </c>
       <c r="C627" t="s">
-        <v>1405</v>
+        <v>1406</v>
       </c>
       <c r="D627" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="628" spans="1:4">
       <c r="A628" t="s">
         <v>89</v>
       </c>
       <c r="B628" t="s">
-        <v>1406</v>
+        <v>1407</v>
       </c>
       <c r="C628" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="D628" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="629" spans="1:4">
       <c r="A629" t="s">
         <v>89</v>
       </c>
       <c r="B629" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
       <c r="C629" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="D629" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="630" spans="1:4">
       <c r="A630" t="s">
         <v>89</v>
       </c>
       <c r="B630" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="C630" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="D630" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="631" spans="1:4">
       <c r="A631" t="s">
         <v>89</v>
       </c>
       <c r="B631" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="C631" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="D631" t="s">
-        <v>597</v>
+        <v>7</v>
       </c>
     </row>
     <row r="632" spans="1:4">
       <c r="A632" t="s">
         <v>89</v>
       </c>
       <c r="B632" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="C632" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="D632" t="s">
-        <v>7</v>
+        <v>597</v>
       </c>
     </row>
     <row r="633" spans="1:4">
       <c r="A633" t="s">
         <v>89</v>
       </c>
       <c r="B633" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="C633" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="D633" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="634" spans="1:4">
       <c r="A634" t="s">
         <v>89</v>
       </c>
       <c r="B634" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="C634" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="D634" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="635" spans="1:4">
       <c r="A635" t="s">
         <v>89</v>
       </c>
       <c r="B635" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="C635" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="D635" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="636" spans="1:4">
       <c r="A636" t="s">
         <v>89</v>
       </c>
       <c r="B636" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="C636" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="D636" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="637" spans="1:4">
       <c r="A637" t="s">
         <v>89</v>
       </c>
       <c r="B637" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="C637" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="D637" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="638" spans="1:4">
       <c r="A638" t="s">
         <v>89</v>
       </c>
       <c r="B638" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="C638" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="D638" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="639" spans="1:4">
       <c r="A639" t="s">
         <v>89</v>
       </c>
       <c r="B639" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="C639" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="D639" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="640" spans="1:4">
       <c r="A640" t="s">
         <v>89</v>
       </c>
       <c r="B640" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="C640" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="D640" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="641" spans="1:4">
       <c r="A641" t="s">
         <v>89</v>
       </c>
       <c r="B641" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="C641" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="D641" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="642" spans="1:4">
       <c r="A642" t="s">
         <v>89</v>
       </c>
       <c r="B642" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="C642" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="D642" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="643" spans="1:4">
       <c r="A643" t="s">
         <v>89</v>
       </c>
       <c r="B643" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="C643" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="D643" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="644" spans="1:4">
       <c r="A644" t="s">
         <v>89</v>
       </c>
       <c r="B644" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="C644" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="D644" t="s">
-        <v>609</v>
+        <v>7</v>
       </c>
     </row>
     <row r="645" spans="1:4">
       <c r="A645" t="s">
         <v>89</v>
       </c>
       <c r="B645" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="C645" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="D645" t="s">
-        <v>7</v>
+        <v>609</v>
       </c>
     </row>
     <row r="646" spans="1:4">
       <c r="A646" t="s">
         <v>89</v>
       </c>
       <c r="B646" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="C646" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="D646" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="647" spans="1:4">
       <c r="A647" t="s">
         <v>89</v>
       </c>
       <c r="B647" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="C647" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="D647" t="s">
-        <v>92</v>
+        <v>7</v>
       </c>
     </row>
     <row r="648" spans="1:4">
       <c r="A648" t="s">
         <v>89</v>
       </c>
       <c r="B648" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="C648" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="D648" t="s">
-        <v>7</v>
+        <v>92</v>
       </c>
     </row>
     <row r="649" spans="1:4">
       <c r="A649" t="s">
         <v>89</v>
       </c>
       <c r="B649" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="C649" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="D649" t="s">
-        <v>1450</v>
+        <v>7</v>
       </c>
     </row>
     <row r="650" spans="1:4">
       <c r="A650" t="s">
         <v>89</v>
       </c>
       <c r="B650" t="s">
         <v>1451</v>
       </c>
       <c r="C650" t="s">
         <v>1452</v>
       </c>
       <c r="D650" t="s">
         <v>1453</v>
       </c>
     </row>
     <row r="651" spans="1:4">
       <c r="A651" t="s">
         <v>89</v>
       </c>
       <c r="B651" t="s">
         <v>1454</v>
       </c>
       <c r="C651" t="s">
         <v>1455</v>
       </c>
       <c r="D651" t="s">
-        <v>33</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="652" spans="1:4">
       <c r="A652" t="s">
         <v>89</v>
       </c>
       <c r="B652" t="s">
-        <v>1456</v>
+        <v>1457</v>
       </c>
       <c r="C652" t="s">
-        <v>1457</v>
+        <v>1458</v>
       </c>
       <c r="D652" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="653" spans="1:4">
       <c r="A653" t="s">
         <v>89</v>
       </c>
       <c r="B653" t="s">
-        <v>1458</v>
+        <v>1459</v>
       </c>
       <c r="C653" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="D653" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="654" spans="1:4">
       <c r="A654" t="s">
         <v>89</v>
       </c>
       <c r="B654" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="C654" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="D654" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="655" spans="1:4">
       <c r="A655" t="s">
         <v>89</v>
       </c>
       <c r="B655" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="C655" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="D655" t="s">
-        <v>92</v>
+        <v>33</v>
       </c>
     </row>
     <row r="656" spans="1:4">
       <c r="A656" t="s">
         <v>89</v>
       </c>
       <c r="B656" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="C656" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="D656" t="s">
-        <v>33</v>
+        <v>92</v>
       </c>
     </row>
     <row r="657" spans="1:4">
       <c r="A657" t="s">
         <v>89</v>
       </c>
       <c r="B657" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="C657" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="D657" t="s">
-        <v>92</v>
+        <v>33</v>
       </c>
     </row>
     <row r="658" spans="1:4">
       <c r="A658" t="s">
         <v>89</v>
       </c>
       <c r="B658" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="C658" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="D658" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="659" spans="1:4">
       <c r="A659" t="s">
         <v>89</v>
       </c>
       <c r="B659" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="C659" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="D659" t="s">
-        <v>1472</v>
+        <v>92</v>
       </c>
     </row>
     <row r="660" spans="1:4">
       <c r="A660" t="s">
         <v>89</v>
       </c>
       <c r="B660" t="s">
         <v>1473</v>
       </c>
       <c r="C660" t="s">
         <v>1474</v>
       </c>
       <c r="D660" t="s">
-        <v>7</v>
+        <v>1475</v>
       </c>
     </row>
     <row r="661" spans="1:4">
       <c r="A661" t="s">
         <v>89</v>
       </c>
       <c r="B661" t="s">
-        <v>1475</v>
+        <v>1476</v>
       </c>
       <c r="C661" t="s">
-        <v>1476</v>
+        <v>1477</v>
       </c>
       <c r="D661" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="662" spans="1:4">
       <c r="A662" t="s">
         <v>89</v>
       </c>
       <c r="B662" t="s">
-        <v>1477</v>
+        <v>1478</v>
       </c>
       <c r="C662" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="D662" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="663" spans="1:4">
       <c r="A663" t="s">
         <v>89</v>
       </c>
       <c r="B663" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="C663" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="D663" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="664" spans="1:4">
       <c r="A664" t="s">
         <v>89</v>
       </c>
       <c r="B664" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="C664" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="D664" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="665" spans="1:4">
       <c r="A665" t="s">
         <v>89</v>
       </c>
       <c r="B665" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="C665" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="D665" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="666" spans="1:4">
       <c r="A666" t="s">
         <v>89</v>
       </c>
       <c r="B666" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
       <c r="C666" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="D666" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="667" spans="1:4">
       <c r="A667" t="s">
         <v>89</v>
       </c>
       <c r="B667" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="C667" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="D667" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="668" spans="1:4">
       <c r="A668" t="s">
         <v>89</v>
       </c>
       <c r="B668" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="C668" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="D668" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="669" spans="1:4">
       <c r="A669" t="s">
         <v>89</v>
       </c>
       <c r="B669" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="C669" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
       <c r="D669" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="670" spans="1:4">
       <c r="A670" t="s">
         <v>89</v>
       </c>
       <c r="B670" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="C670" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="D670" t="s">
-        <v>1495</v>
+        <v>33</v>
       </c>
     </row>
     <row r="671" spans="1:4">
       <c r="A671" t="s">
         <v>89</v>
       </c>
       <c r="B671" t="s">
         <v>1496</v>
       </c>
       <c r="C671" t="s">
         <v>1497</v>
       </c>
       <c r="D671" t="s">
-        <v>7</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="672" spans="1:4">
       <c r="A672" t="s">
         <v>89</v>
       </c>
       <c r="B672" t="s">
-        <v>1498</v>
+        <v>1499</v>
       </c>
       <c r="C672" t="s">
-        <v>1499</v>
+        <v>1500</v>
       </c>
       <c r="D672" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="673" spans="1:4">
       <c r="A673" t="s">
         <v>89</v>
       </c>
       <c r="B673" t="s">
-        <v>1500</v>
+        <v>1501</v>
       </c>
       <c r="C673" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="D673" t="s">
-        <v>157</v>
+        <v>7</v>
       </c>
     </row>
     <row r="674" spans="1:4">
       <c r="A674" t="s">
         <v>89</v>
       </c>
       <c r="B674" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="C674" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="D674" t="s">
-        <v>7</v>
+        <v>157</v>
       </c>
     </row>
     <row r="675" spans="1:4">
       <c r="A675" t="s">
         <v>89</v>
       </c>
       <c r="B675" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="C675" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="D675" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="676" spans="1:4">
       <c r="A676" t="s">
         <v>89</v>
       </c>
       <c r="B676" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="C676" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="D676" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="677" spans="1:4">
       <c r="A677" t="s">
         <v>89</v>
       </c>
       <c r="B677" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="C677" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="D677" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="678" spans="1:4">
       <c r="A678" t="s">
         <v>89</v>
       </c>
       <c r="B678" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="C678" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="D678" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="679" spans="1:4">
       <c r="A679" t="s">
         <v>89</v>
       </c>
       <c r="B679" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
       <c r="C679" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="D679" t="s">
-        <v>1514</v>
+        <v>7</v>
       </c>
     </row>
     <row r="680" spans="1:4">
       <c r="A680" t="s">
         <v>89</v>
       </c>
       <c r="B680" t="s">
         <v>1515</v>
       </c>
       <c r="C680" t="s">
         <v>1516</v>
       </c>
       <c r="D680" t="s">
-        <v>33</v>
+        <v>1517</v>
       </c>
     </row>
     <row r="681" spans="1:4">
       <c r="A681" t="s">
         <v>89</v>
       </c>
       <c r="B681" t="s">
-        <v>1517</v>
+        <v>1518</v>
       </c>
       <c r="C681" t="s">
-        <v>1518</v>
+        <v>1519</v>
       </c>
       <c r="D681" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="682" spans="1:4">
       <c r="A682" t="s">
         <v>89</v>
       </c>
       <c r="B682" t="s">
-        <v>1519</v>
+        <v>1520</v>
       </c>
       <c r="C682" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="D682" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="683" spans="1:4">
       <c r="A683" t="s">
         <v>89</v>
       </c>
       <c r="B683" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="C683" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="D683" t="s">
-        <v>1523</v>
+        <v>7</v>
       </c>
     </row>
     <row r="684" spans="1:4">
       <c r="A684" t="s">
         <v>89</v>
       </c>
       <c r="B684" t="s">
         <v>1524</v>
       </c>
       <c r="C684" t="s">
         <v>1525</v>
       </c>
       <c r="D684" t="s">
-        <v>33</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="685" spans="1:4">
       <c r="A685" t="s">
         <v>89</v>
       </c>
       <c r="B685" t="s">
-        <v>1526</v>
+        <v>1527</v>
       </c>
       <c r="C685" t="s">
-        <v>1527</v>
+        <v>1528</v>
       </c>
       <c r="D685" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="686" spans="1:4">
       <c r="A686" t="s">
         <v>89</v>
       </c>
       <c r="B686" t="s">
-        <v>1528</v>
+        <v>1529</v>
       </c>
       <c r="C686" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="D686" t="s">
-        <v>92</v>
+        <v>7</v>
       </c>
     </row>
     <row r="687" spans="1:4">
       <c r="A687" t="s">
         <v>89</v>
       </c>
       <c r="B687" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="C687" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="D687" t="s">
-        <v>1532</v>
+        <v>92</v>
       </c>
     </row>
     <row r="688" spans="1:4">
       <c r="A688" t="s">
         <v>89</v>
       </c>
       <c r="B688" t="s">
         <v>1533</v>
       </c>
       <c r="C688" t="s">
         <v>1534</v>
       </c>
       <c r="D688" t="s">
-        <v>33</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="689" spans="1:4">
       <c r="A689" t="s">
         <v>89</v>
       </c>
       <c r="B689" t="s">
-        <v>1535</v>
+        <v>1536</v>
       </c>
       <c r="C689" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="D689" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="690" spans="1:4">
       <c r="A690" t="s">
         <v>89</v>
       </c>
       <c r="B690" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="C690" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="D690" t="s">
-        <v>597</v>
+        <v>7</v>
       </c>
     </row>
     <row r="691" spans="1:4">
       <c r="A691" t="s">
         <v>89</v>
       </c>
       <c r="B691" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="C691" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="D691" t="s">
-        <v>1541</v>
+        <v>597</v>
       </c>
     </row>
     <row r="692" spans="1:4">
       <c r="A692" t="s">
         <v>89</v>
       </c>
       <c r="B692" t="s">
         <v>1542</v>
       </c>
       <c r="C692" t="s">
         <v>1543</v>
       </c>
       <c r="D692" t="s">
         <v>1544</v>
       </c>
     </row>
     <row r="693" spans="1:4">
       <c r="A693" t="s">
         <v>89</v>
       </c>
       <c r="B693" t="s">
         <v>1545</v>
       </c>
       <c r="C693" t="s">
         <v>1546</v>
       </c>
       <c r="D693" t="s">
-        <v>7</v>
+        <v>1547</v>
       </c>
     </row>
     <row r="694" spans="1:4">
       <c r="A694" t="s">
         <v>89</v>
       </c>
       <c r="B694" t="s">
-        <v>1547</v>
+        <v>1548</v>
       </c>
       <c r="C694" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="D694" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="695" spans="1:4">
       <c r="A695" t="s">
         <v>89</v>
       </c>
       <c r="B695" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="C695" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="D695" t="s">
-        <v>597</v>
+        <v>7</v>
       </c>
     </row>
     <row r="696" spans="1:4">
       <c r="A696" t="s">
         <v>89</v>
       </c>
       <c r="B696" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="C696" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="D696" t="s">
-        <v>7</v>
+        <v>597</v>
       </c>
     </row>
     <row r="697" spans="1:4">
       <c r="A697" t="s">
         <v>89</v>
       </c>
       <c r="B697" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="C697" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="D697" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="698" spans="1:4">
       <c r="A698" t="s">
         <v>89</v>
       </c>
       <c r="B698" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="C698" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="D698" t="s">
-        <v>1557</v>
+        <v>7</v>
       </c>
     </row>
     <row r="699" spans="1:4">
       <c r="A699" t="s">
         <v>89</v>
       </c>
       <c r="B699" t="s">
         <v>1558</v>
       </c>
       <c r="C699" t="s">
         <v>1559</v>
       </c>
       <c r="D699" t="s">
-        <v>92</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="700" spans="1:4">
       <c r="A700" t="s">
         <v>89</v>
       </c>
       <c r="B700" t="s">
-        <v>1560</v>
+        <v>1561</v>
       </c>
       <c r="C700" t="s">
-        <v>1561</v>
+        <v>1562</v>
       </c>
       <c r="D700" t="s">
-        <v>1562</v>
+        <v>92</v>
       </c>
     </row>
     <row r="701" spans="1:4">
       <c r="A701" t="s">
         <v>89</v>
       </c>
       <c r="B701" t="s">
         <v>1563</v>
       </c>
       <c r="C701" t="s">
         <v>1564</v>
       </c>
       <c r="D701" t="s">
-        <v>7</v>
+        <v>1565</v>
       </c>
     </row>
     <row r="702" spans="1:4">
       <c r="A702" t="s">
         <v>89</v>
       </c>
       <c r="B702" t="s">
-        <v>1565</v>
+        <v>1566</v>
       </c>
       <c r="C702" t="s">
-        <v>1566</v>
+        <v>1567</v>
       </c>
       <c r="D702" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="703" spans="1:4">
       <c r="A703" t="s">
         <v>89</v>
       </c>
       <c r="B703" t="s">
-        <v>1567</v>
+        <v>1568</v>
       </c>
       <c r="C703" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="D703" t="s">
-        <v>609</v>
+        <v>7</v>
       </c>
     </row>
     <row r="704" spans="1:4">
       <c r="A704" t="s">
         <v>89</v>
       </c>
       <c r="B704" t="s">
-        <v>1569</v>
+        <v>1570</v>
       </c>
       <c r="C704" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="D704" t="s">
-        <v>92</v>
+        <v>609</v>
       </c>
     </row>
     <row r="705" spans="1:4">
       <c r="A705" t="s">
         <v>89</v>
       </c>
       <c r="B705" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="C705" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="D705" t="s">
-        <v>33</v>
+        <v>92</v>
       </c>
     </row>
     <row r="706" spans="1:4">
       <c r="A706" t="s">
         <v>89</v>
       </c>
       <c r="B706" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="C706" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="D706" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="707" spans="1:4">
       <c r="A707" t="s">
         <v>89</v>
       </c>
       <c r="B707" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="C707" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="D707" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="708" spans="1:4">
       <c r="A708" t="s">
         <v>89</v>
       </c>
       <c r="B708" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="C708" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="D708" t="s">
-        <v>1579</v>
+        <v>7</v>
       </c>
     </row>
     <row r="709" spans="1:4">
       <c r="A709" t="s">
         <v>89</v>
       </c>
       <c r="B709" t="s">
         <v>1580</v>
       </c>
       <c r="C709" t="s">
         <v>1581</v>
       </c>
       <c r="D709" t="s">
         <v>1582</v>
       </c>
     </row>
     <row r="710" spans="1:4">
       <c r="A710" t="s">
         <v>89</v>
       </c>
       <c r="B710" t="s">
         <v>1583</v>
       </c>
       <c r="C710" t="s">
         <v>1584</v>
       </c>
       <c r="D710" t="s">
-        <v>7</v>
+        <v>1585</v>
       </c>
     </row>
     <row r="711" spans="1:4">
       <c r="A711" t="s">
         <v>89</v>
       </c>
       <c r="B711" t="s">
-        <v>1585</v>
+        <v>1586</v>
       </c>
       <c r="C711" t="s">
-        <v>1586</v>
+        <v>1587</v>
       </c>
       <c r="D711" t="s">
-        <v>310</v>
+        <v>7</v>
       </c>
     </row>
     <row r="712" spans="1:4">
       <c r="A712" t="s">
         <v>89</v>
       </c>
       <c r="B712" t="s">
-        <v>1587</v>
+        <v>1588</v>
       </c>
       <c r="C712" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="D712" t="s">
-        <v>1589</v>
+        <v>310</v>
       </c>
     </row>
     <row r="713" spans="1:4">
       <c r="A713" t="s">
         <v>89</v>
       </c>
       <c r="B713" t="s">
         <v>1590</v>
       </c>
       <c r="C713" t="s">
         <v>1591</v>
       </c>
       <c r="D713" t="s">
-        <v>7</v>
+        <v>1592</v>
       </c>
     </row>
     <row r="714" spans="1:4">
       <c r="A714" t="s">
         <v>89</v>
       </c>
       <c r="B714" t="s">
-        <v>1592</v>
+        <v>1593</v>
       </c>
       <c r="C714" t="s">
-        <v>1593</v>
+        <v>1594</v>
       </c>
       <c r="D714" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="715" spans="1:4">
       <c r="A715" t="s">
         <v>89</v>
       </c>
       <c r="B715" t="s">
-        <v>1594</v>
+        <v>1595</v>
       </c>
       <c r="C715" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="D715" t="s">
-        <v>1596</v>
+        <v>33</v>
       </c>
     </row>
     <row r="716" spans="1:4">
       <c r="A716" t="s">
         <v>89</v>
       </c>
       <c r="B716" t="s">
         <v>1597</v>
       </c>
       <c r="C716" t="s">
         <v>1598</v>
       </c>
       <c r="D716" t="s">
         <v>1599</v>
       </c>
     </row>
     <row r="717" spans="1:4">
       <c r="A717" t="s">
         <v>89</v>
       </c>
       <c r="B717" t="s">
         <v>1600</v>
       </c>
       <c r="C717" t="s">
         <v>1601</v>
       </c>
       <c r="D717" t="s">
-        <v>33</v>
+        <v>1602</v>
       </c>
     </row>
     <row r="718" spans="1:4">
       <c r="A718" t="s">
         <v>89</v>
       </c>
       <c r="B718" t="s">
-        <v>1602</v>
+        <v>1603</v>
       </c>
       <c r="C718" t="s">
-        <v>1603</v>
+        <v>1604</v>
       </c>
       <c r="D718" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="719" spans="1:4">
       <c r="A719" t="s">
         <v>89</v>
       </c>
       <c r="B719" t="s">
-        <v>1604</v>
+        <v>1605</v>
       </c>
       <c r="C719" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="D719" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="720" spans="1:4">
       <c r="A720" t="s">
         <v>89</v>
       </c>
       <c r="B720" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
       <c r="C720" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="D720" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="721" spans="1:4">
       <c r="A721" t="s">
         <v>89</v>
       </c>
       <c r="B721" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
       <c r="C721" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="D721" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="722" spans="1:4">
       <c r="A722" t="s">
         <v>89</v>
       </c>
       <c r="B722" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="C722" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
       <c r="D722" t="s">
-        <v>1612</v>
+        <v>7</v>
       </c>
     </row>
     <row r="723" spans="1:4">
       <c r="A723" t="s">
         <v>89</v>
       </c>
       <c r="B723" t="s">
         <v>1613</v>
       </c>
       <c r="C723" t="s">
         <v>1614</v>
       </c>
       <c r="D723" t="s">
-        <v>7</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="724" spans="1:4">
       <c r="A724" t="s">
         <v>89</v>
       </c>
       <c r="B724" t="s">
-        <v>1615</v>
+        <v>1616</v>
       </c>
       <c r="C724" t="s">
-        <v>1616</v>
+        <v>1617</v>
       </c>
       <c r="D724" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="725" spans="1:4">
       <c r="A725" t="s">
         <v>89</v>
       </c>
       <c r="B725" t="s">
-        <v>1617</v>
+        <v>1618</v>
       </c>
       <c r="C725" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="D725" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="726" spans="1:4">
       <c r="A726" t="s">
         <v>89</v>
       </c>
       <c r="B726" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="C726" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
       <c r="D726" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="727" spans="1:4">
       <c r="A727" t="s">
         <v>89</v>
       </c>
       <c r="B727" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="C727" t="s">
-        <v>1622</v>
+        <v>1623</v>
       </c>
       <c r="D727" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="728" spans="1:4">
       <c r="A728" t="s">
         <v>89</v>
       </c>
       <c r="B728" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
       <c r="C728" t="s">
-        <v>1624</v>
+        <v>1625</v>
       </c>
       <c r="D728" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="729" spans="1:4">
       <c r="A729" t="s">
         <v>89</v>
       </c>
       <c r="B729" t="s">
-        <v>1625</v>
+        <v>1626</v>
       </c>
       <c r="C729" t="s">
-        <v>1626</v>
+        <v>1627</v>
       </c>
       <c r="D729" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="730" spans="1:4">
       <c r="A730" t="s">
         <v>89</v>
       </c>
       <c r="B730" t="s">
-        <v>1627</v>
+        <v>1628</v>
       </c>
       <c r="C730" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
       <c r="D730" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="731" spans="1:4">
       <c r="A731" t="s">
         <v>89</v>
       </c>
       <c r="B731" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
       <c r="C731" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
       <c r="D731" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="732" spans="1:4">
       <c r="A732" t="s">
         <v>89</v>
       </c>
       <c r="B732" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="C732" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
       <c r="D732" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="733" spans="1:4">
       <c r="A733" t="s">
         <v>89</v>
       </c>
       <c r="B733" t="s">
-        <v>1633</v>
+        <v>1634</v>
       </c>
       <c r="C733" t="s">
-        <v>1634</v>
+        <v>1635</v>
       </c>
       <c r="D733" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="734" spans="1:4">
       <c r="A734" t="s">
         <v>89</v>
       </c>
       <c r="B734" t="s">
-        <v>1635</v>
+        <v>1636</v>
       </c>
       <c r="C734" t="s">
-        <v>1636</v>
+        <v>1637</v>
       </c>
       <c r="D734" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="735" spans="1:4">
       <c r="A735" t="s">
         <v>89</v>
       </c>
       <c r="B735" t="s">
-        <v>1637</v>
+        <v>1638</v>
       </c>
       <c r="C735" t="s">
-        <v>1638</v>
+        <v>1639</v>
       </c>
       <c r="D735" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="736" spans="1:4">
       <c r="A736" t="s">
         <v>89</v>
       </c>
       <c r="B736" t="s">
-        <v>1639</v>
+        <v>1640</v>
       </c>
       <c r="C736" t="s">
-        <v>1640</v>
+        <v>1641</v>
       </c>
       <c r="D736" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="737" spans="1:4">
       <c r="A737" t="s">
         <v>89</v>
       </c>
       <c r="B737" t="s">
-        <v>1641</v>
+        <v>1642</v>
       </c>
       <c r="C737" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
       <c r="D737" t="s">
-        <v>174</v>
+        <v>33</v>
       </c>
     </row>
     <row r="738" spans="1:4">
       <c r="A738" t="s">
         <v>89</v>
       </c>
       <c r="B738" t="s">
-        <v>1643</v>
+        <v>1644</v>
       </c>
       <c r="C738" t="s">
-        <v>1644</v>
+        <v>1645</v>
       </c>
       <c r="D738" t="s">
-        <v>597</v>
+        <v>174</v>
       </c>
     </row>
     <row r="739" spans="1:4">
       <c r="A739" t="s">
         <v>89</v>
       </c>
       <c r="B739" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="C739" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
       <c r="D739" t="s">
-        <v>7</v>
+        <v>597</v>
       </c>
     </row>
     <row r="740" spans="1:4">
       <c r="A740" t="s">
         <v>89</v>
       </c>
       <c r="B740" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
       <c r="C740" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="D740" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="741" spans="1:4">
       <c r="A741" t="s">
         <v>89</v>
       </c>
       <c r="B741" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="C741" t="s">
-        <v>1650</v>
+        <v>1651</v>
       </c>
       <c r="D741" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="742" spans="1:4">
       <c r="A742" t="s">
         <v>89</v>
       </c>
       <c r="B742" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
       <c r="C742" t="s">
-        <v>1652</v>
+        <v>1653</v>
       </c>
       <c r="D742" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="743" spans="1:4">
       <c r="A743" t="s">
         <v>89</v>
       </c>
       <c r="B743" t="s">
-        <v>1653</v>
+        <v>1654</v>
       </c>
       <c r="C743" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
       <c r="D743" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="744" spans="1:4">
       <c r="A744" t="s">
         <v>89</v>
       </c>
       <c r="B744" t="s">
-        <v>1655</v>
+        <v>1656</v>
       </c>
       <c r="C744" t="s">
-        <v>1656</v>
+        <v>1657</v>
       </c>
       <c r="D744" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="745" spans="1:4">
       <c r="A745" t="s">
         <v>89</v>
       </c>
       <c r="B745" t="s">
-        <v>1657</v>
+        <v>1658</v>
       </c>
       <c r="C745" t="s">
-        <v>1658</v>
+        <v>1659</v>
       </c>
       <c r="D745" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="746" spans="1:4">
       <c r="A746" t="s">
         <v>89</v>
       </c>
       <c r="B746" t="s">
-        <v>1659</v>
+        <v>1660</v>
       </c>
       <c r="C746" t="s">
-        <v>1660</v>
+        <v>1661</v>
       </c>
       <c r="D746" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="747" spans="1:4">
       <c r="A747" t="s">
         <v>89</v>
       </c>
       <c r="B747" t="s">
-        <v>1661</v>
+        <v>1662</v>
       </c>
       <c r="C747" t="s">
-        <v>1662</v>
+        <v>1663</v>
       </c>
       <c r="D747" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="748" spans="1:4">
       <c r="A748" t="s">
         <v>89</v>
       </c>
       <c r="B748" t="s">
-        <v>1663</v>
+        <v>1664</v>
       </c>
       <c r="C748" t="s">
-        <v>1664</v>
+        <v>1665</v>
       </c>
       <c r="D748" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="749" spans="1:4">
       <c r="A749" t="s">
         <v>89</v>
       </c>
       <c r="B749" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
       <c r="C749" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
       <c r="D749" t="s">
-        <v>1667</v>
+        <v>7</v>
       </c>
     </row>
     <row r="750" spans="1:4">
       <c r="A750" t="s">
         <v>89</v>
       </c>
       <c r="B750" t="s">
         <v>1668</v>
       </c>
       <c r="C750" t="s">
         <v>1669</v>
       </c>
       <c r="D750" t="s">
-        <v>7</v>
+        <v>1670</v>
       </c>
     </row>
     <row r="751" spans="1:4">
       <c r="A751" t="s">
         <v>89</v>
       </c>
       <c r="B751" t="s">
-        <v>1670</v>
+        <v>1671</v>
       </c>
       <c r="C751" t="s">
-        <v>1671</v>
+        <v>1672</v>
       </c>
       <c r="D751" t="s">
-        <v>1672</v>
+        <v>7</v>
       </c>
     </row>
     <row r="752" spans="1:4">
       <c r="A752" t="s">
         <v>89</v>
       </c>
       <c r="B752" t="s">
         <v>1673</v>
       </c>
       <c r="C752" t="s">
         <v>1674</v>
       </c>
       <c r="D752" t="s">
-        <v>7</v>
+        <v>1675</v>
       </c>
     </row>
     <row r="753" spans="1:4">
       <c r="A753" t="s">
         <v>89</v>
       </c>
       <c r="B753" t="s">
-        <v>1675</v>
+        <v>1676</v>
       </c>
       <c r="C753" t="s">
-        <v>1676</v>
+        <v>1677</v>
       </c>
       <c r="D753" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="754" spans="1:4">
       <c r="A754" t="s">
         <v>89</v>
       </c>
       <c r="B754" t="s">
-        <v>1677</v>
+        <v>1678</v>
       </c>
       <c r="C754" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="D754" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="755" spans="1:4">
       <c r="A755" t="s">
         <v>89</v>
       </c>
       <c r="B755" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="C755" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
       <c r="D755" t="s">
-        <v>1681</v>
+        <v>7</v>
       </c>
     </row>
     <row r="756" spans="1:4">
       <c r="A756" t="s">
         <v>89</v>
       </c>
       <c r="B756" t="s">
         <v>1682</v>
       </c>
       <c r="C756" t="s">
         <v>1683</v>
       </c>
       <c r="D756" t="s">
         <v>1684</v>
       </c>
     </row>
     <row r="757" spans="1:4">
       <c r="A757" t="s">
         <v>89</v>
       </c>
       <c r="B757" t="s">
         <v>1685</v>
       </c>
       <c r="C757" t="s">
         <v>1686</v>
@@ -17644,401 +17661,401 @@
     <row r="758" spans="1:4">
       <c r="A758" t="s">
         <v>89</v>
       </c>
       <c r="B758" t="s">
         <v>1688</v>
       </c>
       <c r="C758" t="s">
         <v>1689</v>
       </c>
       <c r="D758" t="s">
         <v>1690</v>
       </c>
     </row>
     <row r="759" spans="1:4">
       <c r="A759" t="s">
         <v>89</v>
       </c>
       <c r="B759" t="s">
         <v>1691</v>
       </c>
       <c r="C759" t="s">
         <v>1692</v>
       </c>
       <c r="D759" t="s">
-        <v>7</v>
+        <v>1693</v>
       </c>
     </row>
     <row r="760" spans="1:4">
       <c r="A760" t="s">
         <v>89</v>
       </c>
       <c r="B760" t="s">
-        <v>1693</v>
+        <v>1694</v>
       </c>
       <c r="C760" t="s">
-        <v>1694</v>
+        <v>1695</v>
       </c>
       <c r="D760" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="761" spans="1:4">
       <c r="A761" t="s">
         <v>89</v>
       </c>
       <c r="B761" t="s">
-        <v>1695</v>
+        <v>1696</v>
       </c>
       <c r="C761" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="D761" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="762" spans="1:4">
       <c r="A762" t="s">
         <v>89</v>
       </c>
       <c r="B762" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
       <c r="C762" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
       <c r="D762" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="763" spans="1:4">
       <c r="A763" t="s">
         <v>89</v>
       </c>
       <c r="B763" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
       <c r="C763" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="D763" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="764" spans="1:4">
       <c r="A764" t="s">
         <v>89</v>
       </c>
       <c r="B764" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
       <c r="C764" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="D764" t="s">
-        <v>1703</v>
+        <v>7</v>
       </c>
     </row>
     <row r="765" spans="1:4">
       <c r="A765" t="s">
         <v>89</v>
       </c>
       <c r="B765" t="s">
         <v>1704</v>
       </c>
       <c r="C765" t="s">
         <v>1705</v>
       </c>
       <c r="D765" t="s">
-        <v>157</v>
+        <v>1706</v>
       </c>
     </row>
     <row r="766" spans="1:4">
       <c r="A766" t="s">
         <v>89</v>
       </c>
       <c r="B766" t="s">
-        <v>1706</v>
+        <v>1707</v>
       </c>
       <c r="C766" t="s">
-        <v>1707</v>
+        <v>1708</v>
       </c>
       <c r="D766" t="s">
-        <v>7</v>
+        <v>157</v>
       </c>
     </row>
     <row r="767" spans="1:4">
       <c r="A767" t="s">
         <v>89</v>
       </c>
       <c r="B767" t="s">
-        <v>1708</v>
+        <v>1709</v>
       </c>
       <c r="C767" t="s">
-        <v>1709</v>
+        <v>1710</v>
       </c>
       <c r="D767" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="768" spans="1:4">
       <c r="A768" t="s">
         <v>89</v>
       </c>
       <c r="B768" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
       <c r="C768" t="s">
-        <v>1711</v>
+        <v>1712</v>
       </c>
       <c r="D768" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="769" spans="1:4">
       <c r="A769" t="s">
         <v>89</v>
       </c>
       <c r="B769" t="s">
-        <v>1712</v>
+        <v>1713</v>
       </c>
       <c r="C769" t="s">
-        <v>1713</v>
+        <v>1714</v>
       </c>
       <c r="D769" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="770" spans="1:4">
       <c r="A770" t="s">
         <v>89</v>
       </c>
       <c r="B770" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
       <c r="C770" t="s">
-        <v>1715</v>
+        <v>1716</v>
       </c>
       <c r="D770" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="771" spans="1:4">
       <c r="A771" t="s">
         <v>89</v>
       </c>
       <c r="B771" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
       <c r="C771" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
       <c r="D771" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="772" spans="1:4">
       <c r="A772" t="s">
         <v>89</v>
       </c>
       <c r="B772" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
       <c r="C772" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
       <c r="D772" t="s">
-        <v>1720</v>
+        <v>7</v>
       </c>
     </row>
     <row r="773" spans="1:4">
       <c r="A773" t="s">
         <v>89</v>
       </c>
       <c r="B773" t="s">
         <v>1721</v>
       </c>
       <c r="C773" t="s">
         <v>1722</v>
       </c>
       <c r="D773" t="s">
-        <v>7</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="774" spans="1:4">
       <c r="A774" t="s">
         <v>89</v>
       </c>
       <c r="B774" t="s">
-        <v>1723</v>
+        <v>1724</v>
       </c>
       <c r="C774" t="s">
-        <v>1724</v>
+        <v>1725</v>
       </c>
       <c r="D774" t="s">
-        <v>1720</v>
+        <v>7</v>
       </c>
     </row>
     <row r="775" spans="1:4">
       <c r="A775" t="s">
         <v>89</v>
       </c>
       <c r="B775" t="s">
-        <v>1725</v>
+        <v>1726</v>
       </c>
       <c r="C775" t="s">
-        <v>1726</v>
+        <v>1727</v>
       </c>
       <c r="D775" t="s">
-        <v>1720</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="776" spans="1:4">
       <c r="A776" t="s">
         <v>89</v>
       </c>
       <c r="B776" t="s">
-        <v>1727</v>
+        <v>1728</v>
       </c>
       <c r="C776" t="s">
-        <v>1728</v>
+        <v>1729</v>
       </c>
       <c r="D776" t="s">
-        <v>1720</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="777" spans="1:4">
       <c r="A777" t="s">
         <v>89</v>
       </c>
       <c r="B777" t="s">
-        <v>1729</v>
+        <v>1730</v>
       </c>
       <c r="C777" t="s">
-        <v>1730</v>
+        <v>1731</v>
       </c>
       <c r="D777" t="s">
-        <v>7</v>
+        <v>1723</v>
       </c>
     </row>
     <row r="778" spans="1:4">
       <c r="A778" t="s">
         <v>89</v>
       </c>
       <c r="B778" t="s">
-        <v>1731</v>
+        <v>1732</v>
       </c>
       <c r="C778" t="s">
-        <v>1732</v>
+        <v>1733</v>
       </c>
       <c r="D778" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="779" spans="1:4">
       <c r="A779" t="s">
         <v>89</v>
       </c>
       <c r="B779" t="s">
-        <v>1733</v>
+        <v>1734</v>
       </c>
       <c r="C779" t="s">
-        <v>1734</v>
+        <v>1735</v>
       </c>
       <c r="D779" t="s">
-        <v>92</v>
+        <v>33</v>
       </c>
     </row>
     <row r="780" spans="1:4">
       <c r="A780" t="s">
         <v>89</v>
       </c>
       <c r="B780" t="s">
-        <v>1735</v>
+        <v>1736</v>
       </c>
       <c r="C780" t="s">
-        <v>1736</v>
+        <v>1737</v>
       </c>
       <c r="D780" t="s">
-        <v>7</v>
+        <v>92</v>
       </c>
     </row>
     <row r="781" spans="1:4">
       <c r="A781" t="s">
         <v>89</v>
       </c>
       <c r="B781" t="s">
-        <v>1737</v>
+        <v>1738</v>
       </c>
       <c r="C781" t="s">
-        <v>1738</v>
+        <v>1739</v>
       </c>
       <c r="D781" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="782" spans="1:4">
       <c r="A782" t="s">
         <v>89</v>
       </c>
       <c r="B782" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
       <c r="C782" t="s">
-        <v>1740</v>
+        <v>1741</v>
       </c>
       <c r="D782" t="s">
-        <v>1741</v>
+        <v>7</v>
       </c>
     </row>
     <row r="783" spans="1:4">
       <c r="A783" t="s">
         <v>89</v>
       </c>
       <c r="B783" t="s">
         <v>1742</v>
       </c>
       <c r="C783" t="s">
         <v>1743</v>
       </c>
       <c r="D783" t="s">
-        <v>33</v>
+        <v>1744</v>
       </c>
     </row>
     <row r="784" spans="1:4">
       <c r="A784" t="s">
         <v>89</v>
       </c>
       <c r="B784" t="s">
-        <v>1744</v>
+        <v>1745</v>
       </c>
       <c r="C784" t="s">
-        <v>1745</v>
+        <v>1746</v>
       </c>
       <c r="D784" t="s">
-        <v>1746</v>
+        <v>33</v>
       </c>
     </row>
     <row r="785" spans="1:4">
       <c r="A785" t="s">
         <v>89</v>
       </c>
       <c r="B785" t="s">
         <v>1747</v>
       </c>
       <c r="C785" t="s">
         <v>1748</v>
       </c>
       <c r="D785" t="s">
         <v>1749</v>
       </c>
     </row>
     <row r="786" spans="1:4">
       <c r="A786" t="s">
         <v>89</v>
       </c>
       <c r="B786" t="s">
         <v>1750</v>
       </c>
       <c r="C786" t="s">
         <v>1751</v>
@@ -18064,513 +18081,513 @@
     <row r="788" spans="1:4">
       <c r="A788" t="s">
         <v>89</v>
       </c>
       <c r="B788" t="s">
         <v>1756</v>
       </c>
       <c r="C788" t="s">
         <v>1757</v>
       </c>
       <c r="D788" t="s">
         <v>1758</v>
       </c>
     </row>
     <row r="789" spans="1:4">
       <c r="A789" t="s">
         <v>89</v>
       </c>
       <c r="B789" t="s">
         <v>1759</v>
       </c>
       <c r="C789" t="s">
         <v>1760</v>
       </c>
       <c r="D789" t="s">
-        <v>7</v>
+        <v>1761</v>
       </c>
     </row>
     <row r="790" spans="1:4">
       <c r="A790" t="s">
         <v>89</v>
       </c>
       <c r="B790" t="s">
-        <v>1761</v>
+        <v>1762</v>
       </c>
       <c r="C790" t="s">
-        <v>1762</v>
+        <v>1763</v>
       </c>
       <c r="D790" t="s">
-        <v>1763</v>
+        <v>7</v>
       </c>
     </row>
     <row r="791" spans="1:4">
       <c r="A791" t="s">
         <v>89</v>
       </c>
       <c r="B791" t="s">
         <v>1764</v>
       </c>
       <c r="C791" t="s">
         <v>1765</v>
       </c>
       <c r="D791" t="s">
-        <v>33</v>
+        <v>1766</v>
       </c>
     </row>
     <row r="792" spans="1:4">
       <c r="A792" t="s">
         <v>89</v>
       </c>
       <c r="B792" t="s">
-        <v>1766</v>
+        <v>1767</v>
       </c>
       <c r="C792" t="s">
-        <v>1767</v>
+        <v>1768</v>
       </c>
       <c r="D792" t="s">
-        <v>1768</v>
+        <v>33</v>
       </c>
     </row>
     <row r="793" spans="1:4">
       <c r="A793" t="s">
         <v>89</v>
       </c>
       <c r="B793" t="s">
         <v>1769</v>
       </c>
       <c r="C793" t="s">
         <v>1770</v>
       </c>
       <c r="D793" t="s">
-        <v>157</v>
+        <v>1771</v>
       </c>
     </row>
     <row r="794" spans="1:4">
       <c r="A794" t="s">
         <v>89</v>
       </c>
       <c r="B794" t="s">
-        <v>1771</v>
+        <v>1772</v>
       </c>
       <c r="C794" t="s">
-        <v>1772</v>
+        <v>1773</v>
       </c>
       <c r="D794" t="s">
-        <v>1773</v>
+        <v>157</v>
       </c>
     </row>
     <row r="795" spans="1:4">
       <c r="A795" t="s">
         <v>89</v>
       </c>
       <c r="B795" t="s">
         <v>1774</v>
       </c>
       <c r="C795" t="s">
         <v>1775</v>
       </c>
       <c r="D795" t="s">
-        <v>7</v>
+        <v>1776</v>
       </c>
     </row>
     <row r="796" spans="1:4">
       <c r="A796" t="s">
         <v>89</v>
       </c>
       <c r="B796" t="s">
-        <v>1776</v>
+        <v>1777</v>
       </c>
       <c r="C796" t="s">
-        <v>1777</v>
+        <v>1778</v>
       </c>
       <c r="D796" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="797" spans="1:4">
       <c r="A797" t="s">
         <v>89</v>
       </c>
       <c r="B797" t="s">
-        <v>1778</v>
+        <v>1779</v>
       </c>
       <c r="C797" t="s">
-        <v>1779</v>
+        <v>1780</v>
       </c>
       <c r="D797" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="798" spans="1:4">
       <c r="A798" t="s">
         <v>89</v>
       </c>
       <c r="B798" t="s">
-        <v>1780</v>
+        <v>1781</v>
       </c>
       <c r="C798" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="D798" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="799" spans="1:4">
       <c r="A799" t="s">
         <v>89</v>
       </c>
       <c r="B799" t="s">
-        <v>1782</v>
+        <v>1783</v>
       </c>
       <c r="C799" t="s">
-        <v>1783</v>
+        <v>1784</v>
       </c>
       <c r="D799" t="s">
-        <v>1784</v>
+        <v>7</v>
       </c>
     </row>
     <row r="800" spans="1:4">
       <c r="A800" t="s">
         <v>89</v>
       </c>
       <c r="B800" t="s">
         <v>1785</v>
       </c>
       <c r="C800" t="s">
         <v>1786</v>
       </c>
       <c r="D800" t="s">
-        <v>7</v>
+        <v>1787</v>
       </c>
     </row>
     <row r="801" spans="1:4">
       <c r="A801" t="s">
         <v>89</v>
       </c>
       <c r="B801" t="s">
-        <v>1787</v>
+        <v>1788</v>
       </c>
       <c r="C801" t="s">
-        <v>1788</v>
+        <v>1789</v>
       </c>
       <c r="D801" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="802" spans="1:4">
       <c r="A802" t="s">
         <v>89</v>
       </c>
       <c r="B802" t="s">
-        <v>1789</v>
+        <v>1790</v>
       </c>
       <c r="C802" t="s">
-        <v>1790</v>
+        <v>1791</v>
       </c>
       <c r="D802" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="803" spans="1:4">
       <c r="A803" t="s">
         <v>89</v>
       </c>
       <c r="B803" t="s">
-        <v>1791</v>
+        <v>1792</v>
       </c>
       <c r="C803" t="s">
-        <v>1792</v>
+        <v>1793</v>
       </c>
       <c r="D803" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="804" spans="1:4">
       <c r="A804" t="s">
         <v>89</v>
       </c>
       <c r="B804" t="s">
-        <v>1793</v>
+        <v>1794</v>
       </c>
       <c r="C804" t="s">
-        <v>1794</v>
+        <v>1795</v>
       </c>
       <c r="D804" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="805" spans="1:4">
       <c r="A805" t="s">
         <v>89</v>
       </c>
       <c r="B805" t="s">
-        <v>1795</v>
+        <v>1796</v>
       </c>
       <c r="C805" t="s">
-        <v>1796</v>
+        <v>1797</v>
       </c>
       <c r="D805" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="806" spans="1:4">
       <c r="A806" t="s">
         <v>89</v>
       </c>
       <c r="B806" t="s">
-        <v>1797</v>
+        <v>1798</v>
       </c>
       <c r="C806" t="s">
-        <v>1798</v>
+        <v>1799</v>
       </c>
       <c r="D806" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="807" spans="1:4">
       <c r="A807" t="s">
         <v>89</v>
       </c>
       <c r="B807" t="s">
-        <v>1799</v>
+        <v>1800</v>
       </c>
       <c r="C807" t="s">
-        <v>1800</v>
+        <v>1801</v>
       </c>
       <c r="D807" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="808" spans="1:4">
       <c r="A808" t="s">
         <v>89</v>
       </c>
       <c r="B808" t="s">
-        <v>1801</v>
+        <v>1802</v>
       </c>
       <c r="C808" t="s">
-        <v>1802</v>
+        <v>1803</v>
       </c>
       <c r="D808" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="809" spans="1:4">
       <c r="A809" t="s">
         <v>89</v>
       </c>
       <c r="B809" t="s">
-        <v>1803</v>
+        <v>1804</v>
       </c>
       <c r="C809" t="s">
-        <v>1804</v>
+        <v>1805</v>
       </c>
       <c r="D809" t="s">
-        <v>92</v>
+        <v>7</v>
       </c>
     </row>
     <row r="810" spans="1:4">
       <c r="A810" t="s">
         <v>89</v>
       </c>
       <c r="B810" t="s">
-        <v>1805</v>
+        <v>1806</v>
       </c>
       <c r="C810" t="s">
-        <v>1806</v>
+        <v>1807</v>
       </c>
       <c r="D810" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="811" spans="1:4">
       <c r="A811" t="s">
         <v>89</v>
       </c>
       <c r="B811" t="s">
-        <v>1807</v>
+        <v>1808</v>
       </c>
       <c r="C811" t="s">
-        <v>1808</v>
+        <v>1809</v>
       </c>
       <c r="D811" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
     </row>
     <row r="812" spans="1:4">
       <c r="A812" t="s">
         <v>89</v>
       </c>
       <c r="B812" t="s">
-        <v>1809</v>
+        <v>1810</v>
       </c>
       <c r="C812" t="s">
-        <v>1810</v>
+        <v>1811</v>
       </c>
       <c r="D812" t="s">
-        <v>1811</v>
+        <v>85</v>
       </c>
     </row>
     <row r="813" spans="1:4">
       <c r="A813" t="s">
         <v>89</v>
       </c>
       <c r="B813" t="s">
         <v>1812</v>
       </c>
       <c r="C813" t="s">
         <v>1813</v>
       </c>
       <c r="D813" t="s">
-        <v>33</v>
+        <v>1814</v>
       </c>
     </row>
     <row r="814" spans="1:4">
       <c r="A814" t="s">
         <v>89</v>
       </c>
       <c r="B814" t="s">
-        <v>1814</v>
+        <v>1815</v>
       </c>
       <c r="C814" t="s">
-        <v>1815</v>
+        <v>1816</v>
       </c>
       <c r="D814" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="815" spans="1:4">
       <c r="A815" t="s">
         <v>89</v>
       </c>
       <c r="B815" t="s">
-        <v>1816</v>
+        <v>1817</v>
       </c>
       <c r="C815" t="s">
-        <v>1817</v>
+        <v>1818</v>
       </c>
       <c r="D815" t="s">
-        <v>1818</v>
+        <v>33</v>
       </c>
     </row>
     <row r="816" spans="1:4">
       <c r="A816" t="s">
         <v>89</v>
       </c>
       <c r="B816" t="s">
         <v>1819</v>
       </c>
       <c r="C816" t="s">
         <v>1820</v>
       </c>
       <c r="D816" t="s">
-        <v>33</v>
+        <v>1821</v>
       </c>
     </row>
     <row r="817" spans="1:4">
       <c r="A817" t="s">
         <v>89</v>
       </c>
       <c r="B817" t="s">
-        <v>1821</v>
+        <v>1822</v>
       </c>
       <c r="C817" t="s">
-        <v>1822</v>
+        <v>1823</v>
       </c>
       <c r="D817" t="s">
-        <v>1823</v>
+        <v>33</v>
       </c>
     </row>
     <row r="818" spans="1:4">
       <c r="A818" t="s">
         <v>89</v>
       </c>
       <c r="B818" t="s">
         <v>1824</v>
       </c>
       <c r="C818" t="s">
         <v>1825</v>
       </c>
       <c r="D818" t="s">
-        <v>7</v>
+        <v>1826</v>
       </c>
     </row>
     <row r="819" spans="1:4">
       <c r="A819" t="s">
         <v>89</v>
       </c>
       <c r="B819" t="s">
-        <v>1826</v>
+        <v>1827</v>
       </c>
       <c r="C819" t="s">
-        <v>1827</v>
+        <v>1828</v>
       </c>
       <c r="D819" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="820" spans="1:4">
       <c r="A820" t="s">
         <v>89</v>
       </c>
       <c r="B820" t="s">
-        <v>1828</v>
+        <v>1829</v>
       </c>
       <c r="C820" t="s">
-        <v>1829</v>
+        <v>1830</v>
       </c>
       <c r="D820" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="821" spans="1:4">
       <c r="A821" t="s">
         <v>89</v>
       </c>
       <c r="B821" t="s">
-        <v>1830</v>
+        <v>1831</v>
       </c>
       <c r="C821" t="s">
-        <v>1831</v>
+        <v>1832</v>
       </c>
       <c r="D821" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="822" spans="1:4">
       <c r="A822" t="s">
         <v>89</v>
       </c>
       <c r="B822" t="s">
-        <v>1832</v>
+        <v>1833</v>
       </c>
       <c r="C822" t="s">
-        <v>1833</v>
+        <v>1834</v>
       </c>
       <c r="D822" t="s">
-        <v>1834</v>
+        <v>7</v>
       </c>
     </row>
     <row r="823" spans="1:4">
       <c r="A823" t="s">
         <v>89</v>
       </c>
       <c r="B823" t="s">
         <v>1835</v>
       </c>
       <c r="C823" t="s">
         <v>1836</v>
       </c>
       <c r="D823" t="s">
         <v>597</v>
       </c>
     </row>
     <row r="824" spans="1:4">
       <c r="A824" t="s">
         <v>89</v>
       </c>
       <c r="B824" t="s">
         <v>1837</v>
       </c>
       <c r="C824" t="s">
         <v>1838</v>
@@ -20431,50 +20448,64 @@
       <c r="A957" t="s">
         <v>1866</v>
       </c>
       <c r="B957" t="s">
         <v>2127</v>
       </c>
       <c r="C957" t="s">
         <v>2128</v>
       </c>
       <c r="D957" t="s">
         <v>2129</v>
       </c>
     </row>
     <row r="958" spans="1:4">
       <c r="A958" t="s">
         <v>1866</v>
       </c>
       <c r="B958" t="s">
         <v>2130</v>
       </c>
       <c r="C958" t="s">
         <v>2131</v>
       </c>
       <c r="D958" t="s">
         <v>1869</v>
+      </c>
+    </row>
+    <row r="959" spans="1:4">
+      <c r="A959" t="s">
+        <v>2132</v>
+      </c>
+      <c r="B959" t="s">
+        <v>2133</v>
+      </c>
+      <c r="C959" t="s">
+        <v>2134</v>
+      </c>
+      <c r="D959" t="s">
+        <v>2135</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">