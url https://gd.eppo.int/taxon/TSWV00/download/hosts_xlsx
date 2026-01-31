--- v1 (2025-12-20)
+++ v2 (2026-01-31)
@@ -1153,51 +1153,51 @@
   </si>
   <si>
     <t>DATAU</t>
   </si>
   <si>
     <t>Brugmansia aurea</t>
   </si>
   <si>
     <t>* Jenser G, Almási A, Kazinczi G, Takács A, Szénási Á, Gáborjányi R (2009) Ecological background of the epidemics of Tomato spotted wilt virus in Central Europe. Acta Phytopathologica et Entomologica Hungarica 44(2), 213–223. 
 ------- Confirmed host. As Brugmansia aurea.</t>
   </si>
   <si>
     <t>DATSU</t>
   </si>
   <si>
     <t>Brugmansia suaveolens</t>
   </si>
   <si>
     <t>* Choi S-K, Cho I-S, Choi G-S, Yoon J-Y (2014) First report of Tomato spotted wilt virus in Brugmansia suaveolens in Korea. Plant Disease 98(9), 1283.
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>BUDDA</t>
   </si>
   <si>
-    <t>Buddleia davidii</t>
+    <t>Buddleja davidii</t>
   </si>
   <si>
     <t>CAJCA</t>
   </si>
   <si>
     <t>Cajanus cajan</t>
   </si>
   <si>
     <t>CAZCR</t>
   </si>
   <si>
     <t>Calceolaria crenatiflora</t>
   </si>
   <si>
     <t>KLBCY</t>
   </si>
   <si>
     <t>Calectasia cyanea</t>
   </si>
   <si>
     <t>CLDAR</t>
   </si>
   <si>
     <t>Calendula arvensis</t>
   </si>
@@ -4784,56 +4784,50 @@
     <t>Schizanthus pinnatus</t>
   </si>
   <si>
     <t>SBGTR</t>
   </si>
   <si>
     <t>Schlumbergera truncata</t>
   </si>
   <si>
     <t>SBGBU</t>
   </si>
   <si>
     <t>Schlumbergera x buckleyi</t>
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Confirmed host. As Schlumbergera bridgesii.</t>
   </si>
   <si>
     <t>SCDSS</t>
   </si>
   <si>
     <t>Scutellaria sp.</t>
   </si>
   <si>
-    <t>SEHED</t>
-[...4 lines deleted...]
-  <si>
     <t>SEDSA</t>
   </si>
   <si>
     <t>Sedum sarmentosum</t>
   </si>
   <si>
     <t>SEESY</t>
   </si>
   <si>
     <t>Seemannia sylvatica</t>
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Confirmed host. As Gloxinia sylvatica.</t>
   </si>
   <si>
     <t>SENDR</t>
   </si>
   <si>
     <t>Senecio doria</t>
   </si>
   <si>
     <t>SENVU</t>
   </si>
   <si>
@@ -4854,50 +4848,56 @@
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Confirmed host. As Cassia occidentalis.</t>
   </si>
   <si>
     <t>CASTO</t>
   </si>
   <si>
     <t>Senna tora</t>
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Confirmed host. As Cassia tora.</t>
   </si>
   <si>
     <t>SEGIN</t>
   </si>
   <si>
     <t>Sesamum indicum</t>
   </si>
   <si>
     <t>SETVI</t>
   </si>
   <si>
     <t>Setaria viridis</t>
+  </si>
+  <si>
+    <t>SEHED</t>
+  </si>
+  <si>
+    <t>Sicyos edulis</t>
   </si>
   <si>
     <t>SIDRH</t>
   </si>
   <si>
     <t>Sida rhombifolia</t>
   </si>
   <si>
     <t>SIDSP</t>
   </si>
   <si>
     <t>Sida spinosa</t>
   </si>
   <si>
     <t>SIKOR</t>
   </si>
   <si>
     <t>Sigesbeckia orientalis</t>
   </si>
   <si>
     <t>LYHCO</t>
   </si>
   <si>
     <t>Silene coronaria</t>
   </si>
@@ -16639,149 +16639,149 @@
     <row r="685" spans="1:4">
       <c r="A685" t="s">
         <v>89</v>
       </c>
       <c r="B685" t="s">
         <v>1527</v>
       </c>
       <c r="C685" t="s">
         <v>1528</v>
       </c>
       <c r="D685" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="686" spans="1:4">
       <c r="A686" t="s">
         <v>89</v>
       </c>
       <c r="B686" t="s">
         <v>1529</v>
       </c>
       <c r="C686" t="s">
         <v>1530</v>
       </c>
       <c r="D686" t="s">
-        <v>7</v>
+        <v>92</v>
       </c>
     </row>
     <row r="687" spans="1:4">
       <c r="A687" t="s">
         <v>89</v>
       </c>
       <c r="B687" t="s">
         <v>1531</v>
       </c>
       <c r="C687" t="s">
         <v>1532</v>
       </c>
       <c r="D687" t="s">
-        <v>92</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="688" spans="1:4">
       <c r="A688" t="s">
         <v>89</v>
       </c>
       <c r="B688" t="s">
-        <v>1533</v>
+        <v>1534</v>
       </c>
       <c r="C688" t="s">
-        <v>1534</v>
+        <v>1535</v>
       </c>
       <c r="D688" t="s">
-        <v>1535</v>
+        <v>33</v>
       </c>
     </row>
     <row r="689" spans="1:4">
       <c r="A689" t="s">
         <v>89</v>
       </c>
       <c r="B689" t="s">
         <v>1536</v>
       </c>
       <c r="C689" t="s">
         <v>1537</v>
       </c>
       <c r="D689" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="690" spans="1:4">
       <c r="A690" t="s">
         <v>89</v>
       </c>
       <c r="B690" t="s">
         <v>1538</v>
       </c>
       <c r="C690" t="s">
         <v>1539</v>
       </c>
       <c r="D690" t="s">
-        <v>7</v>
+        <v>597</v>
       </c>
     </row>
     <row r="691" spans="1:4">
       <c r="A691" t="s">
         <v>89</v>
       </c>
       <c r="B691" t="s">
         <v>1540</v>
       </c>
       <c r="C691" t="s">
         <v>1541</v>
       </c>
       <c r="D691" t="s">
-        <v>597</v>
+        <v>1542</v>
       </c>
     </row>
     <row r="692" spans="1:4">
       <c r="A692" t="s">
         <v>89</v>
       </c>
       <c r="B692" t="s">
-        <v>1542</v>
+        <v>1543</v>
       </c>
       <c r="C692" t="s">
-        <v>1543</v>
+        <v>1544</v>
       </c>
       <c r="D692" t="s">
-        <v>1544</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="693" spans="1:4">
       <c r="A693" t="s">
         <v>89</v>
       </c>
       <c r="B693" t="s">
-        <v>1545</v>
+        <v>1546</v>
       </c>
       <c r="C693" t="s">
-        <v>1546</v>
+        <v>1547</v>
       </c>
       <c r="D693" t="s">
-        <v>1547</v>
+        <v>7</v>
       </c>
     </row>
     <row r="694" spans="1:4">
       <c r="A694" t="s">
         <v>89</v>
       </c>
       <c r="B694" t="s">
         <v>1548</v>
       </c>
       <c r="C694" t="s">
         <v>1549</v>
       </c>
       <c r="D694" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="695" spans="1:4">
       <c r="A695" t="s">
         <v>89</v>
       </c>
       <c r="B695" t="s">
         <v>1550</v>
       </c>
       <c r="C695" t="s">
         <v>1551</v>