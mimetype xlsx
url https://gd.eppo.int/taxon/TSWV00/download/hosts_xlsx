--- v2 (2026-01-31)
+++ v3 (2026-02-20)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="TSWV00" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="2139">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>ANMCO</t>
   </si>
   <si>
     <t>Anemone coronaria</t>
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
 ------- Confirmed host.</t>
   </si>
@@ -4108,50 +4108,59 @@
   <si>
     <t>PAPOR</t>
   </si>
   <si>
     <t>Papaver orientale</t>
   </si>
   <si>
     <t>PAPRH</t>
   </si>
   <si>
     <t>Papaver rhoeas</t>
   </si>
   <si>
     <t>PAPSO</t>
   </si>
   <si>
     <t>Papaver somniferum</t>
   </si>
   <si>
     <t>PAIOF</t>
   </si>
   <si>
     <t>Parietaria officinalis</t>
   </si>
   <si>
+    <t>PAQED</t>
+  </si>
+  <si>
+    <t>Passiflora edulis</t>
+  </si>
+  <si>
+    <t>* Cutler J, Langer J, von Bargen SV, Acosta-Losada O, Casierra-Posada F, Castañeda-Cárdenas A, Betancourt-Vásquez M, Cuellar W, Arvydas-Stasiukynas E, Altenbach D, Büttner C (2018) Preliminary evaluation of associated viruses in production systems of cape gooseberry, purple passion fruit, and rose. Revista Colombiana de Ciencias Hortícolas 12(2), 390-396. https://doi.org/10.17584/rcch.2018vl2i2.7799</t>
+  </si>
+  <si>
     <t>PEEHA</t>
   </si>
   <si>
     <t>Penstemon hartwegii</t>
   </si>
   <si>
     <t>PEEHI</t>
   </si>
   <si>
     <t>Penstemon hirsutus</t>
   </si>
   <si>
     <t>PEOFR</t>
   </si>
   <si>
     <t>Peperomia fraseri</t>
   </si>
   <si>
     <t>PEOOB</t>
   </si>
   <si>
     <t>Peperomia obtusifolia</t>
   </si>
   <si>
     <t>* Parrella G, Gognalons P, Gebre-Selassie K, Vovlas C, Marchoux G (2003) An update of the host range of tomato spotted wilt virus. Journal of Plant Pathology 85(4), 227-264.
@@ -4619,51 +4628,52 @@
   <si>
     <t>ROHSS</t>
   </si>
   <si>
     <t>Rohdea sp.</t>
   </si>
   <si>
     <t>RORIN</t>
   </si>
   <si>
     <t>Rorippa indica</t>
   </si>
   <si>
     <t>RORPA</t>
   </si>
   <si>
     <t>Rorippa palustris</t>
   </si>
   <si>
     <t>ROSSS</t>
   </si>
   <si>
     <t>Rosa sp.</t>
   </si>
   <si>
-    <t>* Vazquez-Iglesias I, Boonham N, Robinson R, Clover GRG, Fox A (2023) A survey of rose viruses in England, Crop Protection 106231. https://doi.org/10.1016/j.cropro.2023.106231</t>
+    <t>* Paslay C, Ali A (2025) A comprehensive review of known and emerging viruses infecting rose species. Frontiers in Virology 5, 1669397. https://doi.org/10.3389/fviro.2025.1669397
+* Vazquez-Iglesias I, Boonham N, Robinson R, Clover GRG, Fox A (2023) A survey of rose viruses in England, Crop Protection 106231. https://doi.org/10.1016/j.cropro.2023.106231</t>
   </si>
   <si>
     <t>RUBID</t>
   </si>
   <si>
     <t>Rubus idaeus</t>
   </si>
   <si>
     <t>RUBUL</t>
   </si>
   <si>
     <t>Rubus ulmifolius</t>
   </si>
   <si>
     <t>DRCAM</t>
   </si>
   <si>
     <t>Rudbeckia amplexicaulis</t>
   </si>
   <si>
     <t>RUDHI</t>
   </si>
   <si>
     <t>Rudbeckia hirta</t>
   </si>
@@ -7024,51 +7034,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D959"/>
+  <dimension ref="A1:D960"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15.282" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="54.13" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="727.822" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -15239,2431 +15249,2431 @@
     <row r="585" spans="1:4">
       <c r="A585" t="s">
         <v>89</v>
       </c>
       <c r="B585" t="s">
         <v>1309</v>
       </c>
       <c r="C585" t="s">
         <v>1310</v>
       </c>
       <c r="D585" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="586" spans="1:4">
       <c r="A586" t="s">
         <v>89</v>
       </c>
       <c r="B586" t="s">
         <v>1311</v>
       </c>
       <c r="C586" t="s">
         <v>1312</v>
       </c>
       <c r="D586" t="s">
-        <v>7</v>
+        <v>1313</v>
       </c>
     </row>
     <row r="587" spans="1:4">
       <c r="A587" t="s">
         <v>89</v>
       </c>
       <c r="B587" t="s">
-        <v>1313</v>
+        <v>1314</v>
       </c>
       <c r="C587" t="s">
-        <v>1314</v>
+        <v>1315</v>
       </c>
       <c r="D587" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="588" spans="1:4">
       <c r="A588" t="s">
         <v>89</v>
       </c>
       <c r="B588" t="s">
-        <v>1315</v>
+        <v>1316</v>
       </c>
       <c r="C588" t="s">
-        <v>1316</v>
+        <v>1317</v>
       </c>
       <c r="D588" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="589" spans="1:4">
       <c r="A589" t="s">
         <v>89</v>
       </c>
       <c r="B589" t="s">
-        <v>1317</v>
+        <v>1318</v>
       </c>
       <c r="C589" t="s">
-        <v>1318</v>
+        <v>1319</v>
       </c>
       <c r="D589" t="s">
-        <v>1319</v>
+        <v>7</v>
       </c>
     </row>
     <row r="590" spans="1:4">
       <c r="A590" t="s">
         <v>89</v>
       </c>
       <c r="B590" t="s">
         <v>1320</v>
       </c>
       <c r="C590" t="s">
         <v>1321</v>
       </c>
       <c r="D590" t="s">
-        <v>7</v>
+        <v>1322</v>
       </c>
     </row>
     <row r="591" spans="1:4">
       <c r="A591" t="s">
         <v>89</v>
       </c>
       <c r="B591" t="s">
-        <v>1322</v>
+        <v>1323</v>
       </c>
       <c r="C591" t="s">
-        <v>1323</v>
+        <v>1324</v>
       </c>
       <c r="D591" t="s">
-        <v>1324</v>
+        <v>7</v>
       </c>
     </row>
     <row r="592" spans="1:4">
       <c r="A592" t="s">
         <v>89</v>
       </c>
       <c r="B592" t="s">
         <v>1325</v>
       </c>
       <c r="C592" t="s">
         <v>1326</v>
       </c>
       <c r="D592" t="s">
         <v>1327</v>
       </c>
     </row>
     <row r="593" spans="1:4">
       <c r="A593" t="s">
         <v>89</v>
       </c>
       <c r="B593" t="s">
         <v>1328</v>
       </c>
       <c r="C593" t="s">
         <v>1329</v>
       </c>
       <c r="D593" t="s">
         <v>1330</v>
       </c>
     </row>
     <row r="594" spans="1:4">
       <c r="A594" t="s">
         <v>89</v>
       </c>
       <c r="B594" t="s">
         <v>1331</v>
       </c>
       <c r="C594" t="s">
         <v>1332</v>
       </c>
       <c r="D594" t="s">
-        <v>92</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="595" spans="1:4">
       <c r="A595" t="s">
         <v>89</v>
       </c>
       <c r="B595" t="s">
-        <v>1333</v>
+        <v>1334</v>
       </c>
       <c r="C595" t="s">
-        <v>1334</v>
+        <v>1335</v>
       </c>
       <c r="D595" t="s">
-        <v>7</v>
+        <v>92</v>
       </c>
     </row>
     <row r="596" spans="1:4">
       <c r="A596" t="s">
         <v>89</v>
       </c>
       <c r="B596" t="s">
-        <v>1335</v>
+        <v>1336</v>
       </c>
       <c r="C596" t="s">
-        <v>1336</v>
+        <v>1337</v>
       </c>
       <c r="D596" t="s">
-        <v>1337</v>
+        <v>7</v>
       </c>
     </row>
     <row r="597" spans="1:4">
       <c r="A597" t="s">
         <v>89</v>
       </c>
       <c r="B597" t="s">
         <v>1338</v>
       </c>
       <c r="C597" t="s">
         <v>1339</v>
       </c>
       <c r="D597" t="s">
         <v>1340</v>
       </c>
     </row>
     <row r="598" spans="1:4">
       <c r="A598" t="s">
         <v>89</v>
       </c>
       <c r="B598" t="s">
         <v>1341</v>
       </c>
       <c r="C598" t="s">
         <v>1342</v>
       </c>
       <c r="D598" t="s">
-        <v>7</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="599" spans="1:4">
       <c r="A599" t="s">
         <v>89</v>
       </c>
       <c r="B599" t="s">
-        <v>1343</v>
+        <v>1344</v>
       </c>
       <c r="C599" t="s">
-        <v>1344</v>
+        <v>1345</v>
       </c>
       <c r="D599" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="600" spans="1:4">
       <c r="A600" t="s">
         <v>89</v>
       </c>
       <c r="B600" t="s">
-        <v>1345</v>
+        <v>1346</v>
       </c>
       <c r="C600" t="s">
-        <v>1346</v>
+        <v>1347</v>
       </c>
       <c r="D600" t="s">
-        <v>1347</v>
+        <v>7</v>
       </c>
     </row>
     <row r="601" spans="1:4">
       <c r="A601" t="s">
         <v>89</v>
       </c>
       <c r="B601" t="s">
         <v>1348</v>
       </c>
       <c r="C601" t="s">
         <v>1349</v>
       </c>
       <c r="D601" t="s">
         <v>1350</v>
       </c>
     </row>
     <row r="602" spans="1:4">
       <c r="A602" t="s">
         <v>89</v>
       </c>
       <c r="B602" t="s">
         <v>1351</v>
       </c>
       <c r="C602" t="s">
         <v>1352</v>
       </c>
       <c r="D602" t="s">
-        <v>33</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="603" spans="1:4">
       <c r="A603" t="s">
         <v>89</v>
       </c>
       <c r="B603" t="s">
-        <v>1353</v>
+        <v>1354</v>
       </c>
       <c r="C603" t="s">
-        <v>1354</v>
+        <v>1355</v>
       </c>
       <c r="D603" t="s">
-        <v>85</v>
+        <v>33</v>
       </c>
     </row>
     <row r="604" spans="1:4">
       <c r="A604" t="s">
         <v>89</v>
       </c>
       <c r="B604" t="s">
-        <v>1355</v>
+        <v>1356</v>
       </c>
       <c r="C604" t="s">
-        <v>1356</v>
+        <v>1357</v>
       </c>
       <c r="D604" t="s">
-        <v>7</v>
+        <v>85</v>
       </c>
     </row>
     <row r="605" spans="1:4">
       <c r="A605" t="s">
         <v>89</v>
       </c>
       <c r="B605" t="s">
-        <v>1357</v>
+        <v>1358</v>
       </c>
       <c r="C605" t="s">
-        <v>1358</v>
+        <v>1359</v>
       </c>
       <c r="D605" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="606" spans="1:4">
       <c r="A606" t="s">
         <v>89</v>
       </c>
       <c r="B606" t="s">
-        <v>1359</v>
+        <v>1360</v>
       </c>
       <c r="C606" t="s">
-        <v>1360</v>
+        <v>1361</v>
       </c>
       <c r="D606" t="s">
-        <v>609</v>
+        <v>7</v>
       </c>
     </row>
     <row r="607" spans="1:4">
       <c r="A607" t="s">
         <v>89</v>
       </c>
       <c r="B607" t="s">
-        <v>1361</v>
+        <v>1362</v>
       </c>
       <c r="C607" t="s">
-        <v>1362</v>
+        <v>1363</v>
       </c>
       <c r="D607" t="s">
-        <v>7</v>
+        <v>609</v>
       </c>
     </row>
     <row r="608" spans="1:4">
       <c r="A608" t="s">
         <v>89</v>
       </c>
       <c r="B608" t="s">
-        <v>1363</v>
+        <v>1364</v>
       </c>
       <c r="C608" t="s">
-        <v>1364</v>
+        <v>1365</v>
       </c>
       <c r="D608" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="609" spans="1:4">
       <c r="A609" t="s">
         <v>89</v>
       </c>
       <c r="B609" t="s">
-        <v>1365</v>
+        <v>1366</v>
       </c>
       <c r="C609" t="s">
-        <v>1366</v>
+        <v>1367</v>
       </c>
       <c r="D609" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="610" spans="1:4">
       <c r="A610" t="s">
         <v>89</v>
       </c>
       <c r="B610" t="s">
-        <v>1367</v>
+        <v>1368</v>
       </c>
       <c r="C610" t="s">
-        <v>1368</v>
+        <v>1369</v>
       </c>
       <c r="D610" t="s">
-        <v>1369</v>
+        <v>7</v>
       </c>
     </row>
     <row r="611" spans="1:4">
       <c r="A611" t="s">
         <v>89</v>
       </c>
       <c r="B611" t="s">
         <v>1370</v>
       </c>
       <c r="C611" t="s">
         <v>1371</v>
       </c>
       <c r="D611" t="s">
-        <v>7</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="612" spans="1:4">
       <c r="A612" t="s">
         <v>89</v>
       </c>
       <c r="B612" t="s">
-        <v>1372</v>
+        <v>1373</v>
       </c>
       <c r="C612" t="s">
-        <v>1373</v>
+        <v>1374</v>
       </c>
       <c r="D612" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="613" spans="1:4">
       <c r="A613" t="s">
         <v>89</v>
       </c>
       <c r="B613" t="s">
-        <v>1374</v>
+        <v>1375</v>
       </c>
       <c r="C613" t="s">
-        <v>1375</v>
+        <v>1376</v>
       </c>
       <c r="D613" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="614" spans="1:4">
       <c r="A614" t="s">
         <v>89</v>
       </c>
       <c r="B614" t="s">
-        <v>1376</v>
+        <v>1377</v>
       </c>
       <c r="C614" t="s">
-        <v>1377</v>
+        <v>1378</v>
       </c>
       <c r="D614" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="615" spans="1:4">
       <c r="A615" t="s">
         <v>89</v>
       </c>
       <c r="B615" t="s">
-        <v>1378</v>
+        <v>1379</v>
       </c>
       <c r="C615" t="s">
-        <v>1379</v>
+        <v>1380</v>
       </c>
       <c r="D615" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="616" spans="1:4">
       <c r="A616" t="s">
         <v>89</v>
       </c>
       <c r="B616" t="s">
-        <v>1380</v>
+        <v>1381</v>
       </c>
       <c r="C616" t="s">
-        <v>1381</v>
+        <v>1382</v>
       </c>
       <c r="D616" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="617" spans="1:4">
       <c r="A617" t="s">
         <v>89</v>
       </c>
       <c r="B617" t="s">
-        <v>1382</v>
+        <v>1383</v>
       </c>
       <c r="C617" t="s">
-        <v>1383</v>
+        <v>1384</v>
       </c>
       <c r="D617" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="618" spans="1:4">
       <c r="A618" t="s">
         <v>89</v>
       </c>
       <c r="B618" t="s">
-        <v>1384</v>
+        <v>1385</v>
       </c>
       <c r="C618" t="s">
-        <v>1385</v>
+        <v>1386</v>
       </c>
       <c r="D618" t="s">
-        <v>1386</v>
+        <v>7</v>
       </c>
     </row>
     <row r="619" spans="1:4">
       <c r="A619" t="s">
         <v>89</v>
       </c>
       <c r="B619" t="s">
         <v>1387</v>
       </c>
       <c r="C619" t="s">
         <v>1388</v>
       </c>
       <c r="D619" t="s">
-        <v>85</v>
+        <v>1389</v>
       </c>
     </row>
     <row r="620" spans="1:4">
       <c r="A620" t="s">
         <v>89</v>
       </c>
       <c r="B620" t="s">
-        <v>1389</v>
+        <v>1390</v>
       </c>
       <c r="C620" t="s">
-        <v>1390</v>
+        <v>1391</v>
       </c>
       <c r="D620" t="s">
-        <v>1391</v>
+        <v>85</v>
       </c>
     </row>
     <row r="621" spans="1:4">
       <c r="A621" t="s">
         <v>89</v>
       </c>
       <c r="B621" t="s">
         <v>1392</v>
       </c>
       <c r="C621" t="s">
         <v>1393</v>
       </c>
       <c r="D621" t="s">
-        <v>7</v>
+        <v>1394</v>
       </c>
     </row>
     <row r="622" spans="1:4">
       <c r="A622" t="s">
         <v>89</v>
       </c>
       <c r="B622" t="s">
-        <v>1394</v>
+        <v>1395</v>
       </c>
       <c r="C622" t="s">
-        <v>1395</v>
+        <v>1396</v>
       </c>
       <c r="D622" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="623" spans="1:4">
       <c r="A623" t="s">
         <v>89</v>
       </c>
       <c r="B623" t="s">
-        <v>1396</v>
+        <v>1397</v>
       </c>
       <c r="C623" t="s">
-        <v>1397</v>
+        <v>1398</v>
       </c>
       <c r="D623" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="624" spans="1:4">
       <c r="A624" t="s">
         <v>89</v>
       </c>
       <c r="B624" t="s">
-        <v>1398</v>
+        <v>1399</v>
       </c>
       <c r="C624" t="s">
-        <v>1399</v>
+        <v>1400</v>
       </c>
       <c r="D624" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="625" spans="1:4">
       <c r="A625" t="s">
         <v>89</v>
       </c>
       <c r="B625" t="s">
-        <v>1400</v>
+        <v>1401</v>
       </c>
       <c r="C625" t="s">
-        <v>1401</v>
+        <v>1402</v>
       </c>
       <c r="D625" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="626" spans="1:4">
       <c r="A626" t="s">
         <v>89</v>
       </c>
       <c r="B626" t="s">
-        <v>1402</v>
+        <v>1403</v>
       </c>
       <c r="C626" t="s">
-        <v>1403</v>
+        <v>1404</v>
       </c>
       <c r="D626" t="s">
-        <v>1404</v>
+        <v>7</v>
       </c>
     </row>
     <row r="627" spans="1:4">
       <c r="A627" t="s">
         <v>89</v>
       </c>
       <c r="B627" t="s">
         <v>1405</v>
       </c>
       <c r="C627" t="s">
         <v>1406</v>
       </c>
       <c r="D627" t="s">
-        <v>7</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="628" spans="1:4">
       <c r="A628" t="s">
         <v>89</v>
       </c>
       <c r="B628" t="s">
-        <v>1407</v>
+        <v>1408</v>
       </c>
       <c r="C628" t="s">
-        <v>1408</v>
+        <v>1409</v>
       </c>
       <c r="D628" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="629" spans="1:4">
       <c r="A629" t="s">
         <v>89</v>
       </c>
       <c r="B629" t="s">
-        <v>1409</v>
+        <v>1410</v>
       </c>
       <c r="C629" t="s">
-        <v>1410</v>
+        <v>1411</v>
       </c>
       <c r="D629" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="630" spans="1:4">
       <c r="A630" t="s">
         <v>89</v>
       </c>
       <c r="B630" t="s">
-        <v>1411</v>
+        <v>1412</v>
       </c>
       <c r="C630" t="s">
-        <v>1412</v>
+        <v>1413</v>
       </c>
       <c r="D630" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="631" spans="1:4">
       <c r="A631" t="s">
         <v>89</v>
       </c>
       <c r="B631" t="s">
-        <v>1413</v>
+        <v>1414</v>
       </c>
       <c r="C631" t="s">
-        <v>1414</v>
+        <v>1415</v>
       </c>
       <c r="D631" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="632" spans="1:4">
       <c r="A632" t="s">
         <v>89</v>
       </c>
       <c r="B632" t="s">
-        <v>1415</v>
+        <v>1416</v>
       </c>
       <c r="C632" t="s">
-        <v>1416</v>
+        <v>1417</v>
       </c>
       <c r="D632" t="s">
-        <v>597</v>
+        <v>7</v>
       </c>
     </row>
     <row r="633" spans="1:4">
       <c r="A633" t="s">
         <v>89</v>
       </c>
       <c r="B633" t="s">
-        <v>1417</v>
+        <v>1418</v>
       </c>
       <c r="C633" t="s">
-        <v>1418</v>
+        <v>1419</v>
       </c>
       <c r="D633" t="s">
-        <v>7</v>
+        <v>597</v>
       </c>
     </row>
     <row r="634" spans="1:4">
       <c r="A634" t="s">
         <v>89</v>
       </c>
       <c r="B634" t="s">
-        <v>1419</v>
+        <v>1420</v>
       </c>
       <c r="C634" t="s">
-        <v>1420</v>
+        <v>1421</v>
       </c>
       <c r="D634" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="635" spans="1:4">
       <c r="A635" t="s">
         <v>89</v>
       </c>
       <c r="B635" t="s">
-        <v>1421</v>
+        <v>1422</v>
       </c>
       <c r="C635" t="s">
-        <v>1422</v>
+        <v>1423</v>
       </c>
       <c r="D635" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="636" spans="1:4">
       <c r="A636" t="s">
         <v>89</v>
       </c>
       <c r="B636" t="s">
-        <v>1423</v>
+        <v>1424</v>
       </c>
       <c r="C636" t="s">
-        <v>1424</v>
+        <v>1425</v>
       </c>
       <c r="D636" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="637" spans="1:4">
       <c r="A637" t="s">
         <v>89</v>
       </c>
       <c r="B637" t="s">
-        <v>1425</v>
+        <v>1426</v>
       </c>
       <c r="C637" t="s">
-        <v>1426</v>
+        <v>1427</v>
       </c>
       <c r="D637" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="638" spans="1:4">
       <c r="A638" t="s">
         <v>89</v>
       </c>
       <c r="B638" t="s">
-        <v>1427</v>
+        <v>1428</v>
       </c>
       <c r="C638" t="s">
-        <v>1428</v>
+        <v>1429</v>
       </c>
       <c r="D638" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="639" spans="1:4">
       <c r="A639" t="s">
         <v>89</v>
       </c>
       <c r="B639" t="s">
-        <v>1429</v>
+        <v>1430</v>
       </c>
       <c r="C639" t="s">
-        <v>1430</v>
+        <v>1431</v>
       </c>
       <c r="D639" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="640" spans="1:4">
       <c r="A640" t="s">
         <v>89</v>
       </c>
       <c r="B640" t="s">
-        <v>1431</v>
+        <v>1432</v>
       </c>
       <c r="C640" t="s">
-        <v>1432</v>
+        <v>1433</v>
       </c>
       <c r="D640" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="641" spans="1:4">
       <c r="A641" t="s">
         <v>89</v>
       </c>
       <c r="B641" t="s">
-        <v>1433</v>
+        <v>1434</v>
       </c>
       <c r="C641" t="s">
-        <v>1434</v>
+        <v>1435</v>
       </c>
       <c r="D641" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="642" spans="1:4">
       <c r="A642" t="s">
         <v>89</v>
       </c>
       <c r="B642" t="s">
-        <v>1435</v>
+        <v>1436</v>
       </c>
       <c r="C642" t="s">
-        <v>1436</v>
+        <v>1437</v>
       </c>
       <c r="D642" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="643" spans="1:4">
       <c r="A643" t="s">
         <v>89</v>
       </c>
       <c r="B643" t="s">
-        <v>1437</v>
+        <v>1438</v>
       </c>
       <c r="C643" t="s">
-        <v>1438</v>
+        <v>1439</v>
       </c>
       <c r="D643" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="644" spans="1:4">
       <c r="A644" t="s">
         <v>89</v>
       </c>
       <c r="B644" t="s">
-        <v>1439</v>
+        <v>1440</v>
       </c>
       <c r="C644" t="s">
-        <v>1440</v>
+        <v>1441</v>
       </c>
       <c r="D644" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="645" spans="1:4">
       <c r="A645" t="s">
         <v>89</v>
       </c>
       <c r="B645" t="s">
-        <v>1441</v>
+        <v>1442</v>
       </c>
       <c r="C645" t="s">
-        <v>1442</v>
+        <v>1443</v>
       </c>
       <c r="D645" t="s">
-        <v>609</v>
+        <v>7</v>
       </c>
     </row>
     <row r="646" spans="1:4">
       <c r="A646" t="s">
         <v>89</v>
       </c>
       <c r="B646" t="s">
-        <v>1443</v>
+        <v>1444</v>
       </c>
       <c r="C646" t="s">
-        <v>1444</v>
+        <v>1445</v>
       </c>
       <c r="D646" t="s">
-        <v>7</v>
+        <v>609</v>
       </c>
     </row>
     <row r="647" spans="1:4">
       <c r="A647" t="s">
         <v>89</v>
       </c>
       <c r="B647" t="s">
-        <v>1445</v>
+        <v>1446</v>
       </c>
       <c r="C647" t="s">
-        <v>1446</v>
+        <v>1447</v>
       </c>
       <c r="D647" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="648" spans="1:4">
       <c r="A648" t="s">
         <v>89</v>
       </c>
       <c r="B648" t="s">
-        <v>1447</v>
+        <v>1448</v>
       </c>
       <c r="C648" t="s">
-        <v>1448</v>
+        <v>1449</v>
       </c>
       <c r="D648" t="s">
-        <v>92</v>
+        <v>7</v>
       </c>
     </row>
     <row r="649" spans="1:4">
       <c r="A649" t="s">
         <v>89</v>
       </c>
       <c r="B649" t="s">
-        <v>1449</v>
+        <v>1450</v>
       </c>
       <c r="C649" t="s">
-        <v>1450</v>
+        <v>1451</v>
       </c>
       <c r="D649" t="s">
-        <v>7</v>
+        <v>92</v>
       </c>
     </row>
     <row r="650" spans="1:4">
       <c r="A650" t="s">
         <v>89</v>
       </c>
       <c r="B650" t="s">
-        <v>1451</v>
+        <v>1452</v>
       </c>
       <c r="C650" t="s">
-        <v>1452</v>
+        <v>1453</v>
       </c>
       <c r="D650" t="s">
-        <v>1453</v>
+        <v>7</v>
       </c>
     </row>
     <row r="651" spans="1:4">
       <c r="A651" t="s">
         <v>89</v>
       </c>
       <c r="B651" t="s">
         <v>1454</v>
       </c>
       <c r="C651" t="s">
         <v>1455</v>
       </c>
       <c r="D651" t="s">
         <v>1456</v>
       </c>
     </row>
     <row r="652" spans="1:4">
       <c r="A652" t="s">
         <v>89</v>
       </c>
       <c r="B652" t="s">
         <v>1457</v>
       </c>
       <c r="C652" t="s">
         <v>1458</v>
       </c>
       <c r="D652" t="s">
-        <v>33</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="653" spans="1:4">
       <c r="A653" t="s">
         <v>89</v>
       </c>
       <c r="B653" t="s">
-        <v>1459</v>
+        <v>1460</v>
       </c>
       <c r="C653" t="s">
-        <v>1460</v>
+        <v>1461</v>
       </c>
       <c r="D653" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="654" spans="1:4">
       <c r="A654" t="s">
         <v>89</v>
       </c>
       <c r="B654" t="s">
-        <v>1461</v>
+        <v>1462</v>
       </c>
       <c r="C654" t="s">
-        <v>1462</v>
+        <v>1463</v>
       </c>
       <c r="D654" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="655" spans="1:4">
       <c r="A655" t="s">
         <v>89</v>
       </c>
       <c r="B655" t="s">
-        <v>1463</v>
+        <v>1464</v>
       </c>
       <c r="C655" t="s">
-        <v>1464</v>
+        <v>1465</v>
       </c>
       <c r="D655" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="656" spans="1:4">
       <c r="A656" t="s">
         <v>89</v>
       </c>
       <c r="B656" t="s">
-        <v>1465</v>
+        <v>1466</v>
       </c>
       <c r="C656" t="s">
-        <v>1466</v>
+        <v>1467</v>
       </c>
       <c r="D656" t="s">
-        <v>92</v>
+        <v>33</v>
       </c>
     </row>
     <row r="657" spans="1:4">
       <c r="A657" t="s">
         <v>89</v>
       </c>
       <c r="B657" t="s">
-        <v>1467</v>
+        <v>1468</v>
       </c>
       <c r="C657" t="s">
-        <v>1468</v>
+        <v>1469</v>
       </c>
       <c r="D657" t="s">
-        <v>33</v>
+        <v>92</v>
       </c>
     </row>
     <row r="658" spans="1:4">
       <c r="A658" t="s">
         <v>89</v>
       </c>
       <c r="B658" t="s">
-        <v>1469</v>
+        <v>1470</v>
       </c>
       <c r="C658" t="s">
-        <v>1470</v>
+        <v>1471</v>
       </c>
       <c r="D658" t="s">
-        <v>92</v>
+        <v>33</v>
       </c>
     </row>
     <row r="659" spans="1:4">
       <c r="A659" t="s">
         <v>89</v>
       </c>
       <c r="B659" t="s">
-        <v>1471</v>
+        <v>1472</v>
       </c>
       <c r="C659" t="s">
-        <v>1472</v>
+        <v>1473</v>
       </c>
       <c r="D659" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="660" spans="1:4">
       <c r="A660" t="s">
         <v>89</v>
       </c>
       <c r="B660" t="s">
-        <v>1473</v>
+        <v>1474</v>
       </c>
       <c r="C660" t="s">
-        <v>1474</v>
+        <v>1475</v>
       </c>
       <c r="D660" t="s">
-        <v>1475</v>
+        <v>92</v>
       </c>
     </row>
     <row r="661" spans="1:4">
       <c r="A661" t="s">
         <v>89</v>
       </c>
       <c r="B661" t="s">
         <v>1476</v>
       </c>
       <c r="C661" t="s">
         <v>1477</v>
       </c>
       <c r="D661" t="s">
-        <v>7</v>
+        <v>1478</v>
       </c>
     </row>
     <row r="662" spans="1:4">
       <c r="A662" t="s">
         <v>89</v>
       </c>
       <c r="B662" t="s">
-        <v>1478</v>
+        <v>1479</v>
       </c>
       <c r="C662" t="s">
-        <v>1479</v>
+        <v>1480</v>
       </c>
       <c r="D662" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="663" spans="1:4">
       <c r="A663" t="s">
         <v>89</v>
       </c>
       <c r="B663" t="s">
-        <v>1480</v>
+        <v>1481</v>
       </c>
       <c r="C663" t="s">
-        <v>1481</v>
+        <v>1482</v>
       </c>
       <c r="D663" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="664" spans="1:4">
       <c r="A664" t="s">
         <v>89</v>
       </c>
       <c r="B664" t="s">
-        <v>1482</v>
+        <v>1483</v>
       </c>
       <c r="C664" t="s">
-        <v>1483</v>
+        <v>1484</v>
       </c>
       <c r="D664" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="665" spans="1:4">
       <c r="A665" t="s">
         <v>89</v>
       </c>
       <c r="B665" t="s">
-        <v>1484</v>
+        <v>1485</v>
       </c>
       <c r="C665" t="s">
-        <v>1485</v>
+        <v>1486</v>
       </c>
       <c r="D665" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="666" spans="1:4">
       <c r="A666" t="s">
         <v>89</v>
       </c>
       <c r="B666" t="s">
-        <v>1486</v>
+        <v>1487</v>
       </c>
       <c r="C666" t="s">
-        <v>1487</v>
+        <v>1488</v>
       </c>
       <c r="D666" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="667" spans="1:4">
       <c r="A667" t="s">
         <v>89</v>
       </c>
       <c r="B667" t="s">
-        <v>1488</v>
+        <v>1489</v>
       </c>
       <c r="C667" t="s">
-        <v>1489</v>
+        <v>1490</v>
       </c>
       <c r="D667" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="668" spans="1:4">
       <c r="A668" t="s">
         <v>89</v>
       </c>
       <c r="B668" t="s">
-        <v>1490</v>
+        <v>1491</v>
       </c>
       <c r="C668" t="s">
-        <v>1491</v>
+        <v>1492</v>
       </c>
       <c r="D668" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="669" spans="1:4">
       <c r="A669" t="s">
         <v>89</v>
       </c>
       <c r="B669" t="s">
-        <v>1492</v>
+        <v>1493</v>
       </c>
       <c r="C669" t="s">
-        <v>1493</v>
+        <v>1494</v>
       </c>
       <c r="D669" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="670" spans="1:4">
       <c r="A670" t="s">
         <v>89</v>
       </c>
       <c r="B670" t="s">
-        <v>1494</v>
+        <v>1495</v>
       </c>
       <c r="C670" t="s">
-        <v>1495</v>
+        <v>1496</v>
       </c>
       <c r="D670" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="671" spans="1:4">
       <c r="A671" t="s">
         <v>89</v>
       </c>
       <c r="B671" t="s">
-        <v>1496</v>
+        <v>1497</v>
       </c>
       <c r="C671" t="s">
-        <v>1497</v>
+        <v>1498</v>
       </c>
       <c r="D671" t="s">
-        <v>1498</v>
+        <v>33</v>
       </c>
     </row>
     <row r="672" spans="1:4">
       <c r="A672" t="s">
         <v>89</v>
       </c>
       <c r="B672" t="s">
         <v>1499</v>
       </c>
       <c r="C672" t="s">
         <v>1500</v>
       </c>
       <c r="D672" t="s">
-        <v>7</v>
+        <v>1501</v>
       </c>
     </row>
     <row r="673" spans="1:4">
       <c r="A673" t="s">
         <v>89</v>
       </c>
       <c r="B673" t="s">
-        <v>1501</v>
+        <v>1502</v>
       </c>
       <c r="C673" t="s">
-        <v>1502</v>
+        <v>1503</v>
       </c>
       <c r="D673" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="674" spans="1:4">
       <c r="A674" t="s">
         <v>89</v>
       </c>
       <c r="B674" t="s">
-        <v>1503</v>
+        <v>1504</v>
       </c>
       <c r="C674" t="s">
-        <v>1504</v>
+        <v>1505</v>
       </c>
       <c r="D674" t="s">
-        <v>157</v>
+        <v>7</v>
       </c>
     </row>
     <row r="675" spans="1:4">
       <c r="A675" t="s">
         <v>89</v>
       </c>
       <c r="B675" t="s">
-        <v>1505</v>
+        <v>1506</v>
       </c>
       <c r="C675" t="s">
-        <v>1506</v>
+        <v>1507</v>
       </c>
       <c r="D675" t="s">
-        <v>7</v>
+        <v>157</v>
       </c>
     </row>
     <row r="676" spans="1:4">
       <c r="A676" t="s">
         <v>89</v>
       </c>
       <c r="B676" t="s">
-        <v>1507</v>
+        <v>1508</v>
       </c>
       <c r="C676" t="s">
-        <v>1508</v>
+        <v>1509</v>
       </c>
       <c r="D676" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="677" spans="1:4">
       <c r="A677" t="s">
         <v>89</v>
       </c>
       <c r="B677" t="s">
-        <v>1509</v>
+        <v>1510</v>
       </c>
       <c r="C677" t="s">
-        <v>1510</v>
+        <v>1511</v>
       </c>
       <c r="D677" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="678" spans="1:4">
       <c r="A678" t="s">
         <v>89</v>
       </c>
       <c r="B678" t="s">
-        <v>1511</v>
+        <v>1512</v>
       </c>
       <c r="C678" t="s">
-        <v>1512</v>
+        <v>1513</v>
       </c>
       <c r="D678" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="679" spans="1:4">
       <c r="A679" t="s">
         <v>89</v>
       </c>
       <c r="B679" t="s">
-        <v>1513</v>
+        <v>1514</v>
       </c>
       <c r="C679" t="s">
-        <v>1514</v>
+        <v>1515</v>
       </c>
       <c r="D679" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="680" spans="1:4">
       <c r="A680" t="s">
         <v>89</v>
       </c>
       <c r="B680" t="s">
-        <v>1515</v>
+        <v>1516</v>
       </c>
       <c r="C680" t="s">
-        <v>1516</v>
+        <v>1517</v>
       </c>
       <c r="D680" t="s">
-        <v>1517</v>
+        <v>7</v>
       </c>
     </row>
     <row r="681" spans="1:4">
       <c r="A681" t="s">
         <v>89</v>
       </c>
       <c r="B681" t="s">
         <v>1518</v>
       </c>
       <c r="C681" t="s">
         <v>1519</v>
       </c>
       <c r="D681" t="s">
-        <v>33</v>
+        <v>1520</v>
       </c>
     </row>
     <row r="682" spans="1:4">
       <c r="A682" t="s">
         <v>89</v>
       </c>
       <c r="B682" t="s">
-        <v>1520</v>
+        <v>1521</v>
       </c>
       <c r="C682" t="s">
-        <v>1521</v>
+        <v>1522</v>
       </c>
       <c r="D682" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="683" spans="1:4">
       <c r="A683" t="s">
         <v>89</v>
       </c>
       <c r="B683" t="s">
-        <v>1522</v>
+        <v>1523</v>
       </c>
       <c r="C683" t="s">
-        <v>1523</v>
+        <v>1524</v>
       </c>
       <c r="D683" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="684" spans="1:4">
       <c r="A684" t="s">
         <v>89</v>
       </c>
       <c r="B684" t="s">
-        <v>1524</v>
+        <v>1525</v>
       </c>
       <c r="C684" t="s">
-        <v>1525</v>
+        <v>1526</v>
       </c>
       <c r="D684" t="s">
-        <v>1526</v>
+        <v>7</v>
       </c>
     </row>
     <row r="685" spans="1:4">
       <c r="A685" t="s">
         <v>89</v>
       </c>
       <c r="B685" t="s">
         <v>1527</v>
       </c>
       <c r="C685" t="s">
         <v>1528</v>
       </c>
       <c r="D685" t="s">
-        <v>33</v>
+        <v>1529</v>
       </c>
     </row>
     <row r="686" spans="1:4">
       <c r="A686" t="s">
         <v>89</v>
       </c>
       <c r="B686" t="s">
-        <v>1529</v>
+        <v>1530</v>
       </c>
       <c r="C686" t="s">
-        <v>1530</v>
+        <v>1531</v>
       </c>
       <c r="D686" t="s">
-        <v>92</v>
+        <v>33</v>
       </c>
     </row>
     <row r="687" spans="1:4">
       <c r="A687" t="s">
         <v>89</v>
       </c>
       <c r="B687" t="s">
-        <v>1531</v>
+        <v>1532</v>
       </c>
       <c r="C687" t="s">
-        <v>1532</v>
+        <v>1533</v>
       </c>
       <c r="D687" t="s">
-        <v>1533</v>
+        <v>92</v>
       </c>
     </row>
     <row r="688" spans="1:4">
       <c r="A688" t="s">
         <v>89</v>
       </c>
       <c r="B688" t="s">
         <v>1534</v>
       </c>
       <c r="C688" t="s">
         <v>1535</v>
       </c>
       <c r="D688" t="s">
-        <v>33</v>
+        <v>1536</v>
       </c>
     </row>
     <row r="689" spans="1:4">
       <c r="A689" t="s">
         <v>89</v>
       </c>
       <c r="B689" t="s">
-        <v>1536</v>
+        <v>1537</v>
       </c>
       <c r="C689" t="s">
-        <v>1537</v>
+        <v>1538</v>
       </c>
       <c r="D689" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="690" spans="1:4">
       <c r="A690" t="s">
         <v>89</v>
       </c>
       <c r="B690" t="s">
-        <v>1538</v>
+        <v>1539</v>
       </c>
       <c r="C690" t="s">
-        <v>1539</v>
+        <v>1540</v>
       </c>
       <c r="D690" t="s">
-        <v>597</v>
+        <v>7</v>
       </c>
     </row>
     <row r="691" spans="1:4">
       <c r="A691" t="s">
         <v>89</v>
       </c>
       <c r="B691" t="s">
-        <v>1540</v>
+        <v>1541</v>
       </c>
       <c r="C691" t="s">
-        <v>1541</v>
+        <v>1542</v>
       </c>
       <c r="D691" t="s">
-        <v>1542</v>
+        <v>597</v>
       </c>
     </row>
     <row r="692" spans="1:4">
       <c r="A692" t="s">
         <v>89</v>
       </c>
       <c r="B692" t="s">
         <v>1543</v>
       </c>
       <c r="C692" t="s">
         <v>1544</v>
       </c>
       <c r="D692" t="s">
         <v>1545</v>
       </c>
     </row>
     <row r="693" spans="1:4">
       <c r="A693" t="s">
         <v>89</v>
       </c>
       <c r="B693" t="s">
         <v>1546</v>
       </c>
       <c r="C693" t="s">
         <v>1547</v>
       </c>
       <c r="D693" t="s">
-        <v>7</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="694" spans="1:4">
       <c r="A694" t="s">
         <v>89</v>
       </c>
       <c r="B694" t="s">
-        <v>1548</v>
+        <v>1549</v>
       </c>
       <c r="C694" t="s">
-        <v>1549</v>
+        <v>1550</v>
       </c>
       <c r="D694" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="695" spans="1:4">
       <c r="A695" t="s">
         <v>89</v>
       </c>
       <c r="B695" t="s">
-        <v>1550</v>
+        <v>1551</v>
       </c>
       <c r="C695" t="s">
-        <v>1551</v>
+        <v>1552</v>
       </c>
       <c r="D695" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="696" spans="1:4">
       <c r="A696" t="s">
         <v>89</v>
       </c>
       <c r="B696" t="s">
-        <v>1552</v>
+        <v>1553</v>
       </c>
       <c r="C696" t="s">
-        <v>1553</v>
+        <v>1554</v>
       </c>
       <c r="D696" t="s">
-        <v>597</v>
+        <v>7</v>
       </c>
     </row>
     <row r="697" spans="1:4">
       <c r="A697" t="s">
         <v>89</v>
       </c>
       <c r="B697" t="s">
-        <v>1554</v>
+        <v>1555</v>
       </c>
       <c r="C697" t="s">
-        <v>1555</v>
+        <v>1556</v>
       </c>
       <c r="D697" t="s">
-        <v>7</v>
+        <v>597</v>
       </c>
     </row>
     <row r="698" spans="1:4">
       <c r="A698" t="s">
         <v>89</v>
       </c>
       <c r="B698" t="s">
-        <v>1556</v>
+        <v>1557</v>
       </c>
       <c r="C698" t="s">
-        <v>1557</v>
+        <v>1558</v>
       </c>
       <c r="D698" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="699" spans="1:4">
       <c r="A699" t="s">
         <v>89</v>
       </c>
       <c r="B699" t="s">
-        <v>1558</v>
+        <v>1559</v>
       </c>
       <c r="C699" t="s">
-        <v>1559</v>
+        <v>1560</v>
       </c>
       <c r="D699" t="s">
-        <v>1560</v>
+        <v>7</v>
       </c>
     </row>
     <row r="700" spans="1:4">
       <c r="A700" t="s">
         <v>89</v>
       </c>
       <c r="B700" t="s">
         <v>1561</v>
       </c>
       <c r="C700" t="s">
         <v>1562</v>
       </c>
       <c r="D700" t="s">
-        <v>92</v>
+        <v>1563</v>
       </c>
     </row>
     <row r="701" spans="1:4">
       <c r="A701" t="s">
         <v>89</v>
       </c>
       <c r="B701" t="s">
-        <v>1563</v>
+        <v>1564</v>
       </c>
       <c r="C701" t="s">
-        <v>1564</v>
+        <v>1565</v>
       </c>
       <c r="D701" t="s">
-        <v>1565</v>
+        <v>92</v>
       </c>
     </row>
     <row r="702" spans="1:4">
       <c r="A702" t="s">
         <v>89</v>
       </c>
       <c r="B702" t="s">
         <v>1566</v>
       </c>
       <c r="C702" t="s">
         <v>1567</v>
       </c>
       <c r="D702" t="s">
-        <v>7</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="703" spans="1:4">
       <c r="A703" t="s">
         <v>89</v>
       </c>
       <c r="B703" t="s">
-        <v>1568</v>
+        <v>1569</v>
       </c>
       <c r="C703" t="s">
-        <v>1569</v>
+        <v>1570</v>
       </c>
       <c r="D703" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="704" spans="1:4">
       <c r="A704" t="s">
         <v>89</v>
       </c>
       <c r="B704" t="s">
-        <v>1570</v>
+        <v>1571</v>
       </c>
       <c r="C704" t="s">
-        <v>1571</v>
+        <v>1572</v>
       </c>
       <c r="D704" t="s">
-        <v>609</v>
+        <v>7</v>
       </c>
     </row>
     <row r="705" spans="1:4">
       <c r="A705" t="s">
         <v>89</v>
       </c>
       <c r="B705" t="s">
-        <v>1572</v>
+        <v>1573</v>
       </c>
       <c r="C705" t="s">
-        <v>1573</v>
+        <v>1574</v>
       </c>
       <c r="D705" t="s">
-        <v>92</v>
+        <v>609</v>
       </c>
     </row>
     <row r="706" spans="1:4">
       <c r="A706" t="s">
         <v>89</v>
       </c>
       <c r="B706" t="s">
-        <v>1574</v>
+        <v>1575</v>
       </c>
       <c r="C706" t="s">
-        <v>1575</v>
+        <v>1576</v>
       </c>
       <c r="D706" t="s">
-        <v>33</v>
+        <v>92</v>
       </c>
     </row>
     <row r="707" spans="1:4">
       <c r="A707" t="s">
         <v>89</v>
       </c>
       <c r="B707" t="s">
-        <v>1576</v>
+        <v>1577</v>
       </c>
       <c r="C707" t="s">
-        <v>1577</v>
+        <v>1578</v>
       </c>
       <c r="D707" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="708" spans="1:4">
       <c r="A708" t="s">
         <v>89</v>
       </c>
       <c r="B708" t="s">
-        <v>1578</v>
+        <v>1579</v>
       </c>
       <c r="C708" t="s">
-        <v>1579</v>
+        <v>1580</v>
       </c>
       <c r="D708" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="709" spans="1:4">
       <c r="A709" t="s">
         <v>89</v>
       </c>
       <c r="B709" t="s">
-        <v>1580</v>
+        <v>1581</v>
       </c>
       <c r="C709" t="s">
-        <v>1581</v>
+        <v>1582</v>
       </c>
       <c r="D709" t="s">
-        <v>1582</v>
+        <v>7</v>
       </c>
     </row>
     <row r="710" spans="1:4">
       <c r="A710" t="s">
         <v>89</v>
       </c>
       <c r="B710" t="s">
         <v>1583</v>
       </c>
       <c r="C710" t="s">
         <v>1584</v>
       </c>
       <c r="D710" t="s">
         <v>1585</v>
       </c>
     </row>
     <row r="711" spans="1:4">
       <c r="A711" t="s">
         <v>89</v>
       </c>
       <c r="B711" t="s">
         <v>1586</v>
       </c>
       <c r="C711" t="s">
         <v>1587</v>
       </c>
       <c r="D711" t="s">
-        <v>7</v>
+        <v>1588</v>
       </c>
     </row>
     <row r="712" spans="1:4">
       <c r="A712" t="s">
         <v>89</v>
       </c>
       <c r="B712" t="s">
-        <v>1588</v>
+        <v>1589</v>
       </c>
       <c r="C712" t="s">
-        <v>1589</v>
+        <v>1590</v>
       </c>
       <c r="D712" t="s">
-        <v>310</v>
+        <v>7</v>
       </c>
     </row>
     <row r="713" spans="1:4">
       <c r="A713" t="s">
         <v>89</v>
       </c>
       <c r="B713" t="s">
-        <v>1590</v>
+        <v>1591</v>
       </c>
       <c r="C713" t="s">
-        <v>1591</v>
+        <v>1592</v>
       </c>
       <c r="D713" t="s">
-        <v>1592</v>
+        <v>310</v>
       </c>
     </row>
     <row r="714" spans="1:4">
       <c r="A714" t="s">
         <v>89</v>
       </c>
       <c r="B714" t="s">
         <v>1593</v>
       </c>
       <c r="C714" t="s">
         <v>1594</v>
       </c>
       <c r="D714" t="s">
-        <v>7</v>
+        <v>1595</v>
       </c>
     </row>
     <row r="715" spans="1:4">
       <c r="A715" t="s">
         <v>89</v>
       </c>
       <c r="B715" t="s">
-        <v>1595</v>
+        <v>1596</v>
       </c>
       <c r="C715" t="s">
-        <v>1596</v>
+        <v>1597</v>
       </c>
       <c r="D715" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="716" spans="1:4">
       <c r="A716" t="s">
         <v>89</v>
       </c>
       <c r="B716" t="s">
-        <v>1597</v>
+        <v>1598</v>
       </c>
       <c r="C716" t="s">
-        <v>1598</v>
+        <v>1599</v>
       </c>
       <c r="D716" t="s">
-        <v>1599</v>
+        <v>33</v>
       </c>
     </row>
     <row r="717" spans="1:4">
       <c r="A717" t="s">
         <v>89</v>
       </c>
       <c r="B717" t="s">
         <v>1600</v>
       </c>
       <c r="C717" t="s">
         <v>1601</v>
       </c>
       <c r="D717" t="s">
         <v>1602</v>
       </c>
     </row>
     <row r="718" spans="1:4">
       <c r="A718" t="s">
         <v>89</v>
       </c>
       <c r="B718" t="s">
         <v>1603</v>
       </c>
       <c r="C718" t="s">
         <v>1604</v>
       </c>
       <c r="D718" t="s">
-        <v>33</v>
+        <v>1605</v>
       </c>
     </row>
     <row r="719" spans="1:4">
       <c r="A719" t="s">
         <v>89</v>
       </c>
       <c r="B719" t="s">
-        <v>1605</v>
+        <v>1606</v>
       </c>
       <c r="C719" t="s">
-        <v>1606</v>
+        <v>1607</v>
       </c>
       <c r="D719" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="720" spans="1:4">
       <c r="A720" t="s">
         <v>89</v>
       </c>
       <c r="B720" t="s">
-        <v>1607</v>
+        <v>1608</v>
       </c>
       <c r="C720" t="s">
-        <v>1608</v>
+        <v>1609</v>
       </c>
       <c r="D720" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="721" spans="1:4">
       <c r="A721" t="s">
         <v>89</v>
       </c>
       <c r="B721" t="s">
-        <v>1609</v>
+        <v>1610</v>
       </c>
       <c r="C721" t="s">
-        <v>1610</v>
+        <v>1611</v>
       </c>
       <c r="D721" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="722" spans="1:4">
       <c r="A722" t="s">
         <v>89</v>
       </c>
       <c r="B722" t="s">
-        <v>1611</v>
+        <v>1612</v>
       </c>
       <c r="C722" t="s">
-        <v>1612</v>
+        <v>1613</v>
       </c>
       <c r="D722" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="723" spans="1:4">
       <c r="A723" t="s">
         <v>89</v>
       </c>
       <c r="B723" t="s">
-        <v>1613</v>
+        <v>1614</v>
       </c>
       <c r="C723" t="s">
-        <v>1614</v>
+        <v>1615</v>
       </c>
       <c r="D723" t="s">
-        <v>1615</v>
+        <v>7</v>
       </c>
     </row>
     <row r="724" spans="1:4">
       <c r="A724" t="s">
         <v>89</v>
       </c>
       <c r="B724" t="s">
         <v>1616</v>
       </c>
       <c r="C724" t="s">
         <v>1617</v>
       </c>
       <c r="D724" t="s">
-        <v>7</v>
+        <v>1618</v>
       </c>
     </row>
     <row r="725" spans="1:4">
       <c r="A725" t="s">
         <v>89</v>
       </c>
       <c r="B725" t="s">
-        <v>1618</v>
+        <v>1619</v>
       </c>
       <c r="C725" t="s">
-        <v>1619</v>
+        <v>1620</v>
       </c>
       <c r="D725" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="726" spans="1:4">
       <c r="A726" t="s">
         <v>89</v>
       </c>
       <c r="B726" t="s">
-        <v>1620</v>
+        <v>1621</v>
       </c>
       <c r="C726" t="s">
-        <v>1621</v>
+        <v>1622</v>
       </c>
       <c r="D726" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="727" spans="1:4">
       <c r="A727" t="s">
         <v>89</v>
       </c>
       <c r="B727" t="s">
-        <v>1622</v>
+        <v>1623</v>
       </c>
       <c r="C727" t="s">
-        <v>1623</v>
+        <v>1624</v>
       </c>
       <c r="D727" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="728" spans="1:4">
       <c r="A728" t="s">
         <v>89</v>
       </c>
       <c r="B728" t="s">
-        <v>1624</v>
+        <v>1625</v>
       </c>
       <c r="C728" t="s">
-        <v>1625</v>
+        <v>1626</v>
       </c>
       <c r="D728" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="729" spans="1:4">
       <c r="A729" t="s">
         <v>89</v>
       </c>
       <c r="B729" t="s">
-        <v>1626</v>
+        <v>1627</v>
       </c>
       <c r="C729" t="s">
-        <v>1627</v>
+        <v>1628</v>
       </c>
       <c r="D729" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="730" spans="1:4">
       <c r="A730" t="s">
         <v>89</v>
       </c>
       <c r="B730" t="s">
-        <v>1628</v>
+        <v>1629</v>
       </c>
       <c r="C730" t="s">
-        <v>1629</v>
+        <v>1630</v>
       </c>
       <c r="D730" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="731" spans="1:4">
       <c r="A731" t="s">
         <v>89</v>
       </c>
       <c r="B731" t="s">
-        <v>1630</v>
+        <v>1631</v>
       </c>
       <c r="C731" t="s">
-        <v>1631</v>
+        <v>1632</v>
       </c>
       <c r="D731" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="732" spans="1:4">
       <c r="A732" t="s">
         <v>89</v>
       </c>
       <c r="B732" t="s">
-        <v>1632</v>
+        <v>1633</v>
       </c>
       <c r="C732" t="s">
-        <v>1633</v>
+        <v>1634</v>
       </c>
       <c r="D732" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="733" spans="1:4">
       <c r="A733" t="s">
         <v>89</v>
       </c>
       <c r="B733" t="s">
-        <v>1634</v>
+        <v>1635</v>
       </c>
       <c r="C733" t="s">
-        <v>1635</v>
+        <v>1636</v>
       </c>
       <c r="D733" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="734" spans="1:4">
       <c r="A734" t="s">
         <v>89</v>
       </c>
       <c r="B734" t="s">
-        <v>1636</v>
+        <v>1637</v>
       </c>
       <c r="C734" t="s">
-        <v>1637</v>
+        <v>1638</v>
       </c>
       <c r="D734" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="735" spans="1:4">
       <c r="A735" t="s">
         <v>89</v>
       </c>
       <c r="B735" t="s">
-        <v>1638</v>
+        <v>1639</v>
       </c>
       <c r="C735" t="s">
-        <v>1639</v>
+        <v>1640</v>
       </c>
       <c r="D735" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="736" spans="1:4">
       <c r="A736" t="s">
         <v>89</v>
       </c>
       <c r="B736" t="s">
-        <v>1640</v>
+        <v>1641</v>
       </c>
       <c r="C736" t="s">
-        <v>1641</v>
+        <v>1642</v>
       </c>
       <c r="D736" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="737" spans="1:4">
       <c r="A737" t="s">
         <v>89</v>
       </c>
       <c r="B737" t="s">
-        <v>1642</v>
+        <v>1643</v>
       </c>
       <c r="C737" t="s">
-        <v>1643</v>
+        <v>1644</v>
       </c>
       <c r="D737" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="738" spans="1:4">
       <c r="A738" t="s">
         <v>89</v>
       </c>
       <c r="B738" t="s">
-        <v>1644</v>
+        <v>1645</v>
       </c>
       <c r="C738" t="s">
-        <v>1645</v>
+        <v>1646</v>
       </c>
       <c r="D738" t="s">
-        <v>174</v>
+        <v>33</v>
       </c>
     </row>
     <row r="739" spans="1:4">
       <c r="A739" t="s">
         <v>89</v>
       </c>
       <c r="B739" t="s">
-        <v>1646</v>
+        <v>1647</v>
       </c>
       <c r="C739" t="s">
-        <v>1647</v>
+        <v>1648</v>
       </c>
       <c r="D739" t="s">
-        <v>597</v>
+        <v>174</v>
       </c>
     </row>
     <row r="740" spans="1:4">
       <c r="A740" t="s">
         <v>89</v>
       </c>
       <c r="B740" t="s">
-        <v>1648</v>
+        <v>1649</v>
       </c>
       <c r="C740" t="s">
-        <v>1649</v>
+        <v>1650</v>
       </c>
       <c r="D740" t="s">
-        <v>7</v>
+        <v>597</v>
       </c>
     </row>
     <row r="741" spans="1:4">
       <c r="A741" t="s">
         <v>89</v>
       </c>
       <c r="B741" t="s">
-        <v>1650</v>
+        <v>1651</v>
       </c>
       <c r="C741" t="s">
-        <v>1651</v>
+        <v>1652</v>
       </c>
       <c r="D741" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="742" spans="1:4">
       <c r="A742" t="s">
         <v>89</v>
       </c>
       <c r="B742" t="s">
-        <v>1652</v>
+        <v>1653</v>
       </c>
       <c r="C742" t="s">
-        <v>1653</v>
+        <v>1654</v>
       </c>
       <c r="D742" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="743" spans="1:4">
       <c r="A743" t="s">
         <v>89</v>
       </c>
       <c r="B743" t="s">
-        <v>1654</v>
+        <v>1655</v>
       </c>
       <c r="C743" t="s">
-        <v>1655</v>
+        <v>1656</v>
       </c>
       <c r="D743" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="744" spans="1:4">
       <c r="A744" t="s">
         <v>89</v>
       </c>
       <c r="B744" t="s">
-        <v>1656</v>
+        <v>1657</v>
       </c>
       <c r="C744" t="s">
-        <v>1657</v>
+        <v>1658</v>
       </c>
       <c r="D744" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="745" spans="1:4">
       <c r="A745" t="s">
         <v>89</v>
       </c>
       <c r="B745" t="s">
-        <v>1658</v>
+        <v>1659</v>
       </c>
       <c r="C745" t="s">
-        <v>1659</v>
+        <v>1660</v>
       </c>
       <c r="D745" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="746" spans="1:4">
       <c r="A746" t="s">
         <v>89</v>
       </c>
       <c r="B746" t="s">
-        <v>1660</v>
+        <v>1661</v>
       </c>
       <c r="C746" t="s">
-        <v>1661</v>
+        <v>1662</v>
       </c>
       <c r="D746" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="747" spans="1:4">
       <c r="A747" t="s">
         <v>89</v>
       </c>
       <c r="B747" t="s">
-        <v>1662</v>
+        <v>1663</v>
       </c>
       <c r="C747" t="s">
-        <v>1663</v>
+        <v>1664</v>
       </c>
       <c r="D747" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="748" spans="1:4">
       <c r="A748" t="s">
         <v>89</v>
       </c>
       <c r="B748" t="s">
-        <v>1664</v>
+        <v>1665</v>
       </c>
       <c r="C748" t="s">
-        <v>1665</v>
+        <v>1666</v>
       </c>
       <c r="D748" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="749" spans="1:4">
       <c r="A749" t="s">
         <v>89</v>
       </c>
       <c r="B749" t="s">
-        <v>1666</v>
+        <v>1667</v>
       </c>
       <c r="C749" t="s">
-        <v>1667</v>
+        <v>1668</v>
       </c>
       <c r="D749" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="750" spans="1:4">
       <c r="A750" t="s">
         <v>89</v>
       </c>
       <c r="B750" t="s">
-        <v>1668</v>
+        <v>1669</v>
       </c>
       <c r="C750" t="s">
-        <v>1669</v>
+        <v>1670</v>
       </c>
       <c r="D750" t="s">
-        <v>1670</v>
+        <v>7</v>
       </c>
     </row>
     <row r="751" spans="1:4">
       <c r="A751" t="s">
         <v>89</v>
       </c>
       <c r="B751" t="s">
         <v>1671</v>
       </c>
       <c r="C751" t="s">
         <v>1672</v>
       </c>
       <c r="D751" t="s">
-        <v>7</v>
+        <v>1673</v>
       </c>
     </row>
     <row r="752" spans="1:4">
       <c r="A752" t="s">
         <v>89</v>
       </c>
       <c r="B752" t="s">
-        <v>1673</v>
+        <v>1674</v>
       </c>
       <c r="C752" t="s">
-        <v>1674</v>
+        <v>1675</v>
       </c>
       <c r="D752" t="s">
-        <v>1675</v>
+        <v>7</v>
       </c>
     </row>
     <row r="753" spans="1:4">
       <c r="A753" t="s">
         <v>89</v>
       </c>
       <c r="B753" t="s">
         <v>1676</v>
       </c>
       <c r="C753" t="s">
         <v>1677</v>
       </c>
       <c r="D753" t="s">
-        <v>7</v>
+        <v>1678</v>
       </c>
     </row>
     <row r="754" spans="1:4">
       <c r="A754" t="s">
         <v>89</v>
       </c>
       <c r="B754" t="s">
-        <v>1678</v>
+        <v>1679</v>
       </c>
       <c r="C754" t="s">
-        <v>1679</v>
+        <v>1680</v>
       </c>
       <c r="D754" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="755" spans="1:4">
       <c r="A755" t="s">
         <v>89</v>
       </c>
       <c r="B755" t="s">
-        <v>1680</v>
+        <v>1681</v>
       </c>
       <c r="C755" t="s">
-        <v>1681</v>
+        <v>1682</v>
       </c>
       <c r="D755" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="756" spans="1:4">
       <c r="A756" t="s">
         <v>89</v>
       </c>
       <c r="B756" t="s">
-        <v>1682</v>
+        <v>1683</v>
       </c>
       <c r="C756" t="s">
-        <v>1683</v>
+        <v>1684</v>
       </c>
       <c r="D756" t="s">
-        <v>1684</v>
+        <v>7</v>
       </c>
     </row>
     <row r="757" spans="1:4">
       <c r="A757" t="s">
         <v>89</v>
       </c>
       <c r="B757" t="s">
         <v>1685</v>
       </c>
       <c r="C757" t="s">
         <v>1686</v>
       </c>
       <c r="D757" t="s">
         <v>1687</v>
       </c>
     </row>
     <row r="758" spans="1:4">
       <c r="A758" t="s">
         <v>89</v>
       </c>
       <c r="B758" t="s">
         <v>1688</v>
       </c>
       <c r="C758" t="s">
         <v>1689</v>
@@ -17675,401 +17685,401 @@
     <row r="759" spans="1:4">
       <c r="A759" t="s">
         <v>89</v>
       </c>
       <c r="B759" t="s">
         <v>1691</v>
       </c>
       <c r="C759" t="s">
         <v>1692</v>
       </c>
       <c r="D759" t="s">
         <v>1693</v>
       </c>
     </row>
     <row r="760" spans="1:4">
       <c r="A760" t="s">
         <v>89</v>
       </c>
       <c r="B760" t="s">
         <v>1694</v>
       </c>
       <c r="C760" t="s">
         <v>1695</v>
       </c>
       <c r="D760" t="s">
-        <v>7</v>
+        <v>1696</v>
       </c>
     </row>
     <row r="761" spans="1:4">
       <c r="A761" t="s">
         <v>89</v>
       </c>
       <c r="B761" t="s">
-        <v>1696</v>
+        <v>1697</v>
       </c>
       <c r="C761" t="s">
-        <v>1697</v>
+        <v>1698</v>
       </c>
       <c r="D761" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="762" spans="1:4">
       <c r="A762" t="s">
         <v>89</v>
       </c>
       <c r="B762" t="s">
-        <v>1698</v>
+        <v>1699</v>
       </c>
       <c r="C762" t="s">
-        <v>1699</v>
+        <v>1700</v>
       </c>
       <c r="D762" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="763" spans="1:4">
       <c r="A763" t="s">
         <v>89</v>
       </c>
       <c r="B763" t="s">
-        <v>1700</v>
+        <v>1701</v>
       </c>
       <c r="C763" t="s">
-        <v>1701</v>
+        <v>1702</v>
       </c>
       <c r="D763" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="764" spans="1:4">
       <c r="A764" t="s">
         <v>89</v>
       </c>
       <c r="B764" t="s">
-        <v>1702</v>
+        <v>1703</v>
       </c>
       <c r="C764" t="s">
-        <v>1703</v>
+        <v>1704</v>
       </c>
       <c r="D764" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="765" spans="1:4">
       <c r="A765" t="s">
         <v>89</v>
       </c>
       <c r="B765" t="s">
-        <v>1704</v>
+        <v>1705</v>
       </c>
       <c r="C765" t="s">
-        <v>1705</v>
+        <v>1706</v>
       </c>
       <c r="D765" t="s">
-        <v>1706</v>
+        <v>7</v>
       </c>
     </row>
     <row r="766" spans="1:4">
       <c r="A766" t="s">
         <v>89</v>
       </c>
       <c r="B766" t="s">
         <v>1707</v>
       </c>
       <c r="C766" t="s">
         <v>1708</v>
       </c>
       <c r="D766" t="s">
-        <v>157</v>
+        <v>1709</v>
       </c>
     </row>
     <row r="767" spans="1:4">
       <c r="A767" t="s">
         <v>89</v>
       </c>
       <c r="B767" t="s">
-        <v>1709</v>
+        <v>1710</v>
       </c>
       <c r="C767" t="s">
-        <v>1710</v>
+        <v>1711</v>
       </c>
       <c r="D767" t="s">
-        <v>7</v>
+        <v>157</v>
       </c>
     </row>
     <row r="768" spans="1:4">
       <c r="A768" t="s">
         <v>89</v>
       </c>
       <c r="B768" t="s">
-        <v>1711</v>
+        <v>1712</v>
       </c>
       <c r="C768" t="s">
-        <v>1712</v>
+        <v>1713</v>
       </c>
       <c r="D768" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="769" spans="1:4">
       <c r="A769" t="s">
         <v>89</v>
       </c>
       <c r="B769" t="s">
-        <v>1713</v>
+        <v>1714</v>
       </c>
       <c r="C769" t="s">
-        <v>1714</v>
+        <v>1715</v>
       </c>
       <c r="D769" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="770" spans="1:4">
       <c r="A770" t="s">
         <v>89</v>
       </c>
       <c r="B770" t="s">
-        <v>1715</v>
+        <v>1716</v>
       </c>
       <c r="C770" t="s">
-        <v>1716</v>
+        <v>1717</v>
       </c>
       <c r="D770" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="771" spans="1:4">
       <c r="A771" t="s">
         <v>89</v>
       </c>
       <c r="B771" t="s">
-        <v>1717</v>
+        <v>1718</v>
       </c>
       <c r="C771" t="s">
-        <v>1718</v>
+        <v>1719</v>
       </c>
       <c r="D771" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="772" spans="1:4">
       <c r="A772" t="s">
         <v>89</v>
       </c>
       <c r="B772" t="s">
-        <v>1719</v>
+        <v>1720</v>
       </c>
       <c r="C772" t="s">
-        <v>1720</v>
+        <v>1721</v>
       </c>
       <c r="D772" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="773" spans="1:4">
       <c r="A773" t="s">
         <v>89</v>
       </c>
       <c r="B773" t="s">
-        <v>1721</v>
+        <v>1722</v>
       </c>
       <c r="C773" t="s">
-        <v>1722</v>
+        <v>1723</v>
       </c>
       <c r="D773" t="s">
-        <v>1723</v>
+        <v>7</v>
       </c>
     </row>
     <row r="774" spans="1:4">
       <c r="A774" t="s">
         <v>89</v>
       </c>
       <c r="B774" t="s">
         <v>1724</v>
       </c>
       <c r="C774" t="s">
         <v>1725</v>
       </c>
       <c r="D774" t="s">
-        <v>7</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="775" spans="1:4">
       <c r="A775" t="s">
         <v>89</v>
       </c>
       <c r="B775" t="s">
-        <v>1726</v>
+        <v>1727</v>
       </c>
       <c r="C775" t="s">
-        <v>1727</v>
+        <v>1728</v>
       </c>
       <c r="D775" t="s">
-        <v>1723</v>
+        <v>7</v>
       </c>
     </row>
     <row r="776" spans="1:4">
       <c r="A776" t="s">
         <v>89</v>
       </c>
       <c r="B776" t="s">
-        <v>1728</v>
+        <v>1729</v>
       </c>
       <c r="C776" t="s">
-        <v>1729</v>
+        <v>1730</v>
       </c>
       <c r="D776" t="s">
-        <v>1723</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="777" spans="1:4">
       <c r="A777" t="s">
         <v>89</v>
       </c>
       <c r="B777" t="s">
-        <v>1730</v>
+        <v>1731</v>
       </c>
       <c r="C777" t="s">
-        <v>1731</v>
+        <v>1732</v>
       </c>
       <c r="D777" t="s">
-        <v>1723</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="778" spans="1:4">
       <c r="A778" t="s">
         <v>89</v>
       </c>
       <c r="B778" t="s">
-        <v>1732</v>
+        <v>1733</v>
       </c>
       <c r="C778" t="s">
-        <v>1733</v>
+        <v>1734</v>
       </c>
       <c r="D778" t="s">
-        <v>7</v>
+        <v>1726</v>
       </c>
     </row>
     <row r="779" spans="1:4">
       <c r="A779" t="s">
         <v>89</v>
       </c>
       <c r="B779" t="s">
-        <v>1734</v>
+        <v>1735</v>
       </c>
       <c r="C779" t="s">
-        <v>1735</v>
+        <v>1736</v>
       </c>
       <c r="D779" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="780" spans="1:4">
       <c r="A780" t="s">
         <v>89</v>
       </c>
       <c r="B780" t="s">
-        <v>1736</v>
+        <v>1737</v>
       </c>
       <c r="C780" t="s">
-        <v>1737</v>
+        <v>1738</v>
       </c>
       <c r="D780" t="s">
-        <v>92</v>
+        <v>33</v>
       </c>
     </row>
     <row r="781" spans="1:4">
       <c r="A781" t="s">
         <v>89</v>
       </c>
       <c r="B781" t="s">
-        <v>1738</v>
+        <v>1739</v>
       </c>
       <c r="C781" t="s">
-        <v>1739</v>
+        <v>1740</v>
       </c>
       <c r="D781" t="s">
-        <v>7</v>
+        <v>92</v>
       </c>
     </row>
     <row r="782" spans="1:4">
       <c r="A782" t="s">
         <v>89</v>
       </c>
       <c r="B782" t="s">
-        <v>1740</v>
+        <v>1741</v>
       </c>
       <c r="C782" t="s">
-        <v>1741</v>
+        <v>1742</v>
       </c>
       <c r="D782" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="783" spans="1:4">
       <c r="A783" t="s">
         <v>89</v>
       </c>
       <c r="B783" t="s">
-        <v>1742</v>
+        <v>1743</v>
       </c>
       <c r="C783" t="s">
-        <v>1743</v>
+        <v>1744</v>
       </c>
       <c r="D783" t="s">
-        <v>1744</v>
+        <v>7</v>
       </c>
     </row>
     <row r="784" spans="1:4">
       <c r="A784" t="s">
         <v>89</v>
       </c>
       <c r="B784" t="s">
         <v>1745</v>
       </c>
       <c r="C784" t="s">
         <v>1746</v>
       </c>
       <c r="D784" t="s">
-        <v>33</v>
+        <v>1747</v>
       </c>
     </row>
     <row r="785" spans="1:4">
       <c r="A785" t="s">
         <v>89</v>
       </c>
       <c r="B785" t="s">
-        <v>1747</v>
+        <v>1748</v>
       </c>
       <c r="C785" t="s">
-        <v>1748</v>
+        <v>1749</v>
       </c>
       <c r="D785" t="s">
-        <v>1749</v>
+        <v>33</v>
       </c>
     </row>
     <row r="786" spans="1:4">
       <c r="A786" t="s">
         <v>89</v>
       </c>
       <c r="B786" t="s">
         <v>1750</v>
       </c>
       <c r="C786" t="s">
         <v>1751</v>
       </c>
       <c r="D786" t="s">
         <v>1752</v>
       </c>
     </row>
     <row r="787" spans="1:4">
       <c r="A787" t="s">
         <v>89</v>
       </c>
       <c r="B787" t="s">
         <v>1753</v>
       </c>
       <c r="C787" t="s">
         <v>1754</v>
@@ -18095,2417 +18105,2431 @@
     <row r="789" spans="1:4">
       <c r="A789" t="s">
         <v>89</v>
       </c>
       <c r="B789" t="s">
         <v>1759</v>
       </c>
       <c r="C789" t="s">
         <v>1760</v>
       </c>
       <c r="D789" t="s">
         <v>1761</v>
       </c>
     </row>
     <row r="790" spans="1:4">
       <c r="A790" t="s">
         <v>89</v>
       </c>
       <c r="B790" t="s">
         <v>1762</v>
       </c>
       <c r="C790" t="s">
         <v>1763</v>
       </c>
       <c r="D790" t="s">
-        <v>7</v>
+        <v>1764</v>
       </c>
     </row>
     <row r="791" spans="1:4">
       <c r="A791" t="s">
         <v>89</v>
       </c>
       <c r="B791" t="s">
-        <v>1764</v>
+        <v>1765</v>
       </c>
       <c r="C791" t="s">
-        <v>1765</v>
+        <v>1766</v>
       </c>
       <c r="D791" t="s">
-        <v>1766</v>
+        <v>7</v>
       </c>
     </row>
     <row r="792" spans="1:4">
       <c r="A792" t="s">
         <v>89</v>
       </c>
       <c r="B792" t="s">
         <v>1767</v>
       </c>
       <c r="C792" t="s">
         <v>1768</v>
       </c>
       <c r="D792" t="s">
-        <v>33</v>
+        <v>1769</v>
       </c>
     </row>
     <row r="793" spans="1:4">
       <c r="A793" t="s">
         <v>89</v>
       </c>
       <c r="B793" t="s">
-        <v>1769</v>
+        <v>1770</v>
       </c>
       <c r="C793" t="s">
-        <v>1770</v>
+        <v>1771</v>
       </c>
       <c r="D793" t="s">
-        <v>1771</v>
+        <v>33</v>
       </c>
     </row>
     <row r="794" spans="1:4">
       <c r="A794" t="s">
         <v>89</v>
       </c>
       <c r="B794" t="s">
         <v>1772</v>
       </c>
       <c r="C794" t="s">
         <v>1773</v>
       </c>
       <c r="D794" t="s">
-        <v>157</v>
+        <v>1774</v>
       </c>
     </row>
     <row r="795" spans="1:4">
       <c r="A795" t="s">
         <v>89</v>
       </c>
       <c r="B795" t="s">
-        <v>1774</v>
+        <v>1775</v>
       </c>
       <c r="C795" t="s">
-        <v>1775</v>
+        <v>1776</v>
       </c>
       <c r="D795" t="s">
-        <v>1776</v>
+        <v>157</v>
       </c>
     </row>
     <row r="796" spans="1:4">
       <c r="A796" t="s">
         <v>89</v>
       </c>
       <c r="B796" t="s">
         <v>1777</v>
       </c>
       <c r="C796" t="s">
         <v>1778</v>
       </c>
       <c r="D796" t="s">
-        <v>7</v>
+        <v>1779</v>
       </c>
     </row>
     <row r="797" spans="1:4">
       <c r="A797" t="s">
         <v>89</v>
       </c>
       <c r="B797" t="s">
-        <v>1779</v>
+        <v>1780</v>
       </c>
       <c r="C797" t="s">
-        <v>1780</v>
+        <v>1781</v>
       </c>
       <c r="D797" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="798" spans="1:4">
       <c r="A798" t="s">
         <v>89</v>
       </c>
       <c r="B798" t="s">
-        <v>1781</v>
+        <v>1782</v>
       </c>
       <c r="C798" t="s">
-        <v>1782</v>
+        <v>1783</v>
       </c>
       <c r="D798" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="799" spans="1:4">
       <c r="A799" t="s">
         <v>89</v>
       </c>
       <c r="B799" t="s">
-        <v>1783</v>
+        <v>1784</v>
       </c>
       <c r="C799" t="s">
-        <v>1784</v>
+        <v>1785</v>
       </c>
       <c r="D799" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="800" spans="1:4">
       <c r="A800" t="s">
         <v>89</v>
       </c>
       <c r="B800" t="s">
-        <v>1785</v>
+        <v>1786</v>
       </c>
       <c r="C800" t="s">
-        <v>1786</v>
+        <v>1787</v>
       </c>
       <c r="D800" t="s">
-        <v>1787</v>
+        <v>7</v>
       </c>
     </row>
     <row r="801" spans="1:4">
       <c r="A801" t="s">
         <v>89</v>
       </c>
       <c r="B801" t="s">
         <v>1788</v>
       </c>
       <c r="C801" t="s">
         <v>1789</v>
       </c>
       <c r="D801" t="s">
-        <v>7</v>
+        <v>1790</v>
       </c>
     </row>
     <row r="802" spans="1:4">
       <c r="A802" t="s">
         <v>89</v>
       </c>
       <c r="B802" t="s">
-        <v>1790</v>
+        <v>1791</v>
       </c>
       <c r="C802" t="s">
-        <v>1791</v>
+        <v>1792</v>
       </c>
       <c r="D802" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="803" spans="1:4">
       <c r="A803" t="s">
         <v>89</v>
       </c>
       <c r="B803" t="s">
-        <v>1792</v>
+        <v>1793</v>
       </c>
       <c r="C803" t="s">
-        <v>1793</v>
+        <v>1794</v>
       </c>
       <c r="D803" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="804" spans="1:4">
       <c r="A804" t="s">
         <v>89</v>
       </c>
       <c r="B804" t="s">
-        <v>1794</v>
+        <v>1795</v>
       </c>
       <c r="C804" t="s">
-        <v>1795</v>
+        <v>1796</v>
       </c>
       <c r="D804" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="805" spans="1:4">
       <c r="A805" t="s">
         <v>89</v>
       </c>
       <c r="B805" t="s">
-        <v>1796</v>
+        <v>1797</v>
       </c>
       <c r="C805" t="s">
-        <v>1797</v>
+        <v>1798</v>
       </c>
       <c r="D805" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="806" spans="1:4">
       <c r="A806" t="s">
         <v>89</v>
       </c>
       <c r="B806" t="s">
-        <v>1798</v>
+        <v>1799</v>
       </c>
       <c r="C806" t="s">
-        <v>1799</v>
+        <v>1800</v>
       </c>
       <c r="D806" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="807" spans="1:4">
       <c r="A807" t="s">
         <v>89</v>
       </c>
       <c r="B807" t="s">
-        <v>1800</v>
+        <v>1801</v>
       </c>
       <c r="C807" t="s">
-        <v>1801</v>
+        <v>1802</v>
       </c>
       <c r="D807" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="808" spans="1:4">
       <c r="A808" t="s">
         <v>89</v>
       </c>
       <c r="B808" t="s">
-        <v>1802</v>
+        <v>1803</v>
       </c>
       <c r="C808" t="s">
-        <v>1803</v>
+        <v>1804</v>
       </c>
       <c r="D808" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="809" spans="1:4">
       <c r="A809" t="s">
         <v>89</v>
       </c>
       <c r="B809" t="s">
-        <v>1804</v>
+        <v>1805</v>
       </c>
       <c r="C809" t="s">
-        <v>1805</v>
+        <v>1806</v>
       </c>
       <c r="D809" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="810" spans="1:4">
       <c r="A810" t="s">
         <v>89</v>
       </c>
       <c r="B810" t="s">
-        <v>1806</v>
+        <v>1807</v>
       </c>
       <c r="C810" t="s">
-        <v>1807</v>
+        <v>1808</v>
       </c>
       <c r="D810" t="s">
-        <v>92</v>
+        <v>7</v>
       </c>
     </row>
     <row r="811" spans="1:4">
       <c r="A811" t="s">
         <v>89</v>
       </c>
       <c r="B811" t="s">
-        <v>1808</v>
+        <v>1809</v>
       </c>
       <c r="C811" t="s">
-        <v>1809</v>
+        <v>1810</v>
       </c>
       <c r="D811" t="s">
         <v>92</v>
       </c>
     </row>
     <row r="812" spans="1:4">
       <c r="A812" t="s">
         <v>89</v>
       </c>
       <c r="B812" t="s">
-        <v>1810</v>
+        <v>1811</v>
       </c>
       <c r="C812" t="s">
-        <v>1811</v>
+        <v>1812</v>
       </c>
       <c r="D812" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
     </row>
     <row r="813" spans="1:4">
       <c r="A813" t="s">
         <v>89</v>
       </c>
       <c r="B813" t="s">
-        <v>1812</v>
+        <v>1813</v>
       </c>
       <c r="C813" t="s">
-        <v>1813</v>
+        <v>1814</v>
       </c>
       <c r="D813" t="s">
-        <v>1814</v>
+        <v>85</v>
       </c>
     </row>
     <row r="814" spans="1:4">
       <c r="A814" t="s">
         <v>89</v>
       </c>
       <c r="B814" t="s">
         <v>1815</v>
       </c>
       <c r="C814" t="s">
         <v>1816</v>
       </c>
       <c r="D814" t="s">
-        <v>33</v>
+        <v>1817</v>
       </c>
     </row>
     <row r="815" spans="1:4">
       <c r="A815" t="s">
         <v>89</v>
       </c>
       <c r="B815" t="s">
-        <v>1817</v>
+        <v>1818</v>
       </c>
       <c r="C815" t="s">
-        <v>1818</v>
+        <v>1819</v>
       </c>
       <c r="D815" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="816" spans="1:4">
       <c r="A816" t="s">
         <v>89</v>
       </c>
       <c r="B816" t="s">
-        <v>1819</v>
+        <v>1820</v>
       </c>
       <c r="C816" t="s">
-        <v>1820</v>
+        <v>1821</v>
       </c>
       <c r="D816" t="s">
-        <v>1821</v>
+        <v>33</v>
       </c>
     </row>
     <row r="817" spans="1:4">
       <c r="A817" t="s">
         <v>89</v>
       </c>
       <c r="B817" t="s">
         <v>1822</v>
       </c>
       <c r="C817" t="s">
         <v>1823</v>
       </c>
       <c r="D817" t="s">
-        <v>33</v>
+        <v>1824</v>
       </c>
     </row>
     <row r="818" spans="1:4">
       <c r="A818" t="s">
         <v>89</v>
       </c>
       <c r="B818" t="s">
-        <v>1824</v>
+        <v>1825</v>
       </c>
       <c r="C818" t="s">
-        <v>1825</v>
+        <v>1826</v>
       </c>
       <c r="D818" t="s">
-        <v>1826</v>
+        <v>33</v>
       </c>
     </row>
     <row r="819" spans="1:4">
       <c r="A819" t="s">
         <v>89</v>
       </c>
       <c r="B819" t="s">
         <v>1827</v>
       </c>
       <c r="C819" t="s">
         <v>1828</v>
       </c>
       <c r="D819" t="s">
-        <v>7</v>
+        <v>1829</v>
       </c>
     </row>
     <row r="820" spans="1:4">
       <c r="A820" t="s">
         <v>89</v>
       </c>
       <c r="B820" t="s">
-        <v>1829</v>
+        <v>1830</v>
       </c>
       <c r="C820" t="s">
-        <v>1830</v>
+        <v>1831</v>
       </c>
       <c r="D820" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="821" spans="1:4">
       <c r="A821" t="s">
         <v>89</v>
       </c>
       <c r="B821" t="s">
-        <v>1831</v>
+        <v>1832</v>
       </c>
       <c r="C821" t="s">
-        <v>1832</v>
+        <v>1833</v>
       </c>
       <c r="D821" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="822" spans="1:4">
       <c r="A822" t="s">
         <v>89</v>
       </c>
       <c r="B822" t="s">
-        <v>1833</v>
+        <v>1834</v>
       </c>
       <c r="C822" t="s">
-        <v>1834</v>
+        <v>1835</v>
       </c>
       <c r="D822" t="s">
-        <v>7</v>
+        <v>33</v>
       </c>
     </row>
     <row r="823" spans="1:4">
       <c r="A823" t="s">
         <v>89</v>
       </c>
       <c r="B823" t="s">
-        <v>1835</v>
+        <v>1836</v>
       </c>
       <c r="C823" t="s">
-        <v>1836</v>
+        <v>1837</v>
       </c>
       <c r="D823" t="s">
-        <v>597</v>
+        <v>7</v>
       </c>
     </row>
     <row r="824" spans="1:4">
       <c r="A824" t="s">
         <v>89</v>
       </c>
       <c r="B824" t="s">
-        <v>1837</v>
+        <v>1838</v>
       </c>
       <c r="C824" t="s">
-        <v>1838</v>
+        <v>1839</v>
       </c>
       <c r="D824" t="s">
-        <v>7</v>
+        <v>597</v>
       </c>
     </row>
     <row r="825" spans="1:4">
       <c r="A825" t="s">
         <v>89</v>
       </c>
       <c r="B825" t="s">
-        <v>1839</v>
+        <v>1840</v>
       </c>
       <c r="C825" t="s">
-        <v>1840</v>
+        <v>1841</v>
       </c>
       <c r="D825" t="s">
-        <v>1841</v>
+        <v>7</v>
       </c>
     </row>
     <row r="826" spans="1:4">
       <c r="A826" t="s">
         <v>89</v>
       </c>
       <c r="B826" t="s">
         <v>1842</v>
       </c>
       <c r="C826" t="s">
         <v>1843</v>
       </c>
       <c r="D826" t="s">
-        <v>7</v>
+        <v>1844</v>
       </c>
     </row>
     <row r="827" spans="1:4">
       <c r="A827" t="s">
         <v>89</v>
       </c>
       <c r="B827" t="s">
-        <v>1844</v>
+        <v>1845</v>
       </c>
       <c r="C827" t="s">
-        <v>1845</v>
+        <v>1846</v>
       </c>
       <c r="D827" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="828" spans="1:4">
       <c r="A828" t="s">
         <v>89</v>
       </c>
       <c r="B828" t="s">
-        <v>1846</v>
+        <v>1847</v>
       </c>
       <c r="C828" t="s">
-        <v>1847</v>
+        <v>1848</v>
       </c>
       <c r="D828" t="s">
-        <v>1848</v>
+        <v>7</v>
       </c>
     </row>
     <row r="829" spans="1:4">
       <c r="A829" t="s">
         <v>89</v>
       </c>
       <c r="B829" t="s">
         <v>1849</v>
       </c>
       <c r="C829" t="s">
         <v>1850</v>
       </c>
       <c r="D829" t="s">
         <v>1851</v>
       </c>
     </row>
     <row r="830" spans="1:4">
       <c r="A830" t="s">
         <v>89</v>
       </c>
       <c r="B830" t="s">
         <v>1852</v>
       </c>
       <c r="C830" t="s">
         <v>1853</v>
       </c>
       <c r="D830" t="s">
-        <v>7</v>
+        <v>1854</v>
       </c>
     </row>
     <row r="831" spans="1:4">
       <c r="A831" t="s">
         <v>89</v>
       </c>
       <c r="B831" t="s">
-        <v>1854</v>
+        <v>1855</v>
       </c>
       <c r="C831" t="s">
-        <v>1855</v>
+        <v>1856</v>
       </c>
       <c r="D831" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="832" spans="1:4">
       <c r="A832" t="s">
         <v>89</v>
       </c>
       <c r="B832" t="s">
-        <v>1856</v>
+        <v>1857</v>
       </c>
       <c r="C832" t="s">
-        <v>1857</v>
+        <v>1858</v>
       </c>
       <c r="D832" t="s">
-        <v>33</v>
+        <v>7</v>
       </c>
     </row>
     <row r="833" spans="1:4">
       <c r="A833" t="s">
         <v>89</v>
       </c>
       <c r="B833" t="s">
-        <v>1858</v>
+        <v>1859</v>
       </c>
       <c r="C833" t="s">
-        <v>1859</v>
+        <v>1860</v>
       </c>
       <c r="D833" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="834" spans="1:4">
       <c r="A834" t="s">
         <v>89</v>
       </c>
       <c r="B834" t="s">
-        <v>1860</v>
+        <v>1861</v>
       </c>
       <c r="C834" t="s">
-        <v>1861</v>
+        <v>1862</v>
       </c>
       <c r="D834" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="835" spans="1:4">
       <c r="A835" t="s">
         <v>89</v>
       </c>
       <c r="B835" t="s">
-        <v>1862</v>
+        <v>1863</v>
       </c>
       <c r="C835" t="s">
-        <v>1863</v>
+        <v>1864</v>
       </c>
       <c r="D835" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="836" spans="1:4">
       <c r="A836" t="s">
         <v>89</v>
       </c>
       <c r="B836" t="s">
-        <v>1864</v>
+        <v>1865</v>
       </c>
       <c r="C836" t="s">
-        <v>1865</v>
+        <v>1866</v>
       </c>
       <c r="D836" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="837" spans="1:4">
       <c r="A837" t="s">
-        <v>1866</v>
+        <v>89</v>
       </c>
       <c r="B837" t="s">
         <v>1867</v>
       </c>
       <c r="C837" t="s">
         <v>1868</v>
       </c>
       <c r="D837" t="s">
-        <v>1869</v>
+        <v>33</v>
       </c>
     </row>
     <row r="838" spans="1:4">
       <c r="A838" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B838" t="s">
         <v>1870</v>
       </c>
       <c r="C838" t="s">
         <v>1871</v>
       </c>
       <c r="D838" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="839" spans="1:4">
       <c r="A839" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B839" t="s">
+        <v>1873</v>
+      </c>
+      <c r="C839" t="s">
+        <v>1874</v>
+      </c>
+      <c r="D839" t="s">
         <v>1872</v>
-      </c>
-[...4 lines deleted...]
-        <v>1874</v>
       </c>
     </row>
     <row r="840" spans="1:4">
       <c r="A840" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B840" t="s">
         <v>1875</v>
       </c>
       <c r="C840" t="s">
         <v>1876</v>
       </c>
       <c r="D840" t="s">
         <v>1877</v>
       </c>
     </row>
     <row r="841" spans="1:4">
       <c r="A841" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B841" t="s">
         <v>1878</v>
       </c>
       <c r="C841" t="s">
         <v>1879</v>
       </c>
       <c r="D841" t="s">
-        <v>1869</v>
+        <v>1880</v>
       </c>
     </row>
     <row r="842" spans="1:4">
       <c r="A842" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B842" t="s">
-        <v>1880</v>
+        <v>1881</v>
       </c>
       <c r="C842" t="s">
-        <v>1881</v>
+        <v>1882</v>
       </c>
       <c r="D842" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="843" spans="1:4">
       <c r="A843" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B843" t="s">
-        <v>1882</v>
+        <v>1883</v>
       </c>
       <c r="C843" t="s">
-        <v>1883</v>
+        <v>1884</v>
       </c>
       <c r="D843" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="844" spans="1:4">
       <c r="A844" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B844" t="s">
-        <v>1884</v>
+        <v>1885</v>
       </c>
       <c r="C844" t="s">
-        <v>1885</v>
+        <v>1886</v>
       </c>
       <c r="D844" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="845" spans="1:4">
       <c r="A845" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B845" t="s">
-        <v>1886</v>
+        <v>1887</v>
       </c>
       <c r="C845" t="s">
-        <v>1887</v>
+        <v>1888</v>
       </c>
       <c r="D845" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="846" spans="1:4">
       <c r="A846" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B846" t="s">
-        <v>1888</v>
+        <v>1889</v>
       </c>
       <c r="C846" t="s">
-        <v>1889</v>
+        <v>1890</v>
       </c>
       <c r="D846" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="847" spans="1:4">
       <c r="A847" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B847" t="s">
-        <v>1890</v>
+        <v>1891</v>
       </c>
       <c r="C847" t="s">
-        <v>1891</v>
+        <v>1892</v>
       </c>
       <c r="D847" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="848" spans="1:4">
       <c r="A848" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B848" t="s">
-        <v>1892</v>
+        <v>1893</v>
       </c>
       <c r="C848" t="s">
-        <v>1893</v>
+        <v>1894</v>
       </c>
       <c r="D848" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="849" spans="1:4">
       <c r="A849" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B849" t="s">
-        <v>1894</v>
+        <v>1895</v>
       </c>
       <c r="C849" t="s">
-        <v>1895</v>
+        <v>1896</v>
       </c>
       <c r="D849" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="850" spans="1:4">
       <c r="A850" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B850" t="s">
-        <v>1896</v>
+        <v>1897</v>
       </c>
       <c r="C850" t="s">
-        <v>1897</v>
+        <v>1898</v>
       </c>
       <c r="D850" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="851" spans="1:4">
       <c r="A851" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B851" t="s">
-        <v>1898</v>
+        <v>1899</v>
       </c>
       <c r="C851" t="s">
-        <v>1899</v>
+        <v>1900</v>
       </c>
       <c r="D851" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="852" spans="1:4">
       <c r="A852" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B852" t="s">
-        <v>1900</v>
+        <v>1901</v>
       </c>
       <c r="C852" t="s">
-        <v>1901</v>
+        <v>1902</v>
       </c>
       <c r="D852" t="s">
-        <v>1902</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="853" spans="1:4">
       <c r="A853" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B853" t="s">
         <v>1903</v>
       </c>
       <c r="C853" t="s">
         <v>1904</v>
       </c>
       <c r="D853" t="s">
-        <v>1869</v>
+        <v>1905</v>
       </c>
     </row>
     <row r="854" spans="1:4">
       <c r="A854" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B854" t="s">
-        <v>1905</v>
+        <v>1906</v>
       </c>
       <c r="C854" t="s">
-        <v>1906</v>
+        <v>1907</v>
       </c>
       <c r="D854" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="855" spans="1:4">
       <c r="A855" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B855" t="s">
-        <v>1907</v>
+        <v>1908</v>
       </c>
       <c r="C855" t="s">
-        <v>1908</v>
+        <v>1909</v>
       </c>
       <c r="D855" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="856" spans="1:4">
       <c r="A856" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B856" t="s">
-        <v>1909</v>
+        <v>1910</v>
       </c>
       <c r="C856" t="s">
-        <v>1910</v>
+        <v>1911</v>
       </c>
       <c r="D856" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="857" spans="1:4">
       <c r="A857" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B857" t="s">
-        <v>1911</v>
+        <v>1912</v>
       </c>
       <c r="C857" t="s">
-        <v>1912</v>
+        <v>1913</v>
       </c>
       <c r="D857" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="858" spans="1:4">
       <c r="A858" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B858" t="s">
-        <v>1913</v>
+        <v>1914</v>
       </c>
       <c r="C858" t="s">
-        <v>1914</v>
+        <v>1915</v>
       </c>
       <c r="D858" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="859" spans="1:4">
       <c r="A859" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B859" t="s">
-        <v>1915</v>
+        <v>1916</v>
       </c>
       <c r="C859" t="s">
-        <v>1916</v>
+        <v>1917</v>
       </c>
       <c r="D859" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="860" spans="1:4">
       <c r="A860" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B860" t="s">
-        <v>1917</v>
+        <v>1918</v>
       </c>
       <c r="C860" t="s">
-        <v>1918</v>
+        <v>1919</v>
       </c>
       <c r="D860" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="861" spans="1:4">
       <c r="A861" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B861" t="s">
-        <v>1919</v>
+        <v>1920</v>
       </c>
       <c r="C861" t="s">
-        <v>1920</v>
+        <v>1921</v>
       </c>
       <c r="D861" t="s">
-        <v>1921</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="862" spans="1:4">
       <c r="A862" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B862" t="s">
         <v>1922</v>
       </c>
       <c r="C862" t="s">
         <v>1923</v>
       </c>
       <c r="D862" t="s">
-        <v>1869</v>
+        <v>1924</v>
       </c>
     </row>
     <row r="863" spans="1:4">
       <c r="A863" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B863" t="s">
-        <v>1924</v>
+        <v>1925</v>
       </c>
       <c r="C863" t="s">
-        <v>1925</v>
+        <v>1926</v>
       </c>
       <c r="D863" t="s">
-        <v>1926</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="864" spans="1:4">
       <c r="A864" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B864" t="s">
         <v>1927</v>
       </c>
       <c r="C864" t="s">
         <v>1928</v>
       </c>
       <c r="D864" t="s">
-        <v>1869</v>
+        <v>1929</v>
       </c>
     </row>
     <row r="865" spans="1:4">
       <c r="A865" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B865" t="s">
-        <v>1929</v>
+        <v>1930</v>
       </c>
       <c r="C865" t="s">
-        <v>1930</v>
+        <v>1931</v>
       </c>
       <c r="D865" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="866" spans="1:4">
       <c r="A866" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B866" t="s">
-        <v>1931</v>
+        <v>1932</v>
       </c>
       <c r="C866" t="s">
-        <v>1932</v>
+        <v>1933</v>
       </c>
       <c r="D866" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="867" spans="1:4">
       <c r="A867" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B867" t="s">
-        <v>1933</v>
+        <v>1934</v>
       </c>
       <c r="C867" t="s">
-        <v>1934</v>
+        <v>1935</v>
       </c>
       <c r="D867" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="868" spans="1:4">
       <c r="A868" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B868" t="s">
-        <v>1935</v>
+        <v>1936</v>
       </c>
       <c r="C868" t="s">
-        <v>1936</v>
+        <v>1937</v>
       </c>
       <c r="D868" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="869" spans="1:4">
       <c r="A869" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B869" t="s">
-        <v>1937</v>
+        <v>1938</v>
       </c>
       <c r="C869" t="s">
-        <v>1938</v>
+        <v>1939</v>
       </c>
       <c r="D869" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="870" spans="1:4">
       <c r="A870" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B870" t="s">
-        <v>1939</v>
+        <v>1940</v>
       </c>
       <c r="C870" t="s">
-        <v>1940</v>
+        <v>1941</v>
       </c>
       <c r="D870" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="871" spans="1:4">
       <c r="A871" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B871" t="s">
-        <v>1941</v>
+        <v>1942</v>
       </c>
       <c r="C871" t="s">
-        <v>1942</v>
+        <v>1943</v>
       </c>
       <c r="D871" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="872" spans="1:4">
       <c r="A872" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B872" t="s">
-        <v>1943</v>
+        <v>1944</v>
       </c>
       <c r="C872" t="s">
-        <v>1944</v>
+        <v>1945</v>
       </c>
       <c r="D872" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="873" spans="1:4">
       <c r="A873" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B873" t="s">
-        <v>1945</v>
+        <v>1946</v>
       </c>
       <c r="C873" t="s">
-        <v>1946</v>
+        <v>1947</v>
       </c>
       <c r="D873" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="874" spans="1:4">
       <c r="A874" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B874" t="s">
-        <v>1947</v>
+        <v>1948</v>
       </c>
       <c r="C874" t="s">
-        <v>1948</v>
+        <v>1949</v>
       </c>
       <c r="D874" t="s">
-        <v>1949</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="875" spans="1:4">
       <c r="A875" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B875" t="s">
         <v>1950</v>
       </c>
       <c r="C875" t="s">
         <v>1951</v>
       </c>
       <c r="D875" t="s">
         <v>1952</v>
       </c>
     </row>
     <row r="876" spans="1:4">
       <c r="A876" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B876" t="s">
         <v>1953</v>
       </c>
       <c r="C876" t="s">
         <v>1954</v>
       </c>
       <c r="D876" t="s">
-        <v>1869</v>
+        <v>1955</v>
       </c>
     </row>
     <row r="877" spans="1:4">
       <c r="A877" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B877" t="s">
-        <v>1955</v>
+        <v>1956</v>
       </c>
       <c r="C877" t="s">
-        <v>1956</v>
+        <v>1957</v>
       </c>
       <c r="D877" t="s">
-        <v>1957</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="878" spans="1:4">
       <c r="A878" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B878" t="s">
         <v>1958</v>
       </c>
       <c r="C878" t="s">
         <v>1959</v>
       </c>
       <c r="D878" t="s">
         <v>1960</v>
       </c>
     </row>
     <row r="879" spans="1:4">
       <c r="A879" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B879" t="s">
         <v>1961</v>
       </c>
       <c r="C879" t="s">
         <v>1962</v>
       </c>
       <c r="D879" t="s">
-        <v>1869</v>
+        <v>1963</v>
       </c>
     </row>
     <row r="880" spans="1:4">
       <c r="A880" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B880" t="s">
-        <v>1963</v>
+        <v>1964</v>
       </c>
       <c r="C880" t="s">
-        <v>1964</v>
+        <v>1965</v>
       </c>
       <c r="D880" t="s">
-        <v>1965</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="881" spans="1:4">
       <c r="A881" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B881" t="s">
         <v>1966</v>
       </c>
       <c r="C881" t="s">
         <v>1967</v>
       </c>
       <c r="D881" t="s">
-        <v>1869</v>
+        <v>1968</v>
       </c>
     </row>
     <row r="882" spans="1:4">
       <c r="A882" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B882" t="s">
-        <v>1968</v>
+        <v>1969</v>
       </c>
       <c r="C882" t="s">
-        <v>1969</v>
+        <v>1970</v>
       </c>
       <c r="D882" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="883" spans="1:4">
       <c r="A883" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B883" t="s">
-        <v>1970</v>
+        <v>1971</v>
       </c>
       <c r="C883" t="s">
-        <v>1971</v>
+        <v>1972</v>
       </c>
       <c r="D883" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="884" spans="1:4">
       <c r="A884" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B884" t="s">
-        <v>1972</v>
+        <v>1973</v>
       </c>
       <c r="C884" t="s">
-        <v>1973</v>
+        <v>1974</v>
       </c>
       <c r="D884" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="885" spans="1:4">
       <c r="A885" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B885" t="s">
-        <v>1974</v>
+        <v>1975</v>
       </c>
       <c r="C885" t="s">
-        <v>1975</v>
+        <v>1976</v>
       </c>
       <c r="D885" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="886" spans="1:4">
       <c r="A886" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B886" t="s">
-        <v>1976</v>
+        <v>1977</v>
       </c>
       <c r="C886" t="s">
-        <v>1977</v>
+        <v>1978</v>
       </c>
       <c r="D886" t="s">
-        <v>1978</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="887" spans="1:4">
       <c r="A887" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B887" t="s">
         <v>1979</v>
       </c>
       <c r="C887" t="s">
         <v>1980</v>
       </c>
       <c r="D887" t="s">
-        <v>1869</v>
+        <v>1981</v>
       </c>
     </row>
     <row r="888" spans="1:4">
       <c r="A888" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B888" t="s">
-        <v>1981</v>
+        <v>1982</v>
       </c>
       <c r="C888" t="s">
-        <v>1982</v>
+        <v>1983</v>
       </c>
       <c r="D888" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="889" spans="1:4">
       <c r="A889" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B889" t="s">
-        <v>1983</v>
+        <v>1984</v>
       </c>
       <c r="C889" t="s">
-        <v>1984</v>
+        <v>1985</v>
       </c>
       <c r="D889" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="890" spans="1:4">
       <c r="A890" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B890" t="s">
-        <v>1985</v>
+        <v>1986</v>
       </c>
       <c r="C890" t="s">
-        <v>1986</v>
+        <v>1987</v>
       </c>
       <c r="D890" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="891" spans="1:4">
       <c r="A891" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B891" t="s">
-        <v>1987</v>
+        <v>1988</v>
       </c>
       <c r="C891" t="s">
-        <v>1988</v>
+        <v>1989</v>
       </c>
       <c r="D891" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="892" spans="1:4">
       <c r="A892" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B892" t="s">
-        <v>1989</v>
+        <v>1990</v>
       </c>
       <c r="C892" t="s">
-        <v>1990</v>
+        <v>1991</v>
       </c>
       <c r="D892" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="893" spans="1:4">
       <c r="A893" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B893" t="s">
-        <v>1991</v>
+        <v>1992</v>
       </c>
       <c r="C893" t="s">
-        <v>1992</v>
+        <v>1993</v>
       </c>
       <c r="D893" t="s">
-        <v>1993</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="894" spans="1:4">
       <c r="A894" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B894" t="s">
         <v>1994</v>
       </c>
       <c r="C894" t="s">
         <v>1995</v>
       </c>
       <c r="D894" t="s">
-        <v>1869</v>
+        <v>1996</v>
       </c>
     </row>
     <row r="895" spans="1:4">
       <c r="A895" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B895" t="s">
-        <v>1996</v>
+        <v>1997</v>
       </c>
       <c r="C895" t="s">
-        <v>1997</v>
+        <v>1998</v>
       </c>
       <c r="D895" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="896" spans="1:4">
       <c r="A896" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B896" t="s">
-        <v>1998</v>
+        <v>1999</v>
       </c>
       <c r="C896" t="s">
-        <v>1999</v>
+        <v>2000</v>
       </c>
       <c r="D896" t="s">
-        <v>2000</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="897" spans="1:4">
       <c r="A897" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B897" t="s">
         <v>2001</v>
       </c>
       <c r="C897" t="s">
         <v>2002</v>
       </c>
       <c r="D897" t="s">
         <v>2003</v>
       </c>
     </row>
     <row r="898" spans="1:4">
       <c r="A898" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B898" t="s">
         <v>2004</v>
       </c>
       <c r="C898" t="s">
         <v>2005</v>
       </c>
       <c r="D898" t="s">
-        <v>1869</v>
+        <v>2006</v>
       </c>
     </row>
     <row r="899" spans="1:4">
       <c r="A899" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B899" t="s">
-        <v>2006</v>
+        <v>2007</v>
       </c>
       <c r="C899" t="s">
-        <v>2007</v>
+        <v>2008</v>
       </c>
       <c r="D899" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="900" spans="1:4">
       <c r="A900" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B900" t="s">
-        <v>2008</v>
+        <v>2009</v>
       </c>
       <c r="C900" t="s">
-        <v>2009</v>
+        <v>2010</v>
       </c>
       <c r="D900" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="901" spans="1:4">
       <c r="A901" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B901" t="s">
-        <v>2010</v>
+        <v>2011</v>
       </c>
       <c r="C901" t="s">
-        <v>2011</v>
+        <v>2012</v>
       </c>
       <c r="D901" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="902" spans="1:4">
       <c r="A902" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B902" t="s">
-        <v>2012</v>
+        <v>2013</v>
       </c>
       <c r="C902" t="s">
-        <v>2013</v>
+        <v>2014</v>
       </c>
       <c r="D902" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="903" spans="1:4">
       <c r="A903" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B903" t="s">
-        <v>2014</v>
+        <v>2015</v>
       </c>
       <c r="C903" t="s">
-        <v>2015</v>
+        <v>2016</v>
       </c>
       <c r="D903" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="904" spans="1:4">
       <c r="A904" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B904" t="s">
-        <v>2016</v>
+        <v>2017</v>
       </c>
       <c r="C904" t="s">
-        <v>2017</v>
+        <v>2018</v>
       </c>
       <c r="D904" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="905" spans="1:4">
       <c r="A905" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B905" t="s">
-        <v>2018</v>
+        <v>2019</v>
       </c>
       <c r="C905" t="s">
-        <v>2019</v>
+        <v>2020</v>
       </c>
       <c r="D905" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="906" spans="1:4">
       <c r="A906" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B906" t="s">
-        <v>2020</v>
+        <v>2021</v>
       </c>
       <c r="C906" t="s">
-        <v>2021</v>
+        <v>2022</v>
       </c>
       <c r="D906" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="907" spans="1:4">
       <c r="A907" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B907" t="s">
-        <v>2022</v>
+        <v>2023</v>
       </c>
       <c r="C907" t="s">
-        <v>2023</v>
+        <v>2024</v>
       </c>
       <c r="D907" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="908" spans="1:4">
       <c r="A908" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B908" t="s">
-        <v>2024</v>
+        <v>2025</v>
       </c>
       <c r="C908" t="s">
-        <v>2025</v>
+        <v>2026</v>
       </c>
       <c r="D908" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="909" spans="1:4">
       <c r="A909" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B909" t="s">
-        <v>2026</v>
+        <v>2027</v>
       </c>
       <c r="C909" t="s">
-        <v>2027</v>
+        <v>2028</v>
       </c>
       <c r="D909" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="910" spans="1:4">
       <c r="A910" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B910" t="s">
-        <v>2028</v>
+        <v>2029</v>
       </c>
       <c r="C910" t="s">
-        <v>2029</v>
+        <v>2030</v>
       </c>
       <c r="D910" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="911" spans="1:4">
       <c r="A911" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B911" t="s">
-        <v>2030</v>
+        <v>2031</v>
       </c>
       <c r="C911" t="s">
-        <v>2031</v>
+        <v>2032</v>
       </c>
       <c r="D911" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="912" spans="1:4">
       <c r="A912" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B912" t="s">
-        <v>2032</v>
+        <v>2033</v>
       </c>
       <c r="C912" t="s">
-        <v>2033</v>
+        <v>2034</v>
       </c>
       <c r="D912" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="913" spans="1:4">
       <c r="A913" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B913" t="s">
-        <v>2034</v>
+        <v>2035</v>
       </c>
       <c r="C913" t="s">
-        <v>2035</v>
+        <v>2036</v>
       </c>
       <c r="D913" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="914" spans="1:4">
       <c r="A914" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B914" t="s">
-        <v>2036</v>
+        <v>2037</v>
       </c>
       <c r="C914" t="s">
-        <v>2037</v>
+        <v>2038</v>
       </c>
       <c r="D914" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="915" spans="1:4">
       <c r="A915" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B915" t="s">
-        <v>2038</v>
+        <v>2039</v>
       </c>
       <c r="C915" t="s">
-        <v>2039</v>
+        <v>2040</v>
       </c>
       <c r="D915" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="916" spans="1:4">
       <c r="A916" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B916" t="s">
-        <v>2040</v>
+        <v>2041</v>
       </c>
       <c r="C916" t="s">
-        <v>2041</v>
+        <v>2042</v>
       </c>
       <c r="D916" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="917" spans="1:4">
       <c r="A917" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B917" t="s">
-        <v>2042</v>
+        <v>2043</v>
       </c>
       <c r="C917" t="s">
-        <v>2043</v>
+        <v>2044</v>
       </c>
       <c r="D917" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="918" spans="1:4">
       <c r="A918" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B918" t="s">
-        <v>2044</v>
+        <v>2045</v>
       </c>
       <c r="C918" t="s">
-        <v>2045</v>
+        <v>2046</v>
       </c>
       <c r="D918" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="919" spans="1:4">
       <c r="A919" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B919" t="s">
-        <v>2046</v>
+        <v>2047</v>
       </c>
       <c r="C919" t="s">
-        <v>2047</v>
+        <v>2048</v>
       </c>
       <c r="D919" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="920" spans="1:4">
       <c r="A920" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B920" t="s">
-        <v>2048</v>
+        <v>2049</v>
       </c>
       <c r="C920" t="s">
-        <v>2049</v>
+        <v>2050</v>
       </c>
       <c r="D920" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="921" spans="1:4">
       <c r="A921" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B921" t="s">
-        <v>2050</v>
+        <v>2051</v>
       </c>
       <c r="C921" t="s">
-        <v>2051</v>
+        <v>2052</v>
       </c>
       <c r="D921" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="922" spans="1:4">
       <c r="A922" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B922" t="s">
-        <v>2052</v>
+        <v>2053</v>
       </c>
       <c r="C922" t="s">
-        <v>2053</v>
+        <v>2054</v>
       </c>
       <c r="D922" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="923" spans="1:4">
       <c r="A923" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B923" t="s">
-        <v>2054</v>
+        <v>2055</v>
       </c>
       <c r="C923" t="s">
-        <v>2055</v>
+        <v>2056</v>
       </c>
       <c r="D923" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="924" spans="1:4">
       <c r="A924" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B924" t="s">
-        <v>2056</v>
+        <v>2057</v>
       </c>
       <c r="C924" t="s">
-        <v>2057</v>
+        <v>2058</v>
       </c>
       <c r="D924" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="925" spans="1:4">
       <c r="A925" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B925" t="s">
-        <v>2058</v>
+        <v>2059</v>
       </c>
       <c r="C925" t="s">
-        <v>2059</v>
+        <v>2060</v>
       </c>
       <c r="D925" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="926" spans="1:4">
       <c r="A926" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B926" t="s">
-        <v>2060</v>
+        <v>2061</v>
       </c>
       <c r="C926" t="s">
-        <v>2061</v>
+        <v>2062</v>
       </c>
       <c r="D926" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="927" spans="1:4">
       <c r="A927" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B927" t="s">
-        <v>2062</v>
+        <v>2063</v>
       </c>
       <c r="C927" t="s">
-        <v>2063</v>
+        <v>2064</v>
       </c>
       <c r="D927" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="928" spans="1:4">
       <c r="A928" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B928" t="s">
-        <v>2064</v>
+        <v>2065</v>
       </c>
       <c r="C928" t="s">
-        <v>2065</v>
+        <v>2066</v>
       </c>
       <c r="D928" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="929" spans="1:4">
       <c r="A929" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B929" t="s">
-        <v>2066</v>
+        <v>2067</v>
       </c>
       <c r="C929" t="s">
-        <v>2067</v>
+        <v>2068</v>
       </c>
       <c r="D929" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="930" spans="1:4">
       <c r="A930" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B930" t="s">
-        <v>2068</v>
+        <v>2069</v>
       </c>
       <c r="C930" t="s">
-        <v>2069</v>
+        <v>2070</v>
       </c>
       <c r="D930" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="931" spans="1:4">
       <c r="A931" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B931" t="s">
-        <v>2070</v>
+        <v>2071</v>
       </c>
       <c r="C931" t="s">
-        <v>2071</v>
+        <v>2072</v>
       </c>
       <c r="D931" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="932" spans="1:4">
       <c r="A932" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B932" t="s">
-        <v>2072</v>
+        <v>2073</v>
       </c>
       <c r="C932" t="s">
-        <v>2073</v>
+        <v>2074</v>
       </c>
       <c r="D932" t="s">
-        <v>2074</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="933" spans="1:4">
       <c r="A933" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B933" t="s">
         <v>2075</v>
       </c>
       <c r="C933" t="s">
         <v>2076</v>
       </c>
       <c r="D933" t="s">
-        <v>1869</v>
+        <v>2077</v>
       </c>
     </row>
     <row r="934" spans="1:4">
       <c r="A934" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B934" t="s">
-        <v>2077</v>
+        <v>2078</v>
       </c>
       <c r="C934" t="s">
-        <v>2078</v>
+        <v>2079</v>
       </c>
       <c r="D934" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="935" spans="1:4">
       <c r="A935" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B935" t="s">
-        <v>2079</v>
+        <v>2080</v>
       </c>
       <c r="C935" t="s">
-        <v>2080</v>
+        <v>2081</v>
       </c>
       <c r="D935" t="s">
-        <v>2081</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="936" spans="1:4">
       <c r="A936" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B936" t="s">
         <v>2082</v>
       </c>
       <c r="C936" t="s">
         <v>2083</v>
       </c>
       <c r="D936" t="s">
-        <v>1869</v>
+        <v>2084</v>
       </c>
     </row>
     <row r="937" spans="1:4">
       <c r="A937" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B937" t="s">
-        <v>2084</v>
+        <v>2085</v>
       </c>
       <c r="C937" t="s">
-        <v>2085</v>
+        <v>2086</v>
       </c>
       <c r="D937" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="938" spans="1:4">
       <c r="A938" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B938" t="s">
-        <v>2086</v>
+        <v>2087</v>
       </c>
       <c r="C938" t="s">
-        <v>2087</v>
+        <v>2088</v>
       </c>
       <c r="D938" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="939" spans="1:4">
       <c r="A939" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B939" t="s">
-        <v>2088</v>
+        <v>2089</v>
       </c>
       <c r="C939" t="s">
-        <v>2089</v>
+        <v>2090</v>
       </c>
       <c r="D939" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="940" spans="1:4">
       <c r="A940" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B940" t="s">
-        <v>2090</v>
+        <v>2091</v>
       </c>
       <c r="C940" t="s">
-        <v>2091</v>
+        <v>2092</v>
       </c>
       <c r="D940" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="941" spans="1:4">
       <c r="A941" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B941" t="s">
-        <v>2092</v>
+        <v>2093</v>
       </c>
       <c r="C941" t="s">
-        <v>2093</v>
+        <v>2094</v>
       </c>
       <c r="D941" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="942" spans="1:4">
       <c r="A942" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B942" t="s">
-        <v>2094</v>
+        <v>2095</v>
       </c>
       <c r="C942" t="s">
-        <v>2095</v>
+        <v>2096</v>
       </c>
       <c r="D942" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="943" spans="1:4">
       <c r="A943" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B943" t="s">
-        <v>2096</v>
+        <v>2097</v>
       </c>
       <c r="C943" t="s">
-        <v>2097</v>
+        <v>2098</v>
       </c>
       <c r="D943" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="944" spans="1:4">
       <c r="A944" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B944" t="s">
-        <v>2098</v>
+        <v>2099</v>
       </c>
       <c r="C944" t="s">
-        <v>2099</v>
+        <v>2100</v>
       </c>
       <c r="D944" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="945" spans="1:4">
       <c r="A945" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B945" t="s">
-        <v>2100</v>
+        <v>2101</v>
       </c>
       <c r="C945" t="s">
-        <v>2101</v>
+        <v>2102</v>
       </c>
       <c r="D945" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="946" spans="1:4">
       <c r="A946" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B946" t="s">
-        <v>2102</v>
+        <v>2103</v>
       </c>
       <c r="C946" t="s">
-        <v>2103</v>
+        <v>2104</v>
       </c>
       <c r="D946" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="947" spans="1:4">
       <c r="A947" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B947" t="s">
-        <v>2104</v>
+        <v>2105</v>
       </c>
       <c r="C947" t="s">
-        <v>2105</v>
+        <v>2106</v>
       </c>
       <c r="D947" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="948" spans="1:4">
       <c r="A948" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B948" t="s">
-        <v>2106</v>
+        <v>2107</v>
       </c>
       <c r="C948" t="s">
-        <v>2107</v>
+        <v>2108</v>
       </c>
       <c r="D948" t="s">
-        <v>2108</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="949" spans="1:4">
       <c r="A949" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B949" t="s">
         <v>2109</v>
       </c>
       <c r="C949" t="s">
         <v>2110</v>
       </c>
       <c r="D949" t="s">
         <v>2111</v>
       </c>
     </row>
     <row r="950" spans="1:4">
       <c r="A950" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B950" t="s">
         <v>2112</v>
       </c>
       <c r="C950" t="s">
         <v>2113</v>
       </c>
       <c r="D950" t="s">
-        <v>1869</v>
+        <v>2114</v>
       </c>
     </row>
     <row r="951" spans="1:4">
       <c r="A951" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B951" t="s">
-        <v>2114</v>
+        <v>2115</v>
       </c>
       <c r="C951" t="s">
-        <v>2115</v>
+        <v>2116</v>
       </c>
       <c r="D951" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="952" spans="1:4">
       <c r="A952" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B952" t="s">
-        <v>2116</v>
+        <v>2117</v>
       </c>
       <c r="C952" t="s">
-        <v>2117</v>
+        <v>2118</v>
       </c>
       <c r="D952" t="s">
-        <v>2118</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="953" spans="1:4">
       <c r="A953" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B953" t="s">
         <v>2119</v>
       </c>
       <c r="C953" t="s">
         <v>2120</v>
       </c>
       <c r="D953" t="s">
-        <v>1869</v>
+        <v>2121</v>
       </c>
     </row>
     <row r="954" spans="1:4">
       <c r="A954" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B954" t="s">
-        <v>2121</v>
+        <v>2122</v>
       </c>
       <c r="C954" t="s">
-        <v>2122</v>
+        <v>2123</v>
       </c>
       <c r="D954" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="955" spans="1:4">
       <c r="A955" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B955" t="s">
-        <v>2123</v>
+        <v>2124</v>
       </c>
       <c r="C955" t="s">
-        <v>2124</v>
+        <v>2125</v>
       </c>
       <c r="D955" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="956" spans="1:4">
       <c r="A956" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B956" t="s">
-        <v>2125</v>
+        <v>2126</v>
       </c>
       <c r="C956" t="s">
-        <v>2126</v>
+        <v>2127</v>
       </c>
       <c r="D956" t="s">
-        <v>1869</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="957" spans="1:4">
       <c r="A957" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B957" t="s">
-        <v>2127</v>
+        <v>2128</v>
       </c>
       <c r="C957" t="s">
-        <v>2128</v>
+        <v>2129</v>
       </c>
       <c r="D957" t="s">
-        <v>2129</v>
+        <v>1872</v>
       </c>
     </row>
     <row r="958" spans="1:4">
       <c r="A958" t="s">
-        <v>1866</v>
+        <v>1869</v>
       </c>
       <c r="B958" t="s">
         <v>2130</v>
       </c>
       <c r="C958" t="s">
         <v>2131</v>
       </c>
       <c r="D958" t="s">
-        <v>1869</v>
+        <v>2132</v>
       </c>
     </row>
     <row r="959" spans="1:4">
       <c r="A959" t="s">
-        <v>2132</v>
+        <v>1869</v>
       </c>
       <c r="B959" t="s">
         <v>2133</v>
       </c>
       <c r="C959" t="s">
         <v>2134</v>
       </c>
       <c r="D959" t="s">
+        <v>1872</v>
+      </c>
+    </row>
+    <row r="960" spans="1:4">
+      <c r="A960" t="s">
         <v>2135</v>
+      </c>
+      <c r="B960" t="s">
+        <v>2136</v>
+      </c>
+      <c r="C960" t="s">
+        <v>2137</v>
+      </c>
+      <c r="D960" t="s">
+        <v>2138</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">