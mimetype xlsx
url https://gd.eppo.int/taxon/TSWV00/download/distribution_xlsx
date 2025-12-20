--- v0 (2025-10-18)
+++ v1 (2025-12-20)
@@ -5040,51 +5040,51 @@
       <c r="B186" t="s">
         <v>380</v>
       </c>
       <c r="C186"/>
       <c r="D186" t="s">
         <v>381</v>
       </c>
       <c r="E186"/>
       <c r="F186" t="s">
         <v>22</v>
       </c>
     </row>
     <row r="187" spans="1:6">
       <c r="A187" t="s">
         <v>310</v>
       </c>
       <c r="B187" t="s">
         <v>382</v>
       </c>
       <c r="C187"/>
       <c r="D187" t="s">
         <v>383</v>
       </c>
       <c r="E187"/>
       <c r="F187" t="s">
-        <v>9</v>
+        <v>22</v>
       </c>
     </row>
     <row r="188" spans="1:6">
       <c r="A188" t="s">
         <v>310</v>
       </c>
       <c r="B188" t="s">
         <v>382</v>
       </c>
       <c r="C188" t="s">
         <v>384</v>
       </c>
       <c r="D188" t="s">
         <v>383</v>
       </c>
       <c r="E188" t="s">
         <v>385</v>
       </c>
       <c r="F188" t="s">
         <v>9</v>
       </c>
     </row>
     <row r="189" spans="1:6">
       <c r="A189" t="s">
         <v>310</v>