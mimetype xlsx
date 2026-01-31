--- v1 (2025-12-20)
+++ v2 (2026-01-31)
@@ -1160,51 +1160,51 @@
   <si>
     <t>Poland</t>
   </si>
   <si>
     <t>PL</t>
   </si>
   <si>
     <t>Portugal</t>
   </si>
   <si>
     <t>PT</t>
   </si>
   <si>
     <t>Madeira</t>
   </si>
   <si>
     <t>md</t>
   </si>
   <si>
     <t>Romania</t>
   </si>
   <si>
     <t>RO</t>
   </si>
   <si>
-    <t>Russian Federation (the)</t>
+    <t>Russian Federation</t>
   </si>
   <si>
     <t>RU</t>
   </si>
   <si>
     <t>Far East</t>
   </si>
   <si>
     <t>fe</t>
   </si>
   <si>
     <t>Southern Russia</t>
   </si>
   <si>
     <t>sr</t>
   </si>
   <si>
     <t>Serbia</t>
   </si>
   <si>
     <t>RS</t>
   </si>
   <si>
     <t>Slovakia</t>
   </si>