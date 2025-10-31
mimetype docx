--- v0 (2025-10-08)
+++ v1 (2025-10-31)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Tomato spotted wilt virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bronze leaf of tomato, kromnek virus, spotted wilt of tomato, yellow spot of pineapple</w:t>
             </w:r>
-            <w:hyperlink r:id="rId907068e63ac6e3f1f" w:history="1">
+            <w:hyperlink r:id="rId841769052abb60492" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId750968e63ac6e3f8d" w:history="1">
+            <w:hyperlink r:id="rId878069052abb604fb" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TSWV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="92088103" name="name171368e63ac6e46ee" descr="17795.jpg"/>
+                  <wp:docPr id="34658689" name="name609569052abb60df6" descr="17795.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17795.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId355268e63ac6e46ec" cstate="print"/>
+                          <a:blip r:embed="rId838069052abb60df4" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId163068e63ac6e4f3f" w:history="1">
+            <w:hyperlink r:id="rId354969052abb60ece" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -593,51 +593,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (family </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tospoviridae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, order Bunyavirales; ICTV online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId271068e63ac6e5098" w:history="1">
+      <w:hyperlink r:id="rId469169052abb61010" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://talk.ictvonline.org/taxonomy/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Abudurexiti </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -18147,63 +18147,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2021). It is now present in almost all countries with temperate, tropical and subtropical climates.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="59066546" name="name393468e63ac6ece7e" descr="TSWV00_distribution_map.jpg"/>
+            <wp:docPr id="20360094" name="name500169052abb68c10" descr="TSWV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TSWV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId148768e63ac6ece7a" cstate="print"/>
+                    <a:blip r:embed="rId843969052abb68c0e" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -18827,51 +18827,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">T. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are widely distributed (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId340168e63ac6ed718" w:history="1">
+      <w:hyperlink r:id="rId747969052abb6936a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; EFSA, 2012a). Most thrips species are very polyphagous. TSWV is transmitted by thrips in a persistent manner. Only individuals which have acquired the virus at the larval stages can transmit it. Virus transmission occurs after a latent period of circulation and multiplication of TSWV in the thrips vector. Once acquired, the virus is transmitted transstadially and thrips remain infectious for life, however there is no evidence of transovarial transmission (Ullman </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -19556,65 +19556,65 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In 2020, 76 tests for TSWV diagnosis were evaluated in the EU VALITEST project (www.valitest.eu) after an extensive search of scientific papers and commercial providers of tests for the detection of plant pathogens. After a thorough literature search, in silico analyses, in-house testing and test performance study, the most suitable tests for the detection and identification of TSWV in symptomatic tomato leaves were identified (Vučurović </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021), and they are listed in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId421368e63ac6edc08" w:history="1">
+      <w:hyperlink r:id="rId826969052abb6986b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Diagnostic Expertise Database</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId901268e63ac6edc28" w:history="1"/>
+      <w:hyperlink r:id="rId640869052abb69889" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -20639,51 +20639,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2019) Taxonomy of the order Bunyavirales: update 2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Archives of Virology.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId123568e63ac6ee32e" w:history="1">
+      <w:hyperlink r:id="rId490469052abb69fca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-019-04253-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20954,51 +20954,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 636. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId297368e63ac6ee54e" w:history="1">
+      <w:hyperlink r:id="rId656269052abb6a1d9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9080636</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21425,51 +21425,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1055. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId941168e63ac6ee848" w:history="1">
+      <w:hyperlink r:id="rId249769052abb6a4d1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.01055</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21671,51 +21671,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3029. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId375968e63ac6ee9db" w:history="1">
+      <w:hyperlink r:id="rId299569052abb6a665" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3029</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21741,51 +21741,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 2772. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId687668e63ac6eea4c" w:history="1">
+      <w:hyperlink r:id="rId180969052abb6a6d8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.2772</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22749,51 +22749,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e0147342. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId445768e63ac6ef0a3" w:history="1">
+      <w:hyperlink r:id="rId204269052abb6ad5d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0147342</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23225,51 +23225,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 301–310.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kormelink R (2005) Tomato spotted wilt virus. In: Description of plant viruses (DPV) no. 412, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId113268e63ac6ef397" w:history="1">
+      <w:hyperlink r:id="rId840269052abb6b056" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dpvweb.net/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 5 June 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -23295,51 +23295,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viruses </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 842, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId384168e63ac6ef41a" w:history="1">
+      <w:hyperlink r:id="rId629469052abb6b0c6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13050842</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23724,51 +23724,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 363. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId706468e63ac6ef704" w:history="1">
+      <w:hyperlink r:id="rId965369052abb6b373" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v12040363</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23795,51 +23795,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 7673. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId452568e63ac6ef77a" w:history="1">
+      <w:hyperlink r:id="rId696069052abb6b3e1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-019-44100-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24271,51 +24271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 15797. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId349968e63ac6efa91" w:history="1">
+      <w:hyperlink r:id="rId418969052abb6b6ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-72691-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25490,51 +25490,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frankliniella occidentalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (western flower thrips) (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId804268e63ac6f021e" w:history="1">
+      <w:hyperlink r:id="rId461469052abb6be9b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/24426</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; date of the last modification: 22 September 2020; accessed on June 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -25609,51 +25609,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orthotospovirus tomatomaculae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId441868e63ac6f02e1" w:history="1">
+      <w:hyperlink r:id="rId614769052abb6bf61" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -25830,63 +25830,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 465-472.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="22015694" name="name577068e63ac6f04bb" descr="eu_funding_250.png"/>
+            <wp:docPr id="69295647" name="name171669052abb6c134" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId603868e63ac6f04ba" cstate="print"/>
+                    <a:blip r:embed="rId565669052abb6c132" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -25984,137 +25984,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="88761672">
+  <w:abstractNum w:abstractNumId="88206005">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="28111960">
+    <w:lvl w:ilvl="0" w:tplc="74649639">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="28111960" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="74649639" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="28111960" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="74649639" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="28111960" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="74649639" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="28111960" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="74649639" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="28111960" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="74649639" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="28111960" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="74649639" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="28111960" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="74649639" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="28111960" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="74649639" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="88761671">
+  <w:abstractNum w:abstractNumId="88206004">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="78341871">
+    <w:lvl w:ilvl="0" w:tplc="38782740">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -26866,55 +26866,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="88761671">
-    <w:abstractNumId w:val="88761671"/>
+  <w:num w:numId="88206004">
+    <w:abstractNumId w:val="88206004"/>
   </w:num>
-  <w:num w:numId="88761672">
-    <w:abstractNumId w:val="88761672"/>
+  <w:num w:numId="88206005">
+    <w:abstractNumId w:val="88206005"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -38464,51 +38464,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId170058656" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId124128310" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId907068e63ac6e3f1f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/" TargetMode="External"/><Relationship Id="rId750968e63ac6e3f8d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/categorization" TargetMode="External"/><Relationship Id="rId163068e63ac6e4f3f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/photos" TargetMode="External"/><Relationship Id="rId271068e63ac6e5098" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId340168e63ac6ed718" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/" TargetMode="External"/><Relationship Id="rId421368e63ac6edc08" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId901268e63ac6edc28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId123568e63ac6ee32e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId297368e63ac6ee54e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9080636" TargetMode="External"/><Relationship Id="rId941168e63ac6ee848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01055" TargetMode="External"/><Relationship Id="rId375968e63ac6ee9db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId687668e63ac6eea4c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId445768e63ac6ef0a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId113268e63ac6ef397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpvweb.net/" TargetMode="External"/><Relationship Id="rId384168e63ac6ef41a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId706468e63ac6ef704" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v12040363" TargetMode="External"/><Relationship Id="rId452568e63ac6ef77a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-019-44100-x" TargetMode="External"/><Relationship Id="rId349968e63ac6efa91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-72691-3" TargetMode="External"/><Relationship Id="rId804268e63ac6f021e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/24426" TargetMode="External"/><Relationship Id="rId441868e63ac6f02e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId355268e63ac6e46ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId355268e63ac6e46ec.jpg"/><Relationship Id="rId148768e63ac6ece7a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId148768e63ac6ece7a.jpg"/><Relationship Id="rId603868e63ac6f04ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId603868e63ac6f04ba.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId838994382" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId557939416" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId841769052abb60492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/" TargetMode="External"/><Relationship Id="rId878069052abb604fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/categorization" TargetMode="External"/><Relationship Id="rId354969052abb60ece" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/photos" TargetMode="External"/><Relationship Id="rId469169052abb61010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId747969052abb6936a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/" TargetMode="External"/><Relationship Id="rId826969052abb6986b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId640869052abb69889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId490469052abb69fca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId656269052abb6a1d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9080636" TargetMode="External"/><Relationship Id="rId249769052abb6a4d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01055" TargetMode="External"/><Relationship Id="rId299569052abb6a665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId180969052abb6a6d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId204269052abb6ad5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId840269052abb6b056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpvweb.net/" TargetMode="External"/><Relationship Id="rId629469052abb6b0c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId965369052abb6b373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v12040363" TargetMode="External"/><Relationship Id="rId696069052abb6b3e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-019-44100-x" TargetMode="External"/><Relationship Id="rId418969052abb6b6ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-72691-3" TargetMode="External"/><Relationship Id="rId461469052abb6be9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/24426" TargetMode="External"/><Relationship Id="rId614769052abb6bf61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId838069052abb60df4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId838069052abb60df4.jpg"/><Relationship Id="rId843969052abb68c0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId843969052abb68c0e.jpg"/><Relationship Id="rId565669052abb6c132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId565669052abb6c132.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>