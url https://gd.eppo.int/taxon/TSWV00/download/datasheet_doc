--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Tomato spotted wilt virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bronze leaf of tomato, kromnek virus, spotted wilt of tomato, yellow spot of pineapple</w:t>
             </w:r>
-            <w:hyperlink r:id="rId841769052abb60492" w:history="1">
+            <w:hyperlink r:id="rId304969205883f4123" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId878069052abb604fb" w:history="1">
+            <w:hyperlink r:id="rId240969205883f41e7" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TSWV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="34658689" name="name609569052abb60df6" descr="17795.jpg"/>
+                  <wp:docPr id="20506123" name="name578869205884005b1" descr="17795.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17795.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId838069052abb60df4" cstate="print"/>
+                          <a:blip r:embed="rId628069205884005af" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId354969052abb60ece" w:history="1">
+            <w:hyperlink r:id="rId433269205884006ef" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -593,51 +593,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (family </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tospoviridae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, order Bunyavirales; ICTV online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId469169052abb61010" w:history="1">
+      <w:hyperlink r:id="rId5677692058840087f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://talk.ictvonline.org/taxonomy/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Abudurexiti </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -12620,50 +12620,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Paeonia lactiflora</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Panax notoginseng</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Papaver dubium</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Papaver nudicaule</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -17741,70 +17761,50 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viola sororia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viola x wittrockiana</w:t>
-      </w:r>
-[...18 lines deleted...]
-        <w:t xml:space="preserve">Vitis vinifera</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Wahlenbergia marginata</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -18147,63 +18147,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2021). It is now present in almost all countries with temperate, tropical and subtropical climates.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="20360094" name="name500169052abb68c10" descr="TSWV00_distribution_map.jpg"/>
+            <wp:docPr id="51740581" name="name553669205884089e3" descr="TSWV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TSWV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId843969052abb68c0e" cstate="print"/>
+                    <a:blip r:embed="rId294069205884089de" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -18827,51 +18827,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">T. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are widely distributed (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId747969052abb6936a" w:history="1">
+      <w:hyperlink r:id="rId130069205884092b7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; EFSA, 2012a). Most thrips species are very polyphagous. TSWV is transmitted by thrips in a persistent manner. Only individuals which have acquired the virus at the larval stages can transmit it. Virus transmission occurs after a latent period of circulation and multiplication of TSWV in the thrips vector. Once acquired, the virus is transmitted transstadially and thrips remain infectious for life, however there is no evidence of transovarial transmission (Ullman </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -19556,65 +19556,65 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In 2020, 76 tests for TSWV diagnosis were evaluated in the EU VALITEST project (www.valitest.eu) after an extensive search of scientific papers and commercial providers of tests for the detection of plant pathogens. After a thorough literature search, in silico analyses, in-house testing and test performance study, the most suitable tests for the detection and identification of TSWV in symptomatic tomato leaves were identified (Vučurović </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021), and they are listed in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId826969052abb6986b" w:history="1">
+      <w:hyperlink r:id="rId740869205884097b4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Diagnostic Expertise Database</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId640869052abb69889" w:history="1"/>
+      <w:hyperlink r:id="rId638269205884097d4" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -20639,51 +20639,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2019) Taxonomy of the order Bunyavirales: update 2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Archives of Virology.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId490469052abb69fca" w:history="1">
+      <w:hyperlink r:id="rId73706920588409fba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-019-04253-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20954,51 +20954,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 636. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId656269052abb6a1d9" w:history="1">
+      <w:hyperlink r:id="rId5680692058840a1c5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9080636</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21425,51 +21425,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1055. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId249769052abb6a4d1" w:history="1">
+      <w:hyperlink r:id="rId5733692058840a4ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.01055</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21671,51 +21671,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3029. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId299569052abb6a665" w:history="1">
+      <w:hyperlink r:id="rId3823692058840a645" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3029</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21741,51 +21741,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 2772. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId180969052abb6a6d8" w:history="1">
+      <w:hyperlink r:id="rId9549692058840a6b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.2772</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22749,51 +22749,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e0147342. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId204269052abb6ad5d" w:history="1">
+      <w:hyperlink r:id="rId3007692058840ad38" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0147342</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23225,51 +23225,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 301–310.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kormelink R (2005) Tomato spotted wilt virus. In: Description of plant viruses (DPV) no. 412, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId840269052abb6b056" w:history="1">
+      <w:hyperlink r:id="rId2206692058840b035" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dpvweb.net/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 5 June 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -23295,51 +23295,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viruses </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 842, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId629469052abb6b0c6" w:history="1">
+      <w:hyperlink r:id="rId4214692058840b0a7" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13050842</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23724,51 +23724,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 363. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId965369052abb6b373" w:history="1">
+      <w:hyperlink r:id="rId9656692058840b356" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v12040363</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23795,51 +23795,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 7673. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId696069052abb6b3e1" w:history="1">
+      <w:hyperlink r:id="rId4241692058840b3c3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-019-44100-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24271,51 +24271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 15797. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId418969052abb6b6ec" w:history="1">
+      <w:hyperlink r:id="rId4997692058840b6c0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-72691-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25490,51 +25490,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frankliniella occidentalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (western flower thrips) (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId461469052abb6be9b" w:history="1">
+      <w:hyperlink r:id="rId8040692058840be8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/24426</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; date of the last modification: 22 September 2020; accessed on June 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -25609,51 +25609,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orthotospovirus tomatomaculae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId614769052abb6bf61" w:history="1">
+      <w:hyperlink r:id="rId8421692058840bf52" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -25830,63 +25830,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 465-472.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="69295647" name="name171669052abb6c134" descr="eu_funding_250.png"/>
+            <wp:docPr id="35303057" name="name2407692058840c3c8" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId565669052abb6c132" cstate="print"/>
+                    <a:blip r:embed="rId9658692058840c3c6" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -25984,137 +25984,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="88206005">
+  <w:abstractNum w:abstractNumId="35744922">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="74649639">
+    <w:lvl w:ilvl="0" w:tplc="87727651">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="74649639" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="87727651" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="74649639" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="87727651" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="74649639" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="87727651" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="74649639" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="87727651" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="74649639" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="87727651" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="74649639" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="87727651" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="74649639" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="87727651" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="74649639" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="87727651" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="88206004">
+  <w:abstractNum w:abstractNumId="35744921">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="38782740">
+    <w:lvl w:ilvl="0" w:tplc="69598835">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -26866,55 +26866,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="88206004">
-    <w:abstractNumId w:val="88206004"/>
+  <w:num w:numId="35744921">
+    <w:abstractNumId w:val="35744921"/>
   </w:num>
-  <w:num w:numId="88206005">
-    <w:abstractNumId w:val="88206005"/>
+  <w:num w:numId="35744922">
+    <w:abstractNumId w:val="35744922"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -38464,51 +38464,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId838994382" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId557939416" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId841769052abb60492" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/" TargetMode="External"/><Relationship Id="rId878069052abb604fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/categorization" TargetMode="External"/><Relationship Id="rId354969052abb60ece" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/photos" TargetMode="External"/><Relationship Id="rId469169052abb61010" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId747969052abb6936a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/" TargetMode="External"/><Relationship Id="rId826969052abb6986b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId640869052abb69889" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId490469052abb69fca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId656269052abb6a1d9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9080636" TargetMode="External"/><Relationship Id="rId249769052abb6a4d1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01055" TargetMode="External"/><Relationship Id="rId299569052abb6a665" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId180969052abb6a6d8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId204269052abb6ad5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId840269052abb6b056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpvweb.net/" TargetMode="External"/><Relationship Id="rId629469052abb6b0c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId965369052abb6b373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v12040363" TargetMode="External"/><Relationship Id="rId696069052abb6b3e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-019-44100-x" TargetMode="External"/><Relationship Id="rId418969052abb6b6ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-72691-3" TargetMode="External"/><Relationship Id="rId461469052abb6be9b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/24426" TargetMode="External"/><Relationship Id="rId614769052abb6bf61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId838069052abb60df4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId838069052abb60df4.jpg"/><Relationship Id="rId843969052abb68c0e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId843969052abb68c0e.jpg"/><Relationship Id="rId565669052abb6c132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId565669052abb6c132.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId305890358" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId885097163" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId304969205883f4123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/" TargetMode="External"/><Relationship Id="rId240969205883f41e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/categorization" TargetMode="External"/><Relationship Id="rId433269205884006ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/photos" TargetMode="External"/><Relationship Id="rId5677692058840087f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId130069205884092b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/" TargetMode="External"/><Relationship Id="rId740869205884097b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId638269205884097d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId73706920588409fba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId5680692058840a1c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9080636" TargetMode="External"/><Relationship Id="rId5733692058840a4ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01055" TargetMode="External"/><Relationship Id="rId3823692058840a645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId9549692058840a6b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId3007692058840ad38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId2206692058840b035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpvweb.net/" TargetMode="External"/><Relationship Id="rId4214692058840b0a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId9656692058840b356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v12040363" TargetMode="External"/><Relationship Id="rId4241692058840b3c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-019-44100-x" TargetMode="External"/><Relationship Id="rId4997692058840b6c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-72691-3" TargetMode="External"/><Relationship Id="rId8040692058840be8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/24426" TargetMode="External"/><Relationship Id="rId8421692058840bf52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId628069205884005af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId628069205884005af.jpg"/><Relationship Id="rId294069205884089de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId294069205884089de.jpg"/><Relationship Id="rId9658692058840c3c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9658692058840c3c6.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>