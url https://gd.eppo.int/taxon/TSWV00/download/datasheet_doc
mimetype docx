--- v2 (2025-11-21)
+++ v3 (2025-12-13)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Tomato spotted wilt virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bronze leaf of tomato, kromnek virus, spotted wilt of tomato, yellow spot of pineapple</w:t>
             </w:r>
-            <w:hyperlink r:id="rId304969205883f4123" w:history="1">
+            <w:hyperlink r:id="rId6779693d6d82983bd" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId240969205883f41e7" w:history="1">
+            <w:hyperlink r:id="rId1947693d6d8298435" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TSWV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="20506123" name="name578869205884005b1" descr="17795.jpg"/>
+                  <wp:docPr id="65644954" name="name2798693d6d8298503" descr="17795.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17795.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId628069205884005af" cstate="print"/>
+                          <a:blip r:embed="rId7717693d6d8298502" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId433269205884006ef" w:history="1">
+            <w:hyperlink r:id="rId4943693d6d8298723" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -593,51 +593,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (family </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tospoviridae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, order Bunyavirales; ICTV online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5677692058840087f" w:history="1">
+      <w:hyperlink r:id="rId7417693d6d82988a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://talk.ictvonline.org/taxonomy/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Abudurexiti </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -18147,63 +18147,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2021). It is now present in almost all countries with temperate, tropical and subtropical climates.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="51740581" name="name553669205884089e3" descr="TSWV00_distribution_map.jpg"/>
+            <wp:docPr id="72526885" name="name2446693d6d829fcc8" descr="TSWV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TSWV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId294069205884089de" cstate="print"/>
+                    <a:blip r:embed="rId2275693d6d829fcc5" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -18827,51 +18827,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">T. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are widely distributed (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId130069205884092b7" w:history="1">
+      <w:hyperlink r:id="rId2462693d6d82a044c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; EFSA, 2012a). Most thrips species are very polyphagous. TSWV is transmitted by thrips in a persistent manner. Only individuals which have acquired the virus at the larval stages can transmit it. Virus transmission occurs after a latent period of circulation and multiplication of TSWV in the thrips vector. Once acquired, the virus is transmitted transstadially and thrips remain infectious for life, however there is no evidence of transovarial transmission (Ullman </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -19556,65 +19556,65 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In 2020, 76 tests for TSWV diagnosis were evaluated in the EU VALITEST project (www.valitest.eu) after an extensive search of scientific papers and commercial providers of tests for the detection of plant pathogens. After a thorough literature search, in silico analyses, in-house testing and test performance study, the most suitable tests for the detection and identification of TSWV in symptomatic tomato leaves were identified (Vučurović </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021), and they are listed in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId740869205884097b4" w:history="1">
+      <w:hyperlink r:id="rId3549693d6d82a0952" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Diagnostic Expertise Database</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId638269205884097d4" w:history="1"/>
+      <w:hyperlink r:id="rId3746693d6d82a097b" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -20639,51 +20639,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2019) Taxonomy of the order Bunyavirales: update 2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Archives of Virology.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId73706920588409fba" w:history="1">
+      <w:hyperlink r:id="rId5729693d6d82a1090" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-019-04253-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20954,51 +20954,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 636. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5680692058840a1c5" w:history="1">
+      <w:hyperlink r:id="rId9728693d6d82a12a5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9080636</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21425,51 +21425,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1055. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5733692058840a4ba" w:history="1">
+      <w:hyperlink r:id="rId3403693d6d82a15b1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.01055</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21671,51 +21671,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3029. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3823692058840a645" w:history="1">
+      <w:hyperlink r:id="rId4006693d6d82a173c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3029</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21741,51 +21741,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 2772. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9549692058840a6b5" w:history="1">
+      <w:hyperlink r:id="rId1226693d6d82a17ac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.2772</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22749,51 +22749,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e0147342. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3007692058840ad38" w:history="1">
+      <w:hyperlink r:id="rId8988693d6d82a1e41" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0147342</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23225,51 +23225,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 301–310.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kormelink R (2005) Tomato spotted wilt virus. In: Description of plant viruses (DPV) no. 412, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2206692058840b035" w:history="1">
+      <w:hyperlink r:id="rId7347693d6d82a214c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dpvweb.net/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 5 June 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -23295,51 +23295,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viruses </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 842, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4214692058840b0a7" w:history="1">
+      <w:hyperlink r:id="rId7390693d6d82a21d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13050842</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23724,51 +23724,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 363. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9656692058840b356" w:history="1">
+      <w:hyperlink r:id="rId2485693d6d82a248d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v12040363</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23795,51 +23795,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 7673. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4241692058840b3c3" w:history="1">
+      <w:hyperlink r:id="rId4571693d6d82a24fb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-019-44100-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24271,51 +24271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 15797. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4997692058840b6c0" w:history="1">
+      <w:hyperlink r:id="rId9885693d6d82a27ff" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-72691-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25490,51 +25490,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frankliniella occidentalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (western flower thrips) (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId8040692058840be8b" w:history="1">
+      <w:hyperlink r:id="rId7658693d6d82a3027" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/24426</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; date of the last modification: 22 September 2020; accessed on June 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -25609,51 +25609,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orthotospovirus tomatomaculae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8421692058840bf52" w:history="1">
+      <w:hyperlink r:id="rId9818693d6d82a30f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -25830,63 +25830,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 465-472.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="35303057" name="name2407692058840c3c8" descr="eu_funding_250.png"/>
+            <wp:docPr id="99128276" name="name6825693d6d82a32dd" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId9658692058840c3c6" cstate="print"/>
+                    <a:blip r:embed="rId2531693d6d82a32dc" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -25984,137 +25984,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="35744922">
+  <w:abstractNum w:abstractNumId="39537749">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87727651">
+    <w:lvl w:ilvl="0" w:tplc="17764977">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="87727651" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="17764977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="87727651" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="17764977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="87727651" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="17764977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="87727651" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="17764977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="87727651" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="17764977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="87727651" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="17764977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="87727651" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="17764977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="87727651" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="17764977" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="35744921">
+  <w:abstractNum w:abstractNumId="39537748">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="69598835">
+    <w:lvl w:ilvl="0" w:tplc="87358001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -26866,55 +26866,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="35744921">
-    <w:abstractNumId w:val="35744921"/>
+  <w:num w:numId="39537748">
+    <w:abstractNumId w:val="39537748"/>
   </w:num>
-  <w:num w:numId="35744922">
-    <w:abstractNumId w:val="35744922"/>
+  <w:num w:numId="39537749">
+    <w:abstractNumId w:val="39537749"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -38464,51 +38464,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId305890358" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId885097163" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId304969205883f4123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/" TargetMode="External"/><Relationship Id="rId240969205883f41e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/categorization" TargetMode="External"/><Relationship Id="rId433269205884006ef" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/photos" TargetMode="External"/><Relationship Id="rId5677692058840087f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId130069205884092b7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/" TargetMode="External"/><Relationship Id="rId740869205884097b4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId638269205884097d4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId73706920588409fba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId5680692058840a1c5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9080636" TargetMode="External"/><Relationship Id="rId5733692058840a4ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01055" TargetMode="External"/><Relationship Id="rId3823692058840a645" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId9549692058840a6b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId3007692058840ad38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId2206692058840b035" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpvweb.net/" TargetMode="External"/><Relationship Id="rId4214692058840b0a7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId9656692058840b356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v12040363" TargetMode="External"/><Relationship Id="rId4241692058840b3c3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-019-44100-x" TargetMode="External"/><Relationship Id="rId4997692058840b6c0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-72691-3" TargetMode="External"/><Relationship Id="rId8040692058840be8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/24426" TargetMode="External"/><Relationship Id="rId8421692058840bf52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId628069205884005af" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId628069205884005af.jpg"/><Relationship Id="rId294069205884089de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId294069205884089de.jpg"/><Relationship Id="rId9658692058840c3c6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9658692058840c3c6.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId325931729" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId772330226" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6779693d6d82983bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/" TargetMode="External"/><Relationship Id="rId1947693d6d8298435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/categorization" TargetMode="External"/><Relationship Id="rId4943693d6d8298723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/photos" TargetMode="External"/><Relationship Id="rId7417693d6d82988a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId2462693d6d82a044c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/" TargetMode="External"/><Relationship Id="rId3549693d6d82a0952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId3746693d6d82a097b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId5729693d6d82a1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId9728693d6d82a12a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9080636" TargetMode="External"/><Relationship Id="rId3403693d6d82a15b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01055" TargetMode="External"/><Relationship Id="rId4006693d6d82a173c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId1226693d6d82a17ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId8988693d6d82a1e41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId7347693d6d82a214c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpvweb.net/" TargetMode="External"/><Relationship Id="rId7390693d6d82a21d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId2485693d6d82a248d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v12040363" TargetMode="External"/><Relationship Id="rId4571693d6d82a24fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-019-44100-x" TargetMode="External"/><Relationship Id="rId9885693d6d82a27ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-72691-3" TargetMode="External"/><Relationship Id="rId7658693d6d82a3027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/24426" TargetMode="External"/><Relationship Id="rId9818693d6d82a30f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7717693d6d8298502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7717693d6d8298502.jpg"/><Relationship Id="rId2275693d6d829fcc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2275693d6d829fcc5.jpg"/><Relationship Id="rId2531693d6d82a32dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2531693d6d82a32dc.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>