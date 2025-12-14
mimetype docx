--- v3 (2025-12-13)
+++ v4 (2025-12-14)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Tomato spotted wilt virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bronze leaf of tomato, kromnek virus, spotted wilt of tomato, yellow spot of pineapple</w:t>
             </w:r>
-            <w:hyperlink r:id="rId6779693d6d82983bd" w:history="1">
+            <w:hyperlink r:id="rId8727693ed83ef21b5" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1947693d6d8298435" w:history="1">
+            <w:hyperlink r:id="rId3045693ed83ef2220" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TSWV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="65644954" name="name2798693d6d8298503" descr="17795.jpg"/>
+                  <wp:docPr id="78459717" name="name4131693ed83ef2906" descr="17795.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17795.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId7717693d6d8298502" cstate="print"/>
+                          <a:blip r:embed="rId2806693ed83ef2904" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId4943693d6d8298723" w:history="1">
+            <w:hyperlink r:id="rId3732693ed83ef2a27" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -593,51 +593,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (family </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tospoviridae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, order Bunyavirales; ICTV online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7417693d6d82988a8" w:history="1">
+      <w:hyperlink r:id="rId1297693ed83ef2b7d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://talk.ictvonline.org/taxonomy/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Abudurexiti </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -18147,63 +18147,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2021). It is now present in almost all countries with temperate, tropical and subtropical climates.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="72526885" name="name2446693d6d829fcc8" descr="TSWV00_distribution_map.jpg"/>
+            <wp:docPr id="3260853" name="name8943693ed83f068e5" descr="TSWV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TSWV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2275693d6d829fcc5" cstate="print"/>
+                    <a:blip r:embed="rId7102693ed83f068e1" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -18827,51 +18827,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">T. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are widely distributed (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId2462693d6d82a044c" w:history="1">
+      <w:hyperlink r:id="rId3029693ed83f07195" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; EFSA, 2012a). Most thrips species are very polyphagous. TSWV is transmitted by thrips in a persistent manner. Only individuals which have acquired the virus at the larval stages can transmit it. Virus transmission occurs after a latent period of circulation and multiplication of TSWV in the thrips vector. Once acquired, the virus is transmitted transstadially and thrips remain infectious for life, however there is no evidence of transovarial transmission (Ullman </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -19556,65 +19556,65 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In 2020, 76 tests for TSWV diagnosis were evaluated in the EU VALITEST project (www.valitest.eu) after an extensive search of scientific papers and commercial providers of tests for the detection of plant pathogens. After a thorough literature search, in silico analyses, in-house testing and test performance study, the most suitable tests for the detection and identification of TSWV in symptomatic tomato leaves were identified (Vučurović </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021), and they are listed in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3549693d6d82a0952" w:history="1">
+      <w:hyperlink r:id="rId4971693ed83f07677" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Diagnostic Expertise Database</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId3746693d6d82a097b" w:history="1"/>
+      <w:hyperlink r:id="rId4125693ed83f07695" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -20639,51 +20639,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2019) Taxonomy of the order Bunyavirales: update 2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Archives of Virology.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5729693d6d82a1090" w:history="1">
+      <w:hyperlink r:id="rId5745693ed83f07dcc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-019-04253-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20954,51 +20954,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 636. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9728693d6d82a12a5" w:history="1">
+      <w:hyperlink r:id="rId8347693ed83f07fda" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9080636</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21425,51 +21425,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1055. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3403693d6d82a15b1" w:history="1">
+      <w:hyperlink r:id="rId1219693ed83f082df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.01055</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21671,51 +21671,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3029. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4006693d6d82a173c" w:history="1">
+      <w:hyperlink r:id="rId7342693ed83f08469" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3029</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21741,51 +21741,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 2772. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1226693d6d82a17ac" w:history="1">
+      <w:hyperlink r:id="rId6661693ed83f084db" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.2772</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22749,51 +22749,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e0147342. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8988693d6d82a1e41" w:history="1">
+      <w:hyperlink r:id="rId1213693ed83f08b6b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0147342</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23225,51 +23225,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 301–310.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kormelink R (2005) Tomato spotted wilt virus. In: Description of plant viruses (DPV) no. 412, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7347693d6d82a214c" w:history="1">
+      <w:hyperlink r:id="rId6061693ed83f08ed0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dpvweb.net/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 5 June 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -23295,51 +23295,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viruses </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 842, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7390693d6d82a21d3" w:history="1">
+      <w:hyperlink r:id="rId5795693ed83f08f44" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13050842</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23724,51 +23724,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 363. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2485693d6d82a248d" w:history="1">
+      <w:hyperlink r:id="rId9159693ed83f091fc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v12040363</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23795,51 +23795,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 7673. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4571693d6d82a24fb" w:history="1">
+      <w:hyperlink r:id="rId9157693ed83f0926b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-019-44100-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24271,51 +24271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 15797. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9885693d6d82a27ff" w:history="1">
+      <w:hyperlink r:id="rId8080693ed83f0957c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-72691-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25490,51 +25490,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frankliniella occidentalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (western flower thrips) (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId7658693d6d82a3027" w:history="1">
+      <w:hyperlink r:id="rId9320693ed83f09d46" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/24426</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; date of the last modification: 22 September 2020; accessed on June 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -25609,51 +25609,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2025) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orthotospovirus tomatomaculae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9818693d6d82a30f3" w:history="1">
+      <w:hyperlink r:id="rId3397693ed83f09e10" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -25830,63 +25830,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 465-472.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="99128276" name="name6825693d6d82a32dd" descr="eu_funding_250.png"/>
+            <wp:docPr id="55794930" name="name5675693ed83f09fe1" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId2531693d6d82a32dc" cstate="print"/>
+                    <a:blip r:embed="rId8789693ed83f09fe0" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -25984,137 +25984,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="39537749">
+  <w:abstractNum w:abstractNumId="56022972">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="17764977">
+    <w:lvl w:ilvl="0" w:tplc="35742116">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="17764977" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="35742116" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="17764977" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="35742116" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="17764977" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="35742116" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="17764977" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="35742116" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="17764977" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="35742116" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="17764977" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="35742116" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="17764977" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="35742116" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="17764977" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="35742116" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="39537748">
+  <w:abstractNum w:abstractNumId="56022971">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="87358001">
+    <w:lvl w:ilvl="0" w:tplc="43510069">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -26866,55 +26866,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="39537748">
-    <w:abstractNumId w:val="39537748"/>
+  <w:num w:numId="56022971">
+    <w:abstractNumId w:val="56022971"/>
   </w:num>
-  <w:num w:numId="39537749">
-    <w:abstractNumId w:val="39537749"/>
+  <w:num w:numId="56022972">
+    <w:abstractNumId w:val="56022972"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -38464,51 +38464,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId325931729" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId772330226" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId6779693d6d82983bd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/" TargetMode="External"/><Relationship Id="rId1947693d6d8298435" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/categorization" TargetMode="External"/><Relationship Id="rId4943693d6d8298723" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/photos" TargetMode="External"/><Relationship Id="rId7417693d6d82988a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId2462693d6d82a044c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/" TargetMode="External"/><Relationship Id="rId3549693d6d82a0952" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId3746693d6d82a097b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId5729693d6d82a1090" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId9728693d6d82a12a5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9080636" TargetMode="External"/><Relationship Id="rId3403693d6d82a15b1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01055" TargetMode="External"/><Relationship Id="rId4006693d6d82a173c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId1226693d6d82a17ac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId8988693d6d82a1e41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId7347693d6d82a214c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpvweb.net/" TargetMode="External"/><Relationship Id="rId7390693d6d82a21d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId2485693d6d82a248d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v12040363" TargetMode="External"/><Relationship Id="rId4571693d6d82a24fb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-019-44100-x" TargetMode="External"/><Relationship Id="rId9885693d6d82a27ff" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-72691-3" TargetMode="External"/><Relationship Id="rId7658693d6d82a3027" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/24426" TargetMode="External"/><Relationship Id="rId9818693d6d82a30f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId7717693d6d8298502" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7717693d6d8298502.jpg"/><Relationship Id="rId2275693d6d829fcc5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2275693d6d829fcc5.jpg"/><Relationship Id="rId2531693d6d82a32dc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2531693d6d82a32dc.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId804590332" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId308985185" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8727693ed83ef21b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/" TargetMode="External"/><Relationship Id="rId3045693ed83ef2220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/categorization" TargetMode="External"/><Relationship Id="rId3732693ed83ef2a27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/photos" TargetMode="External"/><Relationship Id="rId1297693ed83ef2b7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId3029693ed83f07195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/" TargetMode="External"/><Relationship Id="rId4971693ed83f07677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId4125693ed83f07695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId5745693ed83f07dcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId8347693ed83f07fda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9080636" TargetMode="External"/><Relationship Id="rId1219693ed83f082df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01055" TargetMode="External"/><Relationship Id="rId7342693ed83f08469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId6661693ed83f084db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId1213693ed83f08b6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId6061693ed83f08ed0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpvweb.net/" TargetMode="External"/><Relationship Id="rId5795693ed83f08f44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId9159693ed83f091fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v12040363" TargetMode="External"/><Relationship Id="rId9157693ed83f0926b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-019-44100-x" TargetMode="External"/><Relationship Id="rId8080693ed83f0957c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-72691-3" TargetMode="External"/><Relationship Id="rId9320693ed83f09d46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/24426" TargetMode="External"/><Relationship Id="rId3397693ed83f09e10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2806693ed83ef2904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2806693ed83ef2904.jpg"/><Relationship Id="rId7102693ed83f068e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7102693ed83f068e1.jpg"/><Relationship Id="rId8789693ed83f09fe0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8789693ed83f09fe0.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>