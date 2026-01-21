--- v4 (2025-12-14)
+++ v5 (2026-01-21)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Tomato spotted wilt virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bronze leaf of tomato, kromnek virus, spotted wilt of tomato, yellow spot of pineapple</w:t>
             </w:r>
-            <w:hyperlink r:id="rId8727693ed83ef21b5" w:history="1">
+            <w:hyperlink r:id="rId41936970d70c5684a" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId3045693ed83ef2220" w:history="1">
+            <w:hyperlink r:id="rId75996970d70c568b6" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TSWV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="78459717" name="name4131693ed83ef2906" descr="17795.jpg"/>
+                  <wp:docPr id="61540748" name="name60416970d70c56fd2" descr="17795.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17795.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId2806693ed83ef2904" cstate="print"/>
+                          <a:blip r:embed="rId70906970d70c56fd0" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3732693ed83ef2a27" w:history="1">
+            <w:hyperlink r:id="rId13186970d70c57172" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -593,51 +593,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (family </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tospoviridae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, order Bunyavirales; ICTV online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1297693ed83ef2b7d" w:history="1">
+      <w:hyperlink r:id="rId43786970d70c572ca" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://talk.ictvonline.org/taxonomy/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Abudurexiti </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -18147,63 +18147,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2021). It is now present in almost all countries with temperate, tropical and subtropical climates.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="3260853" name="name8943693ed83f068e5" descr="TSWV00_distribution_map.jpg"/>
+            <wp:docPr id="57992114" name="name45786970d70c5ea65" descr="TSWV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TSWV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7102693ed83f068e1" cstate="print"/>
+                    <a:blip r:embed="rId57416970d70c5ea5d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -18827,51 +18827,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">T. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are widely distributed (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId3029693ed83f07195" w:history="1">
+      <w:hyperlink r:id="rId14436970d70c5f9a0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; EFSA, 2012a). Most thrips species are very polyphagous. TSWV is transmitted by thrips in a persistent manner. Only individuals which have acquired the virus at the larval stages can transmit it. Virus transmission occurs after a latent period of circulation and multiplication of TSWV in the thrips vector. Once acquired, the virus is transmitted transstadially and thrips remain infectious for life, however there is no evidence of transovarial transmission (Ullman </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -19556,65 +19556,65 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In 2020, 76 tests for TSWV diagnosis were evaluated in the EU VALITEST project (www.valitest.eu) after an extensive search of scientific papers and commercial providers of tests for the detection of plant pathogens. After a thorough literature search, in silico analyses, in-house testing and test performance study, the most suitable tests for the detection and identification of TSWV in symptomatic tomato leaves were identified (Vučurović </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021), and they are listed in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4971693ed83f07677" w:history="1">
+      <w:hyperlink r:id="rId98546970d70c60057" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Diagnostic Expertise Database</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId4125693ed83f07695" w:history="1"/>
+      <w:hyperlink r:id="rId57966970d70c60079" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -20639,51 +20639,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2019) Taxonomy of the order Bunyavirales: update 2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Archives of Virology.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5745693ed83f07dcc" w:history="1">
+      <w:hyperlink r:id="rId28996970d70c607dd" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-019-04253-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20954,51 +20954,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 636. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8347693ed83f07fda" w:history="1">
+      <w:hyperlink r:id="rId61366970d70c609de" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9080636</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21425,51 +21425,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1055. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1219693ed83f082df" w:history="1">
+      <w:hyperlink r:id="rId87236970d70c60cec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.01055</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21671,51 +21671,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3029. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7342693ed83f08469" w:history="1">
+      <w:hyperlink r:id="rId85506970d70c60e81" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3029</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21741,51 +21741,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 2772. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6661693ed83f084db" w:history="1">
+      <w:hyperlink r:id="rId21476970d70c60ef2" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.2772</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22749,51 +22749,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e0147342. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1213693ed83f08b6b" w:history="1">
+      <w:hyperlink r:id="rId59536970d70c61541" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0147342</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23225,51 +23225,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 301–310.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kormelink R (2005) Tomato spotted wilt virus. In: Description of plant viruses (DPV) no. 412, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6061693ed83f08ed0" w:history="1">
+      <w:hyperlink r:id="rId67156970d70c61833" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dpvweb.net/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 5 June 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -23295,51 +23295,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viruses </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 842, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5795693ed83f08f44" w:history="1">
+      <w:hyperlink r:id="rId81476970d70c618a3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13050842</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23724,51 +23724,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 363. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9159693ed83f091fc" w:history="1">
+      <w:hyperlink r:id="rId67036970d70c61b72" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v12040363</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23795,51 +23795,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 7673. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9157693ed83f0926b" w:history="1">
+      <w:hyperlink r:id="rId37946970d70c61be1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-019-44100-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24271,51 +24271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 15797. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8080693ed83f0957c" w:history="1">
+      <w:hyperlink r:id="rId72056970d70c61eda" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-72691-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25490,51 +25490,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frankliniella occidentalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (western flower thrips) (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId9320693ed83f09d46" w:history="1">
+      <w:hyperlink r:id="rId95976970d70c62672" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/24426</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; date of the last modification: 22 September 2020; accessed on June 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -25587,73 +25587,73 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">How to cite this datasheet?</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">EPPO (2025) </w:t>
+        <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orthotospovirus tomatomaculae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3397693ed83f09e10" w:history="1">
+      <w:hyperlink r:id="rId52816970d70c62734" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -25830,63 +25830,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 465-472.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="55794930" name="name5675693ed83f09fe1" descr="eu_funding_250.png"/>
+            <wp:docPr id="75714996" name="name25066970d70c62b62" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8789693ed83f09fe0" cstate="print"/>
+                    <a:blip r:embed="rId52226970d70c62b60" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -25984,137 +25984,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="56022972">
+  <w:abstractNum w:abstractNumId="72316707">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="35742116">
+    <w:lvl w:ilvl="0" w:tplc="93699101">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="35742116" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="93699101" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="35742116" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="93699101" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="35742116" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="93699101" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="35742116" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="93699101" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="35742116" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="93699101" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="35742116" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="93699101" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="35742116" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="93699101" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="35742116" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="93699101" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="56022971">
+  <w:abstractNum w:abstractNumId="72316706">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="43510069">
+    <w:lvl w:ilvl="0" w:tplc="58680018">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -26866,55 +26866,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="56022971">
-    <w:abstractNumId w:val="56022971"/>
+  <w:num w:numId="72316706">
+    <w:abstractNumId w:val="72316706"/>
   </w:num>
-  <w:num w:numId="56022972">
-    <w:abstractNumId w:val="56022972"/>
+  <w:num w:numId="72316707">
+    <w:abstractNumId w:val="72316707"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -38464,51 +38464,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId804590332" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId308985185" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId8727693ed83ef21b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/" TargetMode="External"/><Relationship Id="rId3045693ed83ef2220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/categorization" TargetMode="External"/><Relationship Id="rId3732693ed83ef2a27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/photos" TargetMode="External"/><Relationship Id="rId1297693ed83ef2b7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId3029693ed83f07195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/" TargetMode="External"/><Relationship Id="rId4971693ed83f07677" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId4125693ed83f07695" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId5745693ed83f07dcc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId8347693ed83f07fda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9080636" TargetMode="External"/><Relationship Id="rId1219693ed83f082df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01055" TargetMode="External"/><Relationship Id="rId7342693ed83f08469" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId6661693ed83f084db" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId1213693ed83f08b6b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId6061693ed83f08ed0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpvweb.net/" TargetMode="External"/><Relationship Id="rId5795693ed83f08f44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId9159693ed83f091fc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v12040363" TargetMode="External"/><Relationship Id="rId9157693ed83f0926b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-019-44100-x" TargetMode="External"/><Relationship Id="rId8080693ed83f0957c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-72691-3" TargetMode="External"/><Relationship Id="rId9320693ed83f09d46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/24426" TargetMode="External"/><Relationship Id="rId3397693ed83f09e10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId2806693ed83ef2904" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId2806693ed83ef2904.jpg"/><Relationship Id="rId7102693ed83f068e1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7102693ed83f068e1.jpg"/><Relationship Id="rId8789693ed83f09fe0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8789693ed83f09fe0.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId539319726" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId379481309" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId41936970d70c5684a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/" TargetMode="External"/><Relationship Id="rId75996970d70c568b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/categorization" TargetMode="External"/><Relationship Id="rId13186970d70c57172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/photos" TargetMode="External"/><Relationship Id="rId43786970d70c572ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId14436970d70c5f9a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/" TargetMode="External"/><Relationship Id="rId98546970d70c60057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId57966970d70c60079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId28996970d70c607dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId61366970d70c609de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9080636" TargetMode="External"/><Relationship Id="rId87236970d70c60cec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01055" TargetMode="External"/><Relationship Id="rId85506970d70c60e81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId21476970d70c60ef2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId59536970d70c61541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId67156970d70c61833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpvweb.net/" TargetMode="External"/><Relationship Id="rId81476970d70c618a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId67036970d70c61b72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v12040363" TargetMode="External"/><Relationship Id="rId37946970d70c61be1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-019-44100-x" TargetMode="External"/><Relationship Id="rId72056970d70c61eda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-72691-3" TargetMode="External"/><Relationship Id="rId95976970d70c62672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/24426" TargetMode="External"/><Relationship Id="rId52816970d70c62734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId70906970d70c56fd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70906970d70c56fd0.jpg"/><Relationship Id="rId57416970d70c5ea5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57416970d70c5ea5d.jpg"/><Relationship Id="rId52226970d70c62b60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52226970d70c62b60.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>