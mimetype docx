--- v5 (2026-01-21)
+++ v6 (2026-02-11)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Tomato spotted wilt virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bronze leaf of tomato, kromnek virus, spotted wilt of tomato, yellow spot of pineapple</w:t>
             </w:r>
-            <w:hyperlink r:id="rId41936970d70c5684a" w:history="1">
+            <w:hyperlink r:id="rId1972698c3ed654a15" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -361,53 +361,53 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t xml:space="preserve"> RNQP (Annex IV)</w:t>
+              <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId75996970d70c568b6" w:history="1">
+            <w:hyperlink r:id="rId7791698c3ed654a82" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TSWV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="61540748" name="name60416970d70c56fd2" descr="17795.jpg"/>
+                  <wp:docPr id="71387791" name="name3274698c3ed654eb4" descr="17795.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17795.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId70906970d70c56fd0" cstate="print"/>
+                          <a:blip r:embed="rId9967698c3ed654eb2" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId13186970d70c57172" w:history="1">
+            <w:hyperlink r:id="rId3314698c3ed654ffa" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -593,51 +593,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (family </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tospoviridae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, order Bunyavirales; ICTV online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId43786970d70c572ca" w:history="1">
+      <w:hyperlink r:id="rId4964698c3ed655150" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://talk.ictvonline.org/taxonomy/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Abudurexiti </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -3780,51 +3780,51 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Brugmansia suaveolens</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Buddleia davidii</w:t>
+        <w:t xml:space="preserve">Buddleja davidii</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Cajanus cajan</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -14900,70 +14900,50 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Scutellaria sp.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve">Sechium edule</w:t>
-[...18 lines deleted...]
-        </w:rPr>
         <w:t xml:space="preserve">Sedum sarmentosum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Seemannia sylvatica</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -15081,50 +15061,70 @@
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sesamum indicum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Setaria viridis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Sicyos edulis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Sida rhombifolia</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
@@ -18147,105 +18147,105 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2021). It is now present in almost all countries with temperate, tropical and subtropical climates.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="57992114" name="name45786970d70c5ea65" descr="TSWV00_distribution_map.jpg"/>
+            <wp:docPr id="96890823" name="name5279698c3ed65d608" descr="TSWV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TSWV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId57416970d70c5ea5d" cstate="print"/>
+                    <a:blip r:embed="rId8106698c3ed65d605" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">EPPO Region:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Albania, Algeria, Armenia, Austria, Azerbaijan, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Cyprus, Czechia, Finland, France (mainland), Georgia, Germany, Greece (mainland, Kriti), Guernsey, Hungary, Ireland, Israel, Italy (mainland, Sardegna, Sicilia), Jordan, Lithuania, Malta, Moldova, Republic of, Montenegro, Netherlands, North Macedonia, Poland, Portugal (mainland, Madeira), Romania, Russian Federation (the) (Far East, Southern Russia), Serbia, Slovenia, Spain (mainland, Islas Baleares, Islas Canárias), Sweden, Switzerland, Tunisia, Türkiye, Ukraine, United Kingdom (Channel Islands, England, Scotland)</w:t>
+        <w:t xml:space="preserve"> Albania, Algeria, Armenia, Austria, Azerbaijan, Belgium, Bosnia and Herzegovina, Bulgaria, Croatia, Cyprus, Czechia, Finland, France (mainland), Georgia, Germany, Greece (mainland, Kriti), Guernsey, Hungary, Ireland, Israel, Italy (mainland, Sardegna, Sicilia), Jordan, Lithuania, Malta, Moldova, Republic of, Montenegro, Netherlands, North Macedonia, Poland, Portugal (mainland, Madeira), Romania, Russian Federation (Far East, Southern Russia), Serbia, Slovenia, Spain (mainland, Islas Baleares, Islas Canárias), Sweden, Switzerland, Tunisia, Türkiye, Ukraine, United Kingdom (Channel Islands, England, Scotland)</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">Africa:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> Algeria, Benin, Burkina Faso, Congo, The Democratic Republic of the, Cote d'Ivoire, Egypt, Kenya, Libya, Madagascar, Mauritius, Niger, Nigeria, Reunion, Senegal, South Africa, Sudan, Tanzania, United Republic of, Tunisia, Uganda, Zimbabwe</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -18827,51 +18827,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">T. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are widely distributed (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId14436970d70c5f9a0" w:history="1">
+      <w:hyperlink r:id="rId9249698c3ed65e02d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; EFSA, 2012a). Most thrips species are very polyphagous. TSWV is transmitted by thrips in a persistent manner. Only individuals which have acquired the virus at the larval stages can transmit it. Virus transmission occurs after a latent period of circulation and multiplication of TSWV in the thrips vector. Once acquired, the virus is transmitted transstadially and thrips remain infectious for life, however there is no evidence of transovarial transmission (Ullman </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -19556,65 +19556,65 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In 2020, 76 tests for TSWV diagnosis were evaluated in the EU VALITEST project (www.valitest.eu) after an extensive search of scientific papers and commercial providers of tests for the detection of plant pathogens. After a thorough literature search, in silico analyses, in-house testing and test performance study, the most suitable tests for the detection and identification of TSWV in symptomatic tomato leaves were identified (Vučurović </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021), and they are listed in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId98546970d70c60057" w:history="1">
+      <w:hyperlink r:id="rId8353698c3ed65e512" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Diagnostic Expertise Database</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId57966970d70c60079" w:history="1"/>
+      <w:hyperlink r:id="rId5305698c3ed65e530" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -20639,51 +20639,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2019) Taxonomy of the order Bunyavirales: update 2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Archives of Virology.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId28996970d70c607dd" w:history="1">
+      <w:hyperlink r:id="rId9710698c3ed65ee45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-019-04253-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20954,51 +20954,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 636. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId61366970d70c609de" w:history="1">
+      <w:hyperlink r:id="rId1374698c3ed65f0f3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9080636</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21425,51 +21425,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1055. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId87236970d70c60cec" w:history="1">
+      <w:hyperlink r:id="rId5177698c3ed65f53f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.01055</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21671,51 +21671,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3029. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId85506970d70c60e81" w:history="1">
+      <w:hyperlink r:id="rId3966698c3ed65f6e0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3029</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21741,51 +21741,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 2772. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId21476970d70c60ef2" w:history="1">
+      <w:hyperlink r:id="rId6758698c3ed65f755" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.2772</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22749,51 +22749,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e0147342. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId59536970d70c61541" w:history="1">
+      <w:hyperlink r:id="rId1049698c3ed65fde9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0147342</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23225,51 +23225,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 301–310.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kormelink R (2005) Tomato spotted wilt virus. In: Description of plant viruses (DPV) no. 412, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67156970d70c61833" w:history="1">
+      <w:hyperlink r:id="rId7508698c3ed66011d" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dpvweb.net/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 5 June 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -23295,51 +23295,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viruses </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 842, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId81476970d70c618a3" w:history="1">
+      <w:hyperlink r:id="rId1250698c3ed660190" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13050842</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23724,51 +23724,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 363. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId67036970d70c61b72" w:history="1">
+      <w:hyperlink r:id="rId6760698c3ed660445" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v12040363</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23795,51 +23795,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 7673. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId37946970d70c61be1" w:history="1">
+      <w:hyperlink r:id="rId6846698c3ed6604b6" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-019-44100-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24271,51 +24271,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 15797. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId72056970d70c61eda" w:history="1">
+      <w:hyperlink r:id="rId2459698c3ed6607ba" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-72691-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25490,51 +25490,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frankliniella occidentalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (western flower thrips) (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId95976970d70c62672" w:history="1">
+      <w:hyperlink r:id="rId5773698c3ed660f96" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/24426</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; date of the last modification: 22 September 2020; accessed on June 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -25609,51 +25609,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orthotospovirus tomatomaculae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId52816970d70c62734" w:history="1">
+      <w:hyperlink r:id="rId1732698c3ed66105e" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -25830,63 +25830,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 465-472.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="75714996" name="name25066970d70c62b62" descr="eu_funding_250.png"/>
+            <wp:docPr id="56146181" name="name1521698c3ed661229" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId52226970d70c62b60" cstate="print"/>
+                    <a:blip r:embed="rId7672698c3ed661227" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -25984,137 +25984,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="72316707">
+  <w:abstractNum w:abstractNumId="22243152">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="93699101">
+    <w:lvl w:ilvl="0" w:tplc="20292249">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="93699101" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="20292249" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="93699101" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="20292249" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="93699101" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="20292249" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="93699101" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="20292249" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="93699101" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="20292249" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="93699101" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="20292249" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="93699101" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="20292249" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="93699101" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="20292249" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="72316706">
+  <w:abstractNum w:abstractNumId="22243151">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="58680018">
+    <w:lvl w:ilvl="0" w:tplc="31208217">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -26866,55 +26866,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="72316706">
-    <w:abstractNumId w:val="72316706"/>
+  <w:num w:numId="22243151">
+    <w:abstractNumId w:val="22243151"/>
   </w:num>
-  <w:num w:numId="72316707">
-    <w:abstractNumId w:val="72316707"/>
+  <w:num w:numId="22243152">
+    <w:abstractNumId w:val="22243152"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -38464,51 +38464,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId539319726" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId379481309" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId41936970d70c5684a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/" TargetMode="External"/><Relationship Id="rId75996970d70c568b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/categorization" TargetMode="External"/><Relationship Id="rId13186970d70c57172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/photos" TargetMode="External"/><Relationship Id="rId43786970d70c572ca" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId14436970d70c5f9a0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/" TargetMode="External"/><Relationship Id="rId98546970d70c60057" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId57966970d70c60079" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId28996970d70c607dd" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId61366970d70c609de" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9080636" TargetMode="External"/><Relationship Id="rId87236970d70c60cec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01055" TargetMode="External"/><Relationship Id="rId85506970d70c60e81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId21476970d70c60ef2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId59536970d70c61541" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId67156970d70c61833" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpvweb.net/" TargetMode="External"/><Relationship Id="rId81476970d70c618a3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId67036970d70c61b72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v12040363" TargetMode="External"/><Relationship Id="rId37946970d70c61be1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-019-44100-x" TargetMode="External"/><Relationship Id="rId72056970d70c61eda" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-72691-3" TargetMode="External"/><Relationship Id="rId95976970d70c62672" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/24426" TargetMode="External"/><Relationship Id="rId52816970d70c62734" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId70906970d70c56fd0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId70906970d70c56fd0.jpg"/><Relationship Id="rId57416970d70c5ea5d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId57416970d70c5ea5d.jpg"/><Relationship Id="rId52226970d70c62b60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId52226970d70c62b60.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId557051437" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId373749059" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1972698c3ed654a15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/" TargetMode="External"/><Relationship Id="rId7791698c3ed654a82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/categorization" TargetMode="External"/><Relationship Id="rId3314698c3ed654ffa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/photos" TargetMode="External"/><Relationship Id="rId4964698c3ed655150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId9249698c3ed65e02d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/" TargetMode="External"/><Relationship Id="rId8353698c3ed65e512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId5305698c3ed65e530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId9710698c3ed65ee45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId1374698c3ed65f0f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9080636" TargetMode="External"/><Relationship Id="rId5177698c3ed65f53f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01055" TargetMode="External"/><Relationship Id="rId3966698c3ed65f6e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId6758698c3ed65f755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId1049698c3ed65fde9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId7508698c3ed66011d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpvweb.net/" TargetMode="External"/><Relationship Id="rId1250698c3ed660190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId6760698c3ed660445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v12040363" TargetMode="External"/><Relationship Id="rId6846698c3ed6604b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-019-44100-x" TargetMode="External"/><Relationship Id="rId2459698c3ed6607ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-72691-3" TargetMode="External"/><Relationship Id="rId5773698c3ed660f96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/24426" TargetMode="External"/><Relationship Id="rId1732698c3ed66105e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9967698c3ed654eb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9967698c3ed654eb2.jpg"/><Relationship Id="rId8106698c3ed65d605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8106698c3ed65d605.jpg"/><Relationship Id="rId7672698c3ed661227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7672698c3ed661227.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>