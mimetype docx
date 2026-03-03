--- v6 (2026-02-11)
+++ v7 (2026-03-03)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Tomato spotted wilt virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bronze leaf of tomato, kromnek virus, spotted wilt of tomato, yellow spot of pineapple</w:t>
             </w:r>
-            <w:hyperlink r:id="rId1972698c3ed654a15" w:history="1">
+            <w:hyperlink r:id="rId460269a6c685d4a98" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId7791698c3ed654a82" w:history="1">
+            <w:hyperlink r:id="rId229769a6c685d4b07" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TSWV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="71387791" name="name3274698c3ed654eb4" descr="17795.jpg"/>
+                  <wp:docPr id="56393044" name="name643469a6c685d513b" descr="17795.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17795.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId9967698c3ed654eb2" cstate="print"/>
+                          <a:blip r:embed="rId894869a6c685d5139" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId3314698c3ed654ffa" w:history="1">
+            <w:hyperlink r:id="rId300069a6c685d5284" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -593,51 +593,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (family </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tospoviridae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, order Bunyavirales; ICTV online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId4964698c3ed655150" w:history="1">
+      <w:hyperlink r:id="rId619569a6c685d5426" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://talk.ictvonline.org/taxonomy/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Abudurexiti </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -12760,50 +12760,70 @@
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Parietaria officinalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
+        <w:t xml:space="preserve">Passiflora edulis</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
+          <w:i/>
+          <w:iCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
         <w:t xml:space="preserve">Pelargonium crispum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Pelargonium grandiflorum</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -18147,63 +18167,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2021). It is now present in almost all countries with temperate, tropical and subtropical climates.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="96890823" name="name5279698c3ed65d608" descr="TSWV00_distribution_map.jpg"/>
+            <wp:docPr id="64920654" name="name939369a6c685ddd98" descr="TSWV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TSWV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId8106698c3ed65d605" cstate="print"/>
+                    <a:blip r:embed="rId964469a6c685ddd94" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -18827,51 +18847,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">T. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are widely distributed (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId9249698c3ed65e02d" w:history="1">
+      <w:hyperlink r:id="rId362969a6c685de599" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; EFSA, 2012a). Most thrips species are very polyphagous. TSWV is transmitted by thrips in a persistent manner. Only individuals which have acquired the virus at the larval stages can transmit it. Virus transmission occurs after a latent period of circulation and multiplication of TSWV in the thrips vector. Once acquired, the virus is transmitted transstadially and thrips remain infectious for life, however there is no evidence of transovarial transmission (Ullman </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -19556,65 +19576,65 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In 2020, 76 tests for TSWV diagnosis were evaluated in the EU VALITEST project (www.valitest.eu) after an extensive search of scientific papers and commercial providers of tests for the detection of plant pathogens. After a thorough literature search, in silico analyses, in-house testing and test performance study, the most suitable tests for the detection and identification of TSWV in symptomatic tomato leaves were identified (Vučurović </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021), and they are listed in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8353698c3ed65e512" w:history="1">
+      <w:hyperlink r:id="rId999069a6c685deb3c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Diagnostic Expertise Database</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId5305698c3ed65e530" w:history="1"/>
+      <w:hyperlink r:id="rId859669a6c685deb5e" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -20639,51 +20659,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2019) Taxonomy of the order Bunyavirales: update 2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Archives of Virology.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId9710698c3ed65ee45" w:history="1">
+      <w:hyperlink r:id="rId893169a6c685df30c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-019-04253-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20954,51 +20974,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 636. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1374698c3ed65f0f3" w:history="1">
+      <w:hyperlink r:id="rId847669a6c685df529" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9080636</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21425,51 +21445,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1055. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId5177698c3ed65f53f" w:history="1">
+      <w:hyperlink r:id="rId996069a6c685df85b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.01055</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21671,51 +21691,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3029. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId3966698c3ed65f6e0" w:history="1">
+      <w:hyperlink r:id="rId571469a6c685dfa47" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3029</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21741,51 +21761,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 2772. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6758698c3ed65f755" w:history="1">
+      <w:hyperlink r:id="rId862169a6c685dfabf" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.2772</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22749,51 +22769,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e0147342. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1049698c3ed65fde9" w:history="1">
+      <w:hyperlink r:id="rId706569a6c685e0143" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0147342</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23225,51 +23245,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 301–310.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kormelink R (2005) Tomato spotted wilt virus. In: Description of plant viruses (DPV) no. 412, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId7508698c3ed66011d" w:history="1">
+      <w:hyperlink r:id="rId181969a6c685e044a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dpvweb.net/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 5 June 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -23295,51 +23315,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viruses </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 842, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1250698c3ed660190" w:history="1">
+      <w:hyperlink r:id="rId478269a6c685e04bc" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13050842</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23724,51 +23744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 363. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6760698c3ed660445" w:history="1">
+      <w:hyperlink r:id="rId717569a6c685e07a8" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v12040363</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23795,51 +23815,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 7673. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId6846698c3ed6604b6" w:history="1">
+      <w:hyperlink r:id="rId994769a6c685e081f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-019-44100-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24271,51 +24291,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 15797. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId2459698c3ed6607ba" w:history="1">
+      <w:hyperlink r:id="rId304969a6c685e0bac" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-72691-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25490,51 +25510,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frankliniella occidentalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (western flower thrips) (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId5773698c3ed660f96" w:history="1">
+      <w:hyperlink r:id="rId415669a6c685e1429" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/24426</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; date of the last modification: 22 September 2020; accessed on June 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -25609,51 +25629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orthotospovirus tomatomaculae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId1732698c3ed66105e" w:history="1">
+      <w:hyperlink r:id="rId901169a6c685e14f4" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -25830,63 +25850,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 465-472.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="56146181" name="name1521698c3ed661229" descr="eu_funding_250.png"/>
+            <wp:docPr id="85571589" name="name133169a6c685e1725" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId7672698c3ed661227" cstate="print"/>
+                    <a:blip r:embed="rId524069a6c685e1724" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -25984,137 +26004,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="22243152">
+  <w:abstractNum w:abstractNumId="24713521">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="20292249">
+    <w:lvl w:ilvl="0" w:tplc="32143963">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="20292249" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="32143963" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="20292249" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="32143963" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="20292249" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="32143963" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="20292249" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="32143963" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="20292249" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="32143963" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="20292249" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="32143963" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="20292249" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="32143963" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="20292249" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="32143963" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22243151">
+  <w:abstractNum w:abstractNumId="24713520">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="31208217">
+    <w:lvl w:ilvl="0" w:tplc="13056786">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -26866,55 +26886,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="22243151">
-    <w:abstractNumId w:val="22243151"/>
+  <w:num w:numId="24713520">
+    <w:abstractNumId w:val="24713520"/>
   </w:num>
-  <w:num w:numId="22243152">
-    <w:abstractNumId w:val="22243152"/>
+  <w:num w:numId="24713521">
+    <w:abstractNumId w:val="24713521"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -38464,51 +38484,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId557051437" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId373749059" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId1972698c3ed654a15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/" TargetMode="External"/><Relationship Id="rId7791698c3ed654a82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/categorization" TargetMode="External"/><Relationship Id="rId3314698c3ed654ffa" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/photos" TargetMode="External"/><Relationship Id="rId4964698c3ed655150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId9249698c3ed65e02d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/" TargetMode="External"/><Relationship Id="rId8353698c3ed65e512" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId5305698c3ed65e530" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId9710698c3ed65ee45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId1374698c3ed65f0f3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9080636" TargetMode="External"/><Relationship Id="rId5177698c3ed65f53f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01055" TargetMode="External"/><Relationship Id="rId3966698c3ed65f6e0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId6758698c3ed65f755" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId1049698c3ed65fde9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId7508698c3ed66011d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpvweb.net/" TargetMode="External"/><Relationship Id="rId1250698c3ed660190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId6760698c3ed660445" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v12040363" TargetMode="External"/><Relationship Id="rId6846698c3ed6604b6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-019-44100-x" TargetMode="External"/><Relationship Id="rId2459698c3ed6607ba" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-72691-3" TargetMode="External"/><Relationship Id="rId5773698c3ed660f96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/24426" TargetMode="External"/><Relationship Id="rId1732698c3ed66105e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId9967698c3ed654eb2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId9967698c3ed654eb2.jpg"/><Relationship Id="rId8106698c3ed65d605" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId8106698c3ed65d605.jpg"/><Relationship Id="rId7672698c3ed661227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId7672698c3ed661227.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId182346752" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId803243250" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId460269a6c685d4a98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/" TargetMode="External"/><Relationship Id="rId229769a6c685d4b07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/categorization" TargetMode="External"/><Relationship Id="rId300069a6c685d5284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/photos" TargetMode="External"/><Relationship Id="rId619569a6c685d5426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId362969a6c685de599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/" TargetMode="External"/><Relationship Id="rId999069a6c685deb3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId859669a6c685deb5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId893169a6c685df30c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId847669a6c685df529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9080636" TargetMode="External"/><Relationship Id="rId996069a6c685df85b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01055" TargetMode="External"/><Relationship Id="rId571469a6c685dfa47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId862169a6c685dfabf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId706569a6c685e0143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId181969a6c685e044a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpvweb.net/" TargetMode="External"/><Relationship Id="rId478269a6c685e04bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId717569a6c685e07a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v12040363" TargetMode="External"/><Relationship Id="rId994769a6c685e081f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-019-44100-x" TargetMode="External"/><Relationship Id="rId304969a6c685e0bac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-72691-3" TargetMode="External"/><Relationship Id="rId415669a6c685e1429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/24426" TargetMode="External"/><Relationship Id="rId901169a6c685e14f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId894869a6c685d5139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId894869a6c685d5139.jpg"/><Relationship Id="rId964469a6c685ddd94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId964469a6c685ddd94.jpg"/><Relationship Id="rId524069a6c685e1724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId524069a6c685e1724.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>