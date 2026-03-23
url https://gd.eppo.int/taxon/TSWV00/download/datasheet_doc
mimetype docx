--- v7 (2026-03-03)
+++ v8 (2026-03-23)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Tomato spotted wilt virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bronze leaf of tomato, kromnek virus, spotted wilt of tomato, yellow spot of pineapple</w:t>
             </w:r>
-            <w:hyperlink r:id="rId460269a6c685d4a98" w:history="1">
+            <w:hyperlink r:id="rId945269c13f0d7df20" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId229769a6c685d4b07" w:history="1">
+            <w:hyperlink r:id="rId877969c13f0d7df9f" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TSWV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="56393044" name="name643469a6c685d513b" descr="17795.jpg"/>
+                  <wp:docPr id="1001377" name="name619869c13f0d7e8e9" descr="17795.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17795.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId894869a6c685d5139" cstate="print"/>
+                          <a:blip r:embed="rId371069c13f0d7e8e7" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId300069a6c685d5284" w:history="1">
+            <w:hyperlink r:id="rId578369c13f0d7ea67" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -593,51 +593,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (family </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tospoviridae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, order Bunyavirales; ICTV online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId619569a6c685d5426" w:history="1">
+      <w:hyperlink r:id="rId253469c13f0d7ebce" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://talk.ictvonline.org/taxonomy/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Abudurexiti </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -18167,63 +18167,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2021). It is now present in almost all countries with temperate, tropical and subtropical climates.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="64920654" name="name939369a6c685ddd98" descr="TSWV00_distribution_map.jpg"/>
+            <wp:docPr id="93737304" name="name665669c13f0d8640d" descr="TSWV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TSWV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId964469a6c685ddd94" cstate="print"/>
+                    <a:blip r:embed="rId299369c13f0d86409" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -18847,51 +18847,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">T. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are widely distributed (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId362969a6c685de599" w:history="1">
+      <w:hyperlink r:id="rId872969c13f0d86cb9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; EFSA, 2012a). Most thrips species are very polyphagous. TSWV is transmitted by thrips in a persistent manner. Only individuals which have acquired the virus at the larval stages can transmit it. Virus transmission occurs after a latent period of circulation and multiplication of TSWV in the thrips vector. Once acquired, the virus is transmitted transstadially and thrips remain infectious for life, however there is no evidence of transovarial transmission (Ullman </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -19576,65 +19576,65 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In 2020, 76 tests for TSWV diagnosis were evaluated in the EU VALITEST project (www.valitest.eu) after an extensive search of scientific papers and commercial providers of tests for the detection of plant pathogens. After a thorough literature search, in silico analyses, in-house testing and test performance study, the most suitable tests for the detection and identification of TSWV in symptomatic tomato leaves were identified (Vučurović </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021), and they are listed in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId999069a6c685deb3c" w:history="1">
+      <w:hyperlink r:id="rId617069c13f0d871b5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Diagnostic Expertise Database</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId859669a6c685deb5e" w:history="1"/>
+      <w:hyperlink r:id="rId730069c13f0d871d6" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -20659,51 +20659,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2019) Taxonomy of the order Bunyavirales: update 2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Archives of Virology.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId893169a6c685df30c" w:history="1">
+      <w:hyperlink r:id="rId460269c13f0d878d3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-019-04253-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20974,51 +20974,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 636. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId847669a6c685df529" w:history="1">
+      <w:hyperlink r:id="rId453069c13f0d87ad3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9080636</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21445,51 +21445,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1055. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId996069a6c685df85b" w:history="1">
+      <w:hyperlink r:id="rId671269c13f0d87dfb" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.01055</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21691,51 +21691,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3029. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId571469a6c685dfa47" w:history="1">
+      <w:hyperlink r:id="rId367969c13f0d87f8b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3029</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21761,51 +21761,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 2772. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId862169a6c685dfabf" w:history="1">
+      <w:hyperlink r:id="rId427769c13f0d88002" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.2772</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22769,51 +22769,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e0147342. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId706569a6c685e0143" w:history="1">
+      <w:hyperlink r:id="rId375569c13f0d886ec" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0147342</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23245,51 +23245,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 301–310.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kormelink R (2005) Tomato spotted wilt virus. In: Description of plant viruses (DPV) no. 412, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId181969a6c685e044a" w:history="1">
+      <w:hyperlink r:id="rId487869c13f0d889f1" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dpvweb.net/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 5 June 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -23315,51 +23315,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viruses </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 842, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId478269a6c685e04bc" w:history="1">
+      <w:hyperlink r:id="rId717869c13f0d88a63" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13050842</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23744,51 +23744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 363. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId717569a6c685e07a8" w:history="1">
+      <w:hyperlink r:id="rId613569c13f0d88d2a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v12040363</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23815,51 +23815,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 7673. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId994769a6c685e081f" w:history="1">
+      <w:hyperlink r:id="rId128869c13f0d88d98" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-019-44100-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24291,51 +24291,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 15797. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId304969a6c685e0bac" w:history="1">
+      <w:hyperlink r:id="rId615669c13f0d8909a" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-72691-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25510,51 +25510,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frankliniella occidentalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (western flower thrips) (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId415669a6c685e1429" w:history="1">
+      <w:hyperlink r:id="rId911069c13f0d89848" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/24426</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; date of the last modification: 22 September 2020; accessed on June 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -25629,51 +25629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orthotospovirus tomatomaculae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId901169a6c685e14f4" w:history="1">
+      <w:hyperlink r:id="rId631769c13f0d8990c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -25850,63 +25850,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 465-472.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="85571589" name="name133169a6c685e1725" descr="eu_funding_250.png"/>
+            <wp:docPr id="10461086" name="name843369c13f0d89ac9" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId524069a6c685e1724" cstate="print"/>
+                    <a:blip r:embed="rId149969c13f0d89ac8" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -26004,137 +26004,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="24713521">
+  <w:abstractNum w:abstractNumId="15849662">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="32143963">
+    <w:lvl w:ilvl="0" w:tplc="97315515">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="32143963" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="97315515" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="32143963" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="97315515" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="32143963" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="97315515" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="32143963" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="97315515" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="32143963" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="97315515" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="32143963" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="97315515" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="32143963" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="97315515" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="32143963" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="97315515" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24713520">
+  <w:abstractNum w:abstractNumId="15849661">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="13056786">
+    <w:lvl w:ilvl="0" w:tplc="18793251">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -26886,55 +26886,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="24713520">
-    <w:abstractNumId w:val="24713520"/>
+  <w:num w:numId="15849661">
+    <w:abstractNumId w:val="15849661"/>
   </w:num>
-  <w:num w:numId="24713521">
-    <w:abstractNumId w:val="24713521"/>
+  <w:num w:numId="15849662">
+    <w:abstractNumId w:val="15849662"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -38484,51 +38484,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId182346752" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId803243250" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId460269a6c685d4a98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/" TargetMode="External"/><Relationship Id="rId229769a6c685d4b07" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/categorization" TargetMode="External"/><Relationship Id="rId300069a6c685d5284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/photos" TargetMode="External"/><Relationship Id="rId619569a6c685d5426" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId362969a6c685de599" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/" TargetMode="External"/><Relationship Id="rId999069a6c685deb3c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId859669a6c685deb5e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId893169a6c685df30c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId847669a6c685df529" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9080636" TargetMode="External"/><Relationship Id="rId996069a6c685df85b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01055" TargetMode="External"/><Relationship Id="rId571469a6c685dfa47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId862169a6c685dfabf" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId706569a6c685e0143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId181969a6c685e044a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpvweb.net/" TargetMode="External"/><Relationship Id="rId478269a6c685e04bc" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId717569a6c685e07a8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v12040363" TargetMode="External"/><Relationship Id="rId994769a6c685e081f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-019-44100-x" TargetMode="External"/><Relationship Id="rId304969a6c685e0bac" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-72691-3" TargetMode="External"/><Relationship Id="rId415669a6c685e1429" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/24426" TargetMode="External"/><Relationship Id="rId901169a6c685e14f4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId894869a6c685d5139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId894869a6c685d5139.jpg"/><Relationship Id="rId964469a6c685ddd94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId964469a6c685ddd94.jpg"/><Relationship Id="rId524069a6c685e1724" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId524069a6c685e1724.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId841409350" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId365961015" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId945269c13f0d7df20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/" TargetMode="External"/><Relationship Id="rId877969c13f0d7df9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/categorization" TargetMode="External"/><Relationship Id="rId578369c13f0d7ea67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/photos" TargetMode="External"/><Relationship Id="rId253469c13f0d7ebce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId872969c13f0d86cb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/" TargetMode="External"/><Relationship Id="rId617069c13f0d871b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId730069c13f0d871d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId460269c13f0d878d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId453069c13f0d87ad3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9080636" TargetMode="External"/><Relationship Id="rId671269c13f0d87dfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01055" TargetMode="External"/><Relationship Id="rId367969c13f0d87f8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId427769c13f0d88002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId375569c13f0d886ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId487869c13f0d889f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpvweb.net/" TargetMode="External"/><Relationship Id="rId717869c13f0d88a63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId613569c13f0d88d2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v12040363" TargetMode="External"/><Relationship Id="rId128869c13f0d88d98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-019-44100-x" TargetMode="External"/><Relationship Id="rId615669c13f0d8909a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-72691-3" TargetMode="External"/><Relationship Id="rId911069c13f0d89848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/24426" TargetMode="External"/><Relationship Id="rId631769c13f0d8990c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId371069c13f0d7e8e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId371069c13f0d7e8e7.jpg"/><Relationship Id="rId299369c13f0d86409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId299369c13f0d86409.jpg"/><Relationship Id="rId149969c13f0d89ac8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId149969c13f0d89ac8.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>