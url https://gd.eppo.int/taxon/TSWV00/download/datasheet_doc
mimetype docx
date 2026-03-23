--- v8 (2026-03-23)
+++ v9 (2026-03-23)
@@ -303,51 +303,51 @@
               <w:t xml:space="preserve">Tomato spotted wilt virus</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">Common names in English:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> bronze leaf of tomato, kromnek virus, spotted wilt of tomato, yellow spot of pineapple</w:t>
             </w:r>
-            <w:hyperlink r:id="rId945269c13f0d7df20" w:history="1">
+            <w:hyperlink r:id="rId954169c14fe6bc319" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more common names online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Categorization:</w:t>
@@ -363,51 +363,51 @@
               <w:t xml:space="preserve"> A2 list</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EU Categorization:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> RNQP ((EU) 2019/2072 Annex IV)</w:t>
             </w:r>
-            <w:hyperlink r:id="rId877969c13f0d7df9f" w:history="1">
+            <w:hyperlink r:id="rId888469c14fe6bc385" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">view more categorizations online...</w:t>
               </w:r>
             </w:hyperlink>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="000000"/>
                 <w:position w:val="-3"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:br/>
               <w:t xml:space="preserve">EPPO Code:</w:t>
@@ -421,86 +421,86 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> TSWV00</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2000" w:type="pct"/>
             <w:tcMar>
               <w:top w:w="15" w:type="dxa"/>
               <w:left w:w="15" w:type="dxa"/>
               <w:bottom w:w="15" w:type="dxa"/>
               <w:right w:w="15" w:type="dxa"/>
             </w:tcMar>
             <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p>
             <w:r>
               <w:rPr>
                 <w:position w:val="-96"/>
               </w:rPr>
               <w:drawing>
                 <wp:inline distT="0" distB="0" distL="0" distR="0">
                   <wp:extent cx="2160000" cy="1281600"/>
-                  <wp:docPr id="1001377" name="name619869c13f0d7e8e9" descr="17795.jpg"/>
+                  <wp:docPr id="69336549" name="name399969c14fe6bce91" descr="17795.jpg"/>
                   <wp:cNvGraphicFramePr>
                     <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
                   </wp:cNvGraphicFramePr>
                   <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
                     <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                       <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                         <pic:nvPicPr>
                           <pic:cNvPr id="0" name="17795.jpg"/>
                           <pic:cNvPicPr/>
                         </pic:nvPicPr>
                         <pic:blipFill>
-                          <a:blip r:embed="rId371069c13f0d7e8e7" cstate="print"/>
+                          <a:blip r:embed="rId441869c14fe6bce8e" cstate="print"/>
                           <a:stretch>
                             <a:fillRect/>
                           </a:stretch>
                         </pic:blipFill>
                         <pic:spPr>
                           <a:xfrm>
                             <a:off x="0" y="0"/>
                             <a:ext cx="2160000" cy="1281600"/>
                           </a:xfrm>
                           <a:prstGeom prst="rect">
                             <a:avLst/>
                           </a:prstGeom>
                           <a:ln w="0">
                             <a:noFill/>
                           </a:ln>
                         </pic:spPr>
                       </pic:pic>
                     </a:graphicData>
                   </a:graphic>
                 </wp:inline>
               </w:drawing>
             </w:r>
-            <w:hyperlink r:id="rId578369c13f0d7ea67" w:history="1">
+            <w:hyperlink r:id="rId142169c14fe6bd041" w:history="1">
               <w:r>
                 <w:rPr>
                   <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
                   <w:color w:val="0000CC"/>
                   <w:position w:val="-3"/>
                   <w:sz w:val="22"/>
                   <w:szCs w:val="22"/>
                   <w:u w:val="single"/>
                 </w:rPr>
                 <w:br/>
                 <w:t xml:space="preserve">more photos...</w:t>
               </w:r>
             </w:hyperlink>
           </w:p>
           <w:p/>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p/>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
@@ -593,51 +593,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (family </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Tospoviridae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, order Bunyavirales; ICTV online: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId253469c13f0d7ebce" w:history="1">
+      <w:hyperlink r:id="rId194069c14fe6bd2e9" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://talk.ictvonline.org/taxonomy/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; Abudurexiti </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -18167,63 +18167,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">., 2021). It is now present in almost all countries with temperate, tropical and subtropical climates.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="6120000" cy="3067200"/>
-            <wp:docPr id="93737304" name="name665669c13f0d8640d" descr="TSWV00_distribution_map.jpg"/>
+            <wp:docPr id="62347856" name="name551969c14fe6c5636" descr="TSWV00_distribution_map.jpg"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="TSWV00_distribution_map.jpg"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId299369c13f0d86409" cstate="print"/>
+                    <a:blip r:embed="rId357569c14fe6c5633" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="6120000" cy="3067200"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
@@ -18847,51 +18847,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">T. tabaci</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> are widely distributed (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId872969c13f0d86cb9" w:history="1">
+      <w:hyperlink r:id="rId565769c14fe6c5ed0" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; EFSA, 2012a). Most thrips species are very polyphagous. TSWV is transmitted by thrips in a persistent manner. Only individuals which have acquired the virus at the larval stages can transmit it. Virus transmission occurs after a latent period of circulation and multiplication of TSWV in the thrips vector. Once acquired, the virus is transmitted transstadially and thrips remain infectious for life, however there is no evidence of transovarial transmission (Ullman </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
@@ -19576,65 +19576,65 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">In 2020, 76 tests for TSWV diagnosis were evaluated in the EU VALITEST project (www.valitest.eu) after an extensive search of scientific papers and commercial providers of tests for the detection of plant pathogens. After a thorough literature search, in silico analyses, in-house testing and test performance study, the most suitable tests for the detection and identification of TSWV in symptomatic tomato leaves were identified (Vučurović </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">et al.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 2021), and they are listed in the </w:t>
       </w:r>
-      <w:hyperlink r:id="rId617069c13f0d871b5" w:history="1">
+      <w:hyperlink r:id="rId795269c14fe6c6404" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:b/>
             <w:bCs/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">EPPO Diagnostic Expertise Database</w:t>
         </w:r>
       </w:hyperlink>
-      <w:hyperlink r:id="rId730069c13f0d871d6" w:history="1"/>
+      <w:hyperlink r:id="rId697569c14fe6c6425" w:history="1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
@@ -20659,51 +20659,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. (2019) Taxonomy of the order Bunyavirales: update 2019. </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Archives of Virology.</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:hyperlink r:id="rId460269c13f0d878d3" w:history="1">
+      <w:hyperlink r:id="rId556269c14fe6c6b36" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1007/s00705-019-04253-6</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -20974,51 +20974,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 636. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId453069c13f0d87ad3" w:history="1">
+      <w:hyperlink r:id="rId718069c14fe6c6d45" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/pathogens9080636</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21445,51 +21445,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 1055. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId671269c13f0d87dfb" w:history="1">
+      <w:hyperlink r:id="rId862769c14fe6c7056" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3389/fpls.2018.01055</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21691,51 +21691,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(12), 3029. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId367969c13f0d87f8b" w:history="1">
+      <w:hyperlink r:id="rId683269c14fe6c71df" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.3029</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -21761,51 +21761,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(7), 2772. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId427769c13f0d88002" w:history="1">
+      <w:hyperlink r:id="rId985469c14fe6c724f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.2903/j.efsa.2012.2772</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -22769,51 +22769,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">11</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(1), e0147342. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId375569c13f0d886ec" w:history="1">
+      <w:hyperlink r:id="rId736469c14fe6c78e3" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1371/journal.pone.0147342</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23245,51 +23245,51 @@
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 301–310.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Kormelink R (2005) Tomato spotted wilt virus. In: Description of plant viruses (DPV) no. 412, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId487869c13f0d889f1" w:history="1">
+      <w:hyperlink r:id="rId711769c14fe6c7bea" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://dpvweb.net/</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (accessed on 5 June 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -23315,51 +23315,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Viruses </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">13</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 842, </w:t>
       </w:r>
-      <w:hyperlink r:id="rId717869c13f0d88a63" w:history="1">
+      <w:hyperlink r:id="rId401069c14fe6c7c5b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v13050842</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23744,51 +23744,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">12</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 363. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId613569c13f0d88d2a" w:history="1">
+      <w:hyperlink r:id="rId466369c14fe6c7f0f" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.3390/v12040363</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="0" w:after="0" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -23815,51 +23815,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">9</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 7673. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId128869c13f0d88d98" w:history="1">
+      <w:hyperlink r:id="rId822669c14fe6c7f7c" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-019-44100-x</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -24291,51 +24291,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">10</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">, 15797. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId615669c13f0d8909a" w:history="1">
+      <w:hyperlink r:id="rId971269c14fe6c8278" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://doi.org/10.1038/s41598-020-72691-3</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="220" w:after="220" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
@@ -25510,51 +25510,51 @@
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:br/>
         <w:t xml:space="preserve">CABI Datasheet on </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Frankliniella occidentalis</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> (western flower thrips) (</w:t>
       </w:r>
-      <w:hyperlink r:id="rId911069c13f0d89848" w:history="1">
+      <w:hyperlink r:id="rId432769c14fe6c8ab5" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://www.cabi.org/isc/datasheet/24426</w:t>
         </w:r>
       </w:hyperlink>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">; date of the last modification: 22 September 2020; accessed on June 2021)</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
@@ -25629,51 +25629,51 @@
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">EPPO (2026) </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:i/>
           <w:iCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Orthotospovirus tomatomaculae</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">. EPPO datasheets on pests recommended for regulation. Available online. </w:t>
       </w:r>
-      <w:hyperlink r:id="rId631769c13f0d8990c" w:history="1">
+      <w:hyperlink r:id="rId371669c14fe6c8b7b" w:history="1">
         <w:r>
           <w:rPr>
             <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
             <w:color w:val="0000CC"/>
             <w:sz w:val="22"/>
             <w:szCs w:val="22"/>
             <w:u w:val="single"/>
           </w:rPr>
           <w:t xml:space="preserve">https://gd.eppo.int</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:p>
       <w:pPr>
         <w:widowControl w:val="on"/>
         <w:pBdr/>
         <w:spacing w:before="300" w:after="150" w:line="240" w:lineRule="auto"/>
         <w:ind w:left="0" w:right="0"/>
         <w:jc w:val="left"/>
         <w:outlineLvl w:val="2"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
@@ -25850,63 +25850,63 @@
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">29</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:eastAsia="Calibri" w:cs="Calibri"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">(4), 465-472.</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:r>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0">
             <wp:extent cx="1800000" cy="604800"/>
-            <wp:docPr id="10461086" name="name843369c13f0d89ac9" descr="eu_funding_250.png"/>
+            <wp:docPr id="52273956" name="name638569c14fe6c8f7f" descr="eu_funding_250.png"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="0" name="eu_funding_250.png"/>
                     <pic:cNvPicPr/>
                   </pic:nvPicPr>
                   <pic:blipFill>
-                    <a:blip r:embed="rId149969c13f0d89ac8" cstate="print"/>
+                    <a:blip r:embed="rId461569c14fe6c8f7d" cstate="print"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr>
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="1800000" cy="604800"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:ln w="0">
                       <a:noFill/>
                     </a:ln>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
     <w:sectPr xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" w:rsidR="00AC197E" w:rsidRPr="00DF064E" w:rsidSect="000F6147">
       <w:pgSz w:w="11906" w:h="16838" w:orient="portrait" w:code="9"/>
@@ -26004,137 +26004,137 @@
   <w:footnote w:type="separator" w:id="-1">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w:rsidR="006E0FDA" w:rsidRDefault="006E0FDA" w:rsidP="006E0FDA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
-  <w:abstractNum w:abstractNumId="15849662">
+  <w:abstractNum w:abstractNumId="49209643">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="97315515">
+    <w:lvl w:ilvl="0" w:tplc="72784274">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="97315515" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="72784274" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="2" w:tplc="97315515" w:tentative="1">
+    <w:lvl w:ilvl="2" w:tplc="72784274" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="3" w:tplc="97315515" w:tentative="1">
+    <w:lvl w:ilvl="3" w:tplc="72784274" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="4" w:tplc="97315515" w:tentative="1">
+    <w:lvl w:ilvl="4" w:tplc="72784274" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="5" w:tplc="97315515" w:tentative="1">
+    <w:lvl w:ilvl="5" w:tplc="72784274" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%6."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="4320" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="6" w:tplc="97315515" w:tentative="1">
+    <w:lvl w:ilvl="6" w:tplc="72784274" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="7" w:tplc="97315515" w:tentative="1">
+    <w:lvl w:ilvl="7" w:tplc="72784274" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
-    <w:lvl w:ilvl="8" w:tplc="97315515" w:tentative="1">
+    <w:lvl w:ilvl="8" w:tplc="72784274" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15849661">
+  <w:abstractNum w:abstractNumId="49209642">
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:lvl w:ilvl="0" w:tplc="18793251">
+    <w:lvl w:ilvl="0" w:tplc="58710414">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C0A0003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C0A0005" w:tentative="1">
       <w:start w:val="1"/>
@@ -26886,55 +26886,55 @@
         <w:ind w:left="3240" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="2">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="3">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="4">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="5">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="7">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="15849661">
-    <w:abstractNumId w:val="15849661"/>
+  <w:num w:numId="49209642">
+    <w:abstractNumId w:val="49209642"/>
   </w:num>
-  <w:num w:numId="15849662">
-    <w:abstractNumId w:val="15849662"/>
+  <w:num w:numId="49209643">
+    <w:abstractNumId w:val="49209643"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/people.xml><?xml version="1.0" encoding="utf-8"?>
 <w15:people xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 wp14">
                                     </w15:people>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat/>
@@ -38484,51 +38484,51 @@
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
     <w:tblStylePr w:type="band1Horz">
       <w:tblPr/>
       <w:tcPr>
         <w:shd w:val="clear" w:color="auto" w:fill="FBCAA2" w:themeFill="accent6" w:themeFillTint="7F"/>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/comments.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId841409350" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId365961015" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId945269c13f0d7df20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/" TargetMode="External"/><Relationship Id="rId877969c13f0d7df9f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/categorization" TargetMode="External"/><Relationship Id="rId578369c13f0d7ea67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/photos" TargetMode="External"/><Relationship Id="rId253469c13f0d7ebce" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId872969c13f0d86cb9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/" TargetMode="External"/><Relationship Id="rId617069c13f0d871b5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId730069c13f0d871d6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId460269c13f0d878d3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId453069c13f0d87ad3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9080636" TargetMode="External"/><Relationship Id="rId671269c13f0d87dfb" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01055" TargetMode="External"/><Relationship Id="rId367969c13f0d87f8b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId427769c13f0d88002" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId375569c13f0d886ec" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId487869c13f0d889f1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpvweb.net/" TargetMode="External"/><Relationship Id="rId717869c13f0d88a63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId613569c13f0d88d2a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v12040363" TargetMode="External"/><Relationship Id="rId128869c13f0d88d98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-019-44100-x" TargetMode="External"/><Relationship Id="rId615669c13f0d8909a" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-72691-3" TargetMode="External"/><Relationship Id="rId911069c13f0d89848" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/24426" TargetMode="External"/><Relationship Id="rId631769c13f0d8990c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId371069c13f0d7e8e7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId371069c13f0d7e8e7.jpg"/><Relationship Id="rId299369c13f0d86409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId299369c13f0d86409.jpg"/><Relationship Id="rId149969c13f0d89ac8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId149969c13f0d89ac8.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/comments" Target="comments.xml"/><Relationship Id="rId448181684" Type="http://schemas.microsoft.com/office/2011/relationships/commentsExtended" Target="commentsExtended.xml"/><Relationship Id="rId850576903" Type="http://schemas.microsoft.com/office/2011/relationships/people" Target="people.xml"/><Relationship Id="rId954169c14fe6bc319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/" TargetMode="External"/><Relationship Id="rId888469c14fe6bc385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/categorization" TargetMode="External"/><Relationship Id="rId142169c14fe6bd041" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int/taxon/TSWV00/photos" TargetMode="External"/><Relationship Id="rId194069c14fe6bd2e9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://talk.ictvonline.org/taxonomy/" TargetMode="External"/><Relationship Id="rId565769c14fe6c5ed0" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/" TargetMode="External"/><Relationship Id="rId795269c14fe6c6404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId697569c14fe6c6425" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dc.eppo.int/validation_data/validationlist" TargetMode="External"/><Relationship Id="rId556269c14fe6c6b36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1007/s00705-019-04253-6" TargetMode="External"/><Relationship Id="rId718069c14fe6c6d45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/pathogens9080636" TargetMode="External"/><Relationship Id="rId862769c14fe6c7056" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3389/fpls.2018.01055" TargetMode="External"/><Relationship Id="rId683269c14fe6c71df" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.3029" TargetMode="External"/><Relationship Id="rId985469c14fe6c724f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.2903/j.efsa.2012.2772" TargetMode="External"/><Relationship Id="rId736469c14fe6c78e3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1371/journal.pone.0147342" TargetMode="External"/><Relationship Id="rId711769c14fe6c7bea" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://dpvweb.net/" TargetMode="External"/><Relationship Id="rId401069c14fe6c7c5b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v13050842" TargetMode="External"/><Relationship Id="rId466369c14fe6c7f0f" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.3390/v12040363" TargetMode="External"/><Relationship Id="rId822669c14fe6c7f7c" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-019-44100-x" TargetMode="External"/><Relationship Id="rId971269c14fe6c8278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.1038/s41598-020-72691-3" TargetMode="External"/><Relationship Id="rId432769c14fe6c8ab5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cabi.org/isc/datasheet/24426" TargetMode="External"/><Relationship Id="rId371669c14fe6c8b7b" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://gd.eppo.int" TargetMode="External"/><Relationship Id="rId441869c14fe6bce8e" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId441869c14fe6bce8e.jpg"/><Relationship Id="rId357569c14fe6c5633" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId357569c14fe6c5633.jpg"/><Relationship Id="rId461569c14fe6c8f7d" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/imgrId461569c14fe6c8f7d.png"/></Relationships>
 
 </file>
 
 <file path=word/_rels/endnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/_rels/footnotes.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>