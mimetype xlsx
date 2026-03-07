--- v0 (2025-10-04)
+++ v1 (2026-03-07)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="TSV000" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="68">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="74">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Wild/Weed</t>
   </si>
   <si>
     <t>AGEHO</t>
   </si>
   <si>
     <t>Ageratum houstonianum</t>
   </si>
   <si>
     <t>* Greber RS, Klose MJ, Teakle DS, Milne JR (1991) High incidence of tobacco streak virus in tobacco and its transmission by Microcephalothrips abdominalis and pollen from Ageratum houstonianum. Plant Disease 75(5), 450-452.</t>
   </si>
   <si>
@@ -196,54 +196,72 @@
     <t>Nicotiana tabacum</t>
   </si>
   <si>
     <t>PTNHY</t>
   </si>
   <si>
     <t>Parthenium hysterophorus</t>
   </si>
   <si>
     <t>PARCR</t>
   </si>
   <si>
     <t>Petroselinum crispum</t>
   </si>
   <si>
     <t>* Abtahi F, Hosseini SA (2020) Incidence and distribution of Tobacco streak virus isolated from parsley Petroselinum sativum. Journal of Crop Protection 9(4), 683-697.
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>PHSVX</t>
   </si>
   <si>
     <t>Phaseolus vulgaris</t>
   </si>
   <si>
+    <t>POXPA</t>
+  </si>
+  <si>
+    <t>Phlox paniculata</t>
+  </si>
+  <si>
+    <t>* Motsar E, Sheveleva A, Sharko F, Petrova K, Slobodova N, Murataev R, Mitrofanova I, Chirkov S (2025) Molecular characterization of Tobacco Streak Virus, Beet Ringspot Virus, and Beet Ringspot Virus Satellite RNA from a new natural host, Phlox paniculata. Plants, 14(11), 1619. https://doi.org/10.3390/plants14111619</t>
+  </si>
+  <si>
     <t>RIICO</t>
   </si>
   <si>
     <t>Ricinus communis</t>
+  </si>
+  <si>
+    <t>1ROSG</t>
+  </si>
+  <si>
+    <t>Rosa</t>
+  </si>
+  <si>
+    <t>* Paslay C, Ali A (2025) A comprehensive review of known and emerging viruses infecting rose species. Frontiers in Virology 5, 1669397. https://doi.org/10.3389/fviro.2025.1669397</t>
   </si>
   <si>
     <t>SOLTU</t>
   </si>
   <si>
     <t>Solanum tuberosum</t>
   </si>
   <si>
     <t>VACMA</t>
   </si>
   <si>
     <t>Vaccinium macrocarpon</t>
   </si>
   <si>
     <t>VICFX</t>
   </si>
   <si>
     <t>Vicia faba</t>
   </si>
   <si>
     <t>VIGSI</t>
   </si>
   <si>
     <t>Vigna unguiculata</t>
   </si>
@@ -571,62 +589,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D27"/>
+  <dimension ref="A1:D29"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="11.711" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="29.421" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="347.915" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="375.051" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
@@ -891,101 +909,129 @@
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="s">
         <v>8</v>
       </c>
       <c r="B22" t="s">
         <v>56</v>
       </c>
       <c r="C22" t="s">
         <v>57</v>
       </c>
       <c r="D22" t="s">
         <v>13</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="s">
         <v>8</v>
       </c>
       <c r="B23" t="s">
         <v>58</v>
       </c>
       <c r="C23" t="s">
         <v>59</v>
       </c>
-      <c r="D23"/>
+      <c r="D23" t="s">
+        <v>60</v>
+      </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="s">
         <v>8</v>
       </c>
       <c r="B24" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C24" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D24"/>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="s">
         <v>8</v>
       </c>
       <c r="B25" t="s">
-        <v>62</v>
+        <v>63</v>
       </c>
       <c r="C25" t="s">
-        <v>63</v>
-[...1 lines deleted...]
-      <c r="D25"/>
+        <v>64</v>
+      </c>
+      <c r="D25" t="s">
+        <v>65</v>
+      </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="s">
         <v>8</v>
       </c>
       <c r="B26" t="s">
-        <v>64</v>
+        <v>66</v>
       </c>
       <c r="C26" t="s">
-        <v>65</v>
-[...3 lines deleted...]
-      </c>
+        <v>67</v>
+      </c>
+      <c r="D26"/>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="s">
         <v>8</v>
       </c>
       <c r="B27" t="s">
-        <v>66</v>
+        <v>68</v>
       </c>
       <c r="C27" t="s">
-        <v>67</v>
-[...1 lines deleted...]
-      <c r="D27" t="s">
+        <v>69</v>
+      </c>
+      <c r="D27"/>
+    </row>
+    <row r="28" spans="1:4">
+      <c r="A28" t="s">
+        <v>8</v>
+      </c>
+      <c r="B28" t="s">
+        <v>70</v>
+      </c>
+      <c r="C28" t="s">
+        <v>71</v>
+      </c>
+      <c r="D28" t="s">
+        <v>13</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4">
+      <c r="A29" t="s">
+        <v>8</v>
+      </c>
+      <c r="B29" t="s">
+        <v>72</v>
+      </c>
+      <c r="C29" t="s">
+        <v>73</v>
+      </c>
+      <c r="D29" t="s">
         <v>13</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>