--- v0 (2025-10-19)
+++ v1 (2025-11-28)
@@ -344,51 +344,53 @@
   <si>
     <t>* O’Bannon JH, Santo GS, Nyczepir AP (1982) Host range of the Columbia root-knot nematode. Plant Disease 66, 1045-1048.</t>
   </si>
   <si>
     <t>Meloidogyne chitwoodi (as Triticum)</t>
   </si>
   <si>
     <t>* Santo GS, O'Bannon JH, Finley AM, Golden AM (1980) Occurrence and host range of a new root-knot nematode (Meloidogyne chitwoodi) in the Pacific northwest. Plant Disease 64, 951-952.</t>
   </si>
   <si>
     <t>MELGFA</t>
   </si>
   <si>
     <t>Meloidogyne fallax</t>
   </si>
   <si>
     <t>* Brinkman H, Goossens JJM &amp; van Riel HR (1996) Comparative host suitability of selected crop plants to Meloidogyne chitwoodi and M. fallax. Anzeiger für Schädlingskunde, Planzenschutz, Umweltschutz 69, 127-129.</t>
   </si>
   <si>
     <t>MELGGC</t>
   </si>
   <si>
     <t>Meloidogyne graminicola</t>
   </si>
   <si>
-    <t>* Padgham JL, Abawi GS, Duxbury JM, Mazid MA (2004) Impact of wheat on Meloidogyne graminicola populations in the rice-wheat system of Bangladesh. Nematropica 183-190.
+    <t>* EPPO (2023) Report of a pest risk analysis for Meloidogyne graminicola. EPPO, Paris. Available at https://gd.eppo.int/taxon/MELGGC/documents
+------- conflicting publications on host status.
+* Padgham JL, Abawi GS, Duxbury JM, Mazid MA (2004) Impact of wheat on Meloidogyne graminicola populations in the rice-wheat system of Bangladesh. Nematropica 183-190.
 ------- in bioassay,  all wheat varieties grown in Bangladesh were excellent hosts to M. graminicola.
 * Rusinque L, Maleita C, Abrantes I, Palomares-Rius JE, Inácio ML (2021) Meloidogyne graminicola - A threat to rice production: review update on distribution, biology, identification, and management. Biology 10, 1163. https://doi.org/10.3390/biology10111163
 * Soares MR, Carneiro RM, Dias-Arieira C (2022) Response of different crops and weeds to three biotypes of Meloidogyne graminicola: crop rotation and succession strategies for irrigated rice fields. Nematology 24(5), 589-597.
 ------- in experiment in Brazil, wheat is recorded as 'poor host' or 'non-host'.</t>
   </si>
   <si>
     <t>MELGLC</t>
   </si>
   <si>
     <t>Meloidogyne luci</t>
   </si>
   <si>
     <t xml:space="preserve">* Sen F, Aydinli (2021) Host status of cultivated crops to Meloidogyne luci. European Journal of Plant Pathology 161(3), 607-618.
 ------- In experiments, cv. 1252 was found to be a good host.
 </t>
   </si>
   <si>
     <t>PSEDSE</t>
   </si>
   <si>
     <t>Mythimna separata</t>
   </si>
   <si>
     <t>NAUPXA</t>
   </si>
@@ -518,66 +520,66 @@
   <si>
     <t>UROCAG</t>
   </si>
   <si>
     <t>Urocystis agropyri (as Triticum)</t>
   </si>
   <si>
     <t>XANTTR</t>
   </si>
   <si>
     <t>Xanthomonas translucens pv. translucens</t>
   </si>
   <si>
     <t>* Curland RD, Gao L, Bull CT, Vinatzer BA, Dill-Macky R, Van Eck L, Ishimaru CA (2018) Genetic diversity and virulence of wheat and barley strains of Xanthomonas translucens from the Upper Midwestern United States. Phytopathology 108(4), 443-453.</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>ANGUTR</t>
   </si>
   <si>
     <t>Anguina tritici</t>
   </si>
   <si>
+    <t>BYSMV0</t>
+  </si>
+  <si>
+    <t>Betacytorhabdovirus hordei</t>
+  </si>
+  <si>
     <t>WYLV00</t>
   </si>
   <si>
     <t>Closterovirus flavitritici</t>
   </si>
   <si>
     <t>CONTTR</t>
   </si>
   <si>
     <t>Contarinia tritici</t>
-  </si>
-[...4 lines deleted...]
-    <t>Cytorhabdovirus hordei</t>
   </si>
   <si>
     <t>HYLECO</t>
   </si>
   <si>
     <t>Delia coarctata</t>
   </si>
   <si>
     <t>DIABSC</t>
   </si>
   <si>
     <t>Diabrotica speciosa</t>
   </si>
   <si>
     <t>BRAYNO</t>
   </si>
   <si>
     <t>Diuraphis noxia</t>
   </si>
   <si>
     <t>EURYIN</t>
   </si>
   <si>
     <t>Eurygaster integriceps</t>
   </si>