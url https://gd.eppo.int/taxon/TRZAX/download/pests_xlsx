--- v1 (2025-11-28)
+++ v2 (2026-02-17)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="TRZAX" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="221">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="223">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Doubtful host</t>
   </si>
   <si>
     <t>CORBMI</t>
   </si>
   <si>
     <t>Clavibacter michiganensis</t>
   </si>
   <si>
     <t>* Stamova L, Sotirova V (1987) Reaction of different crops to artificial inoculation with Corynebacterium michiganense (E.F. Sm.) H.L. Jensen. Archiv fur Phytopathologie und Pflanzenschutz 23, 211–216.
 ------- Experimental. Causing wilted leaflets. Not confirmed in other publications. Pending confirmation, all monocotyledonous host plants reported by Stamova &amp; Satirova (1987) are considered doubtful.</t>
   </si>
@@ -673,50 +673,56 @@
     <t>Oulema melanopus</t>
   </si>
   <si>
     <t>Pyricularia oryzae</t>
   </si>
   <si>
     <t>* Goulart A, Paiva F, Mesquita N (1992) Perdasentrigo (Triticum aestivum) causadas por Pyricularia oryzae. Fitopatol Bras. 17:115–7.
 * Islam MT, Croll D, Gladieux P et al. (2016) Emergence of wheat blast in Bangladesh was caused by a South American lineage of Magnaporthe oryzae . BMC Biol 14, 84. https://doi.org/10.1186/s12915-016-0309-7</t>
   </si>
   <si>
     <t>PYRIOT</t>
   </si>
   <si>
     <t>Pyricularia oryzae Triticum lineage</t>
   </si>
   <si>
     <t>* Barea G, Toledo J (1996) Identificación y zonificación de Pyricularia o brusone (Pyricularia oryzae) en el cultivo del trigo en el departamento de Santa Cruz. Centro de Investigacion Agricola Tropical. Informe Tecnico. Proyecto de Investigacion Trigo. Santa Cruz de la Sierra, Boiliva. 76–86.
 * Castroagudín VL, Moreira SI, Pereira DAS, Moreira SS, Brunner PC, Maciel JLN, Crous PW, McDonald BA, Alves E, Ceresini PC (2016) Pyricularia graminis-tritici, a new Pyricularia species causing wheat blast. Persoonia - Molecular Phylogeny and Evolution of Fungi 37, 199-216.
 * Goulart A, Paiva FdA (2000) Wheat yield losses due to Pyricularia grisea, in 1991 and 1992, in the state of Mato Grosso do Sul. Summa Phytopathologica 26, 279-282.</t>
   </si>
   <si>
     <t>CORBRA</t>
   </si>
   <si>
     <t>Rathayibacter rathayi</t>
+  </si>
+  <si>
+    <t>Sitodiplosis mosellana</t>
+  </si>
+  <si>
+    <t>* Shrestha G, Reddy GV (2023) Wheat midge (Sitodiplosis mosellana): management in the Northern Great Plains of the United States and Canada. Buleigh Dodds Science Publishing.</t>
   </si>
   <si>
     <t>Tenuivirus eurotritici</t>
   </si>
   <si>
     <t>Tilletia controversa</t>
   </si>
   <si>
     <t>NEOVIN</t>
   </si>
   <si>
     <t>Tilletia indica</t>
   </si>
   <si>
     <t>* Kumar S, Singroha G, Singh GP, Sharma P (2021) Karnal bunt of wheat: etiology, breeding and integrated management. Crop Protection 139, 105376.</t>
   </si>
   <si>
     <t>TRIHVI</t>
   </si>
   <si>
     <t>Trichodorus viruliferus</t>
   </si>
   <si>
     <t>TROGGA</t>
   </si>
@@ -1069,51 +1075,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D88"/>
+  <dimension ref="A1:D89"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="16.425" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="57.7" bestFit="true" customWidth="true" style="0"/>
     <col min="4" max="4" width="404.473" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
@@ -2144,133 +2150,147 @@
       </c>
       <c r="C80" t="s">
         <v>202</v>
       </c>
       <c r="D80" t="s">
         <v>203</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="s">
         <v>153</v>
       </c>
       <c r="B81" t="s">
         <v>204</v>
       </c>
       <c r="C81" t="s">
         <v>205</v>
       </c>
       <c r="D81"/>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="s">
         <v>153</v>
       </c>
       <c r="B82" t="s">
-        <v>140</v>
+        <v>129</v>
       </c>
       <c r="C82" t="s">
         <v>206</v>
       </c>
-      <c r="D82"/>
+      <c r="D82" t="s">
+        <v>207</v>
+      </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="s">
         <v>153</v>
       </c>
       <c r="B83" t="s">
-        <v>146</v>
+        <v>140</v>
       </c>
       <c r="C83" t="s">
-        <v>207</v>
+        <v>208</v>
       </c>
       <c r="D83"/>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="s">
         <v>153</v>
       </c>
       <c r="B84" t="s">
-        <v>208</v>
+        <v>146</v>
       </c>
       <c r="C84" t="s">
         <v>209</v>
       </c>
-      <c r="D84" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D84"/>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="s">
         <v>153</v>
       </c>
       <c r="B85" t="s">
+        <v>210</v>
+      </c>
+      <c r="C85" t="s">
         <v>211</v>
       </c>
-      <c r="C85" t="s">
+      <c r="D85" t="s">
         <v>212</v>
       </c>
-      <c r="D85"/>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="s">
         <v>153</v>
       </c>
       <c r="B86" t="s">
         <v>213</v>
       </c>
       <c r="C86" t="s">
         <v>214</v>
       </c>
-      <c r="D86" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="D86"/>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="s">
         <v>153</v>
       </c>
       <c r="B87" t="s">
+        <v>215</v>
+      </c>
+      <c r="C87" t="s">
         <v>216</v>
       </c>
-      <c r="C87" t="s">
+      <c r="D87" t="s">
         <v>217</v>
       </c>
-      <c r="D87"/>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="s">
         <v>153</v>
       </c>
       <c r="B88" t="s">
         <v>218</v>
       </c>
       <c r="C88" t="s">
         <v>219</v>
       </c>
-      <c r="D88" t="s">
+      <c r="D88"/>
+    </row>
+    <row r="89" spans="1:4">
+      <c r="A89" t="s">
+        <v>153</v>
+      </c>
+      <c r="B89" t="s">
         <v>220</v>
+      </c>
+      <c r="C89" t="s">
+        <v>221</v>
+      </c>
+      <c r="D89" t="s">
+        <v>222</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">