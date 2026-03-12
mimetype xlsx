--- v0 (2025-10-15)
+++ v1 (2026-03-12)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="true" firstSheet="0" minimized="false" showHorizontalScroll="true" showSheetTabs="true" showVerticalScroll="true" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="TRV000" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="999999" calcMode="auto" calcCompleted="1" fullCalcOnLoad="0" forceFullCalc="0"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="136">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="142">
   <si>
     <t>type</t>
   </si>
   <si>
     <t>EPPOCode</t>
   </si>
   <si>
     <t>Pref_name</t>
   </si>
   <si>
     <t>References</t>
   </si>
   <si>
     <t>Major host</t>
   </si>
   <si>
     <t>SOLTU</t>
   </si>
   <si>
     <t>Solanum tuberosum</t>
   </si>
   <si>
     <t>* David N, Mallik I, Gudmestad NC (2010) First report of tobacco rattle virus associated with corky ringspot in potatoes grown in North Dakota. Plant Disease 94(1), 130 https://doi.org/10.1094/PDIS-94-1-0130B
 * El-Kammar HF, El-Banna OM, Hamed AH, Abbas MS, El-Attar AK (2016) Serological, molecular and ultrastructural studies on Tobacco rattle virus-infected potato plants in Egypt. Journal of Plant Pathology 98(1), 15-24.
 * Ghazala W, Varrelmann M (2007) Tobacco rattle virus 29K movement protein is the elicitor of extreme and hypersensitive-like resistance in two cultivars of Solanum tuberosum. Molecular Plant-Microbe Interactions 20(11), 1396-1405.
@@ -244,88 +244,107 @@
   <si>
     <t>Aquilegia sp.</t>
   </si>
   <si>
     <t>* Cardin L, Onesto JP, Bornard I, Moury B (2008) First report of Tobacco rattle virus in Aquilegia sp. in France. Journal of Plant Pathology 90(3), 586.</t>
   </si>
   <si>
     <t>BEAVX</t>
   </si>
   <si>
     <t>Beta vulgaris</t>
   </si>
   <si>
     <t>* Dikova B (2006) Identification of Tobacco rattle virus (TRV) in sugar beet in Bulgaria, Biotechnology &amp; Biotechnological Equipment 20(3), 49-59.</t>
   </si>
   <si>
     <t>CPSAN</t>
   </si>
   <si>
     <t>Capsicum annuum</t>
   </si>
   <si>
     <t>* Tomitaka Y, Fujimoto T, Nakata M, Ishikawa R, Usugi T, Tsuda S (2011) First report of chlorotic and necrotic disease caused by Tobacco rattle virus on Capsicum annuum in Japan. Journal of General Plant Pathology 77, 136–138. https://doi.org/10.1007/s10327-010-0292-8</t>
   </si>
   <si>
+    <t>CVOSA</t>
+  </si>
+  <si>
+    <t>Crocus sativus</t>
+  </si>
+  <si>
+    <t xml:space="preserve">*Martínez-Fajardo C, Navarro-Simarro P, Morote L, Rubio-Moraga Á, Mondéjar-López M, Niza E, Argandona J, Ahrazem O, Gómez-Gómez L, López-Jiménez AJ (2024) Exploring the viral landscape of saffron through metatranscriptomic analysis. Virus Research 345, 199389. https://doi.org/10.1016/j.virusres.2024.199389
+</t>
+  </si>
+  <si>
     <t>CYUSC</t>
   </si>
   <si>
     <t>Cynara scolymus</t>
   </si>
   <si>
     <t>* Migliori A, Marzin H (1995) Présence du Tobacco rattle virus (TRV) dans les cultures d’artichaut en France. Agronomie 5(6), 549-552.</t>
   </si>
   <si>
     <t>CPVRE</t>
   </si>
   <si>
     <t>Cypripedium reginae</t>
   </si>
   <si>
     <t>* Baumann MM, Kiambi RG, Lockhart BE (2020) Lady’s slipper orchid and hydrangea: new ornamental hosts of Tobacco Rattle Virus (TRV) in Minnesota. Plant Health Progress 21(1), 19-20. https://doi.org/10.1094/PHP-05-19-0034-BR
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>DCTSS</t>
   </si>
   <si>
     <t>Dicentra sp.</t>
   </si>
   <si>
     <t>* Lockhart BE (2007) Dicentra, Epimedium, and Heuchera: New perennial ornamental hosts of Tobacco rattle virus in the United States. Plant Disease 84(12), 1344. https://doi.org/10.1094/PDIS.2000.84.12.1344A</t>
   </si>
   <si>
     <t>EPMSS</t>
   </si>
   <si>
     <t>Epimedium sp.</t>
   </si>
   <si>
     <t>EROCI</t>
   </si>
   <si>
     <t>Erodium cicutarium</t>
+  </si>
+  <si>
+    <t>1HEGG</t>
+  </si>
+  <si>
+    <t>Hemerocallis</t>
+  </si>
+  <si>
+    <t>* Lee HM, Song EG, Baik SR, Bang YH, Han SK, Jang HD, Sim JY, Cho SB, Ryu KH (2025) Incidence and detection of three viruses (Cucumber Mosaic Virus, Lily Mottle Virus, and Tobacco Rattle Virus) in Daylily plants cultivated in Korea. Research in Plant Disease 31(4), 390-400 (abst.)</t>
   </si>
   <si>
     <t>HCHSS</t>
   </si>
   <si>
     <t>Heuchera sp.</t>
   </si>
   <si>
     <t>HYEAR</t>
   </si>
   <si>
     <t>Hydrangea arborescens</t>
   </si>
   <si>
     <t>* Baumann MM,  Kiambi RG, Lockhart BE (2020) Lady’s Slipper Orchid and Hydrangea: new ornamental hosts of Tobacco Rattle Virus (TRV) in Minnesota. Plant Health Progress 2020 21:1, 19-20. https://doi.org/10.1094/PHP-05-19-0034-BR
 ------- Confirmed host.</t>
   </si>
   <si>
     <t>HYEMA</t>
   </si>
   <si>
     <t>Hydrangea macrophylla</t>
   </si>
   <si>
     <t>* Ji Z, Zhu P, He G, Liao YH, Zhu F (2020) First report of tobacco rattle virus in hydrangea in China. Journal of Plant Pathology 102, 253. https://doi.org/10.1007/s42161-019-00391-7
@@ -782,62 +801,62 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xml:space="preserve" mc:Ignorable="x14ac">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:D50"/>
+  <dimension ref="A1:D52"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1">
       <selection activeCell="A1" sqref="A1"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="12.854" bestFit="true" customWidth="true" style="0"/>
     <col min="2" max="2" width="10.569" bestFit="true" customWidth="true" style="0"/>
     <col min="3" max="3" width="37.705" bestFit="true" customWidth="true" style="0"/>
-    <col min="4" max="4" width="334.918" bestFit="true" customWidth="true" style="0"/>
+    <col min="4" max="4" width="363.197" bestFit="true" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2" t="s">
         <v>6</v>
@@ -1241,107 +1260,107 @@
     <row r="31" spans="1:4">
       <c r="A31" t="s">
         <v>61</v>
       </c>
       <c r="B31" t="s">
         <v>80</v>
       </c>
       <c r="C31" t="s">
         <v>81</v>
       </c>
       <c r="D31" t="s">
         <v>82</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="s">
         <v>61</v>
       </c>
       <c r="B32" t="s">
         <v>83</v>
       </c>
       <c r="C32" t="s">
         <v>84</v>
       </c>
       <c r="D32" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="s">
         <v>61</v>
       </c>
       <c r="B33" t="s">
+        <v>86</v>
+      </c>
+      <c r="C33" t="s">
+        <v>87</v>
+      </c>
+      <c r="D33" t="s">
         <v>85</v>
-      </c>
-[...4 lines deleted...]
-        <v>22</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="s">
         <v>61</v>
       </c>
       <c r="B34" t="s">
-        <v>87</v>
+        <v>88</v>
       </c>
       <c r="C34" t="s">
-        <v>88</v>
+        <v>89</v>
       </c>
       <c r="D34" t="s">
-        <v>82</v>
+        <v>22</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="s">
         <v>61</v>
       </c>
       <c r="B35" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="C35" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="D35" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="s">
         <v>61</v>
       </c>
       <c r="B36" t="s">
-        <v>92</v>
+        <v>93</v>
       </c>
       <c r="C36" t="s">
-        <v>93</v>
+        <v>94</v>
       </c>
       <c r="D36" t="s">
-        <v>94</v>
+        <v>85</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="s">
         <v>61</v>
       </c>
       <c r="B37" t="s">
         <v>95</v>
       </c>
       <c r="C37" t="s">
         <v>96</v>
       </c>
       <c r="D37" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="s">
         <v>61</v>
       </c>
       <c r="B38" t="s">
         <v>98</v>
       </c>
       <c r="C38" t="s">
         <v>99</v>
@@ -1479,65 +1498,93 @@
     <row r="48" spans="1:4">
       <c r="A48" t="s">
         <v>61</v>
       </c>
       <c r="B48" t="s">
         <v>128</v>
       </c>
       <c r="C48" t="s">
         <v>129</v>
       </c>
       <c r="D48" t="s">
         <v>130</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="s">
         <v>61</v>
       </c>
       <c r="B49" t="s">
         <v>131</v>
       </c>
       <c r="C49" t="s">
         <v>132</v>
       </c>
       <c r="D49" t="s">
-        <v>14</v>
+        <v>133</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="s">
         <v>61</v>
       </c>
       <c r="B50" t="s">
-        <v>133</v>
+        <v>134</v>
       </c>
       <c r="C50" t="s">
-        <v>134</v>
+        <v>135</v>
       </c>
       <c r="D50" t="s">
-        <v>135</v>
+        <v>136</v>
+      </c>
+    </row>
+    <row r="51" spans="1:4">
+      <c r="A51" t="s">
+        <v>61</v>
+      </c>
+      <c r="B51" t="s">
+        <v>137</v>
+      </c>
+      <c r="C51" t="s">
+        <v>138</v>
+      </c>
+      <c r="D51" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="52" spans="1:4">
+      <c r="A52" t="s">
+        <v>61</v>
+      </c>
+      <c r="B52" t="s">
+        <v>139</v>
+      </c>
+      <c r="C52" t="s">
+        <v>140</v>
+      </c>
+      <c r="D52" t="s">
+        <v>141</v>
       </c>
     </row>
   </sheetData>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="1" orientation="default" scale="100" fitToHeight="1" fitToWidth="1" pageOrder="downThenOver"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
   <tableParts count="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">